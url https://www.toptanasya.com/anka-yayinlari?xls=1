--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,70 +85,865 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9799756628255</t>
+          <t>9786056291692</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İsrail’de Yahudi Fundamentalizmi</t>
+          <t>Güncel Bilgiler 2014</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>120</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
+          <t>9789756628300</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Üç Sami Kanun Koyucu</t>
+        </is>
+      </c>
+      <c r="C3" s="1">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="1" t="inlineStr">
+        <is>
+          <t>9799756628323</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Yahudi Dini Yahudi Tarihi</t>
+        </is>
+      </c>
+      <c r="C4" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="1" t="inlineStr">
+        <is>
+          <t>2000431010029</t>
+        </is>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Simurg'un Kanat Sesi</t>
+        </is>
+      </c>
+      <c r="C5" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>9799756628378</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Zelimhan</t>
+        </is>
+      </c>
+      <c r="C6" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>9789756628331</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Yine de Aşk</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9789756628232</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Yasaklanmış Gerçek Bin Ladin</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9799756628361</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Wittgenstein ve Kierkegaard dan Hareketle Din Felsefesi Yapmak</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9789759044220</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dış Politikası Yol Ayrımında</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9789756628096</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Tezkire (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9789759696290</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Su Terazisi</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9789759044183</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Sami Dilleri Tarihi</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9799756628422</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Said Halim Paşa Bütün Eserleri</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9789756827277</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Regayibü’l Menakıb Sadreddin Konevi’nin Menkıbeleri</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9789756628140</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Pan - İslam Politikaları</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9789759044190</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Çağı ve Sonrası</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9799756628699</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Mezopotamya Sürgünü</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9799756628774</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Kriz Üçgeninde Türkiye</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9789756628010</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Köşk’teki Hakim</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>15.5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9799756628385</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Kör Lamba</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9789756628454</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Kıbrıs’ın Turuncusu</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9789759044107</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>İslami Yenilenmenin Kökenleri Afgani’den El-Benna’ya Kadar İslam Islahatçıları</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9789756628157</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>İslam’ın Hicri İkinci Asrında Zındıklık ve Zındıklar</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9799756628033</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>İslam’da Felsefe Tarihi</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9799756628415</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>İslam Şafağı</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9799756628705</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>İslam Medeniyetlerin Yüzleşmesi</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9799756628088</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>İran Mektupları</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9789756628171</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Oryantalizm Postmodernizm ve Globalizm</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9789756628058</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>İpin Ucundakiler Nesim Malki, Cavit Çağlar, Erol Evcil</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9789759044176</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Irak’ın Kalbi</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9799756628392</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Krallığında Üçlü Dayanışma</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9799759044052</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Günlüklerden ve Makalelerden Seçmeler</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9789756628249</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Gözleri İntihar Mavi</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9789756628126</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Filistin Şiirleri Antolojisi</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9799756628408</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Ey İnsanoğlu</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9799756628927</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Devrimi Üzerine Açık Komplo</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9789759044084</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Dördüncü Dünya Savaşı ve Orta Doğu</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9799756628514</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Doğu İslam Felsefesinin Babası El-Farabi</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9799756628873</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Çeçen Nart Efsaneleri</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9799756628880</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Çeçen Masalları</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9789759044091</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Arap Düşüncesi</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9799756628934</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafyasına Teslim Olan Ada : Kıbrıs</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9799756628897</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Cabülka</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9799756628071</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kadının Hayatı</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9799756628484</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Barbarlığın Kaynağı Petrol</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9789759044138</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Avrupalı Müslüman Olmak</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>3990000029737</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Amerika ve Siyasal İslam</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9799756628842</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>20. Yüzyıl İslam Dünyasında Hilafet Tartışmaları</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9789756628317</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif İnsan Hakları Kuramı</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9799759044007</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Batı Karşısında Asya</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9799756628576</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Evrenin Gizlerini Açan Bilgin El-Kazvini</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9799756628521</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Eczacılığın Babası El-Biruni</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9799756628507</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Matematiğin Babası El-Harizmi</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9799756628255</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>İsrail’de Yahudi Fundamentalizmi</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
           <t>9789756628270</t>
         </is>
       </c>
-      <c r="B3" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Stratejik İttifak Türkiye İsrail İlişkilerinin Öyküsü</t>
         </is>
       </c>
-      <c r="C3" s="1">
+      <c r="C56" s="1">
         <v>120</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>