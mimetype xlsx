--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -109,126 +109,126 @@
         <is>
           <t>9786259515106</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>7 Renkli Gezegen</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786051004594</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Kayıp İstasyon (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786259515144</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Alemdağ’da Var Bir Yılan</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786259515168</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Son Kuşlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786259515151</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Semaver</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786259515182</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Sarnıç</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786259515175</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Lüzumsuz Adam</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786259515137</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Her Hikaye Bir Fırsattır</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786259515120</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
@@ -259,66 +259,66 @@
         <is>
           <t>9786053033035</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Nana</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>88</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>2015061509360</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Seçme Türk Klasikleri Seti</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>2510</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>2015061509346</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Seçme Dünya Klasikleri Seti - 1</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>2430</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786051001647</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Ömer Seyfettin’den Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786051005553</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
@@ -334,111 +334,111 @@
         <is>
           <t>9786051005577</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Aşık Veysel</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>4.9</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>2021081816432</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Arsen Lüpen Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>390</v>
+        <v>480</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786053034544</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Herlock Sholmes’e Karşı - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786053034537</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Oyuk İğne - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786053034520</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Kibar Hırsız - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786053033981</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Ermiş</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786051005584</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Dadaloğlu</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>4.9</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786051005560</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
@@ -604,66 +604,66 @@
         <is>
           <t>9786051004150</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Odysseia</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786051004617</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Nazım Hikmet (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786051002828</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Mustafa Kemal Atatürk (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786051003498</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Manas Destanı</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786051003153</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
@@ -844,171 +844,171 @@
         <is>
           <t>9786051003139</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Kleopatra</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786051004600</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Deniz Gezmiş (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786051002996</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9799944353136</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786051003528</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Safiye Erol (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786051002835</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Mehmet Akif Ersoy (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786051003788</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Bediüzzaman Said Nursi (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786051002811</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Adnan Menderes (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786051005362</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Abdurrahim Karakoç (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>2020063017256</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Dostoyevski Seti - 11 Kitap Takım</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>1845</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786051003092</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Vişne Bahçesi</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9799944353273</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
@@ -1024,261 +1024,261 @@
         <is>
           <t>9786051001630</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786053033400</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Renkler Şehri - Mandala</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786053033424</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Hayaller Şehri - Mandala</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786053033745</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Kavgam (Tam Metin)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>235</v>
+        <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786053031659</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Paraya Yön Verenler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>155</v>
+        <v>175</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786053031666</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Sporun Efsaneleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>155</v>
+        <v>175</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786053031642</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Müslüman Bilim İnsanları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>155</v>
+        <v>175</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786053031635</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Dünya Liderleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>155</v>
+        <v>175</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786053033417</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Huzur Şehri - Mandala</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786051003979</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Kuzeyli Yazılar</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786052523698</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Gezerek Öğreniyorum - Bağcılar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786052523681</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Gezerek Öğreniyorum - Fatih</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786052523704</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Gezerek Öğreniyorum - Beykoz</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786052523247</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Gezerek Öğreniyorum - Beyoğlu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786052523711</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Gezerek Öğreniyorum - Ümraniye</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786052523612</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Gezerek Öğreniyorum - Üsküdar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786053035961</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Melike</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786053035930</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
@@ -1309,1446 +1309,1446 @@
         <is>
           <t>9786053035954</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Ayaşlı Ve Kiracıları</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786053035657</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Sözleri Damıtmak Yaşamı Damıtmaktır Damıtık Sözler ve Özdeyişler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786053034940</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Karpuz Dilimi</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>2015061509353</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Seçme Dünya Klasikleri Seti - 2</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>2375</v>
+        <v>2705</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>2020110216366</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Sabahattin Ali Seçme Eserleri Seti - 8 Kitap Takım</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>830</v>
+        <v>920</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>2020063017294</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Namık Kemal Seti - 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>630</v>
+        <v>685</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>2020063017263</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Tolstoy Seti - 9 Kitap Takım</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>1345</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>2021070116499</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>George Orwell Seçme Eserleri Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>465</v>
+        <v>590</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>2020063017300</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Franz Kafka Seti - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>600</v>
+        <v>705</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>2020070716555</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Dünyaya Yön Verenler Seti - 6 Kitap Takım Kitap</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>930</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>2020063017287</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Ahmet Mithat Efendi 5 Kitap Set</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>690</v>
+        <v>780</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>3037070233448</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>George Orwell 2’li Set</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>2020063017270</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>William Shakespare Seti - 12 Kitap Takım</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>1255</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9786053035268</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Bütün Şiirleri - Orhan Veli Kanık</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9786053033851</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9786053033875</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9786053033820</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Değirmen</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9786053033868</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Ses</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>9786053033837</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>9786053033844</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Kağnı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>2021081816449</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Yeşilin Kızı Anne (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>640</v>
+        <v>800</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>9786053034797</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Rüzgarlı Kavaklar - Yeşilin Kızı Anne</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>9786053034803</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Yeşilin Kızı Anne - Avonlea</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t>9786053034827</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Yeşilin Kızı Anne</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t>9786053034810</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Adanın Kızı - Yeşilin Kızı Anne</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t>9786053034100</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Paris ve Londra'da Beş Parasız</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>9786053034094</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Boğulmamak İçin</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t>9786053033882</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Deli</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t>9786053033974</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Fırtınalar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t>2021011917109</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Halil Cibran Seçme Eserleri (12 Kitap Set)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>1170</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
           <t>9786053033899</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Ermişin Bahçesi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>85</v>
+        <v>95</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
           <t>9786053033929</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Rüzgar Gülü</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>85</v>
+        <v>95</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
           <t>9786053033998</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Vadinin Perileri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
           <t>9786053033967</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Gezgin</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
           <t>9786053033936</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Kırık Kanatlar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
           <t>9786053033912</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Kum ve Köpük</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
           <t>9786053033943</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Bir Gözyaşı ve Bir Tebessüm</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>85</v>
+        <v>95</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
           <t>9786053033950</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Asi Ruhlar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
           <t>9786053033905</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
           <t>9786053034001</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Bir Bürokratın Gizli Defteri</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
           <t>9786053034070</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
           <t>9786053034087</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
           <t>1984</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
           <t>9786053031673</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Bilim İnsanları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>155</v>
+        <v>175</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
           <t>9786053031680</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Türk Sultanları</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>155</v>
+        <v>175</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
           <t>2020041012143</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Sherlock Holmes Serisi Kutulu Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>725</v>
+        <v>875</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
           <t>2020060911472</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Stefan Zweig Seçme Eserleri - (5 Kitap Kutu)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>425</v>
+        <v>475</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
           <t>2020052713060</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Stefan Zweig Bütün Eserleri - 14 Kitap Kutulu</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>1185</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
           <t>9786053033219</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Bir Kadının Hayatından 24 Saat</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>85</v>
+        <v>95</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
           <t>9786053033196</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Gömülü Şamdan</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
           <t>9786053033202</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Bir Kalbin Çöküşü</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
           <t>9786053033189</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Hayatın Mucizeleri</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
           <t>9786053033158</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
           <t>9786053033165</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
           <t>9786053033172</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
           <t>9786053033226</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Bir Çöküşün Öyküsü</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
           <t>9786053033141</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
           <t>9786053033233</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
           <t>9786053033394</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Sükunet Şehri - Mandala</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
           <t>9786053033431</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Çizgiler Şehri - Mandala</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
           <t>9786053033127</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
           <t>Sırlar Okulu - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
           <t>9786053033134</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
           <t>Ölüm Vadisi - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
           <t>9786053033103</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Gizemli Lanet - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
           <t>9786053033097</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Fısıltı - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
           <t>9786053033110</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
           <t>Gölge Adam - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
           <t>9786053033059</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
           <t>9786053033066</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Korku</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>85</v>
+        <v>95</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
           <t>9786053033073</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
           <t>9786053033042</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Dorian Gray'in Portresi</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
           <t>9786053032458</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
           <t>9786053032489</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
           <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
           <t>9786053032434</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
           <t>9786053032441</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
           <t>9786053031697</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Gençler İçin Nutuk (Söylev)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>155</v>
+        <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
           <t>9786053031390</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
           <t>Satranç</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>85</v>
+        <v>95</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
           <t>9786051001791</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Antonius Ve Kleopatra</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
           <t>9789759181680</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Mesnevi’den Seçmeler</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
           <t>9799944353181</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Anna Karenina</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
           <t>9786051009964</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
           <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
           <t>9786051009216</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Gulyabani</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>105</v>
+        <v>125</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
           <t>9786051009612</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
           <t>9786051009261</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
           <t>9786051009971</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
           <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
           <t>9786051003993</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Turfanda mı Yoksa Turfa mı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
           <t>9786051000121</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
           <t>9786051000244</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
           <t>Taaşşuk-u Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
           <t>9786051007243</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Germinal</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
           <t>9786051007533</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
           <t>Dava</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
           <t>9786051007502</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
           <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
           <t>9789756231067</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Halk Şiirinden Seçmeler</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
           <t>9786051006642</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Şato</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
           <t>9789759181345</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
           <t>9786051001296</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
           <t>Othello</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
           <t>9786051001289</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Onikinci Gece</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
           <t>9789944353311</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
           <t>Nutuk - Söylev</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
           <t>9786051000220</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Kutadgu Bilig'den Seçmeler</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
           <t>9786051003559</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
           <t>Kerem ile Aslı</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
           <t>9789756231111</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
@@ -2914,321 +2914,321 @@
         <is>
           <t>9786051004068</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
           <t>Utopia</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
           <t>9786051004112</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
           <t>Uğultulu Tepeler</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
           <t>9786051000282</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
           <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
           <t>9786051000985</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
           <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
           <t>9799944353099</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
           <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
           <t>9799944353105</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
           <t>Sokrates’in Savunması</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
           <t>9786051003269</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
           <t>Siyah Lale</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
           <t>9799944353082</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
           <t>Sefiller</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
           <t>9799944353075</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
           <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
           <t>9786051000879</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
           <t>Safahat</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>205</v>
+        <v>300</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
           <t>9786051001777</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
           <t>Romeo ve Juliet</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
           <t>9799944353068</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
           <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
           <t>9786051002989</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
           <t>Ölüler Evinden Anılar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
           <t>9786051002842</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
           <t>Notre Dame’ın Kamburu</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
           <t>9786051003511</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
           <t>Nasreddin Hoca’dan Seçmeler</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
           <t>9786051004006</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
           <t>Müşahedat</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
           <t>9786051003238</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
           <t>Monte Kristo Kontu</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
           <t>9799944353365</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
           <t>Meyhane</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
           <t>9786051003283</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
           <t>Meşakk-ı Hayat</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
           <t>9799944353266</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
           <t>Martin Eden</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
           <t>9786051003276</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
           <t>Martı</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
           <t>9799944353112</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
@@ -3304,126 +3304,126 @@
         <is>
           <t>9786051003078</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
           <t>Kibarlık Budalası</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
           <t>9799944353341</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
           <t>Kırmızı ve Siyah</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
           <t>9789759181703</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
           <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
           <t>9799944353297</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
           <t>Kazaklar</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
           <t>9799944353242</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
           <t>Karamazov Kardeşler</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
           <t>9786051001845</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
           <t>Karabibik</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
           <t>9786051004051</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
           <t>Kamelyalı Kadın</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
           <t>9786051001265</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
           <t>Julius Caesar</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
           <t>9786051004037</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
@@ -3484,171 +3484,171 @@
         <is>
           <t>9786051002965</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
           <t>İnsan Ne ile Yaşar</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
           <t>9799944353051</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
           <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
           <t>9786051001876</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
           <t>Hüseyin Fellah</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
           <t>9786051003061</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
           <t>Hastalık Hastası</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
           <t>9786051001784</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
           <t>Hamlet</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
           <t>9799944353143</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
           <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
           <t>9786051001852</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
           <t>Gülnihal</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
           <t>9786051003412</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
           <t>Goriot Baba</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
           <t>9799944353259</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
           <t>Genç Wertherin Acıları</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
           <t>9786051003986</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
           <t>Gece Hikayeleri</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
           <t>9786051001975</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
           <t>Ferda-yı Garam</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
           <t>9799944353167</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
@@ -3664,66 +3664,66 @@
         <is>
           <t>9799944353044</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
           <t>Faust</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
           <t>9786051004044</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
           <t>Ezilenler</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>185</v>
+        <v>225</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
           <t>9799944353150</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
           <t>Eylül</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
           <t>9786051000251</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
           <t>Evliya Çelebi Seyahatnamesinden Seçmeler</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
           <t>9786051003054</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
@@ -3784,111 +3784,111 @@
         <is>
           <t>9799944353280</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
           <t>Diriliş</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
           <t>9786051000152</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
           <t>Devlet</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
           <t>9799944353211</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
           <t>Denemeler</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
           <t>9786051002019</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
           <t>Define</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
           <t>9786051001869</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
           <t>Çok Bilen Çok Yanılır</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
           <t>9786051004075</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
           <t>Çocukluğum</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
           <t>9786051002033</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
           <t>Çengi</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
           <t>9786051000114</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
@@ -3904,111 +3904,111 @@
         <is>
           <t>9786051001814</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
           <t>Cimri</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
           <t>9786051001012</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
           <t>Cezmi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
           <t>9786051003252</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
           <t>Büyük Umutlar</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
           <t>9799944353235</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
           <t>Budala</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>245</v>
+        <v>300</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
           <t>9799944353204</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
           <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
           <t>9786051000299</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
           <t>Bostan</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
           <t>9786051000145</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
           <t>Bize Göre</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
           <t>9786051004099</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
@@ -4219,61 +4219,61 @@
         <is>
           <t>9786051001760</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
           <t>Hırçın Kız</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
           <t>9789944353229</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
           <t>Delikanlı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
           <t>9786051002972</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
           <t>Çocukluğum</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>145</v>
+        <v>170</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>