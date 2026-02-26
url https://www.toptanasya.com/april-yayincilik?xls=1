--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,4045 +85,4135 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256756106</t>
+          <t>9786256756168</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yunanca Dersleri</t>
+          <t>Ingram</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>295</v>
+        <v>420</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057440129</t>
+          <t>9786256756151</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ne Eğlenceli Çağ</t>
+          <t>Rasyonel Psikopat - Yapay Zekâ Suç İşler mi?</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>119</v>
+        <v>340</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055162108</t>
+          <t>9786256756137</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Mente 2</t>
+          <t>Tazı - Gölgenin Rengi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>11</v>
+        <v>480</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786058108820</t>
+          <t>9786256756144</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Süpersimetri</t>
+          <t>Kadınlardan Nefret Eden Erkekler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>165</v>
+        <v>480</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786058108813</t>
+          <t>9786256756120</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Derde Deva Randevu 1</t>
+          <t>Bozuk Para</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>135</v>
+        <v>330</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055162290</t>
+          <t>9786256756113</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yeni Moda Turuncu</t>
+          <t>İki Yol Kitabı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>23</v>
+        <v>540</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055162528</t>
+          <t>9786256756106</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hep Lunapark</t>
+          <t>Yunanca Dersleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>20</v>
+        <v>340</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055162306</t>
+          <t>9786057440129</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sonun Geldi Sevgilim</t>
+          <t>Ne Eğlenceli Çağ</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>20</v>
+        <v>320</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055162513</t>
+          <t>9786055162108</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Son Sultan Ahmet Ertegün Ve Rock 'N' Roll'un Yükselişi</t>
+          <t>Kitab-ı Mente 2</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>25</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055162320</t>
+          <t>9786058108820</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Burada Ayrılıyoruz</t>
+          <t>Süpersimetri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>23</v>
+        <v>165</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055162313</t>
+          <t>9786058108813</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hikayeci</t>
+          <t>Derde Deva Randevu 1</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>25</v>
+        <v>135</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055162191</t>
+          <t>9786055162290</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Son Bakış</t>
+          <t>Yeni Moda Turuncu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055162382</t>
+          <t>9786055162528</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Katilin Şahidi</t>
+          <t>Hep Lunapark</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>75</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055162368</t>
+          <t>9786055162306</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Katilin Meselesi</t>
+          <t>Sonun Geldi Sevgilim</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>75</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055162405</t>
+          <t>9786055162513</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Daha Ne Olsun</t>
+          <t>Son Sultan Ahmet Ertegün Ve Rock 'N' Roll'un Yükselişi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055162276</t>
+          <t>9786055162320</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Etik Sürtük</t>
+          <t>Burada Ayrılıyoruz</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056842665</t>
+          <t>9786055162313</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Otomatik Piyano</t>
+          <t>Hikayeci</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055162634</t>
+          <t>9786055162191</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Uyuyamayanlar</t>
+          <t>Son Bakış</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056842689</t>
+          <t>9786055162382</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Antika Titanik</t>
+          <t>Katilin Şahidi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>135</v>
+        <v>75</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055162863</t>
+          <t>9786055162368</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Paldır Küldür</t>
+          <t>Katilin Meselesi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>36</v>
+        <v>75</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055162870</t>
+          <t>9786055162405</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Şahane Hatalar 7 - Kapışma</t>
+          <t>Daha Ne Olsun</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>195</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055162955</t>
+          <t>9786055162276</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Allah Senden Razı Olsun Dr. Kevorkian</t>
+          <t>Etik Sürtük</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055162924</t>
+          <t>9786056842665</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bazuka</t>
+          <t>Otomatik Piyano</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055162818</t>
+          <t>9786055162634</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Eski Karım Uzaya Gidiyor</t>
+          <t>Uyuyamayanlar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>22</v>
+        <v>89</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055162931</t>
+          <t>9786056842689</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Zaytung Almanak 2016 - 2017</t>
+          <t>Antika Titanik</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>27</v>
+        <v>135</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055162764</t>
+          <t>9786055162863</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Süperpoze</t>
+          <t>Paldır Küldür</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>175</v>
+        <v>36</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055162573</t>
+          <t>9786055162870</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Lolito</t>
+          <t>Şahane Hatalar 7 - Kapışma</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>22</v>
+        <v>195</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>3990000048768</t>
+          <t>9786055162955</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Uzunharmanlar’da Bir Davetsiz Misafir (İmzalı)</t>
+          <t>Allah Senden Razı Olsun Dr. Kevorkian</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055162511</t>
+          <t>9786055162924</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kamarilla</t>
+          <t>Bazuka</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>35</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055162498</t>
+          <t>9786055162818</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Aile Hayatı</t>
+          <t>Eski Karım Uzaya Gidiyor</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>75</v>
+        <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055162337</t>
+          <t>9786055162931</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bebek Kafası</t>
+          <t>Zaytung Almanak 2016 - 2017</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055162801</t>
+          <t>9786055162764</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Farfara</t>
+          <t>Süperpoze</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>38</v>
+        <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055162689</t>
+          <t>9786055162573</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bugün Bize Kim Geldi</t>
+          <t>Lolito</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055162757</t>
+          <t>3990000048768</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dublörün Dilemması</t>
+          <t>Uzunharmanlar’da Bir Davetsiz Misafir (İmzalı)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>26</v>
+        <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055162658</t>
+          <t>9786055162511</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Merhume</t>
+          <t>Kamarilla</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>25</v>
+        <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055162849</t>
+          <t>9786055162498</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Har</t>
+          <t>Aile Hayatı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>29</v>
+        <v>75</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055162832</t>
+          <t>9786055162337</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tol</t>
+          <t>Bebek Kafası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>34</v>
+        <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055162566</t>
+          <t>9786055162801</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mezbaha 5</t>
+          <t>Farfara</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>20</v>
+        <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055162887</t>
+          <t>9786055162689</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Uzunharmanlar’da Bir Davetsiz Misafir</t>
+          <t>Bugün Bize Kim Geldi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>35</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055162825</t>
+          <t>9786055162757</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kan ve Gül</t>
+          <t>Dublörün Dilemması</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>3990000034216</t>
+          <t>9786055162658</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Eski Karım Uzaya Gidiyor (İmzalı)</t>
+          <t>Merhume</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055162177</t>
+          <t>9786055162849</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şahane Hatalar 5 - Yeni Hayat</t>
+          <t>Har</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055162207</t>
+          <t>9786055162832</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş Şarkısı</t>
+          <t>Tol</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>25</v>
+        <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055162733</t>
+          <t>9786055162566</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dank</t>
+          <t>Mezbaha 5</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055162726</t>
+          <t>9786055162887</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Zaytung Almanak 2014 - 2015</t>
+          <t>Uzunharmanlar’da Bir Davetsiz Misafir</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>27</v>
+        <v>35</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055162443</t>
+          <t>9786055162825</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bakele</t>
+          <t>Kan ve Gül</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055162115</t>
+          <t>3990000034216</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Atlantis: Denizler Altında</t>
+          <t>Eski Karım Uzaya Gidiyor (İmzalı)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055162139</t>
+          <t>9786055162177</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Uzayın Derinliklerinde</t>
+          <t>Şahane Hatalar 5 - Yeni Hayat</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055162122</t>
+          <t>9786055162207</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Himalayalar: Yeti'nin Peşinde</t>
+          <t>Eve Dönüş Şarkısı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055162610</t>
+          <t>9786055162733</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Son Şura</t>
+          <t>Dank</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055162146</t>
+          <t>9786055162726</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Viagra Günlükleri</t>
+          <t>Zaytung Almanak 2014 - 2015</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>20</v>
+        <v>27</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055162559</t>
+          <t>9786055162443</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Benimle Oynar Mısın?</t>
+          <t>Bakele</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055162535</t>
+          <t>9786055162115</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Müebbet Aşk</t>
+          <t>Atlantis: Denizler Altında</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055162542</t>
+          <t>9786055162139</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İnek</t>
+          <t>Uzayın Derinliklerinde</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055162474</t>
+          <t>9786055162122</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Şampiyonların Kahvaltısı</t>
+          <t>Himalayalar: Yeti'nin Peşinde</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055162504</t>
+          <t>9786055162610</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İyimser</t>
+          <t>Son Şura</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055162450</t>
+          <t>9786055162146</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kızı</t>
+          <t>Viagra Günlükleri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055162467</t>
+          <t>9786055162559</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Uçan Halıların Ayrodinamik Sorunları</t>
+          <t>Benimle Oynar Mısın?</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055162269</t>
+          <t>9786055162535</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yine de Amin</t>
+          <t>Müebbet Aşk</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>9</v>
+        <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055162245</t>
+          <t>9786055162542</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mütevazı Bir İntikam</t>
+          <t>Kutsal İnek</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055162238</t>
+          <t>9786055162474</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bay Y'nin Sonu</t>
+          <t>Şampiyonların Kahvaltısı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055162221</t>
+          <t>9786055162504</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Freud'a Kafa Tutan Kız: Dora</t>
+          <t>İyimser</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055162580</t>
+          <t>9786055162450</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İslamcı Erol Nasıl Çıldırdı?</t>
+          <t>Zamanın Kızı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>17.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055162344</t>
+          <t>9786055162467</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tek Tabanca</t>
+          <t>Uçan Halıların Ayrodinamik Sorunları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055162214</t>
+          <t>9786055162269</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Zaytung Almanak 2013</t>
+          <t>Yine de Amin</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055162412</t>
+          <t>9786055162245</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Arıların Ölümü</t>
+          <t>Mütevazı Bir İntikam</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055162429</t>
+          <t>9786055162238</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Marley ve Ben</t>
+          <t>Bay Y'nin Sonu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789756006023</t>
+          <t>9786055162221</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Züppeler</t>
+          <t>Freud'a Kafa Tutan Kız: Dora</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789756006078</t>
+          <t>9786055162580</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Zengin Ol Ya Da Denerken Öl</t>
+          <t>İslamcı Erol Nasıl Çıldırdı?</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>15</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055162092</t>
+          <t>9786055162344</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Zaytung Almanak 2012</t>
+          <t>Tek Tabanca</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789756006931</t>
+          <t>9786055162214</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Zaytung Almanak 2009 - 2011</t>
+          <t>Zaytung Almanak 2013</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789756006580</t>
+          <t>9786055162412</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yaptığı En Kötü Şey</t>
+          <t>Arıların Ölümü</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789756006801</t>
+          <t>9786055162429</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Türk</t>
+          <t>Marley ve Ben</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055162023</t>
+          <t>9789756006023</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Tesla’nın Kutusu</t>
+          <t>Züppeler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789756006542</t>
+          <t>9789756006078</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Tesla’nın Kutusu</t>
+          <t>Zengin Ol Ya Da Denerken Öl</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>169</v>
+        <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789756006405</t>
+          <t>9786055162092</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Taş Kağıt Makas</t>
+          <t>Zaytung Almanak 2012</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>235</v>
+        <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055152078</t>
+          <t>9789756006931</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Şahane Hatalar 4 - Cumartesi</t>
+          <t>Zaytung Almanak 2009 - 2011</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789756006047</t>
+          <t>9789756006580</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Su Doku 1 Sayı Yerleştirme Oyunu</t>
+          <t>Yaptığı En Kötü Şey</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789756006184</t>
+          <t>9789756006801</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Stephanie Plum. 1</t>
+          <t>Türk</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>13</v>
+        <v>22</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789756006856</t>
+          <t>9786055162023</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Son Sürat</t>
+          <t>Tesla’nın Kutusu</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789756006412</t>
+          <t>9789756006542</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Son Nefes</t>
+          <t>Tesla’nın Kutusu</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>19</v>
+        <v>169</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789756006276</t>
+          <t>9789756006405</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Son 18 Saniye</t>
+          <t>Taş Kağıt Makas</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>19</v>
+        <v>235</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789756006979</t>
+          <t>9786055152078</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sinestezya</t>
+          <t>Şahane Hatalar 4 - Cumartesi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>10</v>
+        <v>24</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789756006252</t>
+          <t>9789756006047</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sinestezya</t>
+          <t>Su Doku 1 Sayı Yerleştirme Oyunu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>175</v>
+        <v>7</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789756006672</t>
+          <t>9789756006184</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Serçe Parmağı</t>
+          <t>Stephanie Plum. 1</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789756006146</t>
+          <t>9789756006856</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Seks ve Kusursuz Eş Tao, Tantra ve Kama Sutra</t>
+          <t>Son Sürat</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789756006900</t>
+          <t>9789756006412</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Salı</t>
+          <t>Son Nefes</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055162054</t>
+          <t>9789756006276</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ruhi Mücerret</t>
+          <t>Son 18 Saniye</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789756006726</t>
+          <t>9789756006979</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Roma’nın Metresi</t>
+          <t>Sinestezya</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789756006009</t>
+          <t>9789756006252</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Önce Ailem</t>
+          <t>Sinestezya</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>15</v>
+        <v>175</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756006740</t>
+          <t>9789756006672</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ölümlüler Uyurken</t>
+          <t>Serçe Parmağı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>30</v>
+        <v>14</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789756006610</t>
+          <t>9789756006146</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Ölmek Üzerine</t>
+          <t>Seks ve Kusursuz Eş Tao, Tantra ve Kama Sutra</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789756006283</t>
+          <t>9789756006900</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Oyun Bozan</t>
+          <t>Salı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789756006351</t>
+          <t>9786055162054</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Olasılıksız (Ciltli)</t>
+          <t>Ruhi Mücerret</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756006375</t>
+          <t>9789756006726</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>O. Henry</t>
+          <t>Roma’nın Metresi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>10</v>
+        <v>24</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756006986</t>
+          <t>9789756006009</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Projesi</t>
+          <t>Önce Ailem</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055162047</t>
+          <t>9789756006740</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Projesi - Ev</t>
+          <t>Ölümlüler Uyurken</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>119</v>
+        <v>30</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789756006443</t>
+          <t>9789756006610</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Milat</t>
+          <t>Ölüm ve Ölmek Üzerine</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789756006764</t>
+          <t>9789756006283</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Meraklılar</t>
+          <t>Oyun Bozan</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789756006153</t>
+          <t>9789756006351</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Marley ve Ben</t>
+          <t>Olasılıksız (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789756006528</t>
+          <t>9789756006375</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Loto</t>
+          <t>O. Henry</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>21.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789756006665</t>
+          <t>9789756006986</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Aile</t>
+          <t>Mutluluk Projesi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789756006177</t>
+          <t>9786055162047</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kulüp Bilderberg</t>
+          <t>Mutluluk Projesi - Ev</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>18</v>
+        <v>119</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789756006634</t>
+          <t>9789756006443</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Konuşmayan Tavus Kuşu Camio</t>
+          <t>Milat</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789756006306</t>
+          <t>9789756006764</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kontratak</t>
+          <t>Meraklılar</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>22</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789756006092</t>
+          <t>9789756006153</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Aşk ve Ölüm</t>
+          <t>Marley ve Ben</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756006016</t>
+          <t>9789756006528</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kemiklerin Haritası</t>
+          <t>Loto</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>17</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789756006870</t>
+          <t>9789756006665</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kedi Beşiği</t>
+          <t>Kutsal Aile</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789756006122</t>
+          <t>9789756006177</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kara Düzen</t>
+          <t>Kulüp Bilderberg</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789756006887</t>
+          <t>9789756006634</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kan, Altın, Demir</t>
+          <t>Konuşmayan Tavus Kuşu Camio</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789756006696</t>
+          <t>9789756006306</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kadın, Yemek ve Tanrı</t>
+          <t>Kontratak</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789756006382</t>
+          <t>9789756006092</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Jack London</t>
+          <t>Kıbrıs’ta Aşk ve Ölüm</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789756006849</t>
+          <t>9789756006016</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İmparatorların Denizi Akdeniz</t>
+          <t>Kemiklerin Haritası</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789756006733</t>
+          <t>9789756006870</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İki Nehir</t>
+          <t>Kedi Beşiği</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789756006139</t>
+          <t>9789756006122</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İki Küçük Mavili Kız</t>
+          <t>Kara Düzen</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789756006061</t>
+          <t>9789756006887</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hollywood Fahişesi</t>
+          <t>Kan, Altın, Demir</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756006344</t>
+          <t>9789756006696</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hipnozcu</t>
+          <t>Kadın, Yemek ve Tanrı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>49</v>
+        <v>20</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055162016</t>
+          <t>9789756006382</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hınç - Mühendislik Üçlemesi 1</t>
+          <t>Jack London</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>28</v>
+        <v>10</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789756006948</t>
+          <t>9789756006849</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hacıyatmaz</t>
+          <t>İmparatorların Denizi Akdeniz</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756006504</t>
+          <t>9789756006733</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>H. P. Lovecraft</t>
+          <t>İki Nehir</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789756006597</t>
+          <t>9789756006139</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Gölge Protokol</t>
+          <t>İki Küçük Mavili Kız</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756006627</t>
+          <t>9789756006061</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünün Üzerinde 3 Metre</t>
+          <t>Hollywood Fahişesi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789756006221</t>
+          <t>9789756006344</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Gereği Düşünüldü</t>
+          <t>Hipnozcu</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>15</v>
+        <v>49</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789756006450</t>
+          <t>9786055162016</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Genesis</t>
+          <t>Hınç - Mühendislik Üçlemesi 1</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789756006719</t>
+          <t>9789756006948</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Gece Ana</t>
+          <t>Hacıyatmaz</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789756006467</t>
+          <t>9789756006504</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Gavurun Dölü</t>
+          <t>H. P. Lovecraft</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789756006894</t>
+          <t>9789756006597</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Galeyan</t>
+          <t>Gölge Protokol</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789756006818</t>
+          <t>9789756006627</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ev Kuralları</t>
+          <t>Gökyüzünün Üzerinde 3 Metre</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>295</v>
+        <v>20</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789756006429</t>
+          <t>9789756006221</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Empati (Ciltli)</t>
+          <t>Gereği Düşünüldü</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789756006320</t>
+          <t>9789756006450</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>El Yapımı Dünya</t>
+          <t>Genesis</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789756006368</t>
+          <t>9789756006719</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Edgar Allan Poe</t>
+          <t>Gece Ana</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>10</v>
+        <v>22</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789756006214</t>
+          <t>9789756006467</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Dali ve Ben</t>
+          <t>Gavurun Dölü</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055162009</t>
+          <t>9789756006894</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Çilek Kızlar</t>
+          <t>Galeyan</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789756006771</t>
+          <t>9789756006818</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Çilek Kızlar</t>
+          <t>Ev Kuralları</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>20</v>
+        <v>295</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789756006160</t>
+          <t>9789756006429</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Çırağan Baskını</t>
+          <t>Empati (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>10</v>
+        <v>32</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055162061</t>
+          <t>9789756006320</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Corleone Ailesi</t>
+          <t>El Yapımı Dünya</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>22</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789756006689</t>
+          <t>9789756006368</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Cıva Sanrıları</t>
+          <t>Edgar Allan Poe</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789756006566</t>
+          <t>9789756006214</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Blackwater</t>
+          <t>Dali ve Ben</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789756006269</t>
+          <t>9786055162009</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Erkekler 1’e Ayrılır</t>
+          <t>Çilek Kızlar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>18</v>
+        <v>10</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055162030</t>
+          <t>9789756006771</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Boyun Eğmez</t>
+          <t>Çilek Kızlar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786050605617</t>
+          <t>9789756006160</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Şahane Hatalar - Yüzleşme</t>
+          <t>Çırağan Baskını</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>129</v>
+        <v>10</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055162160</t>
+          <t>9786055162061</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Mente</t>
+          <t>Corleone Ailesi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>11</v>
+        <v>22</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786058108806</t>
+          <t>9789756006689</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Hey Garson!</t>
+          <t>Cıva Sanrıları</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>49</v>
+        <v>20</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786058108851</t>
+          <t>9789756006566</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sen Ben Biz</t>
+          <t>Blackwater</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>35</v>
+        <v>22</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789756006917</t>
+          <t>9789756006269</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Bizim Hazin Evrenimiz</t>
+          <t>Erkekler 1’e Ayrılır</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789756006498</t>
+          <t>9786055162030</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bir Ekonomik Tetikçinin İtirafları 3</t>
+          <t>Boyun Eğmez</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789756006481</t>
+          <t>9786050605617</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bir Ekonomik Tetikçinin İtirafları 2</t>
+          <t>Şahane Hatalar - Yüzleşme</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>10</v>
+        <v>129</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789756006474</t>
+          <t>9786055162160</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Bir Ekonomik Tetikçinin İtirafları (Cep Boy)</t>
+          <t>Kitab-ı Mente</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789756006603</t>
+          <t>9786058108806</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Beraber Olduğunu Sev</t>
+          <t>Hey Garson!</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>20</v>
+        <v>49</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789756006436</t>
+          <t>9786058108851</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ayyaş Yürüyüşü</t>
+          <t>Sen Ben Biz</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>19</v>
+        <v>35</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789756006955</t>
+          <t>9789756006917</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Annem Bir Robot Doğurdu</t>
+          <t>Bizim Hazin Evrenimiz</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789756006993</t>
+          <t>9789756006498</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Anlaşma</t>
+          <t>Bir Ekonomik Tetikçinin İtirafları 3</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789756006115</t>
+          <t>9789756006481</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Anavatan Üçlemesi Miras</t>
+          <t>Bir Ekonomik Tetikçinin İtirafları 2</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055162085</t>
+          <t>9789756006474</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Çiçeği</t>
+          <t>Bir Ekonomik Tetikçinin İtirafları (Cep Boy)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789756006085</t>
+          <t>9789756006603</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Alaçatılı</t>
+          <t>Beraber Olduğunu Sev</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789756006924</t>
+          <t>9789756006436</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Ayyaş Yürüyüşü</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789756006559</t>
+          <t>9789756006955</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>60 Yıl Sonra</t>
+          <t>Annem Bir Robot Doğurdu</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>19</v>
+        <v>65</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789756006795</t>
+          <t>9789756006993</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>19. Cadde NW</t>
+          <t>Anlaşma</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789756006102</t>
+          <t>9789756006115</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Son Büyük Kuşatma 1453</t>
+          <t>Anavatan Üçlemesi Miras</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789756006788</t>
+          <t>9786055162085</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>1473</t>
+          <t>Cehennem Çiçeği</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786050605624</t>
+          <t>9789756006085</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Mekanik</t>
+          <t>Alaçatılı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>89</v>
+        <v>12</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>3330000009704</t>
+          <t>9789756006924</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bir Ekonomik Tetikçinin İtirafları Set (5 Kitap Takım)</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>158</v>
+        <v>15</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>3990000070997</t>
+          <t>9789756006559</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kurt Vonnegut Seti (6 Kitap Takım)</t>
+          <t>60 Yıl Sonra</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>120</v>
+        <v>19</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>3990000089379</t>
+          <t>9789756006795</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>April Kurgu Dışı Seti (5 Kitap Takım)</t>
+          <t>19. Cadde NW</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>132</v>
+        <v>20</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>3990000080697</t>
+          <t>9789756006102</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Şahane Hatalar Seti (6 Kitap Takım)</t>
+          <t>Son Büyük Kuşatma 1453</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>176</v>
+        <v>24</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>3990000070104</t>
+          <t>9789756006788</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Jodi Picoult Set (6 Kitap Takım)</t>
+          <t>1473</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>228</v>
+        <v>15</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055162979</t>
+          <t>9786050605624</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Mayaların Gizemi - Macera Tüneli</t>
+          <t>Mekanik</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>12</v>
+        <v>89</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055162962</t>
+          <t>3330000009704</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kaçinaların İzinde -  Macera Tüneli</t>
+          <t>Bir Ekonomik Tetikçinin İtirafları Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>10</v>
+        <v>158</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055162993</t>
+          <t>3990000070997</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Robotum ve Ben - Macera Tüneli</t>
+          <t>Kurt Vonnegut Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>12</v>
+        <v>120</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256756090</t>
+          <t>3990000089379</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Korktuğun Ne Varsa</t>
+          <t>April Kurgu Dışı Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>390</v>
+        <v>132</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057440136</t>
+          <t>3990000080697</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kavgaz - Çantacı</t>
+          <t>Şahane Hatalar Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>176</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256756076</t>
+          <t>3990000070104</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kambur Balinanın Şarkıları</t>
+          <t>Jodi Picoult Set (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>420</v>
+        <v>228</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256756083</t>
+          <t>9786055162979</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Servet Şehri Venedik</t>
+          <t>Mayaların Gizemi - Macera Tüneli</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>420</v>
+        <v>12</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786058108882</t>
+          <t>9786055162962</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Ülkesiz Bir Adam</t>
+          <t>Kaçinaların İzinde -  Macera Tüneli</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>59</v>
+        <v>10</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256756069</t>
+          <t>9786055162993</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Dünyalılar</t>
+          <t>Robotum ve Ben - Macera Tüneli</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>290</v>
+        <v>12</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786259547046</t>
+          <t>9786256756090</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Konuşacak</t>
+          <t>Korktuğun Ne Varsa</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256756052</t>
+          <t>9786057440136</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sevgilinin Soğuk Elleri</t>
+          <t>Kavgaz - Çantacı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786259547084</t>
+          <t>9786256756076</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Afşin Kum 3 Kitap Set</t>
+          <t>Kambur Balinanın Şarkıları</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>660</v>
+        <v>520</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786259725611</t>
+          <t>9786256756083</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>April İnteraktif Set 4 Kitap</t>
+          <t>Servet Şehri Venedik</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>1200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786259547077</t>
+          <t>9786058108882</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Adam Fawer Set</t>
+          <t>Ülkesiz Bir Adam</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>1540</v>
+        <v>59</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786259725604</t>
+          <t>9786256756069</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bir Ekonomik Tetikçinin İtirafları Seti 4 Kitap</t>
+          <t>Dünyalılar</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>1250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786259864372</t>
+          <t>9786259547046</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Han Kang 4’lü Set</t>
+          <t>Her Şey Konuşacak</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>920</v>
+        <v>320</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786259725628</t>
+          <t>9786256756052</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Jodi Picoult Seçkisi 4 Kitap</t>
+          <t>Sevgilinin Soğuk Elleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>1300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786259547053</t>
+          <t>9786259547084</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>April Polisiye &amp; Macera Seti</t>
+          <t>Afşin Kum 3 Kitap Set</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>1600</v>
+        <v>800</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786259547060</t>
+          <t>9786259725611</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ödüllü Edebiyat Seti</t>
+          <t>April İnteraktif Set 4 Kitap</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>1150</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786259547091</t>
+          <t>9786259547077</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Prens ve Lola 3 Kitap Set</t>
+          <t>Adam Fawer Set</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>560</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786259547039</t>
+          <t>9786259725604</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kargo</t>
+          <t>Bir Ekonomik Tetikçinin İtirafları Seti 4 Kitap</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>340</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789756006108</t>
+          <t>9786259864372</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Son Büyük Kuşatma 1453</t>
+          <t>Han Kang 4’lü Set</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>360</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786259547015</t>
+          <t>9786259725628</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ne Düşündüğünü Biliyorum</t>
+          <t>Jodi Picoult Seçkisi 4 Kitap</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>340</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786259547008</t>
+          <t>9786259547053</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hasret Koordinatları</t>
+          <t>April Polisiye &amp; Macera Seti</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>360</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786259864396</t>
+          <t>9786259547060</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Mobius</t>
+          <t>Ödüllü Edebiyat Seti</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>390</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786259864389</t>
+          <t>9786259547091</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Deli Bal</t>
+          <t>Prens ve Lola 3 Kitap Set</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>420</v>
+        <v>700</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786058108837</t>
+          <t>9786259547039</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Geliyor</t>
+          <t>Kargo</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786055162351</t>
+          <t>9789756006108</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Maktulün Şansı</t>
+          <t>Son Büyük Kuşatma 1453</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>75</v>
+        <v>440</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786055162597</t>
+          <t>9786259547015</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Bin Yıllık Hemşehri</t>
+          <t>Ne Düşündüğünü Biliyorum</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789756006207</t>
+          <t>9786259547008</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeşim İçin</t>
+          <t>Hasret Koordinatları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>440</v>
+        <v>420</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789756006245</t>
+          <t>9786259864396</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İmparatorların Denizi Akdeniz</t>
+          <t>Mobius</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789756006238</t>
+          <t>9786259864389</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Empati</t>
+          <t>Deli Bal</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>480</v>
+        <v>520</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789756006337</t>
+          <t>9786058108837</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Cam Çocuk</t>
+          <t>Çocuk Geliyor</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>460</v>
+        <v>320</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789756006962</t>
+          <t>9786055162351</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Şahane Hatalar 3 - Bira ve Kadın</t>
+          <t>Maktulün Şansı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>345</v>
+        <v>75</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789756006290</t>
+          <t>9786055162597</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bir Ekonomik Tetikçinin İtirafları (3.Kitap)</t>
+          <t>Bin Yıllık Hemşehri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789756006191</t>
+          <t>9789756006207</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bir Ekonomik Tetikçinin İtirafları (2.Kitap)</t>
+          <t>Kız Kardeşim İçin</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>360</v>
+        <v>540</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789756006030</t>
+          <t>9789756006245</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bir Ekonomik Tetikçinin İtirafları (1. Kitap)</t>
+          <t>İmparatorların Denizi Akdeniz</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789756006658</t>
+          <t>9789756006238</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Bak</t>
+          <t>Empati</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>420</v>
+        <v>590</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789756006757</t>
+          <t>9789756006337</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ambulansla Dünya Turu</t>
+          <t>Cam Çocuk</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>210</v>
+        <v>580</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789756006535</t>
+          <t>9789756006962</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Abra Kadabra</t>
+          <t>Şahane Hatalar 3 - Bira ve Kadın</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>420</v>
+        <v>345</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786259864365</t>
+          <t>9789756006290</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Benden Kalan Senindir</t>
+          <t>Bir Ekonomik Tetikçinin İtirafları (3.Kitap)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057440198</t>
+          <t>9789756006191</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kartal Efsanesi Seti - 3 Kitap Takım</t>
+          <t>Bir Ekonomik Tetikçinin İtirafları (2.Kitap)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>1150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786050605662</t>
+          <t>9789756006030</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>19 Dakika</t>
+          <t>Bir Ekonomik Tetikçinin İtirafları (1. Kitap)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>460</v>
+        <v>440</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786259864358</t>
+          <t>9789756006658</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Veda Etmiyorum</t>
+          <t>Bir Daha Bak</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>290</v>
+        <v>540</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786259864341</t>
+          <t>9789756006757</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Keşke Burada Olsaydın</t>
+          <t>Ambulansla Dünya Turu</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786259864334</t>
+          <t>9789756006535</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Yarın ve Yarın ve Yarın</t>
+          <t>Abra Kadabra</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>420</v>
+        <v>540</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786259864327</t>
+          <t>9786259864365</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Prensesin Tebaası</t>
+          <t>Benden Kalan Senindir</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256756045</t>
+          <t>9786057440198</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Prens ve Lola - Kuşlar Gerçek Değildir!</t>
+          <t>Yedi Kartal Efsanesi Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>210</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789756006573</t>
+          <t>9786050605662</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Projesi</t>
+          <t>19 Dakika</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>210</v>
+        <v>580</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786058108868</t>
+          <t>9786259864358</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Nasıl Hükmedersin</t>
+          <t>Veda Etmiyorum</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786259864303</t>
+          <t>9786259864341</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Firar Odası</t>
+          <t>Keşke Burada Olsaydın</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786259864310</t>
+          <t>9786259864334</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü, Sıradışı ve Mükemmel</t>
+          <t>Yarın ve Yarın ve Yarın</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>210</v>
+        <v>490</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057440167</t>
+          <t>9786259864327</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Işığın İki Yüzü</t>
+          <t>Prensesin Tebaası</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256756038</t>
+          <t>9786256756045</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Prens ve Lola Misafire Karşı</t>
+          <t>Prens ve Lola - Kuşlar Gerçek Değildir!</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057440112</t>
+          <t>9789756006573</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kavgaz - Pilot</t>
+          <t>Mutluluk Projesi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256756007</t>
+          <t>9786058108868</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kırk Üçteki Korkunç Traktör Yağmuru</t>
+          <t>Dünyaya Nasıl Hükmedersin</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256756014</t>
+          <t>9786259864303</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Serseri</t>
+          <t>Firar Odası</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256756021</t>
+          <t>9786259864310</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yanık Şeker</t>
+          <t>Olağanüstü, Sıradışı ve Mükemmel</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057440105</t>
+          <t>9786057440167</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Mermi</t>
+          <t>Işığın İki Yüzü</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055162986</t>
+          <t>9786256756038</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Prens ve Lola Tanışıyor</t>
+          <t>Prens ve Lola Misafire Karşı</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057440181</t>
+          <t>9786057440112</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Define Adaları</t>
+          <t>Kavgaz - Pilot</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057440174</t>
+          <t>9786256756007</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Bedel</t>
+          <t>Kırk Üçteki Korkunç Traktör Yağmuru</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057440150</t>
+          <t>9786256756014</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hong Gildong'un Hikayesi</t>
+          <t>Serseri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>120</v>
+        <v>440</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057440143</t>
+          <t>9786256756021</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sandığın Kişi Değilsin</t>
+          <t>Yanık Şeker</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786050605693</t>
+          <t>9786057440105</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Ses Hızı</t>
+          <t>Mermi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786050605686</t>
+          <t>9786055162986</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>XX</t>
+          <t>Prens ve Lola Tanışıyor</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786050605679</t>
+          <t>9786057440181</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Jaguara Dokunmak</t>
+          <t>Define Adaları</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786050605655</t>
+          <t>9786057440174</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kitap</t>
+          <t>Ateş ve Bedel</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>240</v>
+        <v>540</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786050605648</t>
+          <t>9786057440150</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Blöf</t>
+          <t>Hong Gildong'un Hikayesi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055162948</t>
+          <t>9786057440143</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Zülfikar'ın Hükmü</t>
+          <t>Sandığın Kişi Değilsin</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>430</v>
+        <v>390</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786050605631</t>
+          <t>9786050605693</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Erbain Fırtınası</t>
+          <t>Ses Hızı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>440</v>
+        <v>280</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786050605600</t>
+          <t>9786050605686</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Kübra</t>
+          <t>XX</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786058108899</t>
+          <t>9786050605679</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Astronot</t>
+          <t>Jaguara Dokunmak</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786058108875</t>
+          <t>9786050605655</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kehanet Yılı</t>
+          <t>Beyaz Kitap</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786058108844</t>
+          <t>9786050605648</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Küçük Muazzam Şeyler</t>
+          <t>Blöf</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786056842696</t>
+          <t>9786055162948</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Akılalmaz Beyin</t>
+          <t>Zülfikar'ın Hükmü</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>180</v>
+        <v>520</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786056842672</t>
+          <t>9786050605631</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Renkrasi</t>
+          <t>Erbain Fırtınası</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>210</v>
+        <v>540</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786055162917</t>
+          <t>9786050605600</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Tek Tekme</t>
+          <t>Kübra</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786055162900</t>
+          <t>9786058108899</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Süperben</t>
+          <t>Astronot</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786055162894</t>
+          <t>9786058108875</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Bir Ekonomik Tetikçinin Yeni İtirafları</t>
+          <t>Kehanet Yılı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>380</v>
+        <v>290</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786055162856</t>
+          <t>9786058108844</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Tükeniş Kulübü</t>
+          <t>Küçük Muazzam Şeyler</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786055162795</t>
+          <t>9786056842696</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık Vakti</t>
+          <t>Akılalmaz Beyin</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786055162788</t>
+          <t>9786056842672</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Vejetaryen</t>
+          <t>Renkrasi</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786055162771</t>
+          <t>9786055162917</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Kafa</t>
+          <t>Tek Tekme</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786055162740</t>
+          <t>9786055162900</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>OZ</t>
+          <t>Süperben</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786055162696</t>
+          <t>9786055162894</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Cimri Cömert</t>
+          <t>Bir Ekonomik Tetikçinin Yeni İtirafları</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786055162719</t>
+          <t>9786055162856</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Barış Makinesi</t>
+          <t>Tükeniş Kulübü</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786055162672</t>
+          <t>9786055162795</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Pir-i Lezzet</t>
+          <t>Ayrılık Vakti</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>340</v>
+        <v>540</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786055162665</t>
+          <t>9786055162788</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Bedel</t>
+          <t>Vejetaryen</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786055162641</t>
+          <t>9786055162771</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Şahane Hatalar - Pusula</t>
+          <t>Sıcak Kafa</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786055162603</t>
+          <t>9786055162740</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Çetesi</t>
+          <t>OZ</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789756006702</t>
+          <t>9786055162696</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kafes : Bir Ekonomik Tetikçinin İtirafları (4.Kitap)</t>
+          <t>Cimri Cömert</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786055162436</t>
+          <t>9786055162719</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Şahane Hatalar 6 - Sınav</t>
+          <t>Barış Makinesi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786055162399</t>
+          <t>9786055162672</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Katilin Şeyi</t>
+          <t>Pir-i Lezzet</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>75</v>
+        <v>390</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786055162375</t>
+          <t>9786055162665</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Katilin Uşağı</t>
+          <t>Bedel</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>75</v>
+        <v>280</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786055162252</t>
+          <t>9786055162641</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Olmak Güzel</t>
+          <t>Şahane Hatalar - Pusula</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789756006863</t>
+          <t>9786055162603</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Şahane Hatalar 2 - Talih Kuşu</t>
+          <t>Düşünce Çetesi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>405</v>
+        <v>280</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789756006313</t>
+          <t>9789756006702</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yapboz</t>
+          <t>Kafes : Bir Ekonomik Tetikçinin İtirafları (4.Kitap)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>430</v>
+        <v>440</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789756006825</t>
+          <t>9786055162436</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Şahane Hatalar 1</t>
+          <t>Şahane Hatalar 6 - Sınav</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>460</v>
+        <v>360</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789756006054</t>
+          <t>9786055162399</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Olasılıksız</t>
+          <t>Katilin Şeyi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>430</v>
+        <v>75</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
+          <t>9786055162375</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Katilin Uşağı</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786055162252</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı Olmak Güzel</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9789756006863</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Şahane Hatalar 2 - Talih Kuşu</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9789756006313</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Yapboz</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9789756006825</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Şahane Hatalar 1</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9789756006054</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Olasılıksız</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
           <t>9786055162184</t>
         </is>
       </c>
-      <c r="B268" s="1" t="inlineStr">
+      <c r="B274" s="1" t="inlineStr">
         <is>
           <t>Dalga</t>
         </is>
       </c>
-      <c r="C268" s="1">
-        <v>240</v>
+      <c r="C274" s="1">
+        <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>