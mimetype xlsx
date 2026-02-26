--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,175 +85,760 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055019679</t>
+          <t>9786055019419</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Taş Kağıt Makas</t>
+          <t>Erbakan Ne İstedi? Erdoğan Ne Yaptı?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>50</v>
+        <v>32</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055019488</t>
+          <t>9786055019402</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Elveda</t>
+          <t>Ayakkabı Hırsızı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>50</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055019655</t>
+          <t>9786055019389</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Beni Gör Anne</t>
+          <t>Dino</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>75</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055019624</t>
+          <t>9786055019495</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Not Defteri</t>
+          <t>İskoç Kral ve Ben</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055019532</t>
+          <t>9786055019099</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Salıncak - Beklenen Yolcu</t>
+          <t>Deniz Görmemiş Çocuklar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>45</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055019549</t>
+          <t>9786055019105</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dogma</t>
+          <t>Maymun Çocuk Sisi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>50</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055019112</t>
+          <t>9786055019440</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Salıncak</t>
+          <t>Sana Söyleyeceklerim Vardı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>45</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055019395</t>
+          <t>9786055019464</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Centenia Dünyası</t>
+          <t>Takıntılı Aşık</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>20</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
+          <t>9786055019198</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Mor Hırka</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786055019150</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Karlı Vadi</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>16.5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786055019228</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Mağara</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786055019211</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Uçak</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786055019020</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Gina Kızlar ve Anılar</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786055019006</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Güneşin Battığı Yer</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786055019266</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlığın Kalbi</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786055019297</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Gölgedeki Büyücü</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>16.5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786055019303</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Uçan Çocuklar</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786055019181</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Kartal Kayalıkları</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>16.5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786055019358</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Canlı Bomba</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9780201379693</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Kıyam Et Yüreğim</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786055019167</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Ada</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786055019143</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Denizde Kopan Fırtına</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>16.5</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786055019013</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Çağır Hayal Kuşunu Tamamlasın Öykünü</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786055019075</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Arayış</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786055019068</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Issız Baykuş Adası</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786055019242</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>İzanagi Atatürk</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786055019204</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Hoşçakal Anne</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786055019174</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Kurtların Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786055019044</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Akortsuz Yolcular</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786055019648</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Annelerden Trakya Lezzetleri</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786055019426</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Aynadaki Dudak İzi</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>25.93</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786055019501</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Yalancı Pollyanna</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786055019518</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>13 - Göbeklitepe'de Dünya Tarihi Yeniden mi Yazılıyor?</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786055019372</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Saklambaç Oynayalım Mı?</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>3990000055891</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Sevdamız</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>13.8</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>3990000055889</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Sevgiden Ötesi Yok</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786055019334</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Kiralık Çocuk</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786055019327</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>İksir</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786055019365</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Bir Şans Yoktur</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786055019679</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Taş Kağıt Makas</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786055019488</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Elveda</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786055019655</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Beni Gör Anne</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786055019624</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Not Defteri</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786055019532</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Salıncak - Beklenen Yolcu</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786055019549</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Dogma</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786055019112</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Salıncak</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786055019395</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Centenia Dünyası</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
           <t>9786055019433</t>
         </is>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Utandım</t>
         </is>
       </c>
-      <c r="C10" s="1">
+      <c r="C49" s="1">
         <v>45</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>