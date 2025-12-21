--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,925 +85,940 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054533671</t>
+          <t>9786055205898</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Vadinin Perileri</t>
+          <t>Bostan ve Gülistan</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054533947</t>
+          <t>9786054533671</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Üç Öykü</t>
+          <t>Vadinin Perileri</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054533473</t>
+          <t>9786054533947</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mezarların Çığlığı</t>
+          <t>Üç Öykü</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055205317</t>
+          <t>9786054533473</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kum ve Köpük</t>
+          <t>Mezarların Çığlığı</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054533992</t>
+          <t>9786055205317</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Bir Gece</t>
+          <t>Kum ve Köpük</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054533688</t>
+          <t>9786054533992</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Haberci</t>
+          <t>Korkunç Bir Gece</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054533817</t>
+          <t>9786054533688</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Efendi ile Uşağı</t>
+          <t>Haberci</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054533923</t>
+          <t>9786054533817</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ecce Homo</t>
+          <t>Efendi ile Uşağı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059078078</t>
+          <t>9786054533923</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Ecce Homo</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055205751</t>
+          <t>9786059078078</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bize Herkes Başarısızlığı Öğretiyor</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055205324</t>
+          <t>9786055205751</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bir Ozanın Ölümü Onun Yaşamıdır</t>
+          <t>Bize Herkes Başarısızlığı Öğretiyor</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054533800</t>
+          <t>9786055205324</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Bir Ozanın Ölümü Onun Yaşamıdır</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055205201</t>
+          <t>9786054533800</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Besleme</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055205515</t>
+          <t>9786055205201</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Başka Dünyada Şarkı Söylemek</t>
+          <t>Besleme</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055205980</t>
+          <t>9786055205515</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hüsn ü Aşk</t>
+          <t>Başka Dünyada Şarkı Söylemek</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055125158</t>
+          <t>9786055205980</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dip</t>
+          <t>Hüsn ü Aşk</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055205386</t>
+          <t>9786055125158</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Apartman</t>
+          <t>Dip</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>7786059078674</t>
+          <t>9786055205386</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Apartman</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055205096</t>
+          <t>7786059078674</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Öyküler</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054533633</t>
+          <t>9786055205096</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Karısı</t>
+          <t>Öyküler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>7786056740703</t>
+          <t>9786054533633</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Deyimler</t>
+          <t>Başkasının Karısı</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>7786051123235</t>
+          <t>7786056740703</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yadigarlarım</t>
+          <t>Türk Edebiyatında Deyimler</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>7786059078599</t>
+          <t>7786051123235</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tom Sowyer</t>
+          <t>Yadigarlarım</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>7786059078575</t>
+          <t>7786059078599</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Tom Sowyer</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>7786059078568</t>
+          <t>7786059078575</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>7786059078827</t>
+          <t>7786059078568</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>7786059078667</t>
+          <t>7786059078827</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>7786059078964</t>
+          <t>7786059078667</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>7786059078803</t>
+          <t>7786059078964</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Karagöz İle Hacivat</t>
+          <t>Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>7786059078780</t>
+          <t>7786059078803</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Karagöz İle Hacivat</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>7786059078544</t>
+          <t>7786059078780</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>7786059078841</t>
+          <t>7786059078544</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>7786059078469</t>
+          <t>7786059078841</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Alis Harikalar Diyarında</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>4440000000419</t>
+          <t>7786059078469</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kerem İle Aslı</t>
+          <t>Alis Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054810888</t>
+          <t>4440000000419</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çayımın Şekeri</t>
+          <t>Kerem İle Aslı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059078207</t>
+          <t>9786054810888</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Çayımın Şekeri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>3990000045628</t>
+          <t>9786059078207</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Billur Köşk Masalları</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>7786059078957</t>
+          <t>3990000045628</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Değirmenden Mektuplar</t>
+          <t>Billur Köşk Masalları</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>3990000046598</t>
+          <t>7786059078957</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine'den Masallar</t>
+          <t>Değirmenden Mektuplar</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059078834</t>
+          <t>3990000046598</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ömer'in Çocukluğu</t>
+          <t>La Fontaine'den Masallar</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059078582</t>
+          <t>9786059078834</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Ömer'in Çocukluğu</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059078988</t>
+          <t>9786059078582</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059078995</t>
+          <t>9786059078988</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059078177</t>
+          <t>9786059078995</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bilmecelerden Seçmeler</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059078443</t>
+          <t>9786059078177</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Bilmecelerden Seçmeler</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059078511</t>
+          <t>9786059078443</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hikmetin Anahtarı Yada Cehennem Zakkumu: Dil</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059078610</t>
+          <t>9786059078511</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Esma’ül Kur’an</t>
+          <t>Hikmetin Anahtarı Yada Cehennem Zakkumu: Dil</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059078535</t>
+          <t>9786059078610</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Çınar Gölgesinde</t>
+          <t>Esma’ül Kur’an</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059078450</t>
+          <t>9786059078535</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Çınar Gölgesinde</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059078184</t>
+          <t>9786059078450</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059078405</t>
+          <t>9786059078184</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Türkülerden Seçmeler</t>
+          <t>Bize Göre</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059078252</t>
+          <t>9786059078405</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ninnilerden Seçmeler</t>
+          <t>Türkülerden Seçmeler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059078276</t>
+          <t>9786059078252</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Ninnilerden Seçmeler</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786056486111</t>
+          <t>9786059078276</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ve Şeytan Aç Kaldı</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054533466</t>
+          <t>9786056486111</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Ve Şeytan Aç Kaldı</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055205911</t>
+          <t>9786054533466</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Deccal</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055205065</t>
+          <t>9786055205911</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Deccal</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054533831</t>
+          <t>9786055205065</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kanatlar</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
+          <t>9786054533831</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Kırık Kanatlar</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
           <t>9786055125301</t>
         </is>
       </c>
-      <c r="B60" s="1" t="inlineStr">
+      <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Kur’an-ı Kerim’de Hz. Meryem’in Terbiyesi</t>
         </is>
       </c>
-      <c r="C60" s="1">
+      <c r="C61" s="1">
         <v>90</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>