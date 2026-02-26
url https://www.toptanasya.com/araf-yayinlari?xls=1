--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,940 +85,2920 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055205898</t>
+          <t>9786059078733</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bostan ve Gülistan</t>
+          <t>Leyli</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054533671</t>
+          <t>9786059012164</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Vadinin Perileri</t>
+          <t>Vakti Şiir</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>60</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054533947</t>
+          <t>7786059078650</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Üç Öykü</t>
+          <t>80 Günde Devri Alem</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054533473</t>
+          <t>4440000000420</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mezarların Çığlığı</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055205317</t>
+          <t>9786059078290</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kum ve Köpük</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054533992</t>
+          <t>9786055205225</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Bir Gece</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>90</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054533688</t>
+          <t>9786059078306</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Haberci</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054533817</t>
+          <t>9786056486142</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Efendi ile Uşağı</t>
+          <t>Allah Kuluna Yetmez mi?</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054533923</t>
+          <t>9786059078214</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ecce Homo</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>90</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059078078</t>
+          <t>9786059078191</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055205751</t>
+          <t>9786059078269</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bize Herkes Başarısızlığı Öğretiyor</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>70</v>
+        <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055205324</t>
+          <t>9789756204002</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bir Ozanın Ölümü Onun Yaşamıdır</t>
+          <t>Büyük Ortadoğu ve Sosyalist Strateji</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>50</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054533800</t>
+          <t>9786055125479</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055205201</t>
+          <t>9786055125462</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Besleme</t>
+          <t>İstanbul Karası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055205515</t>
+          <t>9786059078865</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Başka Dünyada Şarkı Söylemek</t>
+          <t>Safahat'tan Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055205980</t>
+          <t>9786059078636</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hüsn ü Aşk</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055125158</t>
+          <t>7786059078889</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dip</t>
+          <t>Türk Atasözlerinden Seçmeler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>60</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055205386</t>
+          <t>9786059078368</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Apartman</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>7786059078674</t>
+          <t>9786059078320</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055205096</t>
+          <t>7786059078810</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Öyküler</t>
+          <t>Mesneviden Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054533633</t>
+          <t>9786055125165</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Karısı</t>
+          <t>Hz. Ali (r.a)’nin Dilinden Hz Muhammed (s.a.v)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>50</v>
+        <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>7786056740703</t>
+          <t>7786059078773</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Deyimler</t>
+          <t>Güliverin Gezileri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>50</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>7786051123235</t>
+          <t>9786059078528</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yadigarlarım</t>
+          <t>Uzak Ülke Kıyılarında</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>7786059078599</t>
+          <t>9786059078627</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Tom Sowyer</t>
+          <t>Kur'an'ın Örnek Modeli Hz. Muhammed</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>7786059078575</t>
+          <t>9786059078399</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Türk Tekerlemelerinden Seçmeler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>7786059078568</t>
+          <t>9786059078375</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Tiryaki Sözler</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>7786059078827</t>
+          <t>9786059078337</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>7786059078667</t>
+          <t>9786059078313</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>İlk Namaz</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>60</v>
+        <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>7786059078964</t>
+          <t>9786059078283</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları</t>
+          <t>Başını Vermeyen Şehit</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>7786059078803</t>
+          <t>9786059078436</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Karagöz İle Hacivat</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>7786059078780</t>
+          <t>3990059078650</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>80 Günde Devri Alem</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>60</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>7786059078544</t>
+          <t>9786059078382</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Türk Manilerinden Seçmeler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>60</v>
+        <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>7786059078841</t>
+          <t>9786056486104</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>7786059078469</t>
+          <t>9786055125554</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Alis Harikalar Diyarında</t>
+          <t>Aşkın Ocağı</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>4440000000419</t>
+          <t>9786055125394</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kerem İle Aslı</t>
+          <t>Namazla Aslına Dönmek</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054810888</t>
+          <t>9786055125240</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çayımın Şekeri</t>
+          <t>Ölümün Ötesinde Ne Var?</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>90</v>
+        <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059078207</t>
+          <t>9786059078238</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Mevlana Celaleddin Rumi 7 Sırrı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>3990000045628</t>
+          <t>9786056486135</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Billur Köşk Masalları</t>
+          <t>İçimizdeki Faiz Lobisi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>7786059078957</t>
+          <t>9786059078429</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Değirmenden Mektuplar</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>3990000046598</t>
+          <t>9786059078245</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine'den Masallar</t>
+          <t>Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059078834</t>
+          <t>3990000029882</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ömer'in Çocukluğu</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059078582</t>
+          <t>9786059078412</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059078988</t>
+          <t>9786055125011</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler</t>
+          <t>Zavallı Çocuk</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>60</v>
+        <v>13</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059078995</t>
+          <t>9786056486159</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059078177</t>
+          <t>9786055205454</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bilmecelerden Seçmeler</t>
+          <t>Yol Arkadaşım</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>50</v>
+        <v>22</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059078443</t>
+          <t>9786055205430</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Yoksul Çalgıcı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>50</v>
+        <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059078511</t>
+          <t>9786054533886</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hikmetin Anahtarı Yada Cehennem Zakkumu: Dil</t>
+          <t>Yeni Atlantis</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>90</v>
+        <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059078610</t>
+          <t>9786055205119</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Esma’ül Kur’an</t>
+          <t>Yalnız Gezerin Düşlemleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059078535</t>
+          <t>9786055205126</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çınar Gölgesinde</t>
+          <t>Yahudi Öyküleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059078450</t>
+          <t>9786055125028</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059078184</t>
+          <t>9786055205393</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>60</v>
+        <v>13</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059078405</t>
+          <t>9786055125035</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Türkülerden Seçmeler</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059078252</t>
+          <t>9786059078061</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ninnilerden Seçmeler</t>
+          <t>Uysal Kız</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059078276</t>
+          <t>9786055205447</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Uğursuz Miras</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056486111</t>
+          <t>9786055205027</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ve Şeytan Aç Kaldı</t>
+          <t>Uğultulu Tepeler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054533466</t>
+          <t>9786059078160</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Totem ve Tabu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>60</v>
+        <v>22</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055205911</t>
+          <t>9786055125059</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Deccal</t>
+          <t>Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>60</v>
+        <v>22</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055205065</t>
+          <t>9786054533404</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Tam Metin Mesnevi (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>70</v>
+        <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054533831</t>
+          <t>9786055205690</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kanatlar</t>
+          <t>Sokrates’in Savunması</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>60</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
+          <t>9786059078085</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Seyahatname</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786055205522</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Seni Seviyorum Aşk</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786059078351</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Seçme Öyküler</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786055205478</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Rubailer</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786055205362</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Penguenler Adası</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786055205010</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Öteki</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786055125073</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Müfettiş</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786055205577</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Mesel</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786055205966</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Mantıku’t Tayr Kuş Dili</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786059078054</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Kumarbaz</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786059078481</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Korku ve Titreme</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786056486166</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Kelile ve Dimne</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786055205256</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Tam Metin Kalplerin Keşfi</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786059078153</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Lale-i Tur</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786059078146</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Ruhu</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786054533824</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Kabe’nin Hayat Şifreleri</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786055125097</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>İyinin ve Kötünün Ötesinde</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786059078139</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>İvan İlyiçin Ölümü</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786059078122</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>İtiraflarım</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786059078047</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>İslam’da Dini Tefekkürün Yeniden Teşekkülü</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786055205973</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>İnsancıklar</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786054533510</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Ne ile Yaşar?</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786055205409</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Hikayeler</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786054533954</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Hastalık Hastası</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786055205102</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Güneş Ülkesi</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786059078030</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Gülistan</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786055205331</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Gitmeliyim</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786055205423</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Germinal</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786059078108</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Genç Werther’in Acıları</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786054533701</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Fırtınalar</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786055205942</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Fıçıdan Öyküler</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786054533893</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Felatun Bey ve Rakım Efendi</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786055205775</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Evliliğin Estetik Geçerliliği</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786054533640</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Ev Sahibi</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786055205805</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Etik-Estetik Dengesi Kişiliğin Gelişiminde</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786059078023</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Ebedi Koca</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786055205720</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Düello</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786056486173</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Don Kişot</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786054533862</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Dinle Küçük Adam</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786055205935</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Devlet</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786055205928</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Demir Ökçe</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786055205638</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Deliliğe Övgü</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786054533855</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Deli</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786054533916</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Değişim</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786055205171</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Değişen Kafalar</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786055205744</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Cinayet Şirketi</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786059078016</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Candide ya da İyimserlik</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786055205546</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Bostan ve Gülistan (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786059078115</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Hükümdar</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786059078726</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Ermiş</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786059078009</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Bostan</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786055205539</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Bir Lahza Aşk</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786055205881</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Bir İdam Mahkumunun Son Günü</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786055205058</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gencin Dramı</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786059078498</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Zambaklar Ülkesinde (Büyük Boy)</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786056486197</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Geceler - Uysal Kız</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786056486180</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Diş</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786059078092</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Benliğin Sırları</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786055205799</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Baştan Çıkarıcının Günlüğü</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786055205874</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Babalar ve Oğullar</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786055205683</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Atinalıların Devleti</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786055205713</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Yakmak</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786054533848</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Asi Ruhlar</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786059078641</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Araba Sevdası</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786055205379</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Andersan Masalları</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786055205607</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>A’mak-ı Hayal</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786055205706</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Alın Teri</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786054533909</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Alacakaranlıkta</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786055205614</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Akdeniz</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786055205867</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Akbaba</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786054533978</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Ateşi Kıvılcımken Söndürmeli</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786054553891</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Zambaklar Ülkesinde (Küçük Boy)</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9789756204009</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Kapitalizm ve Şizofreni</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786055205898</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Bostan ve Gülistan</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786054533671</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Vadinin Perileri</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786054533947</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Üç Öykü</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786054533473</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Mezarların Çığlığı</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786055205317</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Kum ve Köpük</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786054533992</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Korkunç Bir Gece</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786054533688</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Haberci</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786054533817</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Efendi ile Uşağı</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786054533923</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Ecce Homo</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786059078078</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Kalbi</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786055205751</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Bize Herkes Başarısızlığı Öğretiyor</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786055205324</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ozanın Ölümü Onun Yaşamıdır</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786054533800</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Geceler</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786055205201</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Besleme</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786055205515</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Başka Dünyada Şarkı Söylemek</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786055205980</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Hüsn ü Aşk</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786055125158</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Dip</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786055205386</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Apartman</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>7786059078674</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Pollyanna</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786055205096</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Öyküler</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786054533633</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Başkasının Karısı</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>7786056740703</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Türk Edebiyatında Deyimler</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>7786051123235</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Yadigarlarım</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>7786059078599</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Tom Sowyer</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>7786059078575</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Pinokyo</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>7786059078568</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Peter Pan</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>7786059078827</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Oliver Twist</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>7786059078667</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Prens</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>7786059078964</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Keloğlan Masalları</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>7786059078803</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Karagöz İle Hacivat</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>7786059078780</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Heidi</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>7786059078544</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Ezop Masalları</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>7786059078841</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Define Adası</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>7786059078469</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Alis Harikalar Diyarında</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>4440000000419</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Kerem İle Aslı</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786054810888</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Çayımın Şekeri</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786059078207</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Eylül</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>3990000045628</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Billur Köşk Masalları</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>7786059078957</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Değirmenden Mektuplar</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>3990000046598</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>La Fontaine'den Masallar</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786059078834</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Ömer'in Çocukluğu</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786059078582</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Robin Hood</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786059078988</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Seçme Hikayeler</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786059078995</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Üç Silahşörler</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786059078177</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Bilmecelerden Seçmeler</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786059078443</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Şehir Mektupları</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786059078511</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Hikmetin Anahtarı Yada Cehennem Zakkumu: Dil</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786059078610</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Esma’ül Kur’an</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786059078535</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Çınar Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786059078450</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Şermin</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786059078184</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Bize Göre</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786059078405</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Türkülerden Seçmeler</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786059078252</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Ninnilerden Seçmeler</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786059078276</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Altın Işık</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786056486111</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Ve Şeytan Aç Kaldı</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786054533466</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Gezgin</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786055205911</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Deccal</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786055205065</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Dava</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786054533831</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Kırık Kanatlar</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
           <t>9786055125301</t>
         </is>
       </c>
-      <c r="B61" s="1" t="inlineStr">
+      <c r="B193" s="1" t="inlineStr">
         <is>
           <t>Kur’an-ı Kerim’de Hz. Meryem’in Terbiyesi</t>
         </is>
       </c>
-      <c r="C61" s="1">
+      <c r="C193" s="1">
         <v>90</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>