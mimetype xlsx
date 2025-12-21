--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,3550 +85,3640 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052931400</t>
+          <t>9786052931394</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Evrimi</t>
+          <t>Denizde Dağ Çocuklarının İzleri</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052930885</t>
+          <t>9786052931448</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bulut Yağmuru</t>
+          <t>Ehmedê Xanî Bi Çavekî Cuda</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>4440000000235</t>
+          <t>9786052931431</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Demokratik Eğitim Seti</t>
+          <t>Zamanı Doğuran Dağ</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>800</v>
+        <v>280</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054986774</t>
+          <t>9786052931387</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ber Bi Zozanan Ve</t>
+          <t>Yöntem ve Hakikat Rejimi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052930786</t>
+          <t>9786052931424</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Özgür Basın Tarihi</t>
+          <t>X’ten A’ya Gizli Mektuplar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789758242993</t>
+          <t>9786052931417</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Aze</t>
+          <t>Herkesin İngiltere'si</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789758242511</t>
+          <t>9786052931400</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Oluşum Tarihi</t>
+          <t>Devrimin Evrimi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789944222914</t>
+          <t>9786052930885</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sevrden Lozana Kürt Sorunu ve Kemalist Hareket</t>
+          <t>Bulut Yağmuru</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059237826</t>
+          <t>4440000000235</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Xayis</t>
+          <t>Çocuk ve Demokratik Eğitim Seti</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>120</v>
+        <v>800</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789758242276</t>
+          <t>9786054986774</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Ber Bi Zozanan Ve</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789944222495</t>
+          <t>9786052930786</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Adres - Siz Yazılar</t>
+          <t>Özgür Basın Tarihi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052931349</t>
+          <t>9789758242993</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Prens</t>
+          <t>Aze</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052931363</t>
+          <t>9789758242511</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tarih Oluşmanın Zamanıdır</t>
+          <t>Bilginin Oluşum Tarihi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052931356</t>
+          <t>9789944222914</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kürt Mahşeri</t>
+          <t>Sevrden Lozana Kürt Sorunu ve Kemalist Hareket</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>310</v>
+        <v>325</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052931332</t>
+          <t>9786059237826</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İlk Işık Kurucu Ateş/ Haki Karer</t>
+          <t>Xayis</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052931370</t>
+          <t>9789758242276</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Abbasi Lalesinin Altında/ Evin Zindanları</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>480</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054986972</t>
+          <t>9789944222495</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Giden Uzun Yol</t>
+          <t>Adres - Siz Yazılar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052931202</t>
+          <t>9786052931349</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Zeremya</t>
+          <t>Demokratik Prens</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052931240</t>
+          <t>9786052931363</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalanlar - 2</t>
+          <t>Tarih Oluşmanın Zamanıdır</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052931233</t>
+          <t>9786052931356</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalanlar - 1</t>
+          <t>Kürt Mahşeri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052931219</t>
+          <t>9786052931332</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Eski Bir Düş Yeni Bir Dünya</t>
+          <t>İlk Işık Kurucu Ateş/ Haki Karer</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052931165</t>
+          <t>9786052931370</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Etimolojiya Azadiye - 4</t>
+          <t>Abbasi Lalesinin Altında/ Evin Zindanları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052931271</t>
+          <t>9786054986972</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çepera Rumete Kobane - 2</t>
+          <t>Özgürlüğe Giden Uzun Yol</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052931264</t>
+          <t>9786052931202</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çepera Rumete Kobane - 1</t>
+          <t>Zeremya</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052931189</t>
+          <t>9786052931240</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gulesiyabend</t>
+          <t>Yarım Kalanlar - 2</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789758242887</t>
+          <t>9786052931233</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bize Ölüm Yok</t>
+          <t>Yarım Kalanlar - 1</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052931226</t>
+          <t>9786052931219</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mekansal Irkçılık</t>
+          <t>Eski Bir Düş Yeni Bir Dünya</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052931172</t>
+          <t>9786052931165</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Rondiken Çiyaye Şengale</t>
+          <t>Etimolojiya Azadiye - 4</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052931257</t>
+          <t>9786052931271</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Roje</t>
+          <t>Çepera Rumete Kobane - 2</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052931158</t>
+          <t>9786052931264</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Cênî û Wext - Kadınlar ve Zaman</t>
+          <t>Çepera Rumete Kobane - 1</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052931073</t>
+          <t>9786052931189</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Cennet</t>
+          <t>Gulesiyabend</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052931042</t>
+          <t>9789758242887</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dılopek Berxwedan</t>
+          <t>Bize Ölüm Yok</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052931134</t>
+          <t>9786052931226</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Dengên Razayî</t>
+          <t>Mekansal Irkçılık</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052931127</t>
+          <t>9786052931172</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dûrî</t>
+          <t>Rondiken Çiyaye Şengale</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052931110</t>
+          <t>9786052931257</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Şifresi</t>
+          <t>Roje</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052931103</t>
+          <t>9786052931158</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Buğday Düşlü Hayatlar</t>
+          <t>Cênî û Wext - Kadınlar ve Zaman</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052931080</t>
+          <t>9786052931073</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Nidaba</t>
+          <t>Kayıp Cennet</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052931066</t>
+          <t>9786052931042</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Etimolojisi-3 / Kürt Edebiyatında Üç Okul</t>
+          <t>Dılopek Berxwedan</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052931028</t>
+          <t>9786052931134</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Solmadan</t>
+          <t>Dengên Razayî</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052931011</t>
+          <t>9786052931127</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Binboğaların Kızıl Gülü</t>
+          <t>Dûrî</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052931059</t>
+          <t>9786052931110</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Mitra</t>
+          <t>Özgürlüğün Şifresi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052931097</t>
+          <t>9786052931103</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Çîrokên Jinên di Zindanan de</t>
+          <t>Buğday Düşlü Hayatlar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789944222686</t>
+          <t>9786052931080</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ji Çirok u Çivanoken Kurdan</t>
+          <t>Nidaba</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789758242955</t>
+          <t>9786052931066</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Melek ve Kim</t>
+          <t>Özgürlüğün Etimolojisi-3 / Kürt Edebiyatında Üç Okul</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052930908</t>
+          <t>9786052931028</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bize Ölüm Yok</t>
+          <t>Çiçekler Solmadan</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052930922</t>
+          <t>9786052931011</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Binboğaların Kızıl Gülü</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>325</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052930915</t>
+          <t>9786052931059</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Özgür Basın Tarihi</t>
+          <t>Mitra</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052930946</t>
+          <t>9786052931097</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kuşlarını Kaybetmiş Ağaç</t>
+          <t>Çîrokên Jinên di Zindanan de</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789758242986</t>
+          <t>9789944222686</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Dema Tu Çûyî</t>
+          <t>Ji Çirok u Çivanoken Kurdan</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789758242764</t>
+          <t>9789758242955</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Dilşadiya Xemsaran</t>
+          <t>Melek ve Kim</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789758242924</t>
+          <t>9786052930908</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kulmek Ax Dilopek Av</t>
+          <t>Bize Ölüm Yok</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052930601</t>
+          <t>9786052930922</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kirazlar Çiçek Açtığında</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052930854</t>
+          <t>9786052930915</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Uyuşturucunun Ekonomi Politiği/ Dünyada ve Türkiye’de</t>
+          <t>Özgür Basın Tarihi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052930823</t>
+          <t>9786052930946</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Zilan Katliamı/ Beni Yıkayın Sonra Gömün</t>
+          <t>Kuşlarını Kaybetmiş Ağaç</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052930878</t>
+          <t>9789758242986</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mabede Dönüş-3/ İzler ve Gölgeler</t>
+          <t>Dema Tu Çûyî</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052930861</t>
+          <t>9789758242764</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mabede Dönüş-2/ Uyanış</t>
+          <t>Dilşadiya Xemsaran</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052930298</t>
+          <t>9789758242924</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mabede Dönüş-1/Yol</t>
+          <t>Kulmek Ax Dilopek Av</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052930892</t>
+          <t>9786052930601</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hürrem</t>
+          <t>Kirazlar Çiçek Açtığında</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052930939</t>
+          <t>9786052930854</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Çölde Bir Vaha</t>
+          <t>Uyuşturucunun Ekonomi Politiği/ Dünyada ve Türkiye’de</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055454463</t>
+          <t>9786052930823</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mum U Şemal</t>
+          <t>Zilan Katliamı/ Beni Yıkayın Sonra Gömün</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>35</v>
+        <v>350</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>3990000030027</t>
+          <t>9786052930878</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Qewdek Sosreti</t>
+          <t>Mabede Dönüş-3/ İzler ve Gölgeler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>105</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944222501</t>
+          <t>9786052930861</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım</t>
+          <t>Mabede Dönüş-2/ Uyanış</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>3990000030028</t>
+          <t>9786052930298</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Roj Çü Ava Dereng e</t>
+          <t>Mabede Dönüş-1/Yol</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789944222464</t>
+          <t>9786052930892</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sedef</t>
+          <t>Hürrem</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>130</v>
+        <v>325</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789944222617</t>
+          <t>9786052930939</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Hayat</t>
+          <t>Çölde Bir Vaha</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>155</v>
+        <v>330</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789944222358</t>
+          <t>9786055454463</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ömrümün Yedi Günü</t>
+          <t>Mum U Şemal</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>105</v>
+        <v>35</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789944222365</t>
+          <t>3990000030027</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Namusname</t>
+          <t>Qewdek Sosreti</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>105</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789944222594</t>
+          <t>9789944222501</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Meleğin Mısraları</t>
+          <t>Hatıralarım</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055454500</t>
+          <t>3990000030028</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Masiyen Ku Dikullin</t>
+          <t>Roj Çü Ava Dereng e</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055454494</t>
+          <t>9789944222464</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Li Ewrupaye Perwerde u Rewşa Zimanen Kemar</t>
+          <t>Sedef</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944222631</t>
+          <t>9789944222617</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitaplar ve Mitolojide Kürdler</t>
+          <t>Sanat ve Hayat</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>280</v>
+        <v>155</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054986477</t>
+          <t>9789944222358</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kimin İslamı?</t>
+          <t>Ömrümün Yedi Günü</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>220</v>
+        <v>105</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789758242788</t>
+          <t>9789944222365</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kırase Heyve</t>
+          <t>Namusname</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789944222334</t>
+          <t>9789944222594</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Jan</t>
+          <t>Meleğin Mısraları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>115</v>
+        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789944581776</t>
+          <t>9786055454500</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>General Electric</t>
+          <t>Masiyen Ku Dikullin</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789944222471</t>
+          <t>9786055454494</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Fosilin Mektubu</t>
+          <t>Li Ewrupaye Perwerde u Rewşa Zimanen Kemar</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054986132</t>
+          <t>9789944222631</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Toplum</t>
+          <t>Kutsal Kitaplar ve Mitolojide Kürdler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>325</v>
+        <v>280</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055454319</t>
+          <t>9786054986477</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Edebiyata Devki u Sosyalizasyon</t>
+          <t>Kimin İslamı?</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055454203</t>
+          <t>9789758242788</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Konfederalizm</t>
+          <t>Kırase Heyve</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789944222723</t>
+          <t>9789944222334</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dalpeya Cemedyeyen</t>
+          <t>Jan</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>140</v>
+        <v>115</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789944222372</t>
+          <t>9789944581776</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın Özerk Bölgeleri</t>
+          <t>General Electric</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789758242795</t>
+          <t>9789944222471</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Göçebe Kuşlar</t>
+          <t>Fosilin Mektubu</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052930717</t>
+          <t>9786054986132</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İran Tarihi / El Kitabı</t>
+          <t>Ekolojik Toplum</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>670</v>
+        <v>325</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052930755</t>
+          <t>9786055454319</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Mistek Ronahi</t>
+          <t>Edebiyata Devki u Sosyalizasyon</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052930724</t>
+          <t>9786055454203</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dildare Serkeftine</t>
+          <t>Demokratik Konfederalizm</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>285</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052930694</t>
+          <t>9789944222723</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Xendeka Biloka/ Gora Komi</t>
+          <t>Dalpeya Cemedyeyen</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052930779</t>
+          <t>9789944222372</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ermenistan ve Avrupa / Güçlü Hristiyan Devletlerine Karşı Bir Suçlama Metni</t>
+          <t>Avrupa’nın Özerk Bölgeleri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052930687</t>
+          <t>9789758242795</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Jana Dil</t>
+          <t>Göçebe Kuşlar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052930700</t>
+          <t>9786052930717</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Xer u Şeren Duri Çavan</t>
+          <t>İran Tarihi / El Kitabı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>670</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052930816</t>
+          <t>9786052930755</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Canlı Yaşamak</t>
+          <t>Mistek Ronahi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052930809</t>
+          <t>9786052930724</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kırık Taşlar</t>
+          <t>Dildare Serkeftine</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052930663</t>
+          <t>9786052930694</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Başka Dünyalar İnşa Etmek</t>
+          <t>Xendeka Biloka/ Gora Komi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052930656</t>
+          <t>9786052930779</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Birina Reş - Kara Yara</t>
+          <t>Ermenistan ve Avrupa / Güçlü Hristiyan Devletlerine Karşı Bir Suçlama Metni</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052930649</t>
+          <t>9786052930687</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Çinara Min</t>
+          <t>Jana Dil</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052930632</t>
+          <t>9786052930700</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Fırat Marmaraya Akar - Ülke ve Gündem Yazıları</t>
+          <t>Xer u Şeren Duri Çavan</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052930625</t>
+          <t>9786052930816</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kımıl</t>
+          <t>Tarihi Canlı Yaşamak</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>155</v>
+        <v>450</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052930618</t>
+          <t>9786052930809</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Olaylı Yazılar</t>
+          <t>Kırık Taşlar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052930557</t>
+          <t>9786052930663</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Etimolojisi 2 - Kutsalların Dili</t>
+          <t>Başka Dünyalar İnşa Etmek</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>235</v>
+        <v>280</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052930540</t>
+          <t>9786052930656</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Etimolojisi 1 - Kelimelerin Coğrafyası</t>
+          <t>Birina Reş - Kara Yara</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052930564</t>
+          <t>9786052930649</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ferik Polatbekov - Hayatı ve Şiirleri</t>
+          <t>Çinara Min</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052930571</t>
+          <t>9786052930632</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Hikayeler</t>
+          <t>Fırat Marmaraya Akar - Ülke ve Gündem Yazıları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052930588</t>
+          <t>9786052930625</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Diclenin Kıyısında Bir Özgürlük Yürüyüşü</t>
+          <t>Kımıl</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>220</v>
+        <v>155</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052930595</t>
+          <t>9786052930618</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Amansız Yıllar - Bir Devrimcinin Zindan Anıları</t>
+          <t>Olaylı Yazılar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052930526</t>
+          <t>9786052930557</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Siware Çîroken Zarokan</t>
+          <t>Özgürlüğün Etimolojisi 2 - Kutsalların Dili</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>300</v>
+        <v>235</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052930519</t>
+          <t>9786052930540</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hem Kürt Hem Mülki Amir</t>
+          <t>Özgürlüğün Etimolojisi 1 - Kelimelerin Coğrafyası</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052930489</t>
+          <t>9786052930564</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyetçilik Kuramları ve Paradigmasal Bakış</t>
+          <t>Ferik Polatbekov - Hayatı ve Şiirleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052930496</t>
+          <t>9786052930571</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Tanrıçalıktan Tanrılığa Kürtler</t>
+          <t>Yarım Kalan Hikayeler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>550</v>
+        <v>230</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052930472</t>
+          <t>9786052930588</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Si ve Rehan</t>
+          <t>Diclenin Kıyısında Bir Özgürlük Yürüyüşü</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052930502</t>
+          <t>9786052930595</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağın Devrimcisi - Zerdüşt</t>
+          <t>Amansız Yıllar - Bir Devrimcinin Zindan Anıları</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944222419</t>
+          <t>9786052930526</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Zerdüşt Ne Buyurdu</t>
+          <t>Siware Çîroken Zarokan</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055454173</t>
+          <t>9786052930519</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Dile Min Ne Din e</t>
+          <t>Hem Kürt Hem Mülki Amir</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>105</v>
+        <v>450</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052930465</t>
+          <t>9786052930489</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Zerilerin Direnişi</t>
+          <t>Toplumsal Cinsiyetçilik Kuramları ve Paradigmasal Bakış</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052930434</t>
+          <t>9786052930496</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Tarih Bilinci</t>
+          <t>Tanrıçalıktan Tanrılığa Kürtler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052930397</t>
+          <t>9786052930472</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Megamakine’nin Sonu - Başarısız Bir Uygarlığın Kısa Tarihi</t>
+          <t>Si ve Rehan</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052930403</t>
+          <t>9786052930502</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Devrim (1917-1922)</t>
+          <t>Antik Çağın Devrimcisi - Zerdüşt</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>285</v>
+        <v>280</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052930458</t>
+          <t>9789944222419</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Jana Berfe</t>
+          <t>Zerdüşt Ne Buyurdu</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052930410</t>
+          <t>9786055454173</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Estetik Huner u Weje</t>
+          <t>Dile Min Ne Din e</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>380</v>
+        <v>105</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052930427</t>
+          <t>9786052930465</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Denge Axine</t>
+          <t>Zerilerin Direnişi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052930441</t>
+          <t>9786052930434</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bazen Şerefdine</t>
+          <t>Tarih Bilinci</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052930328</t>
+          <t>9786052930397</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Qerina Penüsen Şikesti</t>
+          <t>Megamakine’nin Sonu - Başarısız Bir Uygarlığın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052930335</t>
+          <t>9786052930403</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Üç Mevsim</t>
+          <t>Kızıl Devrim (1917-1922)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>300</v>
+        <v>285</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052930342</t>
+          <t>9786052930458</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Cangoriyen Mişare</t>
+          <t>Jana Berfe</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789758242979</t>
+          <t>9786052930410</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Estetik Huner u Weje</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052930380</t>
+          <t>9786052930427</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Paradigma - Newtoniyen Paradigmanın İflası, Kuantumsal Evrensel Oluşum ve Toplumsal Hakikat</t>
+          <t>Denge Axine</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052930366</t>
+          <t>9786052930441</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Pentagon Amca</t>
+          <t>Bazen Şerefdine</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052930359</t>
+          <t>9786052930328</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Beyta Amara</t>
+          <t>Qerina Penüsen Şikesti</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052930373</t>
+          <t>9786052930335</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Onur Cephesi: Kobane</t>
+          <t>Üç Mevsim</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052930304</t>
+          <t>9786052930342</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Yönetim Demokratik Otorite</t>
+          <t>Cangoriyen Mişare</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052930311</t>
+          <t>9789758242979</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Med Tarihi ve Kültürü</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789758242900</t>
+          <t>9786052930380</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Jinen di Siya XiyalenWinda de</t>
+          <t>Paradigma - Newtoniyen Paradigmanın İflası, Kuantumsal Evrensel Oluşum ve Toplumsal Hakikat</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789758242894</t>
+          <t>9786052930366</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Devrimci İslam Tarihi</t>
+          <t>Pentagon Amca</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789758242931</t>
+          <t>9786052930359</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Çöl Çiçekleri - İbrani Tarihi Üzerine Bir Deneme</t>
+          <t>Beyta Amara</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789758242962</t>
+          <t>9786052930373</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Nivişta Pirika Min</t>
+          <t>Onur Cephesi: Kobane</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789758242948</t>
+          <t>9786052930304</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Otonom Ekonomi</t>
+          <t>Demokratik Yönetim Demokratik Otorite</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789758242917</t>
+          <t>9786052930311</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Qolincen Nüjiyane (Gulhez ü Berxike Yade)</t>
+          <t>Med Tarihi ve Kültürü</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789758242870</t>
+          <t>9789758242900</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Güneyi</t>
+          <t>Jinen di Siya XiyalenWinda de</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789758242825</t>
+          <t>9789758242894</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Tarihler</t>
+          <t>Devrimci İslam Tarihi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789758242849</t>
+          <t>9789758242931</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler ve Gölgeler</t>
+          <t>Çöl Çiçekleri - İbrani Tarihi Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>208</v>
+        <v>280</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789758242856</t>
+          <t>9789758242962</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Hespen Heviye</t>
+          <t>Nivişta Pirika Min</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789758242832</t>
+          <t>9789758242948</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kültür Sanat ve Tiyatro Üzerine Yazılar</t>
+          <t>Otonom Ekonomi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789758242801</t>
+          <t>9789758242917</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Düello</t>
+          <t>Qolincen Nüjiyane (Gulhez ü Berxike Yade)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>325</v>
+        <v>270</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789758242818</t>
+          <t>9789758242870</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kerkük Li Benda We Ye</t>
+          <t>Yüreğimin Güneyi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789758242863</t>
+          <t>9789758242825</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İlk Adımlar</t>
+          <t>Yaşayan Tarihler</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789758242641</t>
+          <t>9789758242849</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Girava Xizine</t>
+          <t>Kelebekler ve Gölgeler</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>260</v>
+        <v>208</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789758242726</t>
+          <t>9789758242856</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn Çavhilkiriyen Leheng</t>
+          <t>Hespen Heviye</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789758242771</t>
+          <t>9789758242832</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İnci</t>
+          <t>Kültür Sanat ve Tiyatro Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789758242733</t>
+          <t>9789758242801</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Mirko</t>
+          <t>Bir Garip Düello</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789758242740</t>
+          <t>9789758242818</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Se Çekdar</t>
+          <t>Kerkük Li Benda We Ye</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789758242719</t>
+          <t>9789758242863</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sewi</t>
+          <t>İlk Adımlar</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789758242665</t>
+          <t>9789758242641</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bazine Pola</t>
+          <t>Girava Xizine</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789758242658</t>
+          <t>9789758242726</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Dildaren Feraşine</t>
+          <t>Huckleberry Finn Çavhilkiriyen Leheng</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789758242603</t>
+          <t>9789758242771</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Serpehatiyen Alice</t>
+          <t>İnci</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789758242573</t>
+          <t>9789758242733</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Sanat Felsefesi</t>
+          <t>Mirko</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052930083</t>
+          <t>9789758242740</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Her Tişti Di Xwe De Bibine</t>
+          <t>Se Çekdar</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052930076</t>
+          <t>9789758242719</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Gevez</t>
+          <t>Sewi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789758242474</t>
+          <t>9789758242665</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Üzerine Düşünceler</t>
+          <t>Bazine Pola</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789758242542</t>
+          <t>9789758242658</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yahudilik</t>
+          <t>Dildaren Feraşine</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>286</v>
+        <v>250</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789758242504</t>
+          <t>9789758242603</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Efsuna Welate Min</t>
+          <t>Serpehatiyen Alice</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>102</v>
+        <v>170</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789758242498</t>
+          <t>9789758242573</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Esmer Yara Beyaz Kurt</t>
+          <t>Devrimci Sanat Felsefesi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>325</v>
+        <v>500</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789758242559</t>
+          <t>9786052930083</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Rexneyen li Ser Civaknasiya Nujen</t>
+          <t>Her Tişti Di Xwe De Bibine</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789758242528</t>
+          <t>9786052930076</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Bihara Bedawi</t>
+          <t>Gevez</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789758242443</t>
+          <t>9789758242474</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sesine Geldim</t>
+          <t>Tasavvuf Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789758242450</t>
+          <t>9789758242542</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Mehdiye Kurd</t>
+          <t>Yahudilik</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>260</v>
+        <v>286</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052930793</t>
+          <t>9789758242504</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Hikayesi</t>
+          <t>Efsuna Welate Min</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>350</v>
+        <v>102</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789758242313</t>
+          <t>9789758242498</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Bir Derenin Hikayesi</t>
+          <t>Esmer Yara Beyaz Kurt</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789758242337</t>
+          <t>9789758242559</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İki Cihan Harbi Arasında Kürt Vurgunu</t>
+          <t>Rexneyen li Ser Civaknasiya Nujen</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789758242351</t>
+          <t>9789758242528</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Halk Devrimlerinde Jakobenizm</t>
+          <t>Bihara Bedawi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789758242375</t>
+          <t>9789758242443</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Karıncanın Sustuğu</t>
+          <t>Sesine Geldim</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789758242344</t>
+          <t>9789758242450</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Arayışı</t>
+          <t>Mehdiye Kurd</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789758242382</t>
+          <t>9786052930793</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kürt Egemenlerinin Tarihine Giriş</t>
+          <t>Kalbimin Hikayesi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789758242320</t>
+          <t>9789758242313</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Çocuk İnsan Çocuk Dünya</t>
+          <t>Bir Derenin Hikayesi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789758242207</t>
+          <t>9789758242337</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bir Dağın Hikayesi</t>
+          <t>İki Cihan Harbi Arasında Kürt Vurgunu</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789758242238</t>
+          <t>9789758242351</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kemanjene Piçük</t>
+          <t>Demokratik Halk Devrimlerinde Jakobenizm</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>208</v>
+        <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789758242214</t>
+          <t>9789758242375</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Masireşke Biçük</t>
+          <t>Karıncanın Sustuğu</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052930205</t>
+          <t>9789758242344</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Zaman'ın Ardından</t>
+          <t>Hakikat Arayışı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789758242283</t>
+          <t>9789758242382</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Kürt Egemenlerinin Tarihine Giriş</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789758242245</t>
+          <t>9789758242320</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Çocuk İnsan Çocuk Dünya</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789758242269</t>
+          <t>9789758242207</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Bir Dağın Hikayesi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789758242290</t>
+          <t>9789758242238</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Gera Li Dor Dinyaye Di 80 Rojan De</t>
+          <t>Kemanjene Piçük</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>280</v>
+        <v>208</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789758242252</t>
+          <t>9789758242214</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Masireşke Biçük</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>230</v>
+        <v>90</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789758242306</t>
+          <t>9786052930205</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ger Ü Geşten Gullivero</t>
+          <t>Zaman'ın Ardından</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>280</v>
+        <v>135</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789758242221</t>
+          <t>9789758242283</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Konte Monte Kristo</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>4440000000557</t>
+          <t>9789758242245</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Troya Ayini</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>155</v>
+        <v>220</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052930243</t>
+          <t>9789758242269</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Demnarin</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052930281</t>
+          <t>9789758242290</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Welate Min</t>
+          <t>Gera Li Dor Dinyaye Di 80 Rojan De</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>105</v>
+        <v>280</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052930267</t>
+          <t>9789758242252</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Raperina Demsala Min</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052930274</t>
+          <t>9789758242306</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Şunware Biraninan</t>
+          <t>Ger Ü Geşten Gullivero</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052930229</t>
+          <t>9789758242221</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Berbang Bu Piçuke Min</t>
+          <t>Konte Monte Kristo</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052930212</t>
+          <t>4440000000557</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ape Musa 100 Yaşında!</t>
+          <t>Troya Ayini</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>325</v>
+        <v>155</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052930137</t>
+          <t>9786052930243</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Şiddete Dayalı Olmayan Eylem Teorisi</t>
+          <t>Demnarin</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052930182</t>
+          <t>9786052930281</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Cıvalı Zarlar</t>
+          <t>Welate Min</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>280</v>
+        <v>105</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052930168</t>
+          <t>9786052930267</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kabinede Evrim Teorisi</t>
+          <t>Raperina Demsala Min</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052930007</t>
+          <t>9786052930274</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Simir</t>
+          <t>Şunware Biraninan</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059237994</t>
+          <t>9786052930229</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Surp Giragos'ta Bir Zeytuni</t>
+          <t>Berbang Bu Piçuke Min</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>156</v>
+        <v>140</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059237949</t>
+          <t>9786052930212</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Ji Diroke Dirokeke Ehmede Xani</t>
+          <t>Ape Musa 100 Yaşında!</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059237925</t>
+          <t>9786052930137</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Şiretname</t>
+          <t>Şiddete Dayalı Olmayan Eylem Teorisi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059237901</t>
+          <t>9786052930182</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Med Şövalyesi</t>
+          <t>Cıvalı Zarlar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>3990000034200</t>
+          <t>9786052930168</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Selam ve Saygılarımla</t>
+          <t>Kabinede Evrim Teorisi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059237956</t>
+          <t>9786052930007</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Köprüdeki Düşman</t>
+          <t>Simir</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>3990000034111</t>
+          <t>9786059237994</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Mikro İktidarın Dili</t>
+          <t>Surp Giragos'ta Bir Zeytuni</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>300</v>
+        <v>156</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059237833</t>
+          <t>9786059237949</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Cihana Ajalan</t>
+          <t>Ji Diroke Dirokeke Ehmede Xani</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059237840</t>
+          <t>9786059237925</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Ez e We Me</t>
+          <t>Şiretname</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059237703</t>
+          <t>9786059237901</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Di Siya Mirine De - Pişkiven Jiyane</t>
+          <t>Med Şövalyesi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789944222754</t>
+          <t>3990000034200</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Zargotına K'urda 2. Cilt</t>
+          <t>Devrimci Selam ve Saygılarımla</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>400</v>
+        <v>285</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059237024</t>
+          <t>9786059237956</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Gurxeneq</t>
+          <t>Köprüdeki Düşman</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059237062</t>
+          <t>3990000034111</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Keçika Agiri</t>
+          <t>Mikro İktidarın Dili</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059237017</t>
+          <t>9786059237833</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Evina Laleş u Sinem</t>
+          <t>Cihana Ajalan</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059237000</t>
+          <t>9786059237840</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Berfa Germ</t>
+          <t>Ez e We Me</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059237130</t>
+          <t>9786059237703</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Gewro u Gewre</t>
+          <t>Di Siya Mirine De - Pişkiven Jiyane</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059237109</t>
+          <t>9789944222754</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Reziman u Peyvsaziya Kurmanci</t>
+          <t>Zargotına K'urda 2. Cilt</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059237567</t>
+          <t>9786059237024</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Mushaf'ın Serüveni</t>
+          <t>Gurxeneq</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789944222815</t>
+          <t>9786059237062</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Yabancının Umudu</t>
+          <t>Keçika Agiri</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054986743</t>
+          <t>9786059237017</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Gerekirse Sonra Ölürüm</t>
+          <t>Evina Laleş u Sinem</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054986798</t>
+          <t>9786059237000</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Guri</t>
+          <t>Berfa Germ</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054986811</t>
+          <t>9786059237130</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Nurhak'tan Gabar'a Bir Serüven</t>
+          <t>Gewro u Gewre</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054986439</t>
+          <t>9786059237109</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kardaki Kan</t>
+          <t>Reziman u Peyvsaziya Kurmanci</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786054986422</t>
+          <t>9786059237567</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Estareye Asmen Ma</t>
+          <t>Mushaf'ın Serüveni</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789944222747</t>
+          <t>9789944222815</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Zargotına K'urda 1. Cilt</t>
+          <t>Yabancının Umudu</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789944222884</t>
+          <t>9786054986743</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Etnik Uyuşmazlığın Özyönetimle Çözümü</t>
+          <t>Gerekirse Sonra Ölürüm</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059237710</t>
+          <t>9786054986798</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Demokratik İslam</t>
+          <t>Guri</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789944222990</t>
+          <t>9786054986811</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>101 Soruda Demokratik Özerklik</t>
+          <t>Nurhak'tan Gabar'a Bir Serüven</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054986118</t>
+          <t>9786054986439</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Felsefesinin Üç Boyutu ve Meşru Savunma</t>
+          <t>Kardaki Kan</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786054986071</t>
+          <t>9786054986422</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ben Ehmede Xani'yim</t>
+          <t>Estareye Asmen Ma</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>325</v>
+        <v>140</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054986101</t>
+          <t>9789944222747</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Mücadele Serüveninde Ahlaki ve Politik Toplum</t>
+          <t>Zargotına K'urda 1. Cilt</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789944222976</t>
+          <t>9789944222884</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlık</t>
+          <t>Etnik Uyuşmazlığın Özyönetimle Çözümü</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>208</v>
+        <v>325</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789944222921</t>
+          <t>9786059237710</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Yöntem, Hakikat ve Mitoloji</t>
+          <t>Demokratik İslam</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059237666</t>
+          <t>9789944222990</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Berhemen Gışti (2 Cilt Takım)</t>
+          <t>101 Soruda Demokratik Özerklik</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>800</v>
+        <v>260</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789944222907</t>
+          <t>9786054986118</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Qaqlibaz</t>
+          <t>Özgürlük Felsefesinin Üç Boyutu ve Meşru Savunma</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>155</v>
+        <v>300</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>3990000018076</t>
+          <t>9786054986071</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ve Özgürlük</t>
+          <t>Ben Ehmede Xani'yim</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789944222877</t>
+          <t>9786054986101</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Helbesten Zarokan</t>
+          <t>Toplumsal Mücadele Serüveninde Ahlaki ve Politik Toplum</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789944222839</t>
+          <t>9789944222976</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Tariderya</t>
+          <t>Sessiz Çığlık</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>260</v>
+        <v>208</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789944222853</t>
+          <t>9789944222921</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Jiyan Fermanek Te Heye!</t>
+          <t>Yöntem, Hakikat ve Mitoloji</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789944222891</t>
+          <t>9786059237666</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>1925 Kürt İsyanı ve Kemalist İktidar</t>
+          <t>Berhemen Gışti (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>325</v>
+        <v>800</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
+          <t>9789944222907</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Qaqlibaz</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>3990000018076</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Hakikat ve Özgürlük</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9789944222877</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Helbesten Zarokan</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9789944222839</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Tariderya</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9789944222853</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Jiyan Fermanek Te Heye!</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9789944222891</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>1925 Kürt İsyanı ve Kemalist İktidar</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
           <t>9789944222846</t>
         </is>
       </c>
-      <c r="B235" s="1" t="inlineStr">
+      <c r="B241" s="1" t="inlineStr">
         <is>
           <t>Baweri</t>
         </is>
       </c>
-      <c r="C235" s="1">
+      <c r="C241" s="1">
         <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>