--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,3760 +85,3790 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055753870</t>
+          <t>9786257460804</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Aram Derler Adıma</t>
+          <t>Yaşamın Kıyısındaki Yengeç</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257460590</t>
+          <t>9789757265054</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Güzel Şeyler Tesadüf Etsin</t>
+          <t>Armıdan Fırat’ın Öte Yanı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257460781</t>
+          <t>9786055753870</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çatışma ve Müzakere</t>
+          <t>Aram Derler Adıma</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052100028</t>
+          <t>9786257460590</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Anıları (1897-1940)</t>
+          <t>Güzel Şeyler Tesadüf Etsin</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>370</v>
+        <v>310</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789757265030</t>
+          <t>9786257460781</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Söyle Margos Nerelisen?</t>
+          <t>Çatışma ve Müzakere</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052100332</t>
+          <t>9786052100028</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yemek Kitabı 1907</t>
+          <t>İstanbul Anıları (1897-1940)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>480</v>
+        <v>370</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789757265603</t>
+          <t>9789757265030</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yılanın Yolu</t>
+          <t>Söyle Margos Nerelisen?</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>25</v>
+        <v>340</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257460743</t>
+          <t>9786052100332</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mayda</t>
+          <t>Yeni Yemek Kitabı 1907</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789757265429</t>
+          <t>9789757265603</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kapandı Kirve Kapıları</t>
+          <t>Yılanın Yolu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>195</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257460675</t>
+          <t>9786257460743</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tavanın Öte Yanı</t>
+          <t>Mayda</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055753696</t>
+          <t>9789757265429</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Ricat</t>
+          <t>Kapandı Kirve Kapıları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>360</v>
+        <v>195</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789757265436</t>
+          <t>9786257460675</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Karakutu</t>
+          <t>Tavanın Öte Yanı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789757265399</t>
+          <t>9786055753696</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ermeniler ve Modernite</t>
+          <t>Sessiz Ricat</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055753146</t>
+          <t>9789757265436</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çengelliiğne</t>
+          <t>Karakutu</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789757265658</t>
+          <t>9789757265399</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Üne Sahip Sivaslı Aziz Vlas</t>
+          <t>Ermeniler ve Modernite</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052100288</t>
+          <t>9786055753146</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Elveda Antura</t>
+          <t>Çengelliiğne</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>440</v>
+        <v>260</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257460613</t>
+          <t>9789757265658</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Arusyak Papazyan/ Osmanlı Ermeni Sahnesinde Bir Öncü</t>
+          <t>Uluslararası Üne Sahip Sivaslı Aziz Vlas</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257460620</t>
+          <t>9786052100288</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gavroşname/ Osmanlı ve Türkiye Ermenilerinin Tiyatro ve Gazetecilik Serüveni, 1900-1935</t>
+          <t>Elveda Antura</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>550</v>
+        <v>440</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055753634</t>
+          <t>9786257460613</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Lazistan’a Yolculuk</t>
+          <t>Arusyak Papazyan/ Osmanlı Ermeni Sahnesinde Bir Öncü</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257460583</t>
+          <t>9786257460620</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gökten Üç Elma Düştü</t>
+          <t>Gavroşname/ Osmanlı ve Türkiye Ermenilerinin Tiyatro ve Gazetecilik Serüveni, 1900-1935</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>370</v>
+        <v>550</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257460569</t>
+          <t>9786055753634</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çok Uzak Çok Yakın</t>
+          <t>Lazistan’a Yolculuk</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257460545</t>
+          <t>9786257460583</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Öncesiyle Sonrasıyla 12 Eylül Döneminde Ermeniler Olaylar Tanıklıklar</t>
+          <t>Gökten Üç Elma Düştü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>335</v>
+        <v>370</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055753160</t>
+          <t>9786257460569</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Şark Dişçisi</t>
+          <t>Çok Uzak Çok Yakın</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>310</v>
+        <v>345</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789757265535</t>
+          <t>9786257460545</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Zamanlar, Mekanlar, İnsanlar</t>
+          <t>Öncesiyle Sonrasıyla 12 Eylül Döneminde Ermeniler Olaylar Tanıklıklar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>80</v>
+        <v>335</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257460552</t>
+          <t>9786055753160</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Geç Dönem Osmanlı İmparatorluğu'nda Ermeniler ve Kürtler</t>
+          <t>Şark Dişçisi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>330</v>
+        <v>310</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055753108</t>
+          <t>9789757265535</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Zurna</t>
+          <t>Zamanlar, Mekanlar, İnsanlar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>310</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789757265559</t>
+          <t>9786257460552</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Zarmanali Aşğharh</t>
+          <t>Geç Dönem Osmanlı İmparatorluğu'nda Ermeniler ve Kürtler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789757265320</t>
+          <t>9786055753108</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yoldaş Pançuni</t>
+          <t>Zurna</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789757265122</t>
+          <t>9789757265559</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yev Aysbes Abretsank</t>
+          <t>Zarmanali Aşğharh</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789757265696</t>
+          <t>9789757265320</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yetmiş Bin Süryani</t>
+          <t>Yoldaş Pançuni</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789757265276</t>
+          <t>9789757265122</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlar</t>
+          <t>Yev Aysbes Abretsank</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789757265726</t>
+          <t>9789757265696</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>U Yes Gertam Ve Ben Gidiyorum</t>
+          <t>Yetmiş Bin Süryani</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789757265757</t>
+          <t>9789757265276</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Balık ve Balıkçılık</t>
+          <t>Yalnızlar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>650</v>
+        <v>360</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789757265924</t>
+          <t>9789757265726</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Türk-Ermeni Sorunu Bibliyografyası</t>
+          <t>U Yes Gertam Ve Ben Gidiyorum</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055753047</t>
+          <t>9789757265757</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tıtumi Ham (Kabak Tadı)</t>
+          <t>Türkiye’de Balık ve Balıkçılık</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>340</v>
+        <v>650</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789757265801</t>
+          <t>9789757265924</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yankı ve Yolcu</t>
+          <t>Türk-Ermeni Sorunu Bibliyografyası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055753054</t>
+          <t>9786055753047</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tıtğhmor (Maya)</t>
+          <t>Tıtumi Ham (Kabak Tadı)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>370</v>
+        <v>340</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789757265870</t>
+          <t>9789757265801</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tespih Taneleri</t>
+          <t>Yankı ve Yolcu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>570</v>
+        <v>390</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789757265702</t>
+          <t>9786055753054</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sofranız Şen Olsun</t>
+          <t>Tıtğhmor (Maya)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>420</v>
+        <v>370</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789757265078</t>
+          <t>9789757265870</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Seferberlik Türküleriyle Büyüdüm</t>
+          <t>Tespih Taneleri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>280</v>
+        <v>570</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789757265238</t>
+          <t>9789757265702</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük İki Adım Ötede Değil</t>
+          <t>Sofranız Şen Olsun</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789757265993</t>
+          <t>9789757265078</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlük Pınarı</t>
+          <t>Seferberlik Türküleriyle Büyüdüm</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789757265016</t>
+          <t>9789757265238</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mer Ayt Goğmeri</t>
+          <t>Özgürlük İki Adım Ötede Değil</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789757265337</t>
+          <t>9789757265993</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Konuş Halil Bey Konuş</t>
+          <t>Ölümsüzlük Pınarı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789757265597</t>
+          <t>9789757265016</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Karekin Badriark Haçaduryan</t>
+          <t>Mer Ayt Goğmeri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789757265955</t>
+          <t>9789757265337</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İzi Kalır Hatıraların</t>
+          <t>Konuş Halil Bey Konuş</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>510</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789757265498</t>
+          <t>9789757265597</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Komedisi</t>
+          <t>Karekin Badriark Haçaduryan</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789757265931</t>
+          <t>9789757265955</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mıgnig</t>
+          <t>İzi Kalır Hatıraların</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>340</v>
+        <v>510</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789757265474</t>
+          <t>9789757265498</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Kara Delik</t>
+          <t>İnsanlık Komedisi</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055753016</t>
+          <t>9789757265931</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Işıkları Ben Söndürürüm</t>
+          <t>Mıgnig</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055753023</t>
+          <t>9789757265474</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Huşer Arants Puşeru (Dikensiz Anılar)</t>
+          <t>İçimizdeki Kara Delik</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789757265405</t>
+          <t>9786055753016</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hıbard Çığçigı</t>
+          <t>Işıkları Ben Söndürürüm</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789757265580</t>
+          <t>9786055753023</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Her Yerde Ermeni Var</t>
+          <t>Huşer Arants Puşeru (Dikensiz Anılar)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>2789009965227</t>
+          <t>9789757265405</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kravarjutyun 2 Ermenice Yazı Defteri</t>
+          <t>Hıbard Çığçigı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789757265634</t>
+          <t>9789757265580</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hağtanagi Campan (Zafer Yolu)</t>
+          <t>Her Yerde Ermeni Var</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789757265085</t>
+          <t>2789009965227</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Güvercinim Harput’ta Kaldı</t>
+          <t>Kravarjutyun 2 Ermenice Yazı Defteri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055753238</t>
+          <t>9789757265634</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Gittiler İşte</t>
+          <t>Hağtanagi Campan (Zafer Yolu)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>2789009992261</t>
+          <t>9789757265085</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kravarjutyun 1 Ermenice Yazı Defteri</t>
+          <t>Güvercinim Harput’ta Kaldı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789757265740</t>
+          <t>9786055753238</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ermeniler ve İttihat ve Terakki</t>
+          <t>Gittiler İşte</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789757265511</t>
+          <t>2789009992261</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ermenice Sözlük (Ciltli)</t>
+          <t>Kravarjutyun 1 Ermenice Yazı Defteri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>690</v>
+        <v>310</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055753269</t>
+          <t>9789757265740</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Tarihi</t>
+          <t>Ermeniler ve İttihat ve Terakki</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>630</v>
+        <v>340</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789757265412</t>
+          <t>9789757265511</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İm Ingeris - Arkadaşım</t>
+          <t>Ermenice Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>370</v>
+        <v>690</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789757265542</t>
+          <t>9786055753269</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Biyografileriyle Ermeniler</t>
+          <t>Ermeni Tarihi</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>630</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789757265528</t>
+          <t>9789757265412</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Harfli Türkçe Metinler</t>
+          <t>İm Ingeris - Arkadaşım</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>460</v>
+        <v>370</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055753276</t>
+          <t>9789757265542</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Edebiyatı Numuneleri  1913</t>
+          <t>Biyografileriyle Ermeniler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>510</v>
+        <v>630</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789757265979</t>
+          <t>9789757265528</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Tasdiarag Taşnagaharı -Eğitmen Piyanist</t>
+          <t>Ermeni Harfli Türkçe Metinler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>370</v>
+        <v>460</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789757265252</t>
+          <t>9786055753276</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Dikrisi Aperen Dicle Kıyılarından</t>
+          <t>Ermeni Edebiyatı Numuneleri  1913</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>510</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055753092</t>
+          <t>9789757265979</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bir Özgürlük Tutsağı Manuşyan</t>
+          <t>Tasdiarag Taşnagaharı -Eğitmen Piyanist</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789757265849</t>
+          <t>9789757265252</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bir Adalet Feryadı Osmanlı’dan Türkiye’ye Beş Ermeni Feminist Yazar 1862 - 1933</t>
+          <t>Dikrisi Aperen Dicle Kıyılarından</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>510</v>
+        <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789757265139</t>
+          <t>9786055753092</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Biletimiz İstanbul’a Kesildi</t>
+          <t>Bir Özgürlük Tutsağı Manuşyan</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789757265672</t>
+          <t>9789757265849</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bestekar Karnik Garmiryan Hayatı ve Eserleri</t>
+          <t>Bir Adalet Feryadı Osmanlı’dan Türkiye’ye Beş Ermeni Feminist Yazar 1862 - 1933</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>510</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052100561</t>
+          <t>9789757265139</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan 1071’e Ermenilerin Tarihi</t>
+          <t>Biletimiz İstanbul’a Kesildi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>740</v>
+        <v>340</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789757265627</t>
+          <t>9789757265672</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bardez</t>
+          <t>Bestekar Karnik Garmiryan Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>340</v>
+        <v>510</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789757265214</t>
+          <t>9786052100561</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Balkan Savaşı</t>
+          <t>Başlangıçtan 1071’e Ermenilerin Tarihi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>570</v>
+        <v>740</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789757265344</t>
+          <t>9789757265627</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Balıkçı Sevdası</t>
+          <t>Bardez</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055753306</t>
+          <t>9789757265214</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Andib Tertıs - Yayınlanmamış Sayfalarım</t>
+          <t>Balkan Savaşı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>400</v>
+        <v>570</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789757265764</t>
+          <t>9789757265344</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Adım Agop Memleketim Tokat</t>
+          <t>Balıkçı Sevdası</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>345</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257460521</t>
+          <t>9786055753306</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayat Bol Sohbet</t>
+          <t>Andib Tertıs - Yayınlanmamış Sayfalarım</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789757265986</t>
+          <t>9789757265764</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Aşçının Kitabı</t>
+          <t>Adım Agop Memleketim Tokat</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>345</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257460507</t>
+          <t>9786257460521</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Naznazig</t>
+          <t>Bir Hayat Bol Sohbet</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257460538</t>
+          <t>9789757265986</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Obur Yazılar</t>
+          <t>Aşçının Kitabı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>500</v>
+        <v>410</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789757265009</t>
+          <t>9786257460507</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Gavur Mahallesi</t>
+          <t>Naznazig</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257460514</t>
+          <t>9786257460538</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bi’ Âlem Gigo</t>
+          <t>Obur Yazılar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257460491</t>
+          <t>9789757265009</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Geçmiş</t>
+          <t>Gavur Mahallesi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257460484</t>
+          <t>9786257460514</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Deniz</t>
+          <t>Bi’ Âlem Gigo</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257460477</t>
+          <t>9786257460491</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu Sultanlar ve Hoşgörülü Türkler</t>
+          <t>Unutulan Geçmiş</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257460446</t>
+          <t>9786257460484</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hapishane-i Umumi Kadınlar Koğuşu (1920-1921)</t>
+          <t>Deniz</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257460439</t>
+          <t>9786257460477</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sivas</t>
+          <t>Koruyucu Sultanlar ve Hoşgörülü Türkler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>540</v>
+        <v>500</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052100240</t>
+          <t>9786257460446</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Papelonen Verç Bidi Abrink (Ciltli)</t>
+          <t>Hapishane-i Umumi Kadınlar Koğuşu (1920-1921)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>860</v>
+        <v>280</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052100363</t>
+          <t>9786257460439</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Mer Şen Seğanen</t>
+          <t>Sivas</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>430</v>
+        <v>540</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789757265566</t>
+          <t>9786052100240</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>William Saroyan’la Bitlis’e Doğru</t>
+          <t>Papelonen Verç Bidi Abrink (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>225</v>
+        <v>860</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789757265795</t>
+          <t>9786052100363</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kalpler Birleşmez Hatıralarda</t>
+          <t>Mer Şen Seğanen</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>195</v>
+        <v>430</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257460392</t>
+          <t>9789757265566</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Rock Wagram</t>
+          <t>William Saroyan’la Bitlis’e Doğru</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>430</v>
+        <v>225</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257460422</t>
+          <t>9789757265795</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Akabi Hikayesi</t>
+          <t>Kalpler Birleşmez Hatıralarda</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>370</v>
+        <v>195</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257460415</t>
+          <t>9786257460392</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Cürm-ü Azam</t>
+          <t>Rock Wagram</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>370</v>
+        <v>430</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257460408</t>
+          <t>9786257460422</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Amida’nın Ruhu - Diyarbakır’dan İstanbul’a Likörlü Hayat</t>
+          <t>Akabi Hikayesi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>900</v>
+        <v>370</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257460385</t>
+          <t>9786257460415</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ruhi Su ve Türkiye’de Müzik Kültürleri</t>
+          <t>Cürm-ü Azam</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055753429</t>
+          <t>9786257460408</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Uzun, İnce Yolcular 42 Portre</t>
+          <t>Amida’nın Ruhu - Diyarbakır’dan İstanbul’a Likörlü Hayat</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>400</v>
+        <v>900</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052100998</t>
+          <t>9786257460385</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Mrçünneru Verçaluysi (Karıncaların Günbatımı)</t>
+          <t>Ruhi Su ve Türkiye’de Müzik Kültürleri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>690</v>
+        <v>360</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257460378</t>
+          <t>9786055753429</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Keşke...</t>
+          <t>Uzun, İnce Yolcular 42 Portre</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257460361</t>
+          <t>9786052100998</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Takavorı Yev Takuhin (Kral ve Kraliçe)</t>
+          <t>Mrçünneru Verçaluysi (Karıncaların Günbatımı)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>400</v>
+        <v>690</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257460354</t>
+          <t>9786257460378</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kanun ve Nizam Dairesinde</t>
+          <t>Keşke...</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257460347</t>
+          <t>9786257460361</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir İstanbul</t>
+          <t>Takavorı Yev Takuhin (Kral ve Kraliçe)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257460330</t>
+          <t>9786257460354</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet</t>
+          <t>Kanun ve Nizam Dairesinde</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257460323</t>
+          <t>9786257460347</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Giyankis Amenen Ağvor Orı (Hayatımın En Güzel Günü)</t>
+          <t>Öyle Bir İstanbul</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257460316</t>
+          <t>9786257460330</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıllık Apartheid</t>
+          <t>Dersaadet</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257460309</t>
+          <t>9786257460323</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Silahtar Bahçeleri</t>
+          <t>Giyankis Amenen Ağvor Orı (Hayatımın En Güzel Günü)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>390</v>
+        <v>340</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257460286</t>
+          <t>9786257460316</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kuyner Hedker (Renkler İzler)</t>
+          <t>Yüzyıllık Apartheid</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257460293</t>
+          <t>9786257460309</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Patrik Avedik'in Gizemli Yaşamı</t>
+          <t>Silahtar Bahçeleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>310</v>
+        <v>390</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257460279</t>
+          <t>9786257460286</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Giragosi</t>
+          <t>Kuyner Hedker (Renkler İzler)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257460262</t>
+          <t>9786257460293</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hamşentsnag - Hemşince</t>
+          <t>Patrik Avedik'in Gizemli Yaşamı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>570</v>
+        <v>310</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257460224</t>
+          <t>9786257460279</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>On The Wings of Stamps (Ciltli)</t>
+          <t>Giragosi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>2500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257460200</t>
+          <t>9786257460262</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Pulun Kanadında İstanbul'dan Dünyaya (Ciltli)</t>
+          <t>Hamşentsnag - Hemşince</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>2000</v>
+        <v>570</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257460255</t>
+          <t>9786257460224</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kenar Süsü</t>
+          <t>On The Wings of Stamps (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>400</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257460217</t>
+          <t>9786257460200</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Merinnerı</t>
+          <t>Pulun Kanadında İstanbul'dan Dünyaya (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>280</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257460248</t>
+          <t>9786257460255</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kızgın Buhardaki Koza</t>
+          <t>Kenar Süsü</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257460231</t>
+          <t>9786257460217</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Mardin Bereketi</t>
+          <t>Merinnerı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>680</v>
+        <v>280</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257460194</t>
+          <t>9786257460248</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ara Dinkjian Şarkıları</t>
+          <t>Kızgın Buhardaki Koza</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>800</v>
+        <v>480</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257460170</t>
+          <t>9786257460231</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Çiçekli Defter (Ermenice)</t>
+          <t>Mardin Bereketi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>400</v>
+        <v>680</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257460187</t>
+          <t>9786257460194</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Çiçekli Defter</t>
+          <t>Ara Dinkjian Şarkıları</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257460163</t>
+          <t>9786257460170</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bulutlarda Bir Tohum (Ermenice)</t>
+          <t>Çiçekli Defter (Ermenice)</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257460149</t>
+          <t>9786257460187</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Mışuşen Antin (Sisin Ötesinde)</t>
+          <t>Çiçekli Defter</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257460156</t>
+          <t>9786257460163</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Nereden Nereye</t>
+          <t>Bulutlarda Bir Tohum (Ermenice)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257460101</t>
+          <t>9786257460149</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Joğovurti Mi Hokevarki</t>
+          <t>Mışuşen Antin (Sisin Ötesinde)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>370</v>
+        <v>310</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789757265818</t>
+          <t>9786257460156</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Panasdeğdzutyunner (2 Cilt Takım - Kutulu)</t>
+          <t>Nereden Nereye</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>800</v>
+        <v>340</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257460132</t>
+          <t>9786257460101</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Düşler Sahnesinde</t>
+          <t>Joğovurti Mi Hokevarki</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257460125</t>
+          <t>9789757265818</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sahnemizin Değerleri</t>
+          <t>Panasdeğdzutyunner (2 Cilt Takım - Kutulu)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>340</v>
+        <v>800</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257460088</t>
+          <t>9786257460132</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Yıllar</t>
+          <t>Düşler Sahnesinde</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>510</v>
+        <v>340</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257460095</t>
+          <t>9786257460125</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Getronagan Pandi Ginerun Pajinı (Hapishane-i Umumi Kadınlar Koğuşu)</t>
+          <t>Sahnemizin Değerleri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257460118</t>
+          <t>9786257460088</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Arap Kızı Camdan Bakıyor</t>
+          <t>Lanetli Yıllar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>310</v>
+        <v>510</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257460071</t>
+          <t>9786257460095</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Dersim Seyahatnamesi</t>
+          <t>Getronagan Pandi Ginerun Pajinı (Hapishane-i Umumi Kadınlar Koğuşu)</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257460040</t>
+          <t>9786257460118</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Gabuyd Yeraz (Mavi Rüya)</t>
+          <t>Arap Kızı Camdan Bakıyor</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>480</v>
+        <v>310</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257460033</t>
+          <t>9786257460071</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Varlık Vergisi ve Türkleştirme Politikaları</t>
+          <t>Dersim Seyahatnamesi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>510</v>
+        <v>310</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257460026</t>
+          <t>9786257460040</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Mahkümların Şafağı</t>
+          <t>Gabuyd Yeraz (Mavi Rüya)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>590</v>
+        <v>480</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257460002</t>
+          <t>9786257460033</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş</t>
+          <t>Varlık Vergisi ve Türkleştirme Politikaları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>400</v>
+        <v>510</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052100981</t>
+          <t>9786257460026</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Anhun Yergink Açkeru Meç (Gözlerdeki Sonsuz Gökyüzü)</t>
+          <t>Mahkümların Şafağı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>310</v>
+        <v>590</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052100974</t>
+          <t>9786257460002</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Uçan Trapezdeki Cesur Genç Adam ve Diğer Öyküler</t>
+          <t>Bir Varmış Bir Yokmuş</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>510</v>
+        <v>400</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052100967</t>
+          <t>9786052100981</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Soykırımı'nın Kısa Bir Tarihi</t>
+          <t>Anhun Yergink Açkeru Meç (Gözlerdeki Sonsuz Gökyüzü)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052100936</t>
+          <t>9786052100974</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Jandarma</t>
+          <t>Uçan Trapezdeki Cesur Genç Adam ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>370</v>
+        <v>510</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052100950</t>
+          <t>9786052100967</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ler Gamsar: Marti Kortzin Meçen</t>
+          <t>Ermeni Soykırımı'nın Kısa Bir Tarihi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>570</v>
+        <v>340</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052100844</t>
+          <t>9786052100936</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Haygagan Uruagani</t>
+          <t>Jandarma</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052100943</t>
+          <t>9786052100950</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Hayaleti</t>
+          <t>Ler Gamsar: Marti Kortzin Meçen</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>360</v>
+        <v>570</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052100905</t>
+          <t>9786052100844</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Bir Milleti Diriltmek 1919-1933</t>
+          <t>Haygagan Uruagani</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>480</v>
+        <v>360</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052100929</t>
+          <t>9786052100943</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ahalinin Gidişi</t>
+          <t>Ermeni Hayaleti</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052100912</t>
+          <t>9786052100905</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sancak Düştü</t>
+          <t>Bir Milleti Diriltmek 1919-1933</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>340</v>
+        <v>480</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052100882</t>
+          <t>9786052100929</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Pemi Ingerneris (Sahne Arkadaşlarım) - Ermenice</t>
+          <t>Ahalinin Gidişi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052100899</t>
+          <t>9786052100912</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sahne Arkadaşlarım</t>
+          <t>Sancak Düştü</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052100875</t>
+          <t>9786052100882</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kumdan Kale Kızları</t>
+          <t>Pemi Ingerneris (Sahne Arkadaşlarım) - Ermenice</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052100806</t>
+          <t>9786052100899</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Antzugı Mortzug</t>
+          <t>Sahne Arkadaşlarım</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>630</v>
+        <v>280</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052100783</t>
+          <t>9786052100875</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Evine Figan Kuruldu</t>
+          <t>Kumdan Kale Kızları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052100752</t>
+          <t>9786052100806</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Harfler Ülkesine Yolculuk</t>
+          <t>Antzugı Mortzug</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>380</v>
+        <v>630</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052100592</t>
+          <t>9786052100783</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Aslan Kadının Mirası</t>
+          <t>Ermeni Evine Figan Kuruldu</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052100585</t>
+          <t>9786052100752</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bambaşka Bir Bahar</t>
+          <t>Harfler Ülkesine Yolculuk</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>510</v>
+        <v>380</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052100578</t>
+          <t>9786052100592</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Lıgırdadzı (Yalnızlar)</t>
+          <t>Aslan Kadının Mirası</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052100547</t>
+          <t>9786052100585</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Malatya Ermenileri</t>
+          <t>Bambaşka Bir Bahar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>630</v>
+        <v>510</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052100530</t>
+          <t>9786052100578</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Işık Hep Oradaydı</t>
+          <t>Lıgırdadzı (Yalnızlar)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052100516</t>
+          <t>9786052100547</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Memleket Meselesi</t>
+          <t>Malatya Ermenileri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>320</v>
+        <v>630</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052100523</t>
+          <t>9786052100530</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Amida'nın Sofrası - Yemekli Diyarbakır Tarihi</t>
+          <t>Işık Hep Oradaydı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>460</v>
+        <v>340</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786058283817</t>
+          <t>9786052100516</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sılaya Giden Yol</t>
+          <t>Memleket Meselesi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052100493</t>
+          <t>9786052100523</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Geğdz Hancarner: Sahte Dahiler (Ermenice)</t>
+          <t>Amida'nın Sofrası - Yemekli Diyarbakır Tarihi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>340</v>
+        <v>460</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052100486</t>
+          <t>9786058283817</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Bakü Komünü</t>
+          <t>Sılaya Giden Yol</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>510</v>
+        <v>340</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052100462</t>
+          <t>9786052100493</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Varto</t>
+          <t>Geğdz Hancarner: Sahte Dahiler (Ermenice)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052100479</t>
+          <t>9786052100486</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Varto (Ermenice)</t>
+          <t>Bakü Komünü</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>360</v>
+        <v>510</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052100448</t>
+          <t>9786052100462</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Günlerin</t>
+          <t>Varto</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052100455</t>
+          <t>9786052100479</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Dağlardadır</t>
+          <t>Varto (Ermenice)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052100417</t>
+          <t>9786052100448</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Kilisesi</t>
+          <t>En Güzel Günlerin</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052100424</t>
+          <t>9786052100455</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Hatsin Yerkı (Ekmeğin Şarkısı Ermenice)</t>
+          <t>Yüreğim Dağlardadır</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052100431</t>
+          <t>9786052100417</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ekmeğin Şarkısı</t>
+          <t>Ermeni Kilisesi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052100400</t>
+          <t>9786052100424</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hay Medz Man (Ermenice)</t>
+          <t>Hatsin Yerkı (Ekmeğin Şarkısı Ermenice)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052100394</t>
+          <t>9786052100431</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Ninem</t>
+          <t>Ekmeğin Şarkısı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052100387</t>
+          <t>9786052100400</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Madam Amati</t>
+          <t>Hay Medz Man (Ermenice)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052100370</t>
+          <t>9786052100394</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Gavroş Name (Ermenice)</t>
+          <t>Ermeni Ninem</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>630</v>
+        <v>360</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052100066</t>
+          <t>9786052100387</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Karıncaların Günbatımı</t>
+          <t>Madam Amati</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052100356</t>
+          <t>9786052100370</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Son Kadeh</t>
+          <t>Gavroş Name (Ermenice)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>310</v>
+        <v>630</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052100349</t>
+          <t>9786052100066</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Tavan</t>
+          <t>Karıncaların Günbatımı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>340</v>
+        <v>650</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052100325</t>
+          <t>9786052100356</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye'de Ermeniler</t>
+          <t>Son Kadeh</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>540</v>
+        <v>310</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052100318</t>
+          <t>9786052100349</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Halepsizler</t>
+          <t>Tavan</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>195</v>
+        <v>340</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052100301</t>
+          <t>9786052100325</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Taxa Filla</t>
+          <t>Modern Türkiye'de Ermeniler</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>310</v>
+        <v>540</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052100271</t>
+          <t>9786052100318</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Çarlık Yönetiminde Kars, Ardahan, Artvin (1878-1918)</t>
+          <t>Halepsizler</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>630</v>
+        <v>195</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055753726</t>
+          <t>9786052100301</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Tutag Es Dzo (Papağan Mısın Be)</t>
+          <t>Taxa Filla</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052100202</t>
+          <t>9786052100271</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Şnorhkov Martig - Hluneri Yev Imposdneri (Düzgün İnsanlar - İtaatkarlar ve Asiler)</t>
+          <t>Çarlık Yönetiminde Kars, Ardahan, Artvin (1878-1918)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>370</v>
+        <v>630</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052100264</t>
+          <t>9786055753726</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Belleğin Kızları</t>
+          <t>Tutag Es Dzo (Papağan Mısın Be)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052100226</t>
+          <t>9786052100202</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Renkler Ülkesine Yolculuk</t>
+          <t>Şnorhkov Martig - Hluneri Yev Imposdneri (Düzgün İnsanlar - İtaatkarlar ve Asiler)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052100219</t>
+          <t>9786052100264</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Hitler'e Mektup</t>
+          <t>Belleğin Kızları</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052100196</t>
+          <t>9786052100226</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Asdğeru Heğeğ (Yıldız Seli)</t>
+          <t>Renkler Ülkesine Yolculuk</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052100189</t>
+          <t>9786052100219</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İzmir</t>
+          <t>Hitler'e Mektup</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>510</v>
+        <v>340</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052100172</t>
+          <t>9786052100196</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Amira'nın Kızı</t>
+          <t>Asdğeru Heğeğ (Yıldız Seli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>480</v>
+        <v>340</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052100158</t>
+          <t>9786052100189</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kuynzkuyn Sudoku 3 (Ermenice)</t>
+          <t>İzmir</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>310</v>
+        <v>510</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052100165</t>
+          <t>9786052100172</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kentten Manevi Vatana</t>
+          <t>Amira'nın Kızı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>340</v>
+        <v>480</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052100141</t>
+          <t>9786052100158</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yerp Badani Yenk (Biz Gençken)</t>
+          <t>Kuynzkuyn Sudoku 3 (Ermenice)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052100134</t>
+          <t>9786052100165</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Tun Ağa Yes Ağa Mer Alürı Ov Ağa</t>
+          <t>Kayıp Kentten Manevi Vatana</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052100110</t>
+          <t>9786052100141</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kuynzkuyn Sudoku 2 (Rengarenk Sudoku)</t>
+          <t>Yerp Badani Yenk (Biz Gençken)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052100073</t>
+          <t>9786052100134</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Isbasman Sırahin Meç: Bekleme Odasında (Ermenice)</t>
+          <t>Tun Ağa Yes Ağa Mer Alürı Ov Ağa</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052100097</t>
+          <t>9786052100110</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Taşnaklar ve İttihatçılar</t>
+          <t>Kuynzkuyn Sudoku 2 (Rengarenk Sudoku)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>510</v>
+        <v>310</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052100103</t>
+          <t>9786052100073</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Ahım Var Diyarbakır</t>
+          <t>Isbasman Sırahin Meç: Bekleme Odasında (Ermenice)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>345</v>
+        <v>310</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052100080</t>
+          <t>9786052100097</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Harput</t>
+          <t>Taşnaklar ve İttihatçılar</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>540</v>
+        <v>510</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052100042</t>
+          <t>9786052100103</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ekmek ve Ateş Düşleri</t>
+          <t>Ahım Var Diyarbakır</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>320</v>
+        <v>345</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052100059</t>
+          <t>9786052100080</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Armine</t>
+          <t>Harput</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>340</v>
+        <v>540</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052100035</t>
+          <t>9786052100042</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Sudoku 1</t>
+          <t>Ekmek ve Ateş Düşleri</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052100011</t>
+          <t>9786052100059</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Hayat Olduğu Gibi</t>
+          <t>Armine</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052100004</t>
+          <t>9786052100035</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Aktör Dediğin Nedir Ki?</t>
+          <t>Rengarenk Sudoku 1</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>330</v>
+        <v>310</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786055753993</t>
+          <t>9786052100011</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Deniz (Ermenice)</t>
+          <t>Hayat Olduğu Gibi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055753986</t>
+          <t>9786052100004</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Musa Dağ Direnişi</t>
+          <t>Aktör Dediğin Nedir Ki?</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786055753979</t>
+          <t>9786055753993</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Gelincikler Açarken</t>
+          <t>Deniz (Ermenice)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055753962</t>
+          <t>9786055753986</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ankara Vukuatı</t>
+          <t>Musa Dağ Direnişi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055753948</t>
+          <t>9786055753979</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Tatavla'dan Kurtuluş'a</t>
+          <t>Gelincikler Açarken</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786055753931</t>
+          <t>9786055753962</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Meteliksiz Aşıklar</t>
+          <t>Ankara Vukuatı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>370</v>
+        <v>500</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055753900</t>
+          <t>9786055753948</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Aşiq u Maşuq</t>
+          <t>Tatavla'dan Kurtuluş'a</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055753894</t>
+          <t>9786055753931</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Angudi Siraharner (Meteliksiz Aşıklar)</t>
+          <t>Meteliksiz Aşıklar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>69</v>
+        <v>370</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055753887</t>
+          <t>9786055753900</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Aurora</t>
+          <t>Aşiq u Maşuq</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786055753788</t>
+          <t>9786055753894</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Hanun Hor Yev Vortvo (Baba ve Oğul Adına)</t>
+          <t>Angudi Siraharner (Meteliksiz Aşıklar)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>310</v>
+        <v>69</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055753771</t>
+          <t>9786055753887</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Ruhum</t>
+          <t>Aurora</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055753740</t>
+          <t>9786055753788</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ancak Çölde Yaşayabilirler</t>
+          <t>Hanun Hor Yev Vortvo (Baba ve Oğul Adına)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>570</v>
+        <v>310</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055753757</t>
+          <t>9786055753771</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Van: Tarihi Kentler ve Ermeniler</t>
+          <t>Sürgün Ruhum</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>540</v>
+        <v>310</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786055753733</t>
+          <t>9786055753740</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğu Olmayan Adamlar</t>
+          <t>Ancak Çölde Yaşayabilirler</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>280</v>
+        <v>570</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786055753719</t>
+          <t>9786055753757</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kaveran Tzayner - Taşradan Sesler</t>
+          <t>Van: Tarihi Kentler ve Ermeniler</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>310</v>
+        <v>540</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055753689</t>
+          <t>9786055753733</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Gayan</t>
+          <t>Çocukluğu Olmayan Adamlar</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>860</v>
+        <v>280</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786055753702</t>
+          <t>9786055753719</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Bitlis ve Muş</t>
+          <t>Kaveran Tzayner - Taşradan Sesler</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>480</v>
+        <v>310</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055753672</t>
+          <t>9786055753689</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Ermeniler</t>
+          <t>Gayan</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>340</v>
+        <v>860</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055753658</t>
+          <t>9786055753702</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Pokrig İşkhani (Küçük Prens - Ermenice)</t>
+          <t>Bitlis ve Muş</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>340</v>
+        <v>480</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055753641</t>
+          <t>9786055753672</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Günden Güne (Ciltli)</t>
+          <t>Kim Bu Ermeniler</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>410</v>
+        <v>340</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055753627</t>
+          <t>9786055753658</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Yok Hükmünde</t>
+          <t>Pokrig İşkhani (Küçük Prens - Ermenice)</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055753580</t>
+          <t>9786055753641</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Soykırımı</t>
+          <t>Günden Güne (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>280</v>
+        <v>410</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789757265184</t>
+          <t>9786055753627</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Voznig</t>
+          <t>Yok Hükmünde</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789757265221</t>
+          <t>9786055753580</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Vosgi Bıdugi (Altın Çömlek)</t>
+          <t>Ermeni Soykırımı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055753030</t>
+          <t>9789757265184</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Voğçuyn Amenkin (Selam Herkese)</t>
+          <t>Voznig</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>370</v>
+        <v>340</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789757265177</t>
+          <t>9789757265221</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Memleketini Özleyen Yengeç</t>
+          <t>Vosgi Bıdugi (Altın Çömlek)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055753153</t>
+          <t>9786055753030</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kürdan</t>
+          <t>Voğçuyn Amenkin (Selam Herkese)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>260</v>
+        <v>370</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789757265153</t>
+          <t>9789757265177</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hek Tuğti Gıdorner (Zavallı Kağıt Parçaları)</t>
+          <t>Memleketini Özleyen Yengeç</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055753344</t>
+          <t>9786055753153</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Hatırda Kalmaz Satırda Kalır - 58 Portre</t>
+          <t>Kürdan</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055753542</t>
+          <t>9789757265153</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İrtifa Kaybı</t>
+          <t>Hek Tuğti Gıdorner (Zavallı Kağıt Parçaları)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786055753535</t>
+          <t>9786055753344</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Meliha Nuri Hanım</t>
+          <t>Hatırda Kalmaz Satırda Kalır - 58 Portre</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055753436</t>
+          <t>9786055753542</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Yıkıntılar Arasında</t>
+          <t>İrtifa Kaybı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055753528</t>
+          <t>9786055753535</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Bir Ermeni Subayın Çanakkale ve Doğu Cephesi Günlüğü 1914-1918</t>
+          <t>Meliha Nuri Hanım</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055753573</t>
+          <t>9786055753436</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Ararat’a Bakmak</t>
+          <t>Yıkıntılar Arasında</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>510</v>
+        <v>370</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055753498</t>
+          <t>9786055753528</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Boşluğun Gücü</t>
+          <t>Bir Ermeni Subayın Çanakkale ve Doğu Cephesi Günlüğü 1914-1918</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>920</v>
+        <v>310</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786055753481</t>
+          <t>9786055753573</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Gülizar'ın Kara Düğünü</t>
+          <t>Ararat’a Bakmak</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>340</v>
+        <v>510</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786055753467</t>
+          <t>9786055753498</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Geri Dönüşü Yok</t>
+          <t>Boşluğun Gücü</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>360</v>
+        <v>920</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789757265665</t>
+          <t>9786055753481</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Son Ermeni</t>
+          <t>Gülizar'ın Kara Düğünü</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>195</v>
+        <v>340</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786055753443</t>
+          <t>9786055753467</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Hemşin Öyküleri</t>
+          <t>Geri Dönüşü Yok</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055753337</t>
+          <t>9789757265665</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Davutpaşa Orta 3</t>
+          <t>Son Ermeni</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>630</v>
+        <v>195</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055753382</t>
+          <t>9786055753443</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Medz Badriarkı</t>
+          <t>Hemşin Öyküleri</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786055753603</t>
+          <t>9786055753337</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Şu Ömrümün Şubat’ı</t>
+          <t>Davutpaşa Orta 3</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>310</v>
+        <v>630</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786055753610</t>
+          <t>9786055753382</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Garbis Cancikyani Hedreko (Garbis Cancikyan’ın İzinden)</t>
+          <t>Medz Badriarkı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>310</v>
+        <v>370</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786055753597</t>
+          <t>9786055753603</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>İnsan Deposu</t>
+          <t>Şu Ömrümün Şubat’ı</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786055753405</t>
+          <t>9786055753610</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Modern Ermeni Edebiyatı</t>
+          <t>Garbis Cancikyani Hedreko (Garbis Cancikyan’ın İzinden)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>740</v>
+        <v>310</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786055753412</t>
+          <t>9786055753597</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Ermeni Amiralar Sınıfı</t>
+          <t>İnsan Deposu</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
+          <t>9786055753405</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Modern Ermeni Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786055753412</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul'un Ermeni Amiralar Sınıfı</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
           <t>9786055753368</t>
         </is>
       </c>
-      <c r="B249" s="1" t="inlineStr">
+      <c r="B251" s="1" t="inlineStr">
         <is>
           <t>Gurbet Şarkıları</t>
         </is>
       </c>
-      <c r="C249" s="1">
+      <c r="C251" s="1">
         <v>310</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>