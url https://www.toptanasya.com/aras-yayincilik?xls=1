--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,3790 +85,5065 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257460804</t>
+          <t>9786052100295</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kıyısındaki Yengeç</t>
+          <t>Fıllaname (Tüm Eserleri) (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>375</v>
+        <v>85</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789757265054</t>
+          <t>9786055753924</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Armıdan Fırat’ın Öte Yanı</t>
+          <t>Kediler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>320</v>
+        <v>89</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055753870</t>
+          <t>9786055753511</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Aram Derler Adıma</t>
+          <t>Ferah Tut Yüreğini</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257460590</t>
+          <t>9786055753399</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Güzel Şeyler Tesadüf Etsin</t>
+          <t>Soruyorum Size Hanımlar ve Beyler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>310</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257460781</t>
+          <t>9786055753450</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çatışma ve Müzakere</t>
+          <t>Ermenice Süreli Yayınlar 1794 - 2000</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>380</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052100028</t>
+          <t>9786052100257</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Anıları (1897-1940)</t>
+          <t>We Will Live After Babylon (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>370</v>
+        <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789757265030</t>
+          <t>9786052100233</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Söyle Margos Nerelisen?</t>
+          <t>Babil'den Sonra Yaşayacağız (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>340</v>
+        <v>138</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052100332</t>
+          <t>9786055753665</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yemek Kitabı 1907</t>
+          <t>Bidzig Pirens (Küçük Prens - Hemşince)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>480</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789757265603</t>
+          <t>9786052100127</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yılanın Yolu</t>
+          <t>Taşlar Ülkesine Yolculuk</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>25</v>
+        <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257460743</t>
+          <t>9786055753764</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mayda</t>
+          <t>Tanrı’nın Seyir Defteri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>114</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789757265429</t>
+          <t>9789757265467</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kapandı Kirve Kapıları</t>
+          <t>Osmanlı Meclisinde Bir Ermeni Mebus Krikor Zohrab - Öyküler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>195</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257460675</t>
+          <t>9786055753955</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tavanın Öte Yanı</t>
+          <t>Gavur Mahallesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>330</v>
+        <v>140</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055753696</t>
+          <t>9786055753917</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Ricat</t>
+          <t>İzmir Ermenileri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>360</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789757265436</t>
+          <t>9789757265313</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Karakutu</t>
+          <t>Mitolojik Ermeni Tarihi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>260</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789757265399</t>
+          <t>9786055753795</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ermeniler ve Modernite</t>
+          <t>Artarutyun (Adalet) - (Defter)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>260</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055753146</t>
+          <t>9786055753849</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çengelliiğne</t>
+          <t>Khağağutyun (Barış) - (Defter) Küçük Boy</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>260</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789757265658</t>
+          <t>9786055753832</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Üne Sahip Sivaslı Aziz Vlas</t>
+          <t>Khağağutyun (Barış) - (Defter)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>260</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052100288</t>
+          <t>9786055753559</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Elveda Antura</t>
+          <t>Kaç Kişisiniz Boğos Efendi?</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>440</v>
+        <v>195</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257460613</t>
+          <t>9786055753566</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Arusyak Papazyan/ Osmanlı Ermeni Sahnesinde Bir Öncü</t>
+          <t>Halep'in Baronları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>290</v>
+        <v>36</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257460620</t>
+          <t>9789757265802</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gavroşname/ Osmanlı ve Türkiye Ermenilerinin Tiyatro ve Gazetecilik Serüveni, 1900-1935</t>
+          <t>Artzakankı Antsortı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>550</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055753634</t>
+          <t>9786052100820</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Lazistan’a Yolculuk</t>
+          <t>Taşlar Renkler Harfler (3 Takım Takım) Özel Kutulu Set</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257460583</t>
+          <t>9786052100509</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gökten Üç Elma Düştü</t>
+          <t>Car Vivre C'etait Se Battre Et Faire L'amour</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>370</v>
+        <v>108</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257460569</t>
+          <t>9789757265551</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çok Uzak Çok Yakın</t>
+          <t>Zarmanali Aşğharh</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>345</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257460545</t>
+          <t>9789757265573</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Öncesiyle Sonrasıyla 12 Eylül Döneminde Ermeniler Olaylar Tanıklıklar</t>
+          <t>Yüreğim Dağlardadır</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>335</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055753160</t>
+          <t>9789757265481</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Şark Dişçisi</t>
+          <t>Yitik Evin Varisleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>310</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789757265535</t>
+          <t>9786055753122</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Zamanlar, Mekanlar, İnsanlar</t>
+          <t>Yıkıntılar Arasında - Averagneru Meç</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257460552</t>
+          <t>9789757265092</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Geç Dönem Osmanlı İmparatorluğu'nda Ermeniler ve Kürtler</t>
+          <t>Yaşamı Beklerken</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>330</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055753108</t>
+          <t>9789757265610</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Zurna</t>
+          <t>Yaşadığım Kurtuluş</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>310</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789757265559</t>
+          <t>9789757265788</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Zarmanali Aşğharh</t>
+          <t>Vatansız</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>400</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789757265320</t>
+          <t>9786055753214</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yoldaş Pançuni</t>
+          <t>Üç Dilde Gavur Mahallesi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>340</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789757265122</t>
+          <t>9786055753184</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yev Aysbes Abretsank</t>
+          <t>Turna Nereden Gelirsin?</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>310</v>
+        <v>89</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789757265696</t>
+          <t>9789757265719</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yetmiş Bin Süryani</t>
+          <t>Şark’ta Toplumsal ve Dinsel Hayat</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789757265276</t>
+          <t>9786055753375</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlar</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>360</v>
+        <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789757265726</t>
+          <t>9786055753085</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>U Yes Gertam Ve Ben Gidiyorum</t>
+          <t>Stüdyo Osep</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>400</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789757265757</t>
+          <t>9789757265900</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Balık ve Balıkçılık</t>
+          <t>Ruh Hostesi ile Randevular</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>650</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789757265924</t>
+          <t>9786055753139</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Türk-Ermeni Sorunu Bibliyografyası</t>
+          <t>Placebo</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>500</v>
+        <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055753047</t>
+          <t>9789757265382</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tıtumi Ham (Kabak Tadı)</t>
+          <t>Paris-Fresno Güncesi 1967-68</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>340</v>
+        <v>35</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789757265801</t>
+          <t>9789757265047</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yankı ve Yolcu</t>
+          <t>Papelonen Verç Bidi Abrink</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>390</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055753054</t>
+          <t>9789757265462</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Tıtğhmor (Maya)</t>
+          <t>Öyküler Osmanlı Meclisinde Bir Ermeni Mebus</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>370</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789757265870</t>
+          <t>9786055753177</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Tespih Taneleri</t>
+          <t>Ölçüsüz Dostluk</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>570</v>
+        <v>195</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789757265702</t>
+          <t>9789757265351</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sofranız Şen Olsun</t>
+          <t>Ödlekler Cesurdur</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>420</v>
+        <v>22</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789757265078</t>
+          <t>9789757265641</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Seferberlik Türküleriyle Büyüdüm</t>
+          <t>Osmanlı Devleti’nde Ermeni Anayasası’nın Doğuşu</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>280</v>
+        <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789757265238</t>
+          <t>9789757265375</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük İki Adım Ötede Değil</t>
+          <t>Orakrutyun Sargavaki Karasunk Tsernatrutyan</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>280</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789757265993</t>
+          <t>9786055753207</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlük Pınarı</t>
+          <t>Mükemmel Yemek Kitabı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>340</v>
+        <v>40</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789757265016</t>
+          <t>9789757265368</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mer Ayt Goğmeri</t>
+          <t>Lutsika Dudu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>340</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789757265337</t>
+          <t>9789757265115</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Konuş Halil Bey Konuş</t>
+          <t>Küğı Gabri İm Meçis (Köy Yaşar İçimde)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789757265597</t>
+          <t>9786055753191</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Karekin Badriark Haçaduryan</t>
+          <t>Kumkapı Ermeni Balıkçıları 1952</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>360</v>
+        <v>83.33</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789757265955</t>
+          <t>9789757265290</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İzi Kalır Hatıraların</t>
+          <t>Kum Saatinde Kumkapı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>510</v>
+        <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789757265498</t>
+          <t>9786055753221</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Komedisi</t>
+          <t>Kirveme Mektuplar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>340</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789757265931</t>
+          <t>9786055753290</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mıgnig</t>
+          <t>Kemani Sarkis Efendi Suciyan Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>340</v>
+        <v>50</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789757265474</t>
+          <t>9789757265894</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Kara Delik</t>
+          <t>İstanbul Yolcuları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>340</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055753016</t>
+          <t>9789757265504</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Işıkları Ben Söndürürüm</t>
+          <t>İstanbul Yazıları Cilt: 1 Ermeni Kaynaklarından Tarihe Katkılar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>360</v>
+        <v>25</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055753023</t>
+          <t>9789757265191</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Huşer Arants Puşeru (Dikensiz Anılar)</t>
+          <t>Huysi Andes Teverov</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>380</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789757265405</t>
+          <t>9786055753313</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hıbard Çığçigı</t>
+          <t>Her Kimsen Sana</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>340</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789757265580</t>
+          <t>9786055753283</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Her Yerde Ermeni Var</t>
+          <t>Hayrig Hayrig (Baba, Baba)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>280</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>2789009965227</t>
+          <t>9789757265887</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kravarjutyun 2 Ermenice Yazı Defteri</t>
+          <t>Hanelug</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>310</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789757265634</t>
+          <t>9789757265146</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hağtanagi Campan (Zafer Yolu)</t>
+          <t>Giyanki Lusantsken (Yaşamın Kenarından)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789757265085</t>
+          <t>9786055753252</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Güvercinim Harput’ta Kaldı</t>
+          <t>Foto Galatasaray</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>340</v>
+        <v>295</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055753238</t>
+          <t>9789757265856</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gittiler İşte</t>
+          <t>Ermeni Kültürü ve Modernleşme</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>340</v>
+        <v>35</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>2789009992261</t>
+          <t>9786055753115</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kravarjutyun 1 Ermenice Yazı Defteri</t>
+          <t>Ermeni Gümüş Ustaları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>310</v>
+        <v>148.15</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789757265740</t>
+          <t>9786055753351</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ermeniler ve İttihat ve Terakki</t>
+          <t>Dersim Seyahatname</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>340</v>
+        <v>33</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789757265511</t>
+          <t>9786055753061</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ermenice Sözlük (Ciltli)</t>
+          <t>Çileli Ağavni</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>690</v>
+        <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055753269</t>
+          <t>9789757265733</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Tarihi</t>
+          <t>Geçmiş Zaman Olur Ki</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>630</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789757265412</t>
+          <t>9786055753078</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İm Ingeris - Arkadaşım</t>
+          <t>Benim Gönlüm Gümüş</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>370</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789757265542</t>
+          <t>9789757265771</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Biyografileriyle Ermeniler</t>
+          <t>Ben Topik Değilim Yerevan Güncesi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>630</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789757265528</t>
+          <t>9789757265061</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Harfli Türkçe Metinler</t>
+          <t>Babil’den Sonra Yaşayacağız</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>460</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055753276</t>
+          <t>9789757265160</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Edebiyatı Numuneleri  1913</t>
+          <t>Babam Aşkale’ye Gitmedi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>510</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789757265979</t>
+          <t>9789757265948</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Tasdiarag Taşnagaharı -Eğitmen Piyanist</t>
+          <t>Baba ve Oğul Adına</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>370</v>
+        <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789757265252</t>
+          <t>9789757265443</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Dikrisi Aperen Dicle Kıyılarından</t>
+          <t>Azınlıkyan</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055753092</t>
+          <t>9789757265269</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bir Özgürlük Tutsağı Manuşyan</t>
+          <t>Atina, Tuzun Var mı?</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>340</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789757265849</t>
+          <t>9789757265207</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bir Adalet Feryadı Osmanlı’dan Türkiye’ye Beş Ermeni Feminist Yazar 1862 - 1933</t>
+          <t>Atını Nalladı Felek Düştü Peşimize</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>510</v>
+        <v>22</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789757265139</t>
+          <t>9786055753245</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Biletimiz İstanbul’a Kesildi</t>
+          <t>Arshile Gorky: Kara Melek</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>340</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789757265672</t>
+          <t>9789757265020</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bestekar Karnik Garmiryan Hayatı ve Eserleri</t>
+          <t>Arevadzağigı Çocuk Öyküleri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>510</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052100561</t>
+          <t>9789757265863</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan 1071’e Ermenilerin Tarihi</t>
+          <t>Anlatılar ve Fotoğraflarla 1914 Öncesi Ermeni Köy Hayatı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>740</v>
+        <v>48</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789757265627</t>
+          <t>9789757265283</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bardez</t>
+          <t>Ananun Yeraz</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>340</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789757265214</t>
+          <t>9786055753009</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Balkan Savaşı</t>
+          <t>Amerika’dan Bitlis’e William Saroyan</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>570</v>
+        <v>42</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789757265344</t>
+          <t>9786055753320</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Balıkçı Sevdası</t>
+          <t>1915 Öncesinde Osmanlı İmparatorluğu’nda Ermeniler (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055753306</t>
+          <t>9786052100554</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Andib Tertıs - Yayınlanmamış Sayfalarım</t>
+          <t>Gülsün, Ağavni, Zilha</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>400</v>
+        <v>57</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789757265764</t>
+          <t>9786055753863</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Adım Agop Memleketim Tokat</t>
+          <t>Tırçnakir (Kuş-Yazı) - (Defter) Küçük Boy</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>345</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257460521</t>
+          <t>9786055753856</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayat Bol Sohbet</t>
+          <t>Tırçnakir (Kuş-Yazı) - (Defter)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>375</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789757265986</t>
+          <t>9786055753825</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Aşçının Kitabı</t>
+          <t>Azadutyun (Özgürlük) - (Defter) Küçük Boy</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>410</v>
+        <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257460507</t>
+          <t>9786055753818</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Naznazig</t>
+          <t>Azadutyun (Özgürlük) (Defter)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>330</v>
+        <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257460538</t>
+          <t>9786055753801</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Obur Yazılar</t>
+          <t>Artarutyun (Adalet) - (Defter) Küçük Boy</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>500</v>
+        <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789757265009</t>
+          <t>9786257460828</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Gavur Mahallesi</t>
+          <t>Marukyanlar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257460514</t>
+          <t>9786055753474</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bi’ Âlem Gigo</t>
+          <t>1909 Adana Katliamı : Üç Rapor</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257460491</t>
+          <t>9786257460804</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Geçmiş</t>
+          <t>Yaşamın Kıyısındaki Yengeç</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257460484</t>
+          <t>9789757265054</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Deniz</t>
+          <t>Armıdan Fırat’ın Öte Yanı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257460477</t>
+          <t>9786055753870</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu Sultanlar ve Hoşgörülü Türkler</t>
+          <t>Aram Derler Adıma</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257460446</t>
+          <t>9786257460590</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hapishane-i Umumi Kadınlar Koğuşu (1920-1921)</t>
+          <t>Güzel Şeyler Tesadüf Etsin</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>280</v>
+        <v>310</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257460439</t>
+          <t>9786257460781</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sivas</t>
+          <t>Çatışma ve Müzakere</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>540</v>
+        <v>380</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052100240</t>
+          <t>9786052100028</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Papelonen Verç Bidi Abrink (Ciltli)</t>
+          <t>İstanbul Anıları (1897-1940)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>860</v>
+        <v>370</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052100363</t>
+          <t>9789757265030</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Mer Şen Seğanen</t>
+          <t>Söyle Margos Nerelisen?</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>430</v>
+        <v>340</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789757265566</t>
+          <t>9786052100332</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>William Saroyan’la Bitlis’e Doğru</t>
+          <t>Yeni Yemek Kitabı 1907</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>225</v>
+        <v>480</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789757265795</t>
+          <t>9789757265603</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kalpler Birleşmez Hatıralarda</t>
+          <t>Yılanın Yolu</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>195</v>
+        <v>25</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257460392</t>
+          <t>9786257460743</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Rock Wagram</t>
+          <t>Mayda</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257460422</t>
+          <t>9789757265429</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Akabi Hikayesi</t>
+          <t>Kapandı Kirve Kapıları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>370</v>
+        <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257460415</t>
+          <t>9786257460675</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Cürm-ü Azam</t>
+          <t>Tavanın Öte Yanı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257460408</t>
+          <t>9786055753696</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Amida’nın Ruhu - Diyarbakır’dan İstanbul’a Likörlü Hayat</t>
+          <t>Sessiz Ricat</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>900</v>
+        <v>360</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257460385</t>
+          <t>9789757265436</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ruhi Su ve Türkiye’de Müzik Kültürleri</t>
+          <t>Karakutu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055753429</t>
+          <t>9789757265399</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Uzun, İnce Yolcular 42 Portre</t>
+          <t>Ermeniler ve Modernite</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052100998</t>
+          <t>9786055753146</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Mrçünneru Verçaluysi (Karıncaların Günbatımı)</t>
+          <t>Çengelliiğne</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>690</v>
+        <v>310</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257460378</t>
+          <t>9789757265658</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Keşke...</t>
+          <t>Uluslararası Üne Sahip Sivaslı Aziz Vlas</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257460361</t>
+          <t>9786052100288</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Takavorı Yev Takuhin (Kral ve Kraliçe)</t>
+          <t>Elveda Antura</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257460354</t>
+          <t>9786257460613</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kanun ve Nizam Dairesinde</t>
+          <t>Arusyak Papazyan/ Osmanlı Ermeni Sahnesinde Bir Öncü</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257460347</t>
+          <t>9786257460620</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir İstanbul</t>
+          <t>Gavroşname/ Osmanlı ve Türkiye Ermenilerinin Tiyatro ve Gazetecilik Serüveni, 1900-1935</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257460330</t>
+          <t>9786055753634</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet</t>
+          <t>Lazistan’a Yolculuk</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257460323</t>
+          <t>9786257460583</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Giyankis Amenen Ağvor Orı (Hayatımın En Güzel Günü)</t>
+          <t>Gökten Üç Elma Düştü</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257460316</t>
+          <t>9786257460569</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıllık Apartheid</t>
+          <t>Çok Uzak Çok Yakın</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257460309</t>
+          <t>9786257460545</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Silahtar Bahçeleri</t>
+          <t>Öncesiyle Sonrasıyla 12 Eylül Döneminde Ermeniler Olaylar Tanıklıklar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257460286</t>
+          <t>9786055753160</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kuyner Hedker (Renkler İzler)</t>
+          <t>Şark Dişçisi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257460293</t>
+          <t>9789757265535</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Patrik Avedik'in Gizemli Yaşamı</t>
+          <t>Zamanlar, Mekanlar, İnsanlar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>310</v>
+        <v>80</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257460279</t>
+          <t>9786257460552</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Giragosi</t>
+          <t>Geç Dönem Osmanlı İmparatorluğu'nda Ermeniler ve Kürtler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257460262</t>
+          <t>9786055753108</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hamşentsnag - Hemşince</t>
+          <t>Zurna</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>570</v>
+        <v>310</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257460224</t>
+          <t>9789757265559</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>On The Wings of Stamps (Ciltli)</t>
+          <t>Zarmanali Aşğharh</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>2500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257460200</t>
+          <t>9789757265320</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Pulun Kanadında İstanbul'dan Dünyaya (Ciltli)</t>
+          <t>Yoldaş Pançuni</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>2000</v>
+        <v>380</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257460255</t>
+          <t>9789757265122</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kenar Süsü</t>
+          <t>Yev Aysbes Abretsank</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257460217</t>
+          <t>9789757265696</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Merinnerı</t>
+          <t>Yetmiş Bin Süryani</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257460248</t>
+          <t>9789757265276</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kızgın Buhardaki Koza</t>
+          <t>Yalnızlar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257460231</t>
+          <t>9789757265726</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Mardin Bereketi</t>
+          <t>U Yes Gertam Ve Ben Gidiyorum</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>680</v>
+        <v>500</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257460194</t>
+          <t>9789757265757</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ara Dinkjian Şarkıları</t>
+          <t>Türkiye’de Balık ve Balıkçılık</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>800</v>
+        <v>750</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257460170</t>
+          <t>9789757265924</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Çiçekli Defter (Ermenice)</t>
+          <t>Türk-Ermeni Sorunu Bibliyografyası</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257460187</t>
+          <t>9786055753047</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Çiçekli Defter</t>
+          <t>Tıtumi Ham (Kabak Tadı)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257460163</t>
+          <t>9789757265801</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bulutlarda Bir Tohum (Ermenice)</t>
+          <t>Yankı ve Yolcu</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257460149</t>
+          <t>9786055753054</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Mışuşen Antin (Sisin Ötesinde)</t>
+          <t>Tıtğhmor (Maya)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257460156</t>
+          <t>9789757265870</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Nereden Nereye</t>
+          <t>Tespih Taneleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>340</v>
+        <v>570</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257460101</t>
+          <t>9789757265702</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Joğovurti Mi Hokevarki</t>
+          <t>Sofranız Şen Olsun</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>370</v>
+        <v>420</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789757265818</t>
+          <t>9789757265078</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Panasdeğdzutyunner (2 Cilt Takım - Kutulu)</t>
+          <t>Seferberlik Türküleriyle Büyüdüm</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>800</v>
+        <v>310</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257460132</t>
+          <t>9789757265238</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Düşler Sahnesinde</t>
+          <t>Özgürlük İki Adım Ötede Değil</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257460125</t>
+          <t>9789757265993</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sahnemizin Değerleri</t>
+          <t>Ölümsüzlük Pınarı</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257460088</t>
+          <t>9789757265016</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Yıllar</t>
+          <t>Mer Ayt Goğmeri</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>510</v>
+        <v>350</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257460095</t>
+          <t>9789757265337</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Getronagan Pandi Ginerun Pajinı (Hapishane-i Umumi Kadınlar Koğuşu)</t>
+          <t>Konuş Halil Bey Konuş</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257460118</t>
+          <t>9789757265597</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Arap Kızı Camdan Bakıyor</t>
+          <t>Karekin Badriark Haçaduryan</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257460071</t>
+          <t>9789757265955</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Dersim Seyahatnamesi</t>
+          <t>İzi Kalır Hatıraların</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>310</v>
+        <v>510</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257460040</t>
+          <t>9789757265498</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Gabuyd Yeraz (Mavi Rüya)</t>
+          <t>İnsanlık Komedisi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257460033</t>
+          <t>9789757265931</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Varlık Vergisi ve Türkleştirme Politikaları</t>
+          <t>Mıgnig</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>510</v>
+        <v>340</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257460026</t>
+          <t>9789757265474</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Mahkümların Şafağı</t>
+          <t>İçimizdeki Kara Delik</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>590</v>
+        <v>340</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257460002</t>
+          <t>9786055753016</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş</t>
+          <t>Işıkları Ben Söndürürüm</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052100981</t>
+          <t>9786055753023</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Anhun Yergink Açkeru Meç (Gözlerdeki Sonsuz Gökyüzü)</t>
+          <t>Huşer Arants Puşeru (Dikensiz Anılar)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052100974</t>
+          <t>9789757265405</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Uçan Trapezdeki Cesur Genç Adam ve Diğer Öyküler</t>
+          <t>Hıbard Çığçigı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>510</v>
+        <v>340</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052100967</t>
+          <t>9789757265580</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Soykırımı'nın Kısa Bir Tarihi</t>
+          <t>Her Yerde Ermeni Var</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052100936</t>
+          <t>2789009965227</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Jandarma</t>
+          <t>Kravarjutyun 2 Ermenice Yazı Defteri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>370</v>
+        <v>310</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052100950</t>
+          <t>9789757265634</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ler Gamsar: Marti Kortzin Meçen</t>
+          <t>Hağtanagi Campan (Zafer Yolu)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>570</v>
+        <v>400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052100844</t>
+          <t>9789757265085</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Haygagan Uruagani</t>
+          <t>Güvercinim Harput’ta Kaldı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052100943</t>
+          <t>9786055753238</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Hayaleti</t>
+          <t>Gittiler İşte</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052100905</t>
+          <t>2789009992261</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Bir Milleti Diriltmek 1919-1933</t>
+          <t>Kravarjutyun 1 Ermenice Yazı Defteri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>480</v>
+        <v>310</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052100929</t>
+          <t>9789757265740</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ahalinin Gidişi</t>
+          <t>Ermeniler ve İttihat ve Terakki</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052100912</t>
+          <t>9789757265511</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sancak Düştü</t>
+          <t>Ermenice Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>340</v>
+        <v>750</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052100882</t>
+          <t>9786055753269</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Pemi Ingerneris (Sahne Arkadaşlarım) - Ermenice</t>
+          <t>Ermeni Tarihi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>310</v>
+        <v>750</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052100899</t>
+          <t>9789757265412</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sahne Arkadaşlarım</t>
+          <t>İm Ingeris - Arkadaşım</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052100875</t>
+          <t>9789757265542</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kumdan Kale Kızları</t>
+          <t>Biyografileriyle Ermeniler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>340</v>
+        <v>650</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052100806</t>
+          <t>9789757265528</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Antzugı Mortzug</t>
+          <t>Ermeni Harfli Türkçe Metinler</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>630</v>
+        <v>600</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052100783</t>
+          <t>9786055753276</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Evine Figan Kuruldu</t>
+          <t>Ermeni Edebiyatı Numuneleri  1913</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>330</v>
+        <v>510</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052100752</t>
+          <t>9789757265979</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Harfler Ülkesine Yolculuk</t>
+          <t>Tasdiarag Taşnagaharı -Eğitmen Piyanist</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>380</v>
+        <v>370</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052100592</t>
+          <t>9789757265252</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Aslan Kadının Mirası</t>
+          <t>Dikrisi Aperen Dicle Kıyılarından</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052100585</t>
+          <t>9786055753092</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Bambaşka Bir Bahar</t>
+          <t>Bir Özgürlük Tutsağı Manuşyan</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>510</v>
+        <v>380</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052100578</t>
+          <t>9789757265849</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Lıgırdadzı (Yalnızlar)</t>
+          <t>Bir Adalet Feryadı Osmanlı’dan Türkiye’ye Beş Ermeni Feminist Yazar 1862 - 1933</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>400</v>
+        <v>510</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052100547</t>
+          <t>9789757265139</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Malatya Ermenileri</t>
+          <t>Biletimiz İstanbul’a Kesildi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>630</v>
+        <v>340</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052100530</t>
+          <t>9789757265672</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Işık Hep Oradaydı</t>
+          <t>Bestekar Karnik Garmiryan Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>340</v>
+        <v>550</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052100516</t>
+          <t>9786052100561</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Memleket Meselesi</t>
+          <t>Başlangıçtan 1071’e Ermenilerin Tarihi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052100523</t>
+          <t>9789757265627</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Amida'nın Sofrası - Yemekli Diyarbakır Tarihi</t>
+          <t>Bardez</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>460</v>
+        <v>340</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786058283817</t>
+          <t>9789757265214</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Sılaya Giden Yol</t>
+          <t>Balkan Savaşı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>340</v>
+        <v>570</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052100493</t>
+          <t>9789757265344</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Geğdz Hancarner: Sahte Dahiler (Ermenice)</t>
+          <t>Balıkçı Sevdası</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>340</v>
+        <v>100</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052100486</t>
+          <t>9786055753306</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Bakü Komünü</t>
+          <t>Andib Tertıs - Yayınlanmamış Sayfalarım</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>510</v>
+        <v>500</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052100462</t>
+          <t>9789757265764</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Varto</t>
+          <t>Adım Agop Memleketim Tokat</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052100479</t>
+          <t>9786257460521</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Varto (Ermenice)</t>
+          <t>Bir Hayat Bol Sohbet</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>360</v>
+        <v>375</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052100448</t>
+          <t>9789757265986</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Günlerin</t>
+          <t>Aşçının Kitabı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>310</v>
+        <v>410</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052100455</t>
+          <t>9786257460507</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Dağlardadır</t>
+          <t>Naznazig</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052100417</t>
+          <t>9786257460538</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Kilisesi</t>
+          <t>Obur Yazılar</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>310</v>
+        <v>550</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052100424</t>
+          <t>9789757265009</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hatsin Yerkı (Ekmeğin Şarkısı Ermenice)</t>
+          <t>Gavur Mahallesi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052100431</t>
+          <t>9786257460514</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ekmeğin Şarkısı</t>
+          <t>Bi’ Âlem Gigo</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052100400</t>
+          <t>9786257460491</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Hay Medz Man (Ermenice)</t>
+          <t>Unutulan Geçmiş</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052100394</t>
+          <t>9786257460484</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Ninem</t>
+          <t>Deniz</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052100387</t>
+          <t>9786257460477</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Madam Amati</t>
+          <t>Koruyucu Sultanlar ve Hoşgörülü Türkler</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052100370</t>
+          <t>9786257460446</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Gavroş Name (Ermenice)</t>
+          <t>Hapishane-i Umumi Kadınlar Koğuşu (1920-1921)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>630</v>
+        <v>350</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052100066</t>
+          <t>9786257460439</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Karıncaların Günbatımı</t>
+          <t>Sivas</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>650</v>
+        <v>540</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052100356</t>
+          <t>9786052100240</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Son Kadeh</t>
+          <t>Papelonen Verç Bidi Abrink (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>310</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052100349</t>
+          <t>9786052100363</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Tavan</t>
+          <t>Mer Şen Seğanen</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>340</v>
+        <v>430</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052100325</t>
+          <t>9789757265566</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye'de Ermeniler</t>
+          <t>William Saroyan’la Bitlis’e Doğru</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>540</v>
+        <v>225</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052100318</t>
+          <t>9789757265795</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Halepsizler</t>
+          <t>Kalpler Birleşmez Hatıralarda</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052100301</t>
+          <t>9786257460392</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Taxa Filla</t>
+          <t>Rock Wagram</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>310</v>
+        <v>450</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052100271</t>
+          <t>9786257460422</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Çarlık Yönetiminde Kars, Ardahan, Artvin (1878-1918)</t>
+          <t>Akabi Hikayesi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>630</v>
+        <v>370</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055753726</t>
+          <t>9786257460415</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Tutag Es Dzo (Papağan Mısın Be)</t>
+          <t>Cürm-ü Azam</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>310</v>
+        <v>380</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052100202</t>
+          <t>9786257460408</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Şnorhkov Martig - Hluneri Yev Imposdneri (Düzgün İnsanlar - İtaatkarlar ve Asiler)</t>
+          <t>Amida’nın Ruhu - Diyarbakır’dan İstanbul’a Likörlü Hayat</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>370</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052100264</t>
+          <t>9786257460385</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Belleğin Kızları</t>
+          <t>Ruhi Su ve Türkiye’de Müzik Kültürleri</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052100226</t>
+          <t>9786055753429</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Renkler Ülkesine Yolculuk</t>
+          <t>Uzun, İnce Yolcular 42 Portre</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052100219</t>
+          <t>9786052100998</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Hitler'e Mektup</t>
+          <t>Mrçünneru Verçaluysi (Karıncaların Günbatımı)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>340</v>
+        <v>800</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052100196</t>
+          <t>9786257460378</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Asdğeru Heğeğ (Yıldız Seli)</t>
+          <t>Keşke...</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052100189</t>
+          <t>9786257460361</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İzmir</t>
+          <t>Takavorı Yev Takuhin (Kral ve Kraliçe)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>510</v>
+        <v>400</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052100172</t>
+          <t>9786257460354</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Amira'nın Kızı</t>
+          <t>Kanun ve Nizam Dairesinde</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052100158</t>
+          <t>9786257460347</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kuynzkuyn Sudoku 3 (Ermenice)</t>
+          <t>Öyle Bir İstanbul</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>310</v>
+        <v>380</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052100165</t>
+          <t>9786257460330</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kentten Manevi Vatana</t>
+          <t>Dersaadet</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052100141</t>
+          <t>9786257460323</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Yerp Badani Yenk (Biz Gençken)</t>
+          <t>Giyankis Amenen Ağvor Orı (Hayatımın En Güzel Günü)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052100134</t>
+          <t>9786257460316</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Tun Ağa Yes Ağa Mer Alürı Ov Ağa</t>
+          <t>Yüzyıllık Apartheid</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>310</v>
+        <v>380</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052100110</t>
+          <t>9786257460309</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kuynzkuyn Sudoku 2 (Rengarenk Sudoku)</t>
+          <t>Silahtar Bahçeleri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>310</v>
+        <v>390</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052100073</t>
+          <t>9786257460286</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Isbasman Sırahin Meç: Bekleme Odasında (Ermenice)</t>
+          <t>Kuyner Hedker (Renkler İzler)</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052100097</t>
+          <t>9786257460293</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Taşnaklar ve İttihatçılar</t>
+          <t>Patrik Avedik'in Gizemli Yaşamı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>510</v>
+        <v>350</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052100103</t>
+          <t>9786257460279</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ahım Var Diyarbakır</t>
+          <t>Giragosi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>345</v>
+        <v>350</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052100080</t>
+          <t>9786257460262</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Harput</t>
+          <t>Hamşentsnag - Hemşince</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>540</v>
+        <v>600</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052100042</t>
+          <t>9786257460224</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ekmek ve Ateş Düşleri</t>
+          <t>On The Wings of Stamps (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>320</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052100059</t>
+          <t>9786257460200</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Armine</t>
+          <t>Pulun Kanadında İstanbul'dan Dünyaya (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>340</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052100035</t>
+          <t>9786257460255</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Sudoku 1</t>
+          <t>Kenar Süsü</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052100011</t>
+          <t>9786257460217</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Hayat Olduğu Gibi</t>
+          <t>Merinnerı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052100004</t>
+          <t>9786257460248</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Aktör Dediğin Nedir Ki?</t>
+          <t>Kızgın Buhardaki Koza</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786055753993</t>
+          <t>9786257460231</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Deniz (Ermenice)</t>
+          <t>Mardin Bereketi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>400</v>
+        <v>680</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055753986</t>
+          <t>9786257460194</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Musa Dağ Direnişi</t>
+          <t>Ara Dinkjian Şarkıları</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055753979</t>
+          <t>9786257460170</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Gelincikler Açarken</t>
+          <t>Çiçekli Defter (Ermenice)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786055753962</t>
+          <t>9786257460187</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Ankara Vukuatı</t>
+          <t>Çiçekli Defter</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055753948</t>
+          <t>9786257460163</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Tatavla'dan Kurtuluş'a</t>
+          <t>Bulutlarda Bir Tohum (Ermenice)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055753931</t>
+          <t>9786257460149</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Meteliksiz Aşıklar</t>
+          <t>Mışuşen Antin (Sisin Ötesinde)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055753900</t>
+          <t>9786257460156</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Aşiq u Maşuq</t>
+          <t>Nereden Nereye</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786055753894</t>
+          <t>9786257460101</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Angudi Siraharner (Meteliksiz Aşıklar)</t>
+          <t>Joğovurti Mi Hokevarki</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>69</v>
+        <v>400</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055753887</t>
+          <t>9789757265818</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Aurora</t>
+          <t>Panasdeğdzutyunner (2 Cilt Takım - Kutulu)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055753788</t>
+          <t>9786257460132</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hanun Hor Yev Vortvo (Baba ve Oğul Adına)</t>
+          <t>Düşler Sahnesinde</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>310</v>
+        <v>380</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055753771</t>
+          <t>9786257460125</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Ruhum</t>
+          <t>Sahnemizin Değerleri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786055753740</t>
+          <t>9786257460088</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ancak Çölde Yaşayabilirler</t>
+          <t>Lanetli Yıllar</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>570</v>
+        <v>510</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786055753757</t>
+          <t>9786257460095</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Van: Tarihi Kentler ve Ermeniler</t>
+          <t>Getronagan Pandi Ginerun Pajinı (Hapishane-i Umumi Kadınlar Koğuşu)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>540</v>
+        <v>350</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055753733</t>
+          <t>9786257460118</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğu Olmayan Adamlar</t>
+          <t>Arap Kızı Camdan Bakıyor</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786055753719</t>
+          <t>9786257460071</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kaveran Tzayner - Taşradan Sesler</t>
+          <t>Dersim Seyahatnamesi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055753689</t>
+          <t>9786257460040</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Gayan</t>
+          <t>Gabuyd Yeraz (Mavi Rüya)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>860</v>
+        <v>550</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055753702</t>
+          <t>9786257460033</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Bitlis ve Muş</t>
+          <t>Varlık Vergisi ve Türkleştirme Politikaları</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>480</v>
+        <v>510</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055753672</t>
+          <t>9786257460026</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Ermeniler</t>
+          <t>Mahkümların Şafağı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>340</v>
+        <v>650</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055753658</t>
+          <t>9786257460002</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Pokrig İşkhani (Küçük Prens - Ermenice)</t>
+          <t>Bir Varmış Bir Yokmuş</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055753641</t>
+          <t>9786052100981</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Günden Güne (Ciltli)</t>
+          <t>Anhun Yergink Açkeru Meç (Gözlerdeki Sonsuz Gökyüzü)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>410</v>
+        <v>350</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055753627</t>
+          <t>9786052100974</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yok Hükmünde</t>
+          <t>Uçan Trapezdeki Cesur Genç Adam ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>340</v>
+        <v>510</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786055753580</t>
+          <t>9786052100967</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Soykırımı</t>
+          <t>Ermeni Soykırımı'nın Kısa Bir Tarihi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789757265184</t>
+          <t>9786052100936</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Voznig</t>
+          <t>Jandarma</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789757265221</t>
+          <t>9786052100950</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Vosgi Bıdugi (Altın Çömlek)</t>
+          <t>Ler Gamsar: Marti Kortzin Meçen</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>340</v>
+        <v>570</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055753030</t>
+          <t>9786052100844</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Voğçuyn Amenkin (Selam Herkese)</t>
+          <t>Haygagan Uruagani</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789757265177</t>
+          <t>9786052100943</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Memleketini Özleyen Yengeç</t>
+          <t>Ermeni Hayaleti</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055753153</t>
+          <t>9786052100905</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kürdan</t>
+          <t>Bir Milleti Diriltmek 1919-1933</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789757265153</t>
+          <t>9786052100929</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Hek Tuğti Gıdorner (Zavallı Kağıt Parçaları)</t>
+          <t>Ahalinin Gidişi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786055753344</t>
+          <t>9786052100912</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Hatırda Kalmaz Satırda Kalır - 58 Portre</t>
+          <t>Sancak Düştü</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055753542</t>
+          <t>9786052100882</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İrtifa Kaybı</t>
+          <t>Pemi Ingerneris (Sahne Arkadaşlarım) - Ermenice</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055753535</t>
+          <t>9786052100899</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Meliha Nuri Hanım</t>
+          <t>Sahne Arkadaşlarım</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055753436</t>
+          <t>9786052100875</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Yıkıntılar Arasında</t>
+          <t>Kumdan Kale Kızları</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>370</v>
+        <v>380</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055753528</t>
+          <t>9786052100806</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Bir Ermeni Subayın Çanakkale ve Doğu Cephesi Günlüğü 1914-1918</t>
+          <t>Antzugı Mortzug</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>310</v>
+        <v>650</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786055753573</t>
+          <t>9786052100783</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ararat’a Bakmak</t>
+          <t>Ermeni Evine Figan Kuruldu</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>510</v>
+        <v>350</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786055753498</t>
+          <t>9786052100752</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Boşluğun Gücü</t>
+          <t>Harfler Ülkesine Yolculuk</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>920</v>
+        <v>400</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786055753481</t>
+          <t>9786052100592</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Gülizar'ın Kara Düğünü</t>
+          <t>Aslan Kadının Mirası</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786055753467</t>
+          <t>9786052100585</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Geri Dönüşü Yok</t>
+          <t>Bambaşka Bir Bahar</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>360</v>
+        <v>550</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789757265665</t>
+          <t>9786052100578</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Son Ermeni</t>
+          <t>Lıgırdadzı (Yalnızlar)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055753443</t>
+          <t>9786052100547</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Hemşin Öyküleri</t>
+          <t>Malatya Ermenileri</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786055753337</t>
+          <t>9786052100530</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Davutpaşa Orta 3</t>
+          <t>Işık Hep Oradaydı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>630</v>
+        <v>360</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786055753382</t>
+          <t>9786052100516</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Medz Badriarkı</t>
+          <t>Memleket Meselesi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786055753603</t>
+          <t>9786052100523</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Şu Ömrümün Şubat’ı</t>
+          <t>Amida'nın Sofrası - Yemekli Diyarbakır Tarihi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>310</v>
+        <v>500</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786055753610</t>
+          <t>9786058283817</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Garbis Cancikyani Hedreko (Garbis Cancikyan’ın İzinden)</t>
+          <t>Sılaya Giden Yol</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>310</v>
+        <v>380</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786055753597</t>
+          <t>9786052100493</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>İnsan Deposu</t>
+          <t>Geğdz Hancarner: Sahte Dahiler (Ermenice)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786055753405</t>
+          <t>9786052100486</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Modern Ermeni Edebiyatı</t>
+          <t>Bakü Komünü</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>740</v>
+        <v>550</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786055753412</t>
+          <t>9786052100462</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Ermeni Amiralar Sınıfı</t>
+          <t>Varto</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
+          <t>9786052100479</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Varto (Ermenice)</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786052100448</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Günlerin</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786052100455</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğim Dağlardadır</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786052100417</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Ermeni Kilisesi</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786052100424</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Hatsin Yerkı (Ekmeğin Şarkısı Ermenice)</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786052100431</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Ekmeğin Şarkısı</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786052100400</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Hay Medz Man (Ermenice)</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786052100394</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Ermeni Ninem</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786052100387</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Madam Amati</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786052100370</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Gavroş Name (Ermenice)</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786052100066</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Karıncaların Günbatımı</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786052100356</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Son Kadeh</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786052100349</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Tavan</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786052100325</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Modern Türkiye'de Ermeniler</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786052100318</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Halepsizler</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786052100301</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Taxa Filla</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786052100271</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Çarlık Yönetiminde Kars, Ardahan, Artvin (1878-1918)</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786055753726</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Tutag Es Dzo (Papağan Mısın Be)</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786052100202</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Şnorhkov Martig - Hluneri Yev Imposdneri (Düzgün İnsanlar - İtaatkarlar ve Asiler)</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786052100264</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Belleğin Kızları</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786052100226</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Renkler Ülkesine Yolculuk</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786052100219</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Hitler'e Mektup</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786052100196</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Asdğeru Heğeğ (Yıldız Seli)</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786052100189</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>İzmir</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786052100172</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Amira'nın Kızı</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786052100158</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Kuynzkuyn Sudoku 3 (Ermenice)</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786052100165</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Kentten Manevi Vatana</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786052100141</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Yerp Badani Yenk (Biz Gençken)</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786052100134</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Tun Ağa Yes Ağa Mer Alürı Ov Ağa</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786052100110</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Kuynzkuyn Sudoku 2 (Rengarenk Sudoku)</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786052100073</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Isbasman Sırahin Meç: Bekleme Odasında (Ermenice)</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786052100097</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Taşnaklar ve İttihatçılar</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786052100103</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Ahım Var Diyarbakır</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786052100080</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Harput</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786052100042</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Ekmek ve Ateş Düşleri</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786052100059</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Armine</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786052100035</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Rengarenk Sudoku 1</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786052100011</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Olduğu Gibi</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786052100004</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Aktör Dediğin Nedir Ki?</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786055753993</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Deniz (Ermenice)</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786055753986</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Musa Dağ Direnişi</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786055753979</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Gelincikler Açarken</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786055753962</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Ankara Vukuatı</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786055753948</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Tatavla'dan Kurtuluş'a</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786055753931</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Meteliksiz Aşıklar</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786055753900</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Aşiq u Maşuq</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786055753894</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Angudi Siraharner (Meteliksiz Aşıklar)</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786055753887</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Aurora</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786055753788</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Hanun Hor Yev Vortvo (Baba ve Oğul Adına)</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786055753771</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Sürgün Ruhum</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786055753740</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Ancak Çölde Yaşayabilirler</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786055753757</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Van: Tarihi Kentler ve Ermeniler</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786055753733</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluğu Olmayan Adamlar</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786055753719</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Kaveran Tzayner - Taşradan Sesler</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786055753689</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Gayan</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786055753702</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Bitlis ve Muş</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786055753672</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Kim Bu Ermeniler</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786055753658</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Pokrig İşkhani (Küçük Prens - Ermenice)</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786055753641</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Günden Güne (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786055753627</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Yok Hükmünde</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786055753580</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Ermeni Soykırımı</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9789757265184</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Voznig</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9789757265221</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Vosgi Bıdugi (Altın Çömlek)</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786055753030</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Voğçuyn Amenkin (Selam Herkese)</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9789757265177</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Memleketini Özleyen Yengeç</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786055753153</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Kürdan</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9789757265153</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Hek Tuğti Gıdorner (Zavallı Kağıt Parçaları)</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786055753344</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Hatırda Kalmaz Satırda Kalır - 58 Portre</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786055753542</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>İrtifa Kaybı</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786055753535</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Meliha Nuri Hanım</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786055753436</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Yıkıntılar Arasında</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786055753528</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ermeni Subayın Çanakkale ve Doğu Cephesi Günlüğü 1914-1918</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786055753573</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Ararat’a Bakmak</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786055753498</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Boşluğun Gücü</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786055753481</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Gülizar'ın Kara Düğünü</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786055753467</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Geri Dönüşü Yok</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9789757265665</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Son Ermeni</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786055753443</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Hemşin Öyküleri</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786055753337</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Davutpaşa Orta 3</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786055753382</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Medz Badriarkı</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786055753603</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Şu Ömrümün Şubat’ı</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786055753610</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Garbis Cancikyani Hedreko (Garbis Cancikyan’ın İzinden)</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786055753597</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Deposu</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786055753405</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Modern Ermeni Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786055753412</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul'un Ermeni Amiralar Sınıfı</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
           <t>9786055753368</t>
         </is>
       </c>
-      <c r="B251" s="1" t="inlineStr">
+      <c r="B336" s="1" t="inlineStr">
         <is>
           <t>Gurbet Şarkıları</t>
         </is>
       </c>
-      <c r="C251" s="1">
-        <v>310</v>
+      <c r="C336" s="1">
+        <v>340</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>