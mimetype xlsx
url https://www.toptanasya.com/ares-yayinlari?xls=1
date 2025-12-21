--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,1630 +85,1705 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255921215</t>
+          <t>9786255921253</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kara Kız Kuru Oğlan</t>
+          <t>Yankı</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255921093</t>
+          <t>9786255921352</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Evimin Babası</t>
+          <t>Zamanı Geri Sarsam</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255921130</t>
+          <t>9786255921291</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dökülenler</t>
+          <t>Ruhu Oku</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255921178</t>
+          <t>9786255921314</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dar Sokakların Çocuklarıyız Biz</t>
+          <t>Pavyon - Ben O(mu)yum</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255921079</t>
+          <t>9786255921222</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Oğlancuk</t>
+          <t>Peş</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255921024</t>
+          <t>9786255921215</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Giz</t>
+          <t>Kara Kız Kuru Oğlan</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255921000</t>
+          <t>9786255921093</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ey Ahali</t>
+          <t>Evimin Babası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052200421</t>
+          <t>9786255921130</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan Kaçarken…</t>
+          <t>Gönülden Dökülenler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256053953</t>
+          <t>9786255921178</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Senin Şehrinde Gece Yok mu?</t>
+          <t>Dar Sokakların Çocuklarıyız Biz</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256053946</t>
+          <t>9786255921079</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ekranlı Cihazlarla Verimli Ders Çalışma Tüyoları</t>
+          <t>Oğlancuk</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256053960</t>
+          <t>9786255921024</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Senden Çok Uzakta</t>
+          <t>Giz</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256053977</t>
+          <t>9786255921000</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yüreğin Kokusu</t>
+          <t>Ey Ahali</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052200490</t>
+          <t>9786052200421</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakan Kardelenler</t>
+          <t>Yağmurdan Kaçarken…</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256053922</t>
+          <t>9786256053953</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kahire’de Aşk</t>
+          <t>Senin Şehrinde Gece Yok mu?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256053939</t>
+          <t>9786256053946</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Unutulmaz Aşkları ve Aşk Mektupları</t>
+          <t>Ekranlı Cihazlarla Verimli Ders Çalışma Tüyoları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256053908</t>
+          <t>9786256053960</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Fırtınanın Islığı</t>
+          <t>Senden Çok Uzakta</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256053878</t>
+          <t>9786256053977</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sanrı</t>
+          <t>Yüreğin Kokusu</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054461608</t>
+          <t>9786052200490</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Totan’dan Yükselen Feryat</t>
+          <t>İz Bırakan Kardelenler</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256053809</t>
+          <t>9786256053922</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Diriliş ve Aşk</t>
+          <t>Kahire’de Aşk</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055672089</t>
+          <t>9786256053939</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Şah ve Mat</t>
+          <t>Tarihin Unutulmaz Aşkları ve Aşk Mektupları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256053854</t>
+          <t>9786256053908</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Parmağında İzi Yüreğimde Sızı</t>
+          <t>Fırtınanın Islığı</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256053793</t>
+          <t>9786256053878</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Önce Eğitim</t>
+          <t>Sanrı</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256053847</t>
+          <t>9786054461608</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Güzaf</t>
+          <t>Totan’dan Yükselen Feryat</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256315273</t>
+          <t>9786256053809</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Rüya İşçileri</t>
+          <t>Yeniden Diriliş ve Aşk</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256053786</t>
+          <t>9786055672089</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kleptokrasi ve Kırk Haramiler</t>
+          <t>Şah ve Mat</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256315884</t>
+          <t>9786256053854</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gönül Ufkum</t>
+          <t>Parmağında İzi Yüreğimde Sızı</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256315266</t>
+          <t>9786256053793</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Orada Kimse Var mı?</t>
+          <t>Önce Eğitim</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256870949</t>
+          <t>9786256053847</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ak Güvercin</t>
+          <t>Güzaf</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256870918</t>
+          <t>9786256315273</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bölünemeyen Mirasları Böldü Corona</t>
+          <t>Rüya İşçileri</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256870925</t>
+          <t>9786256053786</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Erguvan Düşleri</t>
+          <t>Kleptokrasi ve Kırk Haramiler</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256870901</t>
+          <t>9786256315884</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kaderde Yolculuk</t>
+          <t>Gönül Ufkum</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256870888</t>
+          <t>9786256315266</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Nü</t>
+          <t>Orada Kimse Var mı?</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256870857</t>
+          <t>9786256870949</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Öttü İsa’nın Babası Öldü</t>
+          <t>Ak Güvercin</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256870864</t>
+          <t>9786256870918</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki İz Düşüm</t>
+          <t>Bölünemeyen Mirasları Böldü Corona</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256870871</t>
+          <t>9786256870925</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>On Dokuz Mum</t>
+          <t>Erguvan Düşleri</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054461486</t>
+          <t>9786256870901</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Coronavirüs (Covid-19) Günlerinden Notlar</t>
+          <t>Kaderde Yolculuk</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256870734</t>
+          <t>9786256870888</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Haya+t=?</t>
+          <t>Nü</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256445680</t>
+          <t>9786256870857</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Nazir Akalın Kitabı</t>
+          <t>Kuşlar Öttü İsa’nın Babası Öldü</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256870291</t>
+          <t>9786256870864</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kirpiklerinde Ay Işığı</t>
+          <t>Aynadaki İz Düşüm</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256870284</t>
+          <t>9786256870871</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yaz ve Gölge</t>
+          <t>On Dokuz Mum</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786250013359</t>
+          <t>9786054461486</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kurban Kadınlar</t>
+          <t>Coronavirüs (Covid-19) Günlerinden Notlar</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256445697</t>
+          <t>9786256870734</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Göğe Serpilmiş Umutlar</t>
+          <t>Haya+t=?</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052200827</t>
+          <t>9786256445680</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hasret Yokuşu</t>
+          <t>Nazir Akalın Kitabı</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052200810</t>
+          <t>9786256870291</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sürmeli Gece</t>
+          <t>Kirpiklerinde Ay Işığı</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256445673</t>
+          <t>9786256870284</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Islık Çal Uzaklarıma</t>
+          <t>Yaz ve Gölge</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052200834</t>
+          <t>9786250013359</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bağımlı Olma Özgür Kal</t>
+          <t>Kurban Kadınlar</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052200803</t>
+          <t>9786256445697</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Değiştiren Sözler</t>
+          <t>Göğe Serpilmiş Umutlar</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052200773</t>
+          <t>9786052200827</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Günışığı</t>
+          <t>Hasret Yokuşu</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052200735</t>
+          <t>9786052200810</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tavanarası</t>
+          <t>Sürmeli Gece</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052200759</t>
+          <t>9786256445673</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ahlat Ağacı</t>
+          <t>Islık Çal Uzaklarıma</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052200711</t>
+          <t>9786052200834</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Renkleri</t>
+          <t>Bağımlı Olma Özgür Kal</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052200728</t>
+          <t>9786052200803</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Başarı Öyküleri</t>
+          <t>Hayatı Değiştiren Sözler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052200704</t>
+          <t>9786052200773</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Aşk Masalları</t>
+          <t>Günışığı</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052200742</t>
+          <t>9786052200735</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İlle de Rodrigo</t>
+          <t>Tavanarası</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052200698</t>
+          <t>9786052200759</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Aşka</t>
+          <t>Ahlat Ağacı</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052200674</t>
+          <t>9786052200711</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Şeyda’nın Örgü Keyfi</t>
+          <t>Duyguların Renkleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052200681</t>
+          <t>9786052200728</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bir Gülün Hikayesi</t>
+          <t>Başarı Öyküleri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052200650</t>
+          <t>9786052200704</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ya/saklı Aşk</t>
+          <t>Büyülü Aşk Masalları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052200667</t>
+          <t>9786052200742</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gün Görmemiş Düşler</t>
+          <t>İlle de Rodrigo</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052200629</t>
+          <t>9786052200698</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yıkık Duvar</t>
+          <t>Aşkla Aşka</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052200636</t>
+          <t>9786052200674</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ah İstanbul</t>
+          <t>Şeyda’nın Örgü Keyfi</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052200605</t>
+          <t>9786052200681</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğumun Şehri Malazgirt</t>
+          <t>Bir Gülün Hikayesi</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052200612</t>
+          <t>9786052200650</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mardin’li Çocuktan Dünya’ya Haykırış</t>
+          <t>Ya/saklı Aşk</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052200599</t>
+          <t>9786052200667</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ayaza Yazdım</t>
+          <t>Gün Görmemiş Düşler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052200582</t>
+          <t>9786052200629</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yıl Uyuyan Gazel</t>
+          <t>Yıkık Duvar</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052200568</t>
+          <t>9786052200636</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Ada Masalları</t>
+          <t>Ah İstanbul</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052200575</t>
+          <t>9786052200605</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Nedir?</t>
+          <t>Çocukluğumun Şehri Malazgirt</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052200551</t>
+          <t>9786052200612</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Can'ım Tenimden Ayrıldı</t>
+          <t>Mardin’li Çocuktan Dünya’ya Haykırış</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052200544</t>
+          <t>9786052200599</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Mürare</t>
+          <t>Ayaza Yazdım</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052200520</t>
+          <t>9786052200582</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yağan Yağmurdur Belki De Hayat</t>
+          <t>Kırk Yıl Uyuyan Gazel</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052200537</t>
+          <t>9786052200568</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Paslı Kilit</t>
+          <t>Büyülü Ada Masalları</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052200513</t>
+          <t>9786052200575</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Sen’ler Oluyor (Ciltli)</t>
+          <t>Yaşamak Nedir?</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052200438</t>
+          <t>9786052200551</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ben, Kadınların Tarafındayım</t>
+          <t>Can'ım Tenimden Ayrıldı</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052200506</t>
+          <t>9786052200544</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Eylülde Sevmek İstedim Seni</t>
+          <t>Mürare</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052200476</t>
+          <t>9786052200520</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Aselya</t>
+          <t>Yağan Yağmurdur Belki De Hayat</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052200469</t>
+          <t>9786052200537</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Demi</t>
+          <t>Paslı Kilit</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052200452</t>
+          <t>9786052200513</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yandı Gözyaşlarım</t>
+          <t>Bana Bir Sen’ler Oluyor (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052200407</t>
+          <t>9786052200438</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Tanır Beni</t>
+          <t>Ben, Kadınların Tarafındayım</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052200414</t>
+          <t>9786052200506</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşımda Bir Gemi</t>
+          <t>Eylülde Sevmek İstedim Seni</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052200384</t>
+          <t>9786052200476</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Gurbetten Sitemler</t>
+          <t>Aselya</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052200377</t>
+          <t>9786052200469</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Limanlar Sizin Olsun</t>
+          <t>Aşkın Demi</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052200049</t>
+          <t>9786052200452</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sensizlik Kokuyorum</t>
+          <t>Yandı Gözyaşlarım</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052200353</t>
+          <t>9786052200407</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ucunda Ne Vardıysa Aşk’ın Hep Sana Dokundu</t>
+          <t>Gurbet Tanır Beni</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052200032</t>
+          <t>9786052200414</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ölelim mi Kızım</t>
+          <t>Gözyaşımda Bir Gemi</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052200025</t>
+          <t>9786052200384</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Ahengi</t>
+          <t>Gurbetten Sitemler</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052200018</t>
+          <t>9786052200377</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hazan Mevsimi</t>
+          <t>Limanlar Sizin Olsun</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059381635</t>
+          <t>9786052200049</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Gurbetten Esintiler</t>
+          <t>Sensizlik Kokuyorum</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052200001</t>
+          <t>9786052200353</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Umuda Özen</t>
+          <t>Ucunda Ne Vardıysa Aşk’ın Hep Sana Dokundu</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059381994</t>
+          <t>9786052200032</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Peremesi</t>
+          <t>Ölelim mi Kızım</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059381970</t>
+          <t>9786052200025</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Uzun Sokağın Gülü</t>
+          <t>Kelimelerin Ahengi</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059381949</t>
+          <t>9786052200018</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sözüm Sensin</t>
+          <t>Hazan Mevsimi</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059381956</t>
+          <t>9786059381635</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sitem</t>
+          <t>Gurbetten Esintiler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059381925</t>
+          <t>9786052200001</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Vurgun</t>
+          <t>Umuda Özen</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059381895</t>
+          <t>9786059381994</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Bakışlı Kadın</t>
+          <t>Hayatın Peremesi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059381871</t>
+          <t>9786059381970</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İkindi Gölgeleri</t>
+          <t>Uzun Sokağın Gülü</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059381864</t>
+          <t>9786059381949</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sevda Esintileri</t>
+          <t>Sözüm Sensin</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059381840</t>
+          <t>9786059381956</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İçimden Gelenler</t>
+          <t>Sitem</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059381833</t>
+          <t>9786059381925</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Mehcur</t>
+          <t>Vurgun</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059381826</t>
+          <t>9786059381895</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Olmadı Be Usta</t>
+          <t>İstanbul Bakışlı Kadın</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059381819</t>
+          <t>9786059381871</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Düşler Yurdu</t>
+          <t>İkindi Gölgeleri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059381796</t>
+          <t>9786059381864</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bazen Gitmek Gerekir</t>
+          <t>Sevda Esintileri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059381666</t>
+          <t>9786059381840</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Böyle Gitme</t>
+          <t>İçimden Gelenler</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059381673</t>
+          <t>9786059381833</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bir Yağmur Sonrası</t>
+          <t>Aşk-ı Mehcur</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059381659</t>
+          <t>9786059381826</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Sende Buldum</t>
+          <t>Olmadı Be Usta</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059381062</t>
+          <t>9786059381819</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Gönül Denen Yer Benimdir</t>
+          <t>Düşler Yurdu</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
+          <t>9786059381796</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Bazen Gitmek Gerekir</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786059381666</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Böyle Gitme</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786059381673</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yağmur Sonrası</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786059381659</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Her Şeyi Sende Buldum</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786059381062</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Denen Yer Benimdir</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
           <t>9786054461950</t>
         </is>
       </c>
-      <c r="B107" s="1" t="inlineStr">
+      <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Cemreler Aşka Düşer</t>
         </is>
       </c>
-      <c r="C107" s="1">
+      <c r="C112" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>