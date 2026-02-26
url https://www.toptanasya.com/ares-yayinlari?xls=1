--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,1705 +85,1810 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255921253</t>
+          <t>9786256870895</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yankı</t>
+          <t>Sei Nicht Süchtig Bleib Frei</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255921352</t>
+          <t>9786255921383</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Geri Sarsam</t>
+          <t>Göçmen Kızı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255921291</t>
+          <t>9786256053823</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ruhu Oku</t>
+          <t>Harflerin Dansı Şiir Kitapları Seti</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>649</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255921314</t>
+          <t>9786052200391</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Pavyon - Ben O(mu)yum</t>
+          <t>Şiir Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>999</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255921222</t>
+          <t>9786255921239</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Peş</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255921215</t>
+          <t>9786255921338</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kara Kız Kuru Oğlan</t>
+          <t>Aşkın Diyeti</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255921093</t>
+          <t>9786255921277</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Evimin Babası</t>
+          <t>Kurşun Kalemimin Keskin Ucu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255921130</t>
+          <t>9786255921253</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dökülenler</t>
+          <t>Yankı</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255921178</t>
+          <t>9786255921352</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dar Sokakların Çocuklarıyız Biz</t>
+          <t>Zamanı Geri Sarsam</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255921079</t>
+          <t>9786255921291</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Oğlancuk</t>
+          <t>Ruhu Oku</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255921024</t>
+          <t>9786255921314</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Giz</t>
+          <t>Pavyon - Ben O(mu)yum</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255921000</t>
+          <t>9786255921222</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ey Ahali</t>
+          <t>Peş</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052200421</t>
+          <t>9786255921215</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan Kaçarken…</t>
+          <t>Kara Kız Kuru Oğlan</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256053953</t>
+          <t>9786255921093</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Senin Şehrinde Gece Yok mu?</t>
+          <t>Evimin Babası</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256053946</t>
+          <t>9786255921130</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ekranlı Cihazlarla Verimli Ders Çalışma Tüyoları</t>
+          <t>Gönülden Dökülenler</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256053960</t>
+          <t>9786255921178</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Senden Çok Uzakta</t>
+          <t>Dar Sokakların Çocuklarıyız Biz</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256053977</t>
+          <t>9786255921079</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yüreğin Kokusu</t>
+          <t>Oğlancuk</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052200490</t>
+          <t>9786255921024</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakan Kardelenler</t>
+          <t>Giz</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256053922</t>
+          <t>9786255921000</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kahire’de Aşk</t>
+          <t>Ey Ahali</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256053939</t>
+          <t>9786052200421</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Unutulmaz Aşkları ve Aşk Mektupları</t>
+          <t>Yağmurdan Kaçarken…</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256053908</t>
+          <t>9786256053953</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Fırtınanın Islığı</t>
+          <t>Senin Şehrinde Gece Yok mu?</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256053878</t>
+          <t>9786256053946</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sanrı</t>
+          <t>Ekranlı Cihazlarla Verimli Ders Çalışma Tüyoları</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054461608</t>
+          <t>9786256053960</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Totan’dan Yükselen Feryat</t>
+          <t>Senden Çok Uzakta</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256053809</t>
+          <t>9786256053977</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Diriliş ve Aşk</t>
+          <t>Yüreğin Kokusu</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055672089</t>
+          <t>9786052200490</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Şah ve Mat</t>
+          <t>İz Bırakan Kardelenler</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256053854</t>
+          <t>9786256053922</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Parmağında İzi Yüreğimde Sızı</t>
+          <t>Kahire’de Aşk</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256053793</t>
+          <t>9786256053939</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Önce Eğitim</t>
+          <t>Tarihin Unutulmaz Aşkları ve Aşk Mektupları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256053847</t>
+          <t>9786256053908</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Güzaf</t>
+          <t>Fırtınanın Islığı</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256315273</t>
+          <t>9786256053878</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Rüya İşçileri</t>
+          <t>Sanrı</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256053786</t>
+          <t>9786054461608</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kleptokrasi ve Kırk Haramiler</t>
+          <t>Totan’dan Yükselen Feryat</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256315884</t>
+          <t>9786256053809</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Gönül Ufkum</t>
+          <t>Yeniden Diriliş ve Aşk</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256315266</t>
+          <t>9786055672089</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Orada Kimse Var mı?</t>
+          <t>Şah ve Mat</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256870949</t>
+          <t>9786256053854</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ak Güvercin</t>
+          <t>Parmağında İzi Yüreğimde Sızı</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256870918</t>
+          <t>9786256053793</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bölünemeyen Mirasları Böldü Corona</t>
+          <t>Önce Eğitim</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256870925</t>
+          <t>9786256053847</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Erguvan Düşleri</t>
+          <t>Güzaf</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256870901</t>
+          <t>9786256315273</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kaderde Yolculuk</t>
+          <t>Rüya İşçileri</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256870888</t>
+          <t>9786256053786</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Nü</t>
+          <t>Kleptokrasi ve Kırk Haramiler</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256870857</t>
+          <t>9786256315884</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Öttü İsa’nın Babası Öldü</t>
+          <t>Gönül Ufkum</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256870864</t>
+          <t>9786256315266</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki İz Düşüm</t>
+          <t>Orada Kimse Var mı?</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256870871</t>
+          <t>9786256870949</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>On Dokuz Mum</t>
+          <t>Ak Güvercin</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054461486</t>
+          <t>9786256870918</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Coronavirüs (Covid-19) Günlerinden Notlar</t>
+          <t>Bölünemeyen Mirasları Böldü Corona</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256870734</t>
+          <t>9786256870925</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Haya+t=?</t>
+          <t>Erguvan Düşleri</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256445680</t>
+          <t>9786256870901</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Nazir Akalın Kitabı</t>
+          <t>Kaderde Yolculuk</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256870291</t>
+          <t>9786256870888</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kirpiklerinde Ay Işığı</t>
+          <t>Nü</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256870284</t>
+          <t>9786256870857</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yaz ve Gölge</t>
+          <t>Kuşlar Öttü İsa’nın Babası Öldü</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786250013359</t>
+          <t>9786256870864</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kurban Kadınlar</t>
+          <t>Aynadaki İz Düşüm</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256445697</t>
+          <t>9786256870871</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Göğe Serpilmiş Umutlar</t>
+          <t>On Dokuz Mum</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052200827</t>
+          <t>9786054461486</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hasret Yokuşu</t>
+          <t>Coronavirüs (Covid-19) Günlerinden Notlar</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052200810</t>
+          <t>9786256870734</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sürmeli Gece</t>
+          <t>Haya+t=?</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256445673</t>
+          <t>9786256445680</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Islık Çal Uzaklarıma</t>
+          <t>Nazir Akalın Kitabı</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052200834</t>
+          <t>9786256870291</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bağımlı Olma Özgür Kal</t>
+          <t>Kirpiklerinde Ay Işığı</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052200803</t>
+          <t>9786256870284</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Değiştiren Sözler</t>
+          <t>Yaz ve Gölge</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052200773</t>
+          <t>9786250013359</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Günışığı</t>
+          <t>Kurban Kadınlar</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052200735</t>
+          <t>9786256445697</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Tavanarası</t>
+          <t>Göğe Serpilmiş Umutlar</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052200759</t>
+          <t>9786052200827</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ahlat Ağacı</t>
+          <t>Hasret Yokuşu</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052200711</t>
+          <t>9786052200810</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Renkleri</t>
+          <t>Sürmeli Gece</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052200728</t>
+          <t>9786256445673</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Başarı Öyküleri</t>
+          <t>Islık Çal Uzaklarıma</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052200704</t>
+          <t>9786052200834</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Aşk Masalları</t>
+          <t>Bağımlı Olma Özgür Kal</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052200742</t>
+          <t>9786052200803</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İlle de Rodrigo</t>
+          <t>Hayatı Değiştiren Sözler</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052200698</t>
+          <t>9786052200773</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Aşka</t>
+          <t>Günışığı</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052200674</t>
+          <t>9786052200735</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Şeyda’nın Örgü Keyfi</t>
+          <t>Tavanarası</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052200681</t>
+          <t>9786052200759</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bir Gülün Hikayesi</t>
+          <t>Ahlat Ağacı</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052200650</t>
+          <t>9786052200711</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ya/saklı Aşk</t>
+          <t>Duyguların Renkleri</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052200667</t>
+          <t>9786052200728</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Gün Görmemiş Düşler</t>
+          <t>Başarı Öyküleri</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052200629</t>
+          <t>9786052200704</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yıkık Duvar</t>
+          <t>Büyülü Aşk Masalları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052200636</t>
+          <t>9786052200742</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ah İstanbul</t>
+          <t>İlle de Rodrigo</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052200605</t>
+          <t>9786052200698</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğumun Şehri Malazgirt</t>
+          <t>Aşkla Aşka</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052200612</t>
+          <t>9786052200674</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Mardin’li Çocuktan Dünya’ya Haykırış</t>
+          <t>Şeyda’nın Örgü Keyfi</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052200599</t>
+          <t>9786052200681</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ayaza Yazdım</t>
+          <t>Bir Gülün Hikayesi</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052200582</t>
+          <t>9786052200650</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yıl Uyuyan Gazel</t>
+          <t>Ya/saklı Aşk</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052200568</t>
+          <t>9786052200667</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Ada Masalları</t>
+          <t>Gün Görmemiş Düşler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052200575</t>
+          <t>9786052200629</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Nedir?</t>
+          <t>Yıkık Duvar</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052200551</t>
+          <t>9786052200636</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Can'ım Tenimden Ayrıldı</t>
+          <t>Ah İstanbul</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052200544</t>
+          <t>9786052200605</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mürare</t>
+          <t>Çocukluğumun Şehri Malazgirt</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052200520</t>
+          <t>9786052200612</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yağan Yağmurdur Belki De Hayat</t>
+          <t>Mardin’li Çocuktan Dünya’ya Haykırış</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052200537</t>
+          <t>9786052200599</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Paslı Kilit</t>
+          <t>Ayaza Yazdım</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052200513</t>
+          <t>9786052200582</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Sen’ler Oluyor (Ciltli)</t>
+          <t>Kırk Yıl Uyuyan Gazel</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052200438</t>
+          <t>9786052200568</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ben, Kadınların Tarafındayım</t>
+          <t>Büyülü Ada Masalları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052200506</t>
+          <t>9786052200575</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Eylülde Sevmek İstedim Seni</t>
+          <t>Yaşamak Nedir?</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052200476</t>
+          <t>9786052200551</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Aselya</t>
+          <t>Can'ım Tenimden Ayrıldı</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052200469</t>
+          <t>9786052200544</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Demi</t>
+          <t>Mürare</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052200452</t>
+          <t>9786052200520</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yandı Gözyaşlarım</t>
+          <t>Yağan Yağmurdur Belki De Hayat</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052200407</t>
+          <t>9786052200537</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Tanır Beni</t>
+          <t>Paslı Kilit</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052200414</t>
+          <t>9786052200513</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşımda Bir Gemi</t>
+          <t>Bana Bir Sen’ler Oluyor (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052200384</t>
+          <t>9786052200438</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gurbetten Sitemler</t>
+          <t>Ben, Kadınların Tarafındayım</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052200377</t>
+          <t>9786052200506</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Limanlar Sizin Olsun</t>
+          <t>Eylülde Sevmek İstedim Seni</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052200049</t>
+          <t>9786052200476</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sensizlik Kokuyorum</t>
+          <t>Aselya</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052200353</t>
+          <t>9786052200469</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ucunda Ne Vardıysa Aşk’ın Hep Sana Dokundu</t>
+          <t>Aşkın Demi</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052200032</t>
+          <t>9786052200452</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ölelim mi Kızım</t>
+          <t>Yandı Gözyaşlarım</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052200025</t>
+          <t>9786052200407</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Ahengi</t>
+          <t>Gurbet Tanır Beni</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052200018</t>
+          <t>9786052200414</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hazan Mevsimi</t>
+          <t>Gözyaşımda Bir Gemi</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059381635</t>
+          <t>9786052200384</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Gurbetten Esintiler</t>
+          <t>Gurbetten Sitemler</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052200001</t>
+          <t>9786052200377</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Umuda Özen</t>
+          <t>Limanlar Sizin Olsun</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059381994</t>
+          <t>9786052200049</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Peremesi</t>
+          <t>Sensizlik Kokuyorum</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059381970</t>
+          <t>9786052200353</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Uzun Sokağın Gülü</t>
+          <t>Ucunda Ne Vardıysa Aşk’ın Hep Sana Dokundu</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059381949</t>
+          <t>9786052200032</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sözüm Sensin</t>
+          <t>Ölelim mi Kızım</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059381956</t>
+          <t>9786052200025</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sitem</t>
+          <t>Kelimelerin Ahengi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059381925</t>
+          <t>9786052200018</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Vurgun</t>
+          <t>Hazan Mevsimi</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059381895</t>
+          <t>9786059381635</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Bakışlı Kadın</t>
+          <t>Gurbetten Esintiler</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059381871</t>
+          <t>9786052200001</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İkindi Gölgeleri</t>
+          <t>Umuda Özen</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059381864</t>
+          <t>9786059381994</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sevda Esintileri</t>
+          <t>Hayatın Peremesi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059381840</t>
+          <t>9786059381970</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İçimden Gelenler</t>
+          <t>Uzun Sokağın Gülü</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059381833</t>
+          <t>9786059381949</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Mehcur</t>
+          <t>Sözüm Sensin</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059381826</t>
+          <t>9786059381956</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Olmadı Be Usta</t>
+          <t>Sitem</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059381819</t>
+          <t>9786059381925</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Düşler Yurdu</t>
+          <t>Vurgun</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059381796</t>
+          <t>9786059381895</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bazen Gitmek Gerekir</t>
+          <t>İstanbul Bakışlı Kadın</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059381666</t>
+          <t>9786059381871</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Böyle Gitme</t>
+          <t>İkindi Gölgeleri</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059381673</t>
+          <t>9786059381864</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bir Yağmur Sonrası</t>
+          <t>Sevda Esintileri</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059381659</t>
+          <t>9786059381840</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Sende Buldum</t>
+          <t>İçimden Gelenler</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059381062</t>
+          <t>9786059381833</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Gönül Denen Yer Benimdir</t>
+          <t>Aşk-ı Mehcur</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
+          <t>9786059381826</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Olmadı Be Usta</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786059381819</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Düşler Yurdu</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786059381796</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Bazen Gitmek Gerekir</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786059381666</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Böyle Gitme</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786059381673</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yağmur Sonrası</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786059381659</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Her Şeyi Sende Buldum</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786059381062</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Denen Yer Benimdir</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
           <t>9786054461950</t>
         </is>
       </c>
-      <c r="B112" s="1" t="inlineStr">
+      <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Cemreler Aşka Düşer</t>
         </is>
       </c>
-      <c r="C112" s="1">
+      <c r="C119" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>