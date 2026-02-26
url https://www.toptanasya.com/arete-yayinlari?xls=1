--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,640 +85,820 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259608051</t>
+          <t>9786259508696</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kehribar</t>
+          <t>3 Konu 3 Kılavuz</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259608006</t>
+          <t>9786259835174</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Umudunu Yitirme</t>
+          <t>Bir Ailenin Yüzyılı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259608013</t>
+          <t>9786259835170</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Minik Kalplere Mısralar</t>
+          <t>Şair Rıhtımında Şiirler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259742465</t>
+          <t>9786259436203</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Arızalı Bir Toplum İçin Farkındalık Bilinci</t>
+          <t>Elma Kokulu Evler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259742489</t>
+          <t>9786259290607</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kündekar</t>
+          <t>Kayıp Ruhlar Yolcusu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259742403</t>
+          <t>9786259290614</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Noni’s House Arka Bahçemin Renkleri</t>
+          <t>Ayna Ayna Söyleme Bana</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259742434</t>
+          <t>9786259290621</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sensiztesi</t>
+          <t>40 Günde Unutulmak</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259742458</t>
+          <t>9786259290638</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dünyadan Büyük Perdelere</t>
+          <t>Umandre - İlk Dokunuş</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259742441</t>
+          <t>9786259608099</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Güzel'e</t>
+          <t>Tavşan Poli</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259742427</t>
+          <t>9786259608075</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dur &amp; Hisset</t>
+          <t>Sözümden Ötesi ve....</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259741410</t>
+          <t>9786259608082</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Leyli Yad</t>
+          <t>Parçalar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259508641</t>
+          <t>9786259608068</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Açıl Susam Açıl</t>
+          <t>Torosların Gölgesinde Yaşanan Düş Kırıklığı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259508665</t>
+          <t>9786259608051</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kiraz'ın Hayvan Dostu Fındık</t>
+          <t>Kehribar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259819549</t>
+          <t>9786259608006</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Dünyası</t>
+          <t>Umudunu Yitirme</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259508610</t>
+          <t>9786259608013</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Benim Yolum</t>
+          <t>Minik Kalplere Mısralar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259508658</t>
+          <t>9786259742465</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sertaç'ın Maceraları</t>
+          <t>Arızalı Bir Toplum İçin Farkındalık Bilinci</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259508689</t>
+          <t>9786259742489</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Hafızası</t>
+          <t>Kündekar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259508634</t>
+          <t>9786259742403</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kaderle Oyun</t>
+          <t>Noni’s House Arka Bahçemin Renkleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259819594</t>
+          <t>9786259742434</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Toz Duman Sevdam</t>
+          <t>Sensiztesi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259508627</t>
+          <t>9786259742458</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Cüneyt’in Maceraları- Ailemde Başlayan İyilik Hareketi</t>
+          <t>Küçük Dünyadan Büyük Perdelere</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259508603</t>
+          <t>9786259742441</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yaka İğnesi</t>
+          <t>Güzel'e</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259819587</t>
+          <t>9786259742427</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ölü Mevsimler Mezarı</t>
+          <t>Dur &amp; Hisset</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259819556</t>
+          <t>9786259741410</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak İçin Sebeplerim Var</t>
+          <t>Leyli Yad</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259819532</t>
+          <t>9786259508641</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Uzay Patikası</t>
+          <t>Açıl Susam Açıl</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259835198</t>
+          <t>9786259508665</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yere Düşmeyen Yağmur Damlası</t>
+          <t>Kiraz'ın Hayvan Dostu Fındık</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259819525</t>
+          <t>9786259819549</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Can Yana Yana</t>
+          <t>Çocukların Dünyası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259819563</t>
+          <t>9786259508610</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Frezyanın Yaprağında Altı İspinoz</t>
+          <t>Benim Yolum</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259819518</t>
+          <t>9786259508658</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hepi Topu Bir Fikir</t>
+          <t>Sertaç'ın Maceraları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259835136</t>
+          <t>9786259508689</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlardan Umut Çaldım</t>
+          <t>Geçmişin Hafızası</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259835150</t>
+          <t>9786259508634</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Osman Hamdi ve Kadim Sırlar</t>
+          <t>Kaderle Oyun</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259436272</t>
+          <t>9786259819594</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı'nın Laneti</t>
+          <t>Toz Duman Sevdam</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259436289</t>
+          <t>9786259508627</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sen Benim Ay Işığımsın</t>
+          <t>Cüneyt’in Maceraları- Ailemde Başlayan İyilik Hareketi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259835105</t>
+          <t>9786259508603</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yükseliş - Hilde</t>
+          <t>Yaka İğnesi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259436296</t>
+          <t>9786259819587</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Renkli Köy ve Tavşan Zobu</t>
+          <t>Ölü Mevsimler Mezarı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259436265</t>
+          <t>9786259819556</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Biraz Öykü Az Şiir Bir İnsan</t>
+          <t>Yaşamak İçin Sebeplerim Var</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259436234</t>
+          <t>9786259819532</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kafdağı’nın Öteki Yüzü</t>
+          <t>Uzay Patikası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>85</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259436241</t>
+          <t>9786259835198</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hayalce</t>
+          <t>Yere Düşmeyen Yağmur Damlası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259436248</t>
+          <t>9786259819525</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Yer</t>
+          <t>Can Yana Yana</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259436227</t>
+          <t>9786259819563</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hınç ve Hiç</t>
+          <t>Frezyanın Yaprağında Altı İspinoz</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
+          <t>9786259819518</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Hepi Topu Bir Fikir</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786259835136</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızlardan Umut Çaldım</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786259835150</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Osman Hamdi ve Kadim Sırlar</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786259436272</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Savaşçı'nın Laneti</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786259436289</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Sen Benim Ay Işığımsın</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786259835105</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Yükseliş - Hilde</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786259436296</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Renkli Köy ve Tavşan Zobu</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786259436265</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Biraz Öykü Az Şiir Bir İnsan</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786259436234</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Kafdağı’nın Öteki Yüzü</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786259436241</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Hayalce</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786259436248</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Bir Yer</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786259436227</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Hınç ve Hiç</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
           <t>9786259436210</t>
         </is>
       </c>
-      <c r="B41" s="1" t="inlineStr">
+      <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Mavi Kelebek</t>
         </is>
       </c>
-      <c r="C41" s="1">
-        <v>170</v>
+      <c r="C53" s="1">
+        <v>230</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>