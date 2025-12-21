--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,1990 +85,2005 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054092130</t>
+          <t>9786059366700</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>The Treasury’s in a Frightful Situation If Someone can Save us, He’ll be our Salvation - Hazinenin Durumu Yürekler Acısıdır Kurtarabilen Çıkarsa Başımızın Tacıdır</t>
+          <t>Arkeoloji Dizisi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>24</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054092123</t>
+          <t>9786054092130</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Beyond Betrayal</t>
+          <t>The Treasury’s in a Frightful Situation If Someone can Save us, He’ll be our Salvation - Hazinenin Durumu Yürekler Acısıdır Kurtarabilen Çıkarsa Başımızın Tacıdır</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789755711553</t>
+          <t>9786054092123</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Sev Beni</t>
+          <t>Beyond Betrayal</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054092116</t>
+          <t>9789755711553</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yapabilirim!</t>
+          <t>Yeniden Sev Beni</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789755711591</t>
+          <t>9786054092116</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tilki Tilki Saat Kaç?</t>
+          <t>Yapabilirim!</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>36</v>
+        <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789755710822</t>
+          <t>9789755711591</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sonradan Görme</t>
+          <t>Tilki Tilki Saat Kaç?</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>16.67</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789755710884</t>
+          <t>9789755710822</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ölü Filozoflar Kahvesi</t>
+          <t>Sonradan Görme</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789755711089</t>
+          <t>9789755710884</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Melankoliye Panzehir</t>
+          <t>Ölü Filozoflar Kahvesi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789755710532</t>
+          <t>9789755711089</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kuraldışı Öyküler</t>
+          <t>Melankoliye Panzehir</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>18</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054092338</t>
+          <t>9789755710532</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Köşe Yazıları</t>
+          <t>Kuraldışı Öyküler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789755710686</t>
+          <t>9786054092338</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Karapara Aklayıcıları</t>
+          <t>Köşe Yazıları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>24</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789755710945</t>
+          <t>9789755710686</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kara Firavun</t>
+          <t>Karapara Aklayıcıları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>16.67</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789755710891</t>
+          <t>9789755710945</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İskenderiye’nin Yazgısı</t>
+          <t>Kara Firavun</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>24.07</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789750164934</t>
+          <t>9789755710891</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hazinenin Durumu Yürekler Acısıdır! Kurtarabilen Çıksa Başımızın Tacıdır</t>
+          <t>İskenderiye’nin Yazgısı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>20</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054092345</t>
+          <t>9789750164934</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İslamla Buluşma</t>
+          <t>Hazinenin Durumu Yürekler Acısıdır! Kurtarabilen Çıksa Başımızın Tacıdır</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054092406</t>
+          <t>9786054092345</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Eylüldü Aşkım</t>
+          <t>İslamla Buluşma</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>18.52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789755710624</t>
+          <t>9786054092406</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Ağlamaz</t>
+          <t>Eylüldü Aşkım</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>32</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789755711010</t>
+          <t>9789755710624</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Benzersiz Mevlana</t>
+          <t>Erkekler Ağlamaz</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>18</v>
+        <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789755710037</t>
+          <t>9789755711010</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Babam Öldüğünde Ağlamadım</t>
+          <t>Benzersiz Mevlana</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>15.74</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789755711560</t>
+          <t>9789755710037</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Aynanın Diğer Tarafında Sonlar ve Başlangıçlar Birinci Kitap</t>
+          <t>Babam Öldüğünde Ağlamadım</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>35</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789944070973</t>
+          <t>9789755711560</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>And The Boy Lost His Faith in God!</t>
+          <t>Aynanın Diğer Tarafında Sonlar ve Başlangıçlar Birinci Kitap</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789755710402</t>
+          <t>9789944070973</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Aklını En İyi Şekilde Kullan</t>
+          <t>And The Boy Lost His Faith in God!</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>11.11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789755711409</t>
+          <t>9789755710402</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>600’lü Yıllardan 1461’E</t>
+          <t>Aklını En İyi Şekilde Kullan</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789755711331</t>
+          <t>9789755711409</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sapfo’nun Şiirleri</t>
+          <t>600’lü Yıllardan 1461’E</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>11.11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789944070980</t>
+          <t>9789755711331</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>The Governess</t>
+          <t>Sapfo’nun Şiirleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>22</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059366694</t>
+          <t>9789944070980</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ'da Kent</t>
+          <t>The Governess</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>520</v>
+        <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059366069</t>
+          <t>9786059366694</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Yolu</t>
+          <t>Eski Çağ'da Kent</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054092109</t>
+          <t>9786059366069</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Aldatmanın Ötesi</t>
+          <t>Özgürlük Yolu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059366688</t>
+          <t>9786054092109</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ben Kuşları Konacaktım Babamın Dallarına</t>
+          <t>Aldatmanın Ötesi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059366670</t>
+          <t>9786059366688</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bir Sevdadır</t>
+          <t>Ben Kuşları Konacaktım Babamın Dallarına</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059366649</t>
+          <t>9786059366670</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dehr'in Kim Okur Esamesini</t>
+          <t>Eğitim Bir Sevdadır</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059366656</t>
+          <t>9786059366649</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Prag'dan Beyoğlu'na Bir Fotoğraf Hikayesi</t>
+          <t>Dehr'in Kim Okur Esamesini</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059366663</t>
+          <t>9786059366656</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ay Ona Gülümsüyordu</t>
+          <t>Prag'dan Beyoğlu'na Bir Fotoğraf Hikayesi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>600</v>
+        <v>380</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059366625</t>
+          <t>9786059366663</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Vurulan Atların Neşesiyle</t>
+          <t>Ay Ona Gülümsüyordu</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059366632</t>
+          <t>9786059366625</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hal Böyle Böyle</t>
+          <t>Vurulan Atların Neşesiyle</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059366601</t>
+          <t>9786059366632</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan ve Roma'da Yaşam</t>
+          <t>Hal Böyle Böyle</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059366458</t>
+          <t>9786059366601</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerin 40'ı Çıktı</t>
+          <t>Eski Yunan ve Roma'da Yaşam</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059366540</t>
+          <t>9786059366458</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dilruba ile Bebek Masajı (Video Anlatımlı)</t>
+          <t>Şiirlerin 40'ı Çıktı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059366366</t>
+          <t>9786059366540</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Koşacak Zaman</t>
+          <t>Dilruba ile Bebek Masajı (Video Anlatımlı)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059366564</t>
+          <t>9786059366366</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Tapu ve Anahtar</t>
+          <t>Koşacak Zaman</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059366533</t>
+          <t>9786059366564</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Gücü</t>
+          <t>Tapu ve Anahtar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059366526</t>
+          <t>9786059366533</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sudurusu</t>
+          <t>Sevginin Gücü</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059366489</t>
+          <t>9786059366526</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Münevver Sokağı'ndan Sola Dönecektiniz</t>
+          <t>Sudurusu</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059366496</t>
+          <t>9786059366489</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Boğaz’ın Altınları</t>
+          <t>Münevver Sokağı'ndan Sola Dönecektiniz</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789944070911</t>
+          <t>9786059366496</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Tales Of The Weird</t>
+          <t>Boğaz’ın Altınları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>118</v>
+        <v>400</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054092147</t>
+          <t>9789944070911</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>The Great Ignorance</t>
+          <t>Tales Of The Weird</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>380</v>
+        <v>118</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944070966</t>
+          <t>9786054092147</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>What Time is it, Mr Wolf?</t>
+          <t>The Great Ignorance</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054092307</t>
+          <t>9789944070966</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>The Magic of the Harem</t>
+          <t>What Time is it, Mr Wolf?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789944070997</t>
+          <t>9786054092307</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>The Awakening</t>
+          <t>The Magic of the Harem</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944070928</t>
+          <t>9789944070997</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>The Businessman</t>
+          <t>The Awakening</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059366373</t>
+          <t>9789944070928</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Güvenliği ve Uyum</t>
+          <t>The Businessman</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059366236</t>
+          <t>9786059366373</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ömrümüz Akıp Gitti Boğaz’da</t>
+          <t>Kişisel Verilerin Güvenliği ve Uyum</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059366380</t>
+          <t>9786059366236</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kılam’ların Kanatlarında Geçmişe Yolculuk</t>
+          <t>Ömrümüz Akıp Gitti Boğaz’da</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059366359</t>
+          <t>9786059366380</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Adalet Yerini Buldu</t>
+          <t>Kılam’ların Kanatlarında Geçmişe Yolculuk</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059366229</t>
+          <t>9786059366359</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Şerare</t>
+          <t>Adalet Yerini Buldu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059366342</t>
+          <t>9786059366229</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Eray'a</t>
+          <t>Şerare</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059366182</t>
+          <t>9786059366342</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>A Majestic Love - The Grand Architect Sinan and Mihrimah Sultan</t>
+          <t>Eray'a</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059366274</t>
+          <t>9786059366182</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bebekler Mutlu Anne Babalar Mutlu</t>
+          <t>A Majestic Love - The Grand Architect Sinan and Mihrimah Sultan</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059366144</t>
+          <t>9786059366274</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Zararlı Yazılımlar</t>
+          <t>Bebekler Mutlu Anne Babalar Mutlu</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059366243</t>
+          <t>9786059366144</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şey</t>
+          <t>Zararlı Yazılımlar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059366212</t>
+          <t>9786059366243</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Kadın</t>
+          <t>Küçük Şey</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059366267</t>
+          <t>9786059366212</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ateşböceği: Çok Kültürlü Ressam Ruhu İle - Firefly: A Multu Cultural Painter With a Soul</t>
+          <t>Göçmen Kadın</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059366250</t>
+          <t>9786059366267</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sözleri Damıtmak Yaşamı Damıtmaktır</t>
+          <t>Ateşböceği: Çok Kültürlü Ressam Ruhu İle - Firefly: A Multu Cultural Painter With a Soul</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>700</v>
+        <v>750</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059366427</t>
+          <t>9786059366250</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ'da Ege Bölgesi</t>
+          <t>Sözleri Damıtmak Yaşamı Damıtmaktır</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>580</v>
+        <v>700</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059366434</t>
+          <t>9786059366427</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ'da Lykia Bölgesi</t>
+          <t>Eski Çağ'da Ege Bölgesi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>440</v>
+        <v>580</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789755710563</t>
+          <t>9786059366434</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ'da Menderes'in Ötesi</t>
+          <t>Eski Çağ'da Lykia Bölgesi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>560</v>
+        <v>440</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059366151</t>
+          <t>9786059366403</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Biraz Anlatır Mısınız?</t>
+          <t>Eski Çağ'da Menderes'in Ötesi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>240</v>
+        <v>560</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059366175</t>
+          <t>9786059366151</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Siber Kıyamet</t>
+          <t>Biraz Anlatır Mısınız?</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059366090</t>
+          <t>9786059366175</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bir Annelik Hikayesi</t>
+          <t>Siber Kıyamet</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059366106</t>
+          <t>9786059366090</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ve Mr. Hyde</t>
+          <t>Bir Annelik Hikayesi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059366007</t>
+          <t>9786059366106</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Taç ve Taht</t>
+          <t>Dr. Jekyll ve Mr. Hyde</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059366052</t>
+          <t>9786059366007</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Şahane</t>
+          <t>Taç ve Taht</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059366083</t>
+          <t>9786059366052</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Gemisini Kurtaran Anne Baba</t>
+          <t>Aşk-ı Şahane</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059366045</t>
+          <t>9786059366083</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mükrime Sitti Şah Sultan</t>
+          <t>Gemisini Kurtaran Anne Baba</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059366076</t>
+          <t>9786059366045</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hafif Zehirli Mandallardan Kafası Güzel Çamaşırlar</t>
+          <t>Mükrime Sitti Şah Sultan</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059366014</t>
+          <t>9786059366076</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Nakşidil</t>
+          <t>Hafif Zehirli Mandallardan Kafası Güzel Çamaşırlar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059366038</t>
+          <t>9786059366014</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>O Gün Süha'yı Bırakmayacaktım</t>
+          <t>Nakşidil</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>88</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059366021</t>
+          <t>9786059366038</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Siber Savaş Cephesinden Notlar</t>
+          <t>O Gün Süha'yı Bırakmayacaktım</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>460</v>
+        <v>88</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054092451</t>
+          <t>9786059366021</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Mimari ve Aşk</t>
+          <t>Siber Savaş Cephesinden Notlar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>680</v>
+        <v>460</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789755710839</t>
+          <t>9786054092451</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Mısırlı Champollion</t>
+          <t>Mimari ve Aşk</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>700</v>
+        <v>680</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789755710280</t>
+          <t>9789755710839</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Meleksi Cinsellik</t>
+          <t>Mısırlı Champollion</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>360</v>
+        <v>700</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789755711584</t>
+          <t>9789755710280</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Karşı Kıyıdan Gelen Kaplan</t>
+          <t>Meleksi Cinsellik</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054092529</t>
+          <t>9789755711584</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kan Davası</t>
+          <t>Karşı Kıyıdan Gelen Kaplan</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789750164903</t>
+          <t>9786054092529</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İş Adamı</t>
+          <t>Kan Davası</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789755711423</t>
+          <t>9789750164903</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilgeliği</t>
+          <t>İş Adamı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059366397</t>
+          <t>9789755711423</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İlk Çağdan Günümüze Mimarlık ve Şehircilik Tarihi</t>
+          <t>İslam Bilgeliği</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789755710723</t>
+          <t>9786059366397</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İletişimin Sırları</t>
+          <t>İlk Çağdan Günümüze Mimarlık ve Şehircilik Tarihi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>440</v>
+        <v>380</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054092253</t>
+          <t>9789755710723</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İktidardakiler</t>
+          <t>İletişimin Sırları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789755710105</t>
+          <t>9786054092253</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hayatım</t>
+          <t>İktidardakiler</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059366113</t>
+          <t>9789755710105</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Haremin Büyüsü</t>
+          <t>Hayatım</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789755710082</t>
+          <t>9786059366113</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hagakure Savaşçının Yüreği</t>
+          <t>Haremin Büyüsü</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054092079</t>
+          <t>9789755710082</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Güzel Hayat</t>
+          <t>Hagakure Savaşçının Yüreği</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789755710976</t>
+          <t>9786054092079</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Gökyakut Kitap</t>
+          <t>Güzel Hayat</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789755710464</t>
+          <t>9789755710976</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>Gökyakut Kitap</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>360</v>
+        <v>700</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789755710853</t>
+          <t>9789755710464</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Fikirler ve Tercihler</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789755711454</t>
+          <t>9789755710853</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Etkin İletişim Kurun!</t>
+          <t>Fikirler ve Tercihler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059366410</t>
+          <t>9789755711454</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ'da Güney Kıyılar</t>
+          <t>Etkin İletişim Kurun!</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789755710372</t>
+          <t>9786059366410</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Köpek Hikayeleri</t>
+          <t>Eski Çağ'da Güney Kıyılar</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789755710969</t>
+          <t>9789755710372</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Çocuk Hikayeleri</t>
+          <t>En Güzel Köpek Hikayeleri</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789755710693</t>
+          <t>9789755710969</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Düşünmenin Tam Zamanı</t>
+          <t>En Güzel Çocuk Hikayeleri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059366519</t>
+          <t>9789755710693</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Düş’müş</t>
+          <t>Düşünmenin Tam Zamanı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789750164927</t>
+          <t>9786059366519</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dadı</t>
+          <t>Düş’müş</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789755711508</t>
+          <t>9789750164927</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Çayname</t>
+          <t>Dadı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054092390</t>
+          <t>9789755711508</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Büyük Göz Ardı</t>
+          <t>Çayname</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054092260</t>
+          <t>9786054092390</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bir Yabancı Konuk</t>
+          <t>Büyük Göz Ardı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789755710389</t>
+          <t>9786054092260</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Ben Enerjiyim!</t>
+          <t>Bir Yabancı Konuk</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789755710150</t>
+          <t>9789755710389</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Beden Dili (Davranış Anahtarı)</t>
+          <t>Ben Enerjiyim!</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059366441</t>
+          <t>9789755710150</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçta Eğitim Vardı!</t>
+          <t>Beden Dili (Davranış Anahtarı)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789755711386</t>
+          <t>9786059366441</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Çocukların 7 Sırrı</t>
+          <t>Başlangıçta Eğitim Vardı!</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944070935</t>
+          <t>9789755711386</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bangkok Güzeli</t>
+          <t>Başarılı Çocukların 7 Sırrı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054092321</t>
+          <t>9789944070935</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Ölümler</t>
+          <t>Bangkok Güzeli</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789750164972</t>
+          <t>9786054092321</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliğinin Siyasal ve Ekonomik Temelleri</t>
+          <t>Aykırı Ölümler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789755711577</t>
+          <t>9789750164972</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Amithara</t>
+          <t>Avrupa Birliğinin Siyasal ve Ekonomik Temelleri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>138</v>
+        <v>450</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944070904</t>
+          <t>9789755711577</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Batı Resim Sanatında Aşk Olgusu</t>
+          <t>Amithara</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>650</v>
+        <v>138</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789755711539</t>
+          <t>9789944070904</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>1 Numaralı İlke</t>
+          <t>20. Yüzyıl Batı Resim Sanatında Aşk Olgusu</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054092413</t>
+          <t>9789755711539</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yazdan Kalma Bir Gün</t>
+          <t>1 Numaralı İlke</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789755711447</t>
+          <t>9786054092413</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak</t>
+          <t>Yazdan Kalma Bir Gün</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944070959</t>
+          <t>9789755711447</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ve Çocuk Tanrı’ya Küstü!</t>
+          <t>Yaşamak</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789750164910</t>
+          <t>9789944070959</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Ve Çocuk Tanrı’ya Küstü!</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054092277</t>
+          <t>9789750164910</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Tutsaklar</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054092284</t>
+          <t>9786054092277</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Gömlek</t>
+          <t>Tutsaklar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789755711607</t>
+          <t>9786054092284</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Tensemeler</t>
+          <t>Tılsımlı Gömlek</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789755711614</t>
+          <t>9789755711607</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Konuşur (Ciltli)</t>
+          <t>Tensemeler</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059366502</t>
+          <t>9789755711614</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sularda Resminiz</t>
+          <t>Tanrı Konuşur (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>260</v>
+        <v>800</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944070942</t>
+          <t>9786059366502</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sözcükleri Olmayan Çocuk</t>
+          <t>Sularda Resminiz</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059366137</t>
+          <t>9789944070942</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Son Saraylı</t>
+          <t>Sözcükleri Olmayan Çocuk</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>660</v>
+        <v>240</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789755710709</t>
+          <t>9786059366137</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Mutfak</t>
+          <t>Son Saraylı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>300</v>
+        <v>660</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054092437</t>
+          <t>9789755710709</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Masal Gibi Aşklara</t>
+          <t>Mutfak</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>88</v>
+        <v>300</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789755711416</t>
+          <t>9786054092437</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sade Türk Kahvesi: Yeni Cumhuriyet’in Kuruluş Yıllarında Türkiye’de Yaşamış bir İngiliz Kadının Gözlem ve Düşünceleri</t>
+          <t>Masal Gibi Aşklara</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>280</v>
+        <v>88</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
+          <t>9789755711416</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Sade Türk Kahvesi: Yeni Cumhuriyet’in Kuruluş Yıllarında Türkiye’de Yaşamış bir İngiliz Kadının Gözlem ve Düşünceleri</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
           <t>9789755711379</t>
         </is>
       </c>
-      <c r="B131" s="1" t="inlineStr">
+      <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Şu Bizim Büyük Ülkemiz</t>
         </is>
       </c>
-      <c r="C131" s="1">
+      <c r="C132" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>