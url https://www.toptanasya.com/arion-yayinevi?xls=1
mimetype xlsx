--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,2005 +85,2155 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059366700</t>
+          <t>9786059366168</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Arkeoloji Dizisi</t>
+          <t>Büyülü Öyküler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1980</v>
+        <v>98</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054092130</t>
+          <t>9789755710525</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>The Treasury’s in a Frightful Situation If Someone can Save us, He’ll be our Salvation - Hazinenin Durumu Yürekler Acısıdır Kurtarabilen Çıkarsa Başımızın Tacıdır</t>
+          <t>Benim Gizli Bahçem: Kadınların Cinsel Fantezileri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>24</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054092123</t>
+          <t>9789750164958</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Beyond Betrayal</t>
+          <t>Sınırsız Zihin</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789755711553</t>
+          <t>9789755711362</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Sev Beni</t>
+          <t>Hayat Mezarda! Savaşın Kitabı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>12</v>
+        <v>138</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054092116</t>
+          <t>9789755710778</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yapabilirim!</t>
+          <t>En Güzel Deniz Hikayeleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>8</v>
+        <v>54</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789755711591</t>
+          <t>9789755710662</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tilki Tilki Saat Kaç?</t>
+          <t>En Güzel Aşk Hikayeleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>36</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789755710822</t>
+          <t>9789755710020</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sonradan Görme</t>
+          <t>Eğitim Üzerine Mektuplar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>16.67</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789755710884</t>
+          <t>9789755710761</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ölü Filozoflar Kahvesi</t>
+          <t>Dünyanın Şarkısı</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789755711089</t>
+          <t>9789755710679</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Melankoliye Panzehir</t>
+          <t>Dr. Jekyll ve Mr. Hyde</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>7.41</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789755710532</t>
+          <t>9786054092093</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kuraldışı Öyküler</t>
+          <t>Arenanın Kumları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>18</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054092338</t>
+          <t>9786059366700</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Köşe Yazıları</t>
+          <t>Arkeoloji Dizisi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>16</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789755710686</t>
+          <t>9786054092130</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Karapara Aklayıcıları</t>
+          <t>The Treasury’s in a Frightful Situation If Someone can Save us, He’ll be our Salvation - Hazinenin Durumu Yürekler Acısıdır Kurtarabilen Çıkarsa Başımızın Tacıdır</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789755710945</t>
+          <t>9786054092123</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kara Firavun</t>
+          <t>Beyond Betrayal</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>16.67</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789755710891</t>
+          <t>9789755711553</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İskenderiye’nin Yazgısı</t>
+          <t>Yeniden Sev Beni</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>24.07</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789750164934</t>
+          <t>9786054092116</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hazinenin Durumu Yürekler Acısıdır! Kurtarabilen Çıksa Başımızın Tacıdır</t>
+          <t>Yapabilirim!</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>20</v>
+        <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054092345</t>
+          <t>9789755711591</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İslamla Buluşma</t>
+          <t>Tilki Tilki Saat Kaç?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>18</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054092406</t>
+          <t>9789755710822</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Eylüldü Aşkım</t>
+          <t>Sonradan Görme</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789755710624</t>
+          <t>9789755710884</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Ağlamaz</t>
+          <t>Ölü Filozoflar Kahvesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>32</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789755711010</t>
+          <t>9789755711089</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Benzersiz Mevlana</t>
+          <t>Melankoliye Panzehir</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>18</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789755710037</t>
+          <t>9789755710532</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Babam Öldüğünde Ağlamadım</t>
+          <t>Kuraldışı Öyküler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>15.74</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789755711560</t>
+          <t>9786054092338</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Aynanın Diğer Tarafında Sonlar ve Başlangıçlar Birinci Kitap</t>
+          <t>Köşe Yazıları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789944070973</t>
+          <t>9789755710686</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>And The Boy Lost His Faith in God!</t>
+          <t>Karapara Aklayıcıları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789755710402</t>
+          <t>9789755710945</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Aklını En İyi Şekilde Kullan</t>
+          <t>Kara Firavun</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789755711409</t>
+          <t>9789755710891</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>600’lü Yıllardan 1461’E</t>
+          <t>İskenderiye’nin Yazgısı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>14.81</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789755711331</t>
+          <t>9789750164934</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sapfo’nun Şiirleri</t>
+          <t>Hazinenin Durumu Yürekler Acısıdır! Kurtarabilen Çıksa Başımızın Tacıdır</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>11.11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789944070980</t>
+          <t>9786054092345</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>The Governess</t>
+          <t>İslamla Buluşma</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059366694</t>
+          <t>9786054092406</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ'da Kent</t>
+          <t>Eylüldü Aşkım</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>520</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059366069</t>
+          <t>9789755710624</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Yolu</t>
+          <t>Erkekler Ağlamaz</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>32</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054092109</t>
+          <t>9789755711010</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Aldatmanın Ötesi</t>
+          <t>Benzersiz Mevlana</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059366688</t>
+          <t>9789755710037</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ben Kuşları Konacaktım Babamın Dallarına</t>
+          <t>Babam Öldüğünde Ağlamadım</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>320</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059366670</t>
+          <t>9789755711560</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bir Sevdadır</t>
+          <t>Aynanın Diğer Tarafında Sonlar ve Başlangıçlar Birinci Kitap</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>360</v>
+        <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059366649</t>
+          <t>9789944070973</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dehr'in Kim Okur Esamesini</t>
+          <t>And The Boy Lost His Faith in God!</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>360</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059366656</t>
+          <t>9789755710402</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Prag'dan Beyoğlu'na Bir Fotoğraf Hikayesi</t>
+          <t>Aklını En İyi Şekilde Kullan</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>380</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059366663</t>
+          <t>9789755711409</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ay Ona Gülümsüyordu</t>
+          <t>600’lü Yıllardan 1461’E</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>600</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059366625</t>
+          <t>9789755711331</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Vurulan Atların Neşesiyle</t>
+          <t>Sapfo’nun Şiirleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>280</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059366632</t>
+          <t>9789944070980</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hal Böyle Böyle</t>
+          <t>The Governess</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>240</v>
+        <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059366601</t>
+          <t>9786059366694</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan ve Roma'da Yaşam</t>
+          <t>Eski Çağ'da Kent</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059366458</t>
+          <t>9786059366069</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerin 40'ı Çıktı</t>
+          <t>Özgürlük Yolu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059366540</t>
+          <t>9786054092109</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dilruba ile Bebek Masajı (Video Anlatımlı)</t>
+          <t>Aldatmanın Ötesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059366366</t>
+          <t>9786059366688</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Koşacak Zaman</t>
+          <t>Ben Kuşları Konacaktım Babamın Dallarına</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059366564</t>
+          <t>9786059366670</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tapu ve Anahtar</t>
+          <t>Eğitim Bir Sevdadır</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059366533</t>
+          <t>9786059366649</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Gücü</t>
+          <t>Dehr'in Kim Okur Esamesini</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059366526</t>
+          <t>9786059366656</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sudurusu</t>
+          <t>Prag'dan Beyoğlu'na Bir Fotoğraf Hikayesi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059366489</t>
+          <t>9786059366663</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Münevver Sokağı'ndan Sola Dönecektiniz</t>
+          <t>Ay Ona Gülümsüyordu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059366496</t>
+          <t>9786059366625</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Boğaz’ın Altınları</t>
+          <t>Vurulan Atların Neşesiyle</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944070911</t>
+          <t>9786059366632</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tales Of The Weird</t>
+          <t>Hal Böyle Böyle</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>118</v>
+        <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054092147</t>
+          <t>9786059366601</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>The Great Ignorance</t>
+          <t>Eski Yunan ve Roma'da Yaşam</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944070966</t>
+          <t>9786059366458</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>What Time is it, Mr Wolf?</t>
+          <t>Şiirlerin 40'ı Çıktı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054092307</t>
+          <t>9786059366540</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>The Magic of the Harem</t>
+          <t>Dilruba ile Bebek Masajı (Video Anlatımlı)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944070997</t>
+          <t>9786059366366</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>The Awakening</t>
+          <t>Koşacak Zaman</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789944070928</t>
+          <t>9786059366564</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>The Businessman</t>
+          <t>Tapu ve Anahtar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059366373</t>
+          <t>9786059366533</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Güvenliği ve Uyum</t>
+          <t>Sevginin Gücü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059366236</t>
+          <t>9786059366526</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ömrümüz Akıp Gitti Boğaz’da</t>
+          <t>Sudurusu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059366380</t>
+          <t>9786059366489</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kılam’ların Kanatlarında Geçmişe Yolculuk</t>
+          <t>Münevver Sokağı'ndan Sola Dönecektiniz</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059366359</t>
+          <t>9786059366496</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Adalet Yerini Buldu</t>
+          <t>Boğaz’ın Altınları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059366229</t>
+          <t>9789944070911</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Şerare</t>
+          <t>Tales Of The Weird</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>260</v>
+        <v>118</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059366342</t>
+          <t>9786054092147</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Eray'a</t>
+          <t>The Great Ignorance</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059366182</t>
+          <t>9789944070966</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>A Majestic Love - The Grand Architect Sinan and Mihrimah Sultan</t>
+          <t>What Time is it, Mr Wolf?</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059366274</t>
+          <t>9786054092307</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bebekler Mutlu Anne Babalar Mutlu</t>
+          <t>The Magic of the Harem</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059366144</t>
+          <t>9789944070997</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Zararlı Yazılımlar</t>
+          <t>The Awakening</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059366243</t>
+          <t>9789944070928</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şey</t>
+          <t>The Businessman</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059366212</t>
+          <t>9786059366373</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Kadın</t>
+          <t>Kişisel Verilerin Güvenliği ve Uyum</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059366267</t>
+          <t>9786059366236</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ateşböceği: Çok Kültürlü Ressam Ruhu İle - Firefly: A Multu Cultural Painter With a Soul</t>
+          <t>Ömrümüz Akıp Gitti Boğaz’da</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>750</v>
+        <v>240</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059366250</t>
+          <t>9786059366380</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sözleri Damıtmak Yaşamı Damıtmaktır</t>
+          <t>Kılam’ların Kanatlarında Geçmişe Yolculuk</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>700</v>
+        <v>360</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059366427</t>
+          <t>9786059366359</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ'da Ege Bölgesi</t>
+          <t>Adalet Yerini Buldu</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>580</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059366434</t>
+          <t>9786059366229</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ'da Lykia Bölgesi</t>
+          <t>Şerare</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>440</v>
+        <v>260</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059366403</t>
+          <t>9786059366342</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ'da Menderes'in Ötesi</t>
+          <t>Eray'a</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>560</v>
+        <v>360</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059366151</t>
+          <t>9786059366182</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Biraz Anlatır Mısınız?</t>
+          <t>A Majestic Love - The Grand Architect Sinan and Mihrimah Sultan</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059366175</t>
+          <t>9786059366274</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Siber Kıyamet</t>
+          <t>Bebekler Mutlu Anne Babalar Mutlu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059366090</t>
+          <t>9786059366144</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bir Annelik Hikayesi</t>
+          <t>Zararlı Yazılımlar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059366106</t>
+          <t>9786059366243</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ve Mr. Hyde</t>
+          <t>Küçük Şey</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059366007</t>
+          <t>9786059366212</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Taç ve Taht</t>
+          <t>Göçmen Kadın</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059366052</t>
+          <t>9786059366267</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Şahane</t>
+          <t>Ateşböceği: Çok Kültürlü Ressam Ruhu İle - Firefly: A Multu Cultural Painter With a Soul</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059366083</t>
+          <t>9786059366250</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Gemisini Kurtaran Anne Baba</t>
+          <t>Sözleri Damıtmak Yaşamı Damıtmaktır</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>360</v>
+        <v>700</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059366045</t>
+          <t>9786059366427</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Mükrime Sitti Şah Sultan</t>
+          <t>Eski Çağ'da Ege Bölgesi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059366076</t>
+          <t>9786059366434</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hafif Zehirli Mandallardan Kafası Güzel Çamaşırlar</t>
+          <t>Eski Çağ'da Lykia Bölgesi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059366014</t>
+          <t>9786059366403</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Nakşidil</t>
+          <t>Eski Çağ'da Menderes'in Ötesi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>560</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059366038</t>
+          <t>9786059366151</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>O Gün Süha'yı Bırakmayacaktım</t>
+          <t>Biraz Anlatır Mısınız?</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>88</v>
+        <v>240</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059366021</t>
+          <t>9786059366175</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Siber Savaş Cephesinden Notlar</t>
+          <t>Siber Kıyamet</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>460</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054092451</t>
+          <t>9786059366090</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Mimari ve Aşk</t>
+          <t>Bir Annelik Hikayesi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>680</v>
+        <v>500</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789755710839</t>
+          <t>9786059366106</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Mısırlı Champollion</t>
+          <t>Dr. Jekyll ve Mr. Hyde</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>700</v>
+        <v>140</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789755710280</t>
+          <t>9786059366007</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Meleksi Cinsellik</t>
+          <t>Taç ve Taht</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789755711584</t>
+          <t>9786059366052</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Karşı Kıyıdan Gelen Kaplan</t>
+          <t>Aşk-ı Şahane</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054092529</t>
+          <t>9786059366083</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kan Davası</t>
+          <t>Gemisini Kurtaran Anne Baba</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789750164903</t>
+          <t>9786059366045</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İş Adamı</t>
+          <t>Mükrime Sitti Şah Sultan</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789755711423</t>
+          <t>9786059366076</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilgeliği</t>
+          <t>Hafif Zehirli Mandallardan Kafası Güzel Çamaşırlar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059366397</t>
+          <t>9786059366014</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İlk Çağdan Günümüze Mimarlık ve Şehircilik Tarihi</t>
+          <t>Nakşidil</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789755710723</t>
+          <t>9786059366038</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İletişimin Sırları</t>
+          <t>O Gün Süha'yı Bırakmayacaktım</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>440</v>
+        <v>88</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054092253</t>
+          <t>9786059366021</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İktidardakiler</t>
+          <t>Siber Savaş Cephesinden Notlar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>360</v>
+        <v>460</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789755710105</t>
+          <t>9786054092451</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hayatım</t>
+          <t>Mimari ve Aşk</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>280</v>
+        <v>680</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059366113</t>
+          <t>9789755710839</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Haremin Büyüsü</t>
+          <t>Mısırlı Champollion</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>360</v>
+        <v>700</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789755710082</t>
+          <t>9789755710280</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hagakure Savaşçının Yüreği</t>
+          <t>Meleksi Cinsellik</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054092079</t>
+          <t>9789755711584</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Güzel Hayat</t>
+          <t>Karşı Kıyıdan Gelen Kaplan</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789755710976</t>
+          <t>9786054092529</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gökyakut Kitap</t>
+          <t>Kan Davası</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>700</v>
+        <v>280</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789755710464</t>
+          <t>9789750164903</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>İş Adamı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789755710853</t>
+          <t>9789755711423</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Fikirler ve Tercihler</t>
+          <t>İslam Bilgeliği</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789755711454</t>
+          <t>9786059366397</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Etkin İletişim Kurun!</t>
+          <t>İlk Çağdan Günümüze Mimarlık ve Şehircilik Tarihi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059366410</t>
+          <t>9789755710723</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ'da Güney Kıyılar</t>
+          <t>İletişimin Sırları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789755710372</t>
+          <t>9786054092253</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Köpek Hikayeleri</t>
+          <t>İktidardakiler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789755710969</t>
+          <t>9789755710105</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Çocuk Hikayeleri</t>
+          <t>Hayatım</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789755710693</t>
+          <t>9786059366113</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Düşünmenin Tam Zamanı</t>
+          <t>Haremin Büyüsü</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>480</v>
+        <v>360</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059366519</t>
+          <t>9789755710082</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Düş’müş</t>
+          <t>Hagakure Savaşçının Yüreği</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789750164927</t>
+          <t>9786054092079</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Dadı</t>
+          <t>Güzel Hayat</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789755711508</t>
+          <t>9789755710976</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Çayname</t>
+          <t>Gökyakut Kitap</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054092390</t>
+          <t>9789755710464</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Büyük Göz Ardı</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054092260</t>
+          <t>9789755710853</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bir Yabancı Konuk</t>
+          <t>Fikirler ve Tercihler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789755710389</t>
+          <t>9789755711454</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ben Enerjiyim!</t>
+          <t>Etkin İletişim Kurun!</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789755710150</t>
+          <t>9786059366410</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Beden Dili (Davranış Anahtarı)</t>
+          <t>Eski Çağ'da Güney Kıyılar</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059366441</t>
+          <t>9789755710372</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçta Eğitim Vardı!</t>
+          <t>En Güzel Köpek Hikayeleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789755711386</t>
+          <t>9789755710969</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Çocukların 7 Sırrı</t>
+          <t>En Güzel Çocuk Hikayeleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789944070935</t>
+          <t>9789755710693</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bangkok Güzeli</t>
+          <t>Düşünmenin Tam Zamanı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054092321</t>
+          <t>9786059366519</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Ölümler</t>
+          <t>Düş’müş</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789750164972</t>
+          <t>9789750164927</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliğinin Siyasal ve Ekonomik Temelleri</t>
+          <t>Dadı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789755711577</t>
+          <t>9789755711508</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Amithara</t>
+          <t>Çayname</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>138</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789944070904</t>
+          <t>9786054092390</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Batı Resim Sanatında Aşk Olgusu</t>
+          <t>Büyük Göz Ardı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789755711539</t>
+          <t>9786054092260</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>1 Numaralı İlke</t>
+          <t>Bir Yabancı Konuk</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054092413</t>
+          <t>9789755710389</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yazdan Kalma Bir Gün</t>
+          <t>Ben Enerjiyim!</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789755711447</t>
+          <t>9789755710150</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak</t>
+          <t>Beden Dili (Davranış Anahtarı)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789944070959</t>
+          <t>9786059366441</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ve Çocuk Tanrı’ya Küstü!</t>
+          <t>Başlangıçta Eğitim Vardı!</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789750164910</t>
+          <t>9789755711386</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Başarılı Çocukların 7 Sırrı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054092277</t>
+          <t>9789944070935</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Tutsaklar</t>
+          <t>Bangkok Güzeli</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054092284</t>
+          <t>9786054092321</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Gömlek</t>
+          <t>Aykırı Ölümler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789755711607</t>
+          <t>9789750164972</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tensemeler</t>
+          <t>Avrupa Birliğinin Siyasal ve Ekonomik Temelleri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789755711614</t>
+          <t>9789755711577</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Konuşur (Ciltli)</t>
+          <t>Amithara</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>800</v>
+        <v>138</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059366502</t>
+          <t>9789944070904</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sularda Resminiz</t>
+          <t>20. Yüzyıl Batı Resim Sanatında Aşk Olgusu</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>260</v>
+        <v>650</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789944070942</t>
+          <t>9789755711539</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sözcükleri Olmayan Çocuk</t>
+          <t>1 Numaralı İlke</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059366137</t>
+          <t>9786054092413</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Son Saraylı</t>
+          <t>Yazdan Kalma Bir Gün</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>660</v>
+        <v>180</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789755710709</t>
+          <t>9789755711447</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Mutfak</t>
+          <t>Yaşamak</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054092437</t>
+          <t>9789944070959</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Masal Gibi Aşklara</t>
+          <t>Ve Çocuk Tanrı’ya Küstü!</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>88</v>
+        <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789755711416</t>
+          <t>9789750164910</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sade Türk Kahvesi: Yeni Cumhuriyet’in Kuruluş Yıllarında Türkiye’de Yaşamış bir İngiliz Kadının Gözlem ve Düşünceleri</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
+          <t>9786054092277</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Tutsaklar</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786054092284</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Tılsımlı Gömlek</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9789755711607</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Tensemeler</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9789755711614</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı Konuşur (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786059366502</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Sularda Resminiz</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9789944070942</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükleri Olmayan Çocuk</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786059366137</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Son Saraylı</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9789755710709</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Mutfak</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786054092437</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Masal Gibi Aşklara</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9789755711416</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Sade Türk Kahvesi: Yeni Cumhuriyet’in Kuruluş Yıllarında Türkiye’de Yaşamış bir İngiliz Kadının Gözlem ve Düşünceleri</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
           <t>9789755711379</t>
         </is>
       </c>
-      <c r="B132" s="1" t="inlineStr">
+      <c r="B142" s="1" t="inlineStr">
         <is>
           <t>Şu Bizim Büyük Ülkemiz</t>
         </is>
       </c>
-      <c r="C132" s="1">
+      <c r="C142" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>