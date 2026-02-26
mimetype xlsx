--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,1435 +85,3880 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055409005</t>
+          <t>9786055409456</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Sanatı</t>
+          <t>Hayat Sizden Sadece Sahip Olduklarınızı Alabilir</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>800</v>
+        <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055409562</t>
+          <t>9786055409739</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Büyük Durgunluk”la Nasıl Başaçıkabiliriz</t>
+          <t>Dr. Bedri Ruhselman'dan Medyumluk</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052321232</t>
+          <t>9786055409579</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ruh Ve Dünya - 2</t>
+          <t>Yüksekten Uçun</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1600</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052321225</t>
+          <t>9786055409531</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ruh Ve Dünya - 1</t>
+          <t>Bağlantı Etkisi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1500</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052321263</t>
+          <t>9786055409425</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Haydi, Kendine Gel</t>
+          <t>Olabileceğinizin En İyisi Olun</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>900</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055409357</t>
+          <t>9786055409418</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hayallerinizin Peşinden Gidin</t>
+          <t>Siz Değerlisiniz!</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>500</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055409838</t>
+          <t>9786055409340</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tekli Görev</t>
+          <t>Pozitif Liderlik</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>410</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055409388</t>
+          <t>9786055409487</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Neden ile Başla 2. Kitap</t>
+          <t>Türkiye'de Ruhçuluk</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>550</v>
+        <v>430</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055409494</t>
+          <t>9786055409265</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Üretkenliğinizi Ortaya Çıkartın</t>
+          <t>İletişim Kurmak Kolay Bağ Kurmak Zordur</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>420</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055409012</t>
+          <t>9786055409449</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Başına Başarmak Zorunda Değilsiniz!</t>
+          <t>Doğada İnovasyon</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>420</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789756060940</t>
+          <t>9786055409395</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yakıt Deponuzu Dolu Tutun</t>
+          <t>Reiki Öğretmen Kitabı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>450</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789756060599</t>
+          <t>9786055409753</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sıkıntının Kaynağı</t>
+          <t>Bunu Başarabilir miyim?</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>325</v>
+        <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055409272</t>
+          <t>9786052321102</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Selma</t>
+          <t>Allah İle Anlaşmamız Var</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9799756060031</t>
+          <t>9786055409647</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Potansiyelinizi Açığa Çıkarın</t>
+          <t>Tutkunuzu Yaşayın!</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>475</v>
+        <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789756060391</t>
+          <t>9786055409760</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük</t>
+          <t>Yaratıcılık ve Sorun Çözme</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>375</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9799757582549</t>
+          <t>9786055409906</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ömrümüzün Son Demi Son Baharıdır Artık Bir Hakimin Hatıraları</t>
+          <t>Network Pazarlamada Birinci Yılınız</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789757582830</t>
+          <t>9786055409746</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Namuslu Oldum Dürüst Yaşadım Hedefime Ulaştım</t>
+          <t>Motivasyon</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>550</v>
+        <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789756060193</t>
+          <t>9786055409548</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kendi’mizden Kaçış</t>
+          <t>Liderlik İlkeleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>450</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789756060780</t>
+          <t>9786055409876</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kendi Yolumuzu Bulmak</t>
+          <t>İş Bitirici Olmanın Sırları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>690</v>
+        <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9799757582945</t>
+          <t>9786055409807</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kadın - Erkek Savaşı "Cinsellik Sorunu"</t>
+          <t>Denge Noktanızı Bulun!</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789756060384</t>
+          <t>9786055409708</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sevdikçe Güzelleşir</t>
+          <t>Zor İnsanlarla Nasıl Başa Çıkılır?</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>320</v>
+        <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789756060728</t>
+          <t>9786055409500</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Sessiz Katiller</t>
+          <t>Sözde Dindarlık ve Akıl Tutulması</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>425</v>
+        <v>51</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9799757582570</t>
+          <t>9786055409692</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bumerang Mutluluklar Empatik Yollardan Sempatik Koylara</t>
+          <t>Müzakere</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>270</v>
+        <v>39</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789757582311</t>
+          <t>9786055409555</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Doğru Kanatlanıp Uçmak</t>
+          <t>Çok Yönlü Liderlik</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>480</v>
+        <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055409982</t>
+          <t>9786055409852</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İşbirliğine Dayalı Liderlik</t>
+          <t>Zaman Yönetimi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>440</v>
+        <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055409999</t>
+          <t>9786055409814</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İletişimin Altın Kuralları</t>
+          <t>Pozitif Liderlik Uygulamaları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789756060476</t>
+          <t>9786055409661</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sudaki Mucize</t>
+          <t>İnsanları Nasıl İkna Edebilirsiniz?</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>700</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055409159</t>
+          <t>9786055409401</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Kristali</t>
+          <t>Yumurta Gibi Kırılmayın, Tenis Topu Gibi Sıçrayın!</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>650</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055409326</t>
+          <t>3990000026444</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Saba - Tanrıça Uyanıyor</t>
+          <t>Hayat Boyu Liderlik</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>550</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9799756060017</t>
+          <t>9786055409722</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Önce Siz Demeyi Bilmelisiniz</t>
+          <t>Dama Değil Satranç</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789756060797</t>
+          <t>9786055409616</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Nerede Hata Yapıyoruz?</t>
+          <t>Başarı Kitapları - Liderlik</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>900</v>
+        <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789756060162</t>
+          <t>9786055409715</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Yaşamayı Öğrenmek</t>
+          <t>Networking'ten Nefret Edenler İçin Networking</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>450</v>
+        <v>47</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789757582090</t>
+          <t>9786055409524</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Manipülasyon Ama Nasıl?</t>
+          <t>Etkileyici Olma Sanatı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>575</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789756060933</t>
+          <t>3990000012381</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Holistik Öğrenme</t>
+          <t>Zamanötesi Yaşantılar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1200</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789756060483</t>
+          <t>9789756060216</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Holistik Evren Tasarımı</t>
+          <t>Yüksek Performans Teknikleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>1200</v>
+        <v>31</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055409227</t>
+          <t>3990000018245</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Farkında Mısınız?</t>
+          <t>Yönetim 101</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>800</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789757582755</t>
+          <t>9799756060062</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bir Şifa Sanatı Kılavuzu Reiki Esasları</t>
+          <t>Yol Ayrımı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>900</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789756060704</t>
+          <t>9786055409128</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Barışın Anatomisi</t>
+          <t>Yoga Sutra İçsel Özgürlüğün Yolu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>580</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9799757582969</t>
+          <t>9799757582907</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>At Bu Golü</t>
+          <t>Yaratıcı Düşünce Egzersizleri Beyninizin Sınırlarını Yıkın</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>800</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789756060445</t>
+          <t>9789756060865</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Rüyası’na Ne Oldu?</t>
+          <t>Ya Tam İçinde Ol Ya Da Kenarda Dur (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>475</v>
+        <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055409029</t>
+          <t>9789756060636</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Holistik İnsan</t>
+          <t>Ve Sonsuza Kadar Mutlu Yaşadılar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>1200</v>
+        <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789757582120</t>
+          <t>9789757582328</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Manipülasyondan Korunmanın Yolları</t>
+          <t>Varlığımın Tanrısallığı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>400</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055409883</t>
+          <t>9799757582686</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Milyonerlik Haritası</t>
+          <t>Üstün İnsan Olmanın Sırları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>450</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055409371</t>
+          <t>9789756060544</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Neden ile Başla 1. Kitap</t>
+          <t>Uçuş Planı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>550</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789757582885</t>
+          <t>9789756060964</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ye O Kurbağayı!</t>
+          <t>Tutumlar 101</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>550</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789756060551</t>
+          <t>9789756060469</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İkilemler Tuzağı</t>
+          <t>Tanrı’nın Gazabı Yoktur</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>450</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789756060995</t>
+          <t>9786055409210</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Başarı 101</t>
+          <t>Takımların Sırrı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>400</v>
+        <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052321058</t>
+          <t>9799757582518</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kendi Nedenini Bul! (1. Kitap)</t>
+          <t>Tabiat Tanrısı Pan Niçin Lanetlenmişti?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>550</v>
+        <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055409319</t>
+          <t>9789756060308</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ruhlar Arasında</t>
+          <t>Şaman Büyüsü</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>1300</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052321188</t>
+          <t>9789756060971</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Oyun</t>
+          <t>Sürekli Başarı Teknikleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>900</v>
+        <v>40</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052321249</t>
+          <t>9789756060889</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Bilinci</t>
+          <t>Sohbet Sanatı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>1100</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052321157</t>
+          <t>9799757582501</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Fiziğin Tao'su</t>
+          <t>Sibernetik Toplum Yeni Bir "Hayatta Kalabilme" Modeli</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>1100</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052321201</t>
+          <t>9789756060605</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ye O Kurbağayı - Öğrenciler İçin</t>
+          <t>Sıra Dışı Olmak Sizin Elinizde</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>600</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9799757582365</t>
+          <t>9789756060827</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Egoist Olma Sanatı</t>
+          <t>Sınırlarımızın Ötesine Geçmek 1. Cilt</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>700</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052321195</t>
+          <t>9789756060840</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Allah'tan Alacaklı Ol - Kur’an’a Göre Sohbetler 2</t>
+          <t>Sınırlarımızın Ötesine Geçmek (2 Cilt)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>800</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9799757582457</t>
+          <t>9789756060841</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Dikkati Çek Öne Çık</t>
+          <t>Sınırlarımızın Ötesine Geçmek - 2. Cilt</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>400</v>
+        <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052321133</t>
+          <t>9789757582816</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yetenek Mıknatısı</t>
+          <t>Sevgi Kavramı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>410</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052321126</t>
+          <t>9789757582861</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Her An "Şimdi"de Yaşamak</t>
+          <t>Satışta ve Başarıda Lider Olun</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>400</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052321096</t>
+          <t>9789756060179</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Liderlik ve Kapasite</t>
+          <t>Satış Nasıl Öldürülür?</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>450</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052321089</t>
+          <t>9789756060094</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Liderlik ve Karakter</t>
+          <t>Satış Bahçesi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>450</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052321034</t>
+          <t>9799756060024</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yöneticilikten Nefret Edenler İçin Yöneticilik</t>
+          <t>Ruh ve Dünya Cilt: 1</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>470</v>
+        <v>61</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052321119</t>
+          <t>9789756060575</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ben Kararımı Doğmadan Önce Verdim!</t>
+          <t>Ruh ve Dünya 4</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>1200</v>
+        <v>44</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052321027</t>
+          <t>9789756060568</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hayatınız Boyunca Gelişin</t>
+          <t>Ruh ve Dünya 3. Cilt</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>350</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052321003</t>
+          <t>9789756060261</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Tutku ile Başlar 1. Kitap</t>
+          <t>Ruh ve Dünya Dr. Bedri Ruhselman’ın Öğrettikleri 2. Cilt</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>550</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052321010</t>
+          <t>9789756060247</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Herşey Tutku ile Başlar - 2</t>
+          <t>Roller Değerler Misyon</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>500</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055409517</t>
+          <t>9789757582007</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Büyüme İçin Yola Çıkanlar</t>
+          <t>Sahip Olmak Ya Da Olmak</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>650</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055409913</t>
+          <t>9789757582212</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Network Pazarlamada Birinci Yılınız (2.Kitap)</t>
+          <t>Renklerle Tedavi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>450</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052321065</t>
+          <t>9789757582236</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kendi Nedenini Bul! (2. Kitap)</t>
+          <t>Renkler ve Kristaller</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>550</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055409951</t>
+          <t>9786055409104</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hizmetkar Lider</t>
+          <t>Rehberlik 101</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>450</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055409944</t>
+          <t>9789757582038</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Yapınızı Değiştirin!</t>
+          <t>Psikanaliz ve Din Bütün Eserleri 1</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>500</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055409937</t>
+          <t>9789756060803</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Artık Bahane Üretmeyin</t>
+          <t>Pozitif Üretkenliğin Gücü</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>475</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055409777</t>
+          <t>9786055409203</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Sudaki Şifreleri</t>
+          <t>Pişmanlıklarınızdan Kurtulun!</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>700</v>
+        <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055409920</t>
+          <t>9799757582587</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Hizmetlerinizi Ateşleyin!</t>
+          <t>Sahildeki Piyano</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>425</v>
+        <v>22</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055409968</t>
+          <t>9789756060490</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kader ve Zorunluluk</t>
+          <t>Pilot Vizyonu</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>1200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055409869</t>
+          <t>9799757582396</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Gücü</t>
+          <t>Önce Kendinizi Sevmeyi Öğrenin Kirschner Hayat Okulu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>570</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055409890</t>
+          <t>9789757582717</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ahimsa</t>
+          <t>Oluruna Bırakmak Sizi Güçlü Kılacak</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>450</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055409975</t>
+          <t>9789756060896</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Öp O Kurbağayı!</t>
+          <t>Odadaki Fil</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>550</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055409791</t>
+          <t>9799757582426</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Müşteri Hizmetleri</t>
+          <t>Nevrozun Anatomisi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>325</v>
+        <v>28</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055409784</t>
+          <t>3990000018247</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>3 Saniye</t>
+          <t>Neden Şimdi Olmasın?</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>470</v>
+        <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055409845</t>
+          <t>9789756060681</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bedeninizi Paylaşan Ruhlarınız</t>
+          <t>Nasıl’ın Cevabı Evet’tir</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>550</v>
+        <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055409821</t>
+          <t>9786055409081</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ye-Me Terbiyesi</t>
+          <t>Nasıl Varlıklı Birisi Haline Gelebilirsiniz?</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>730</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055409685</t>
+          <t>9789757582823</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ayıyla Boğuşmak</t>
+          <t>Namuslu Ol Dürüst Yaşa Hedefine Ulaş</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>400</v>
+        <v>47</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055409593</t>
+          <t>9789757582175</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Ötesinde</t>
+          <t>Müzik İnsan ve Evren Arasındaki Köprü</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>450</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055409654</t>
+          <t>9789756060131</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kazanan Siz Olun</t>
+          <t>Olumsuzluğun Esaretinden Kurtulun</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>550</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786035409586</t>
+          <t>9799757582341</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hayır'ı Aşmak</t>
+          <t>Mutlu Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>450</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055409623</t>
+          <t>9789757582953</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Terk Edilmiş Yüce Kur'an</t>
+          <t>Mirdad’ın Kitabı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>580</v>
+        <v>28</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055409470</t>
+          <t>9789756060919</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızı "Bağımsız Olmaya" Adayın!</t>
+          <t>Mirasınızı Hazırlamak</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>500</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055409333</t>
+          <t>9786055409180</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Hayata Sıçra!</t>
+          <t>Mecbur Değilsiniz!</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>410</v>
+        <v>23</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055409463</t>
+          <t>9789756060100</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>NLP Çalışma Kitabı</t>
+          <t>Maksimum Başarı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>1400</v>
+        <v>45</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055409241</t>
+          <t>9786055409074</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Basit, Ama Bariz Değil</t>
+          <t>Liderlik Sırları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>340</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055409630</t>
+          <t>9786055409135</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Öteki Kim</t>
+          <t>Liderlik Mirası</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>570</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055409364</t>
+          <t>9789756060902</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ne Kadar Yükseleceğinizi Tavrınız Belirler!</t>
+          <t>Liderlik 101</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>400</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
+          <t>9799757582655</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Kuran’daki Ufo</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9789757582229</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Kristal Bilinç</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9799756060079</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Kral Süleyman’ın Liderlik Dersleri</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9789757582205</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Korkusuz Yaşama Sanatı</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9799757582662</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Kişisel ve Kurumsal Değişim Kültürü</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9799757582389</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Kirschner Hayat Okulu Güçlerinizi Kullanmayı Öğrenin</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9789756060674</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Keskin Kenar</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9789756060223</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Kelebek Vadisi</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9789756060230</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Karizma İçindeki Cevheri Keşfet</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9799757582976</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Kariyer Basamaklarında Hızla Yükselin</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9789756060735</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Kaplan’ın Sırları</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786055409111</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Kahramanların Bakış Açısı</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9799757582990</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>İş Hayatında Liderlik</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9789756060520</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>İş Dünyasında Başarı Yasaları</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9789757582748</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>İnsanları Okumak 2 Başkalarının Sizi Nasıl Okuduğunu Okumak</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9799756060000</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlara Ulaşmak</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786055409166</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>İlişkiler 101</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786055409142</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>İletişim Kurmanın ve Arkadaşlık Edinmenin Yolları</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789757582854</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Işıklı Zamanda Buluşma</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786055409098</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Holografik Beyin Teknikleri</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9789756060148</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Hedefe Giden Yolu Kısaltın</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786055409258</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Hayır Cevabını Hedefle!</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789757582335</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Hayatı Sevmek</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>19.44</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9789756060988</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Avcılığı</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9789756060582</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Harekete Geçin ve Başarılı Olun</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9789756060209</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Güven Dolu Diyaloglar</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9799757582617</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Güçlü İletişim Güçlendiren İlişkiler</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9789756060711</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Reiki Üstatlığına Giden Yol</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>25.93</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9799756060055</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Geminizin Kaptanı Kim?</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789757582021</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Freud Düşüncesinin Büyüklüğü ve Sınırları Bütün Eserleri: 3</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>19.44</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9789756060186</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Fitoterapi ve Aromaterapi</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>29.63</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789756060513</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Fil ile Karınca</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9789756060957</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Fırsatları Yakala!</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9789756060650</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Evet Hayır Diyarı’nda Yaşar</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789756060667</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Esnek Olmanın Avantajları</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9789756060278</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Engelleri Fırsatlara Dönüştürmek</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9789756060285</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>En Yüksek Notaları Seslendirmek</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9789756060872</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Ekip Çalışması 101</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9799757582709</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Feng Shui İş Yaşamında Başarıya Götüren Yol</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>19.44</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9789756060773</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Duygusal Disiplin</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9789756060254</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Dr. Bedri Ruhselman  Anılar ve Yazılar</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786055409050</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Doğru Tutumların Gücü</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9799756060048</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Doğru Soruları Sormak</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9799757582594</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Direklerarası’nın Son Direkleri</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9789756060377</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Dinci Değil Dindar Olmak</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9789757582298</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Toplumların Geleceği Bütün Eserleri</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9789756060407</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın En Güzel Kitabı</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9799757582471</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Cinsellik ve Cinsel Sapmalar Bütün Eserleri: 11</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9789757582274</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Chakra El Kitabı</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9789756060858</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Bis Etkisi</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786055409234</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dakikada Networking</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9789756060452</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Bir Adım Önde Olun</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786055409173</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Başarıya Açılan Kapının Anahtarları</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>19.44</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9789756060742</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Başarınıza</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786055409067</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Başarının Seyir Defteri</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9789756060155</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Başarının Peşinde</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9789756060292</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Başarı Sırları</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9789757582847</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Beyninizin Sınırlarını Yıkın Zihin Açma Egzersizleri</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9799757582532</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Atlar Hıyar Turşusu Sevmezler Hayatla "Gülerek" Başa Çıkmanın Yolları (1 2 8 5 9 3 7 6 4)</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9789756060629</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Astroloji, Aşk, Sihirli Açı</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9789756060506</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Anlama Noktası</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9799757582600</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Ana Tanrıça Gerçeği</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>41.67</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9789756060766</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Altın Başarıyı Yakalayın</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9789756060537</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>7 Dakikada Fark Yaratabilmek</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>19.44</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9799757582440</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>İlk Çığlık Terapisi</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9789756060353</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Başarıya Giden Yolun Açılması</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9789756060612</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Holistik İletişim</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>30.56</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9789756060926</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Kişisel Gelişim 101</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9799757582914</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Kişilik Geliştirme Egzersizleri</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786052321072</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Mükemmel Bir Yönetici Olmanın Sırları</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786052321041</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Satışta Başarının Sırları</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786055409005</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenme Sanatı</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786055409562</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Durgunluk”la Nasıl Başaçıkabiliriz</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786052321232</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Ruh Ve Dünya - 2</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786052321225</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Ruh Ve Dünya - 1</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786052321263</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Haydi, Kendine Gel</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786055409357</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Hayallerinizin Peşinden Gidin</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786055409838</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Tekli Görev</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786055409388</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Neden ile Başla 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786055409494</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Üretkenliğinizi Ortaya Çıkartın</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786055409012</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Başına Başarmak Zorunda Değilsiniz!</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9789756060940</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Yakıt Deponuzu Dolu Tutun</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9789756060599</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Sıkıntının Kaynağı</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786055409272</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Selma</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9799756060031</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Potansiyelinizi Açığa Çıkarın</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9789756060391</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlük</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9799757582549</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Ömrümüzün Son Demi Son Baharıdır Artık Bir Hakimin Hatıraları</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9789757582830</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Namuslu Oldum Dürüst Yaşadım Hedefime Ulaştım</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9789756060193</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Kendi’mizden Kaçış</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9789756060780</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Yolumuzu Bulmak</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9799757582945</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Kadın - Erkek Savaşı "Cinsellik Sorunu"</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9789756060384</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Sevdikçe Güzelleşir</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9789756060728</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Sessiz Katiller</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9799757582570</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Bumerang Mutluluklar Empatik Yollardan Sempatik Koylara</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9789757582311</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Başarıya Doğru Kanatlanıp Uçmak</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786055409982</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>İşbirliğine Dayalı Liderlik</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786055409999</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>İletişimin Altın Kuralları</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9789756060476</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Sudaki Mucize</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786055409159</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Kristali</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786055409326</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Saba - Tanrıça Uyanıyor</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9799756060017</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Önce Siz Demeyi Bilmelisiniz</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9789756060797</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Nerede Hata Yapıyoruz?</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9789756060162</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Olumlu Yaşamayı Öğrenmek</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9789757582090</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Manipülasyon Ama Nasıl?</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9789756060933</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Holistik Öğrenme</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9789756060483</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Holistik Evren Tasarımı</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786055409227</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Farkında Mısınız?</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9789757582755</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şifa Sanatı Kılavuzu Reiki Esasları</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9789756060704</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Barışın Anatomisi</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9799757582969</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>At Bu Golü</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9789756060445</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Amerikan Rüyası’na Ne Oldu?</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786055409029</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Holistik İnsan</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9789757582120</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Manipülasyondan Korunmanın Yolları</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786055409883</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Milyonerlik Haritası</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786055409371</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Neden ile Başla 1. Kitap</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9789757582885</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Ye O Kurbağayı!</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9789756060551</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>İkilemler Tuzağı</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9789756060995</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Başarı 101</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786052321058</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Nedenini Bul! (1. Kitap)</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786055409319</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Ruhlar Arasında</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786052321188</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuz Oyun</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786052321249</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Bilgelik Bilinci</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786052321157</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Fiziğin Tao'su</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786052321201</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Ye O Kurbağayı - Öğrenciler İçin</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9799757582365</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Egoist Olma Sanatı</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786052321195</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Allah'tan Alacaklı Ol - Kur’an’a Göre Sohbetler 2</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9799757582457</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Dikkati Çek Öne Çık</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786052321133</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Yetenek Mıknatısı</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786052321126</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Her An "Şimdi"de Yaşamak</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786052321096</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Liderlik ve Kapasite</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786052321089</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Liderlik ve Karakter</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786052321034</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Yöneticilikten Nefret Edenler İçin Yöneticilik</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786052321119</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Ben Kararımı Doğmadan Önce Verdim!</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786052321027</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Hayatınız Boyunca Gelişin</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786052321003</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Her Şey Tutku ile Başlar 1. Kitap</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786052321010</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Herşey Tutku ile Başlar - 2</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786055409517</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Büyüme İçin Yola Çıkanlar</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786055409913</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Network Pazarlamada Birinci Yılınız (2.Kitap)</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786052321065</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Nedenini Bul! (2. Kitap)</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786055409951</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Hizmetkar Lider</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786055409944</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Düşünce Yapınızı Değiştirin!</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786055409937</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Artık Bahane Üretmeyin</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786055409777</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Evrenin Sudaki Şifreleri</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786055409920</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Müşteri Hizmetlerinizi Ateşleyin!</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786055409968</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Kader ve Zorunluluk</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786055409869</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Sessizliğin Gücü</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786055409890</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Ahimsa</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786055409975</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Öp O Kurbağayı!</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786055409791</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Olağanüstü Müşteri Hizmetleri</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786055409784</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>3 Saniye</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786055409845</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Bedeninizi Paylaşan Ruhlarınız</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786055409821</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Ye-Me Terbiyesi</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786055409685</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Ayıyla Boğuşmak</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786055409593</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Hayallerin Ötesinde</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786055409654</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Kazanan Siz Olun</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786035409586</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Hayır'ı Aşmak</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786055409623</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Terk Edilmiş Yüce Kur'an</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786055409470</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Hayatınızı "Bağımsız Olmaya" Adayın!</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786055409333</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Bir Hayata Sıçra!</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786055409463</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>NLP Çalışma Kitabı</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786055409241</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Basit, Ama Bariz Değil</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786055409630</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Öteki Kim</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786055409364</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Ne Kadar Yükseleceğinizi Tavrınız Belirler!</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
           <t>9786055409296</t>
         </is>
       </c>
-      <c r="B94" s="1" t="inlineStr">
+      <c r="B257" s="1" t="inlineStr">
         <is>
           <t>Dirençli Kişilik</t>
         </is>
       </c>
-      <c r="C94" s="1">
-        <v>650</v>
+      <c r="C257" s="1">
+        <v>850</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>