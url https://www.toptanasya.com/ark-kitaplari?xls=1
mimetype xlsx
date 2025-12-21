--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,3355 +85,3370 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256631458</t>
+          <t>9786256631526</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kültür Mirasının Hukuki Korunması (Ciltli)</t>
+          <t>Abdurrahim Karakoç’un Dizelerinde Manevî İklim</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256631519</t>
+          <t>9786256631458</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>42 No’lu Mevzi</t>
+          <t>Kültür Mirasının Hukuki Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256631502</t>
+          <t>9786256631519</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İki Sakıncalı Adam</t>
+          <t>42 No’lu Mevzi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256631274</t>
+          <t>9786256631502</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gönül Hikayesi</t>
+          <t>İki Sakıncalı Adam</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256631137</t>
+          <t>9786256631274</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İkrar</t>
+          <t>Gönül Hikayesi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256631083</t>
+          <t>9786256631137</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Vuslata Yolculuk</t>
+          <t>İkrar</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256631038</t>
+          <t>9786256631083</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Üşüyorum</t>
+          <t>Vuslata Yolculuk</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259996073</t>
+          <t>9786256631038</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İlk Göz Ağrısı</t>
+          <t>Üşüyorum</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057302144</t>
+          <t>9786259996073</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sosyal ve Kültürel Yapısıyla İmamoğlu Tarihi</t>
+          <t>İlk Göz Ağrısı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057349095</t>
+          <t>9786057302144</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Vasfı Taşyürek’ten Seçme Şıırler</t>
+          <t>Sosyal ve Kültürel Yapısıyla İmamoğlu Tarihi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789758911264</t>
+          <t>9786057349095</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gelenek ile Modernite Arasında Kırgızistan</t>
+          <t>Hayatı Vasfı Taşyürek’ten Seçme Şıırler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>440</v>
+        <v>330</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055350352</t>
+          <t>9789758911264</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Adilcevaz</t>
+          <t>Gelenek ile Modernite Arasında Kırgızistan</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>650</v>
+        <v>440</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256631489</t>
+          <t>9786055350352</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid’in Filistin Çığlığı</t>
+          <t>Adilcevaz</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>220</v>
+        <v>650</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256631403</t>
+          <t>9786256631489</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Nasihatname-i Akşemseddin</t>
+          <t>Abdülhamid’in Filistin Çığlığı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>650</v>
+        <v>220</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256631397</t>
+          <t>9786256631403</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyeti; İnsanlığa ve Bilime Katkıları</t>
+          <t>Nasihatname-i Akşemseddin</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>680</v>
+        <v>650</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256631380</t>
+          <t>9786256631397</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Türk Kadını Devlet ve Meritokrasi</t>
+          <t>İslam Medeniyeti; İnsanlığa ve Bilime Katkıları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>160</v>
+        <v>680</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059348201</t>
+          <t>9786256631380</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Uyan Ali Uyan</t>
+          <t>Türk Kadını Devlet ve Meritokrasi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256631366</t>
+          <t>9786059348201</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta Himmet ve Tevessül Gerçeği</t>
+          <t>Uyan Ali Uyan</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256631359</t>
+          <t>9786256631366</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Bir Opera</t>
+          <t>Tasavvufta Himmet ve Tevessül Gerçeği</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256631335</t>
+          <t>9786256631359</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İçim Bir Yangın Yeri</t>
+          <t>Yalnız Bir Opera</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256631342</t>
+          <t>9786256631335</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Emevî Kadılarının Hadis Rivayetiyle İlişkisi (Medine örneği)</t>
+          <t>İçim Bir Yangın Yeri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>440</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256631151</t>
+          <t>9786256631342</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sükutun Bedeli</t>
+          <t>Emevî Kadılarının Hadis Rivayetiyle İlişkisi (Medine örneği)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>120</v>
+        <v>440</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057110756</t>
+          <t>9786256631151</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tefsirlerde Kıraat Farklılıkları (Semen el-Halebi Özelinde)</t>
+          <t>Sükutun Bedeli</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256631304</t>
+          <t>9786057110756</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hadisler</t>
+          <t>Tefsirlerde Kıraat Farklılıkları (Semen el-Halebi Özelinde)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256631281</t>
+          <t>9786256631304</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Somaliler için Türkçe Fiil Çekimleri</t>
+          <t>Seçme Hadisler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256631298</t>
+          <t>9786256631281</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet Döneminde Münafıklar</t>
+          <t>Somaliler için Türkçe Fiil Çekimleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057349064</t>
+          <t>9786256631298</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Aşkımın Sesi</t>
+          <t>Asr-ı Saadet Döneminde Münafıklar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057038586</t>
+          <t>9786057349064</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Naat - Münacat - Yakarış</t>
+          <t>Aşkımın Sesi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>37</v>
+        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057110763</t>
+          <t>9786057038586</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sana Doğru</t>
+          <t>Naat - Münacat - Yakarış</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>28</v>
+        <v>37</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055350475</t>
+          <t>9786057110763</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Saatlar Şehadete Ayarlı</t>
+          <t>Sana Doğru</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>330</v>
+        <v>28</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055350758</t>
+          <t>9786055350475</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Ayrılıklar</t>
+          <t>Saatlar Şehadete Ayarlı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>13</v>
+        <v>330</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055350284</t>
+          <t>9786055350758</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Terör &amp; Terörizm</t>
+          <t>Zamansız Ayrılıklar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>175</v>
+        <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059348072</t>
+          <t>9786055350284</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sırkıntı Türkmenleri</t>
+          <t>Terör &amp; Terörizm</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059348737</t>
+          <t>9786059348072</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Anlamada Cahiliyeyi Bilmek</t>
+          <t>Sırkıntı Türkmenleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256631168</t>
+          <t>9786059348737</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yolda</t>
+          <t>Kur'an Anlamada Cahiliyeyi Bilmek</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256631175</t>
+          <t>9786256631168</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Satılamayanlar</t>
+          <t>Yolda</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256631267</t>
+          <t>9786256631175</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kur’ân-ı Kerîm’de Helâk Ahlâk İlişkisi</t>
+          <t>Satılamayanlar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>210</v>
+        <v>110</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256631250</t>
+          <t>9786256631267</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Latifeler Kitabı</t>
+          <t>Kur’ân-ı Kerîm’de Helâk Ahlâk İlişkisi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256631243</t>
+          <t>9786256631250</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Şeytan’ın Ayartması</t>
+          <t>Latifeler Kitabı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256631236</t>
+          <t>9786256631243</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Efsus Edebiyat Kulübü Öykü Seçkisi</t>
+          <t>Şeytan’ın Ayartması</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>110</v>
+        <v>420</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256631212</t>
+          <t>9786256631236</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Batılı Bir Yazarın Gözüyle Bizans-Selçuklu Mücadelesi -1081’e Kadar</t>
+          <t>Efsus Edebiyat Kulübü Öykü Seçkisi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256631229</t>
+          <t>9786256631212</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Fatiha’dan Nas’a Kur’an’ı Düşünme ve Anlama Rehberi</t>
+          <t>Batılı Bir Yazarın Gözüyle Bizans-Selçuklu Mücadelesi -1081’e Kadar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256631205</t>
+          <t>9786256631229</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Azığı -Cennet Zenginleri</t>
+          <t>Fatiha’dan Nas’a Kur’an’ı Düşünme ve Anlama Rehberi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256631182</t>
+          <t>9786256631205</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kal Benimle</t>
+          <t>Ahiret Azığı -Cennet Zenginleri</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256631199</t>
+          <t>9786256631182</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Adı Geçen Peygamberlerin Hayatı</t>
+          <t>Kal Benimle</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>680</v>
+        <v>160</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256631144</t>
+          <t>9786256631199</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yüzyılın Şafağında Türkiye’de Siyaset ve Toplum Yazıları</t>
+          <t>Kur’an’da Adı Geçen Peygamberlerin Hayatı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>220</v>
+        <v>680</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256631120</t>
+          <t>9786256631144</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bana Kalan Hiç</t>
+          <t>İkinci Yüzyılın Şafağında Türkiye’de Siyaset ve Toplum Yazıları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256631113</t>
+          <t>9786256631120</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kısrak Tarihin Akışını Değiştiren At</t>
+          <t>Bana Kalan Hiç</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256631106</t>
+          <t>9786256631113</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Baybars Türk Parsı</t>
+          <t>Beyaz Kısrak Tarihin Akışını Değiştiren At</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256631090</t>
+          <t>9786256631106</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitapların ve Hadislerin İşaretleri Işığında Orta Doğu'da Yaklaşmakta Olan Dünya Savaşı - Armagedon</t>
+          <t>Baybars Türk Parsı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789758911097</t>
+          <t>9786256631090</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Üniversitesine DoğruBir Model Önerisi</t>
+          <t>Kutsal Kitapların ve Hadislerin İşaretleri Işığında Orta Doğu'da Yaklaşmakta Olan Dünya Savaşı - Armagedon</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256631069</t>
+          <t>9789758911097</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ahenk -Şuurdan Şiire -</t>
+          <t>Geleceğin Üniversitesine DoğruBir Model Önerisi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256631076</t>
+          <t>9786256631069</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Anamoğlu Derki... Olmuş’mu...</t>
+          <t>Ahenk -Şuurdan Şiire -</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259996080</t>
+          <t>9786256631076</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bana Gelen Kitaplar</t>
+          <t>Anamoğlu Derki... Olmuş’mu...</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259996028</t>
+          <t>9786259996080</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Esrar-ı Kehf</t>
+          <t>Bana Gelen Kitaplar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256631045</t>
+          <t>9786259996028</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram Veli Hazretleri – Akşemseddin Hazretleri’nin Hocası-</t>
+          <t>Esrar-ı Kehf</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256631007</t>
+          <t>9786256631045</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Baron Wratislaw'ın Anıları</t>
+          <t>Hacı Bayram Veli Hazretleri – Akşemseddin Hazretleri’nin Hocası-</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259996097</t>
+          <t>9786256631007</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Düşünceni  Yokuşa Sür!</t>
+          <t>Baron Wratislaw'ın Anıları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259996042</t>
+          <t>9786259996097</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yürek Çağrısı</t>
+          <t>Düşünceni  Yokuşa Sür!</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259996059</t>
+          <t>9786259996042</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonu Geldi Mi?</t>
+          <t>Yürek Çağrısı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>520</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259996035</t>
+          <t>9786259996059</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Söz ve Davranışlarında İnsan Kazanma Sanatı</t>
+          <t>Dünyanın Sonu Geldi Mi?</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>170</v>
+        <v>520</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259996011</t>
+          <t>9786259996035</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem İslâm Tarihinde</t>
+          <t>Hz. Peygamberin Söz ve Davranışlarında İnsan Kazanma Sanatı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259996004</t>
+          <t>9786259996011</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Goltz Paşa'nın Anadolu Anıları</t>
+          <t>Erken Dönem İslâm Tarihinde</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056995149</t>
+          <t>9786259996004</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Besairul Minel Kuran 1.Cilt</t>
+          <t>Goltz Paşa'nın Anadolu Anıları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>1350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786056302182</t>
+          <t>9786056995149</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bakıcı Değil Evlat’ım!</t>
+          <t>Besairul Minel Kuran 1.Cilt</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>130</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057302199</t>
+          <t>9786056302182</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Düştüğü Yerdeyim</t>
+          <t>Bakıcı Değil Evlat’ım!</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057302168</t>
+          <t>9786057302199</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Vefa Hazretleri</t>
+          <t>Kalbimin Düştüğü Yerdeyim</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057302151</t>
+          <t>9786057302168</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Namazım Geçti</t>
+          <t>Şeyh Vefa Hazretleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057302137</t>
+          <t>9786057302151</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Cinlerin Esrarı</t>
+          <t>Eyvah! Namazım Geçti</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057302120</t>
+          <t>9786057302137</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yeniden İslami Dirilişe Doğru</t>
+          <t>Cinlerin Esrarı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057302106</t>
+          <t>9786057302120</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Nebevi ve Kudsi Kırk Hadis ve Şerhi 2</t>
+          <t>Yeniden İslami Dirilişe Doğru</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057302113</t>
+          <t>9786057302106</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Cemal-i Halvetî’nin Hayatı Te'vilatü Erbaine Hadisen Ve Şerhu Erbaine Hadisen Kudsiyyen (İsimli Eserlerinin Tahlili Ve Yazarın Bu İki Eserde Üzerinde Durduğu Tasavvufî Kavramlar)</t>
+          <t>Nebevi ve Kudsi Kırk Hadis ve Şerhi 2</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057349088</t>
+          <t>9786057302113</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yapalak</t>
+          <t>Cemal-i Halvetî’nin Hayatı Te'vilatü Erbaine Hadisen Ve Şerhu Erbaine Hadisen Kudsiyyen (İsimli Eserlerinin Tahlili Ve Yazarın Bu İki Eserde Üzerinde Durduğu Tasavvufî Kavramlar)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>4440000002237</t>
+          <t>9786057349088</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sonuncu İbn-i Serac'ın Maceraları</t>
+          <t>Yapalak</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>4440000002236</t>
+          <t>4440000002237</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Kitabı</t>
+          <t>Sonuncu İbn-i Serac'ın Maceraları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789758911615</t>
+          <t>4440000002236</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Berrak Ölümler</t>
+          <t>Ölüm Kitabı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057349019</t>
+          <t>9789758911615</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Atala / Rene</t>
+          <t>Berrak Ölümler</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>4440000002235</t>
+          <t>9786057349019</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Amerika Mektupları</t>
+          <t>Atala / Rene</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057349040</t>
+          <t>4440000002235</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Arka Yüzü</t>
+          <t>Amerika Mektupları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057349057</t>
+          <t>9786057349040</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kum Saati</t>
+          <t>Kelimelerin Arka Yüzü</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789758911967</t>
+          <t>9786057349057</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamit Dönemine Ait Gizli Notlar</t>
+          <t>Kum Saati</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055350161</t>
+          <t>9789758911967</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Usame</t>
+          <t>Abdülhamit Dönemine Ait Gizli Notlar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>630</v>
+        <v>500</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055350536</t>
+          <t>9786055350161</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ay Yüzlü Mehlikam Efruzlu Notlarım</t>
+          <t>Usame</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>220</v>
+        <v>630</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057349033</t>
+          <t>9786055350536</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadın</t>
+          <t>Ay Yüzlü Mehlikam Efruzlu Notlarım</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057349026</t>
+          <t>9786057349033</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Elbistan Tarihi - 468 Numaralı Elbistan Şer'iye Sicili Işığında</t>
+          <t>Müslüman Kadın</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057349002</t>
+          <t>9786057349026</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Van ile Süphan</t>
+          <t>Elbistan Tarihi - 468 Numaralı Elbistan Şer'iye Sicili Işığında</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057110794</t>
+          <t>9786057349002</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kapıyı Tekrar Çal</t>
+          <t>Van ile Süphan</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057110770</t>
+          <t>9786057110794</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Zenginlerin Patatesi</t>
+          <t>Kapıyı Tekrar Çal</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786058037045</t>
+          <t>9786057110770</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kadın Sahabiler</t>
+          <t>Zenginlerin Patatesi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057038555</t>
+          <t>9786058037045</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İdeal Devlet Erdemli Toplum</t>
+          <t>Kadın Sahabiler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057038524</t>
+          <t>9786057038555</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin İnsanlığa Sunduğu Değerler</t>
+          <t>İdeal Devlet Erdemli Toplum</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059348546</t>
+          <t>9786057038524</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hayreddin Atufinin Hadis Şerhçiliği</t>
+          <t>Hz. Peygamberin İnsanlığa Sunduğu Değerler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786056995132</t>
+          <t>9786059348546</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Harpte Türklerle Birlikte</t>
+          <t>Hayreddin Atufinin Hadis Şerhçiliği</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059348621</t>
+          <t>9786056995132</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Savaşları Tarihi</t>
+          <t>Harpte Türklerle Birlikte</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059348478</t>
+          <t>9786059348621</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Güzler ve Yalnızlıklar</t>
+          <t>Haçlı Savaşları Tarihi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789758911141</t>
+          <t>9786059348478</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Gösterişçi Dindarlık</t>
+          <t>Güzler ve Yalnızlıklar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786254437663</t>
+          <t>9789758911141</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Free</t>
+          <t>Gösterişçi Dindarlık</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786254437601</t>
+          <t>9786254437663</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Avcı Mehmed 2</t>
+          <t>Free</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059348676</t>
+          <t>9786254437601</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Filistinde Türklerle</t>
+          <t>Avcı Mehmed 2</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786254437694</t>
+          <t>9786059348676</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yad-ı Mazi: Hatıralarım</t>
+          <t>Filistinde Türklerle</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057038531</t>
+          <t>9786254437694</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>What Prophet Muhammad Offered to Humanity</t>
+          <t>Yad-ı Mazi: Hatıralarım</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057038548</t>
+          <t>9786057038531</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Emir Ahmed Buhar Hazretleri</t>
+          <t>What Prophet Muhammad Offered to Humanity</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>100</v>
+        <v>700</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059348720</t>
+          <t>9786057038548</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ege Bölgesinde Yunan Zulmü</t>
+          <t>Emir Ahmed Buhar Hazretleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786254437687</t>
+          <t>9786059348720</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Özgürlüğü Tarihi</t>
+          <t>Ege Bölgesinde Yunan Zulmü</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057038579</t>
+          <t>9786254437687</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Doğu Mektupları</t>
+          <t>Düşünce Özgürlüğü Tarihi</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786056995194</t>
+          <t>9786057038579</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Delikanlıca Yazılar 2006-2020</t>
+          <t>Doğu Mektupları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059348744</t>
+          <t>9786056995194</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Cemal-i Halvetti'nin Kudsi Kırk Hadis ve Şerhi-Tahkikli Metin Tercümesi</t>
+          <t>Delikanlıca Yazılar 2006-2020</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059348751</t>
+          <t>9786059348744</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Cemal-i Halvetti'nin Kırk Hadis ve Şerhi</t>
+          <t>Cemal-i Halvetti'nin Kudsi Kırk Hadis ve Şerhi-Tahkikli Metin Tercümesi</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786058037007</t>
+          <t>9786059348751</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Uçarca</t>
+          <t>Cemal-i Halvetti'nin Kırk Hadis ve Şerhi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059348690</t>
+          <t>9786058037007</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Türk Mektupları</t>
+          <t>Uçarca</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786254437618</t>
+          <t>9786059348690</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Türk İmparatorluğunda Modern Haçlı Seferi</t>
+          <t>Türk Mektupları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786056995163</t>
+          <t>9786254437618</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Türk Arap İlişkileri ve Arap Milliyetçiliğinin Doğuşu</t>
+          <t>Türk İmparatorluğunda Modern Haçlı Seferi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786056995156</t>
+          <t>9786056995163</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bolulu Devlet Adamları</t>
+          <t>Türk Arap İlişkileri ve Arap Milliyetçiliğinin Doğuşu</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786058037021</t>
+          <t>9786056995156</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Düşüşü</t>
+          <t>Bolulu Devlet Adamları</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786058037052</t>
+          <t>9786058037021</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ayyüce</t>
+          <t>Bir Yıldız Düşüşü</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059348577</t>
+          <t>9786058037052</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Sözleşmesi</t>
+          <t>Ayyüce</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786056995187</t>
+          <t>9786059348577</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Antik Felsefenin İslam Dünyasına Girişi</t>
+          <t>Tedarik Sözleşmesi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057110725</t>
+          <t>9786056995187</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdulhamid 2 - The Last Great Ottoman Sultan</t>
+          <t>Antik Felsefenin İslam Dünyasına Girişi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057038562</t>
+          <t>9786057110725</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesinde Adalet - İlkçağ ve Ortaçağda Adalet Teorileri</t>
+          <t>Sultan Abdulhamid 2 - The Last Great Ottoman Sultan</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057038517</t>
+          <t>9786057038562</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi Tarihine Giriş</t>
+          <t>Siyaset Felsefesinde Adalet - İlkçağ ve Ortaçağda Adalet Teorileri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789758911139</t>
+          <t>9786057038517</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sirenleri Taşa Tutun</t>
+          <t>Siyaset Bilimi Tarihine Giriş</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786254437625</t>
+          <t>9789758911139</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Ekelim</t>
+          <t>Sirenleri Taşa Tutun</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786254437656</t>
+          <t>9786254437625</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Anahatları ile Roma İmparatorluğu Tarihi</t>
+          <t>Sevgi Ekelim</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789758911112</t>
+          <t>9786254437656</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Anahatları ile Roma İmparatorluğu Tarihi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059348713</t>
+          <t>9789758911112</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Başarısının Sırrı</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786254437649</t>
+          <t>9786059348713</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Arapların Felaketi: Osmanlı Hilafetinin Sonu - Elli Yılın Hesabı 1875 - 1925</t>
+          <t>Osmanlı'nın Başarısının Sırrı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789758911200</t>
+          <t>9786254437649</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Eğitim Hukuk ve Modernleşme</t>
+          <t>Arapların Felaketi: Osmanlı Hilafetinin Sonu - Elli Yılın Hesabı 1875 - 1925</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059348522</t>
+          <t>9789758911200</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Obur Bibliyofil</t>
+          <t>Osmanlı Devleti'nde Eğitim Hukuk ve Modernleşme</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059348669</t>
+          <t>9786059348522</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Nesillerin El Kitabı</t>
+          <t>Obur Bibliyofil</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789758911201</t>
+          <t>9786059348669</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>My Cihad</t>
+          <t>Nesillerin El Kitabı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786058037014</t>
+          <t>9789758911201</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Manissa</t>
+          <t>My Cihad</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786056995170</t>
+          <t>9786058037014</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Mahkumlardan Peygamber Efendimize Mektuplar</t>
+          <t>Manissa</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>0247985999879</t>
+          <t>9786056995170</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Le Grand Apport Du Noble Prophete De L'İslam A L'Humanite</t>
+          <t>Mahkumlardan Peygamber Efendimize Mektuplar</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>1300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786058037038</t>
+          <t>0247985999879</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'lı Hayat Hayatlı Kur'an</t>
+          <t>Le Grand Apport Du Noble Prophete De L'İslam A L'Humanite</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>340</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786254437670</t>
+          <t>9786058037038</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Müşrik Dindarlığı</t>
+          <t>Kur'an'lı Hayat Hayatlı Kur'an</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>470</v>
+        <v>340</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789758911003</t>
+          <t>9786254437670</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Kur'an</t>
+          <t>Kur'an-ı Kerim'de Müşrik Dindarlığı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>470</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059348638</t>
+          <t>9789758911003</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kudüs'ün Yıkılışı-Yahudi-Roma Savaşları</t>
+          <t>Kur'an'da Kur'an</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059348614</t>
+          <t>9786059348638</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kabir Azabı-Özal'ın Ölüm Biyografisi</t>
+          <t>Kudüs'ün Yıkılışı-Yahudi-Roma Savaşları</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059348553</t>
+          <t>9786059348614</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Jüpiterin Üretken Kadınları</t>
+          <t>Kabir Azabı-Özal'ın Ölüm Biyografisi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789758911287</t>
+          <t>9786059348553</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Japonya'da Eğitim Kültür ve Modernleşme</t>
+          <t>Jüpiterin Üretken Kadınları</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059348706</t>
+          <t>9789758911287</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İstanbul 1890</t>
+          <t>Japonya'da Eğitim Kültür ve Modernleşme</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789758911851</t>
+          <t>9786059348706</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İslamda Hilafet ve Osmanlı Hilafetinin Önemi</t>
+          <t>İstanbul 1890</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057038500</t>
+          <t>9789758911851</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Şahitlik Sistemi ve Türk Usul Hukuku ile Mukayesesi</t>
+          <t>İslamda Hilafet ve Osmanlı Hilafetinin Önemi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>700</v>
+        <v>140</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057110718</t>
+          <t>9786057038500</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İlk Osmanlı Sefiri 28 Mehmet Çelebi'nin Fransa Anıları: Kafirlerin Cenneti</t>
+          <t>İslam Hukukunda Şahitlik Sistemi ve Türk Usul Hukuku ile Mukayesesi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059348515</t>
+          <t>9786057110718</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Girişimci Olunur?</t>
+          <t>İlk Osmanlı Sefiri 28 Mehmet Çelebi'nin Fransa Anıları: Kafirlerin Cenneti</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059348454</t>
+          <t>9786059348515</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsan Davranışları</t>
+          <t>Nasıl Girişimci Olunur?</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059348461</t>
+          <t>9786059348454</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Laik Sistemde İslami Siyaset Sorunu</t>
+          <t>Kur'an'da İnsan Davranışları</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059348430</t>
+          <t>9786059348461</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Paşa-Bir Osmanlı Valisi</t>
+          <t>Laik Sistemde İslami Siyaset Sorunu</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059348409</t>
+          <t>9786059348430</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Altın Vuruş</t>
+          <t>Paşa-Bir Osmanlı Valisi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059348416</t>
+          <t>9786059348409</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Aşk Adamı</t>
+          <t>Altın Vuruş</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059348317</t>
+          <t>9786059348416</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İslami Bir Değer Empati</t>
+          <t>Aşk Adamı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059348256</t>
+          <t>9786059348317</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sabırtaşı-Beyoğlu'nda Bir Bey Oğlu</t>
+          <t>İslami Bir Değer Empati</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>560</v>
+        <v>190</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059348270</t>
+          <t>9786059348256</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Anne Baba Hakları</t>
+          <t>Sabırtaşı-Beyoğlu'nda Bir Bey Oğlu</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>550</v>
+        <v>560</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059348249</t>
+          <t>9786059348270</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Ümmi Bir Aşk</t>
+          <t>Örneklerle Anne Baba Hakları</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>140</v>
+        <v>550</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059348171</t>
+          <t>9786059348249</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Avcı Mehmed</t>
+          <t>Ümmi Bir Aşk</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059348164</t>
+          <t>9786059348171</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Nesl-i Pak</t>
+          <t>Avcı Mehmed</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059348157</t>
+          <t>9786059348164</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Parlamenter Yapı Karşısında Başkanlık Sistemi</t>
+          <t>Nesl-i Pak</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059348133</t>
+          <t>9786059348157</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Çukur - Muhsin Yazıcıoğlu Suikastının Perde Arkası</t>
+          <t>Parlamenter Yapı Karşısında Başkanlık Sistemi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>430</v>
+        <v>170</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059348096</t>
+          <t>9786059348133</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Akşemseddin Hazretleri</t>
+          <t>Kanlı Çukur - Muhsin Yazıcıoğlu Suikastının Perde Arkası</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>120</v>
+        <v>430</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059348119</t>
+          <t>9786059348096</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Irkçılık Ulusculuk Milliyetçilik</t>
+          <t>Akşemseddin Hazretleri</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059348102</t>
+          <t>9786059348119</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İkinci Osmanlı Yolunda Ayak Bağları</t>
+          <t>İslam'da Irkçılık Ulusculuk Milliyetçilik</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059348126</t>
+          <t>9786059348102</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Küller ve Cüzler</t>
+          <t>İkinci Osmanlı Yolunda Ayak Bağları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059348058</t>
+          <t>9786059348126</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Gençliğimi Şahitliğe Çağırıyorum</t>
+          <t>Küller ve Cüzler</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>550</v>
+        <v>260</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059348041</t>
+          <t>9786059348058</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zaman Mücahidleri</t>
+          <t>Gençliğimi Şahitliğe Çağırıyorum</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059348027</t>
+          <t>9786059348041</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Adalet Savaşçısı - Mengene</t>
+          <t>Ahir Zaman Mücahidleri</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059348034</t>
+          <t>9786059348027</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Mevsimler Gölgeler</t>
+          <t>Adalet Savaşçısı - Mengene</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059348010</t>
+          <t>9786059348034</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yorgun Yabancı Savaşçı</t>
+          <t>Rüyalar Mevsimler Gölgeler</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055350970</t>
+          <t>9786059348010</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Şark Meselesi</t>
+          <t>Yorgun Yabancı Savaşçı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055350093</t>
+          <t>9786055350970</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Akşemseddin Hazretleri ve Yakın Çevresi</t>
+          <t>Şark Meselesi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055350963</t>
+          <t>9786055350093</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Veziristan Sevgilim Elveda</t>
+          <t>Akşemseddin Hazretleri ve Yakın Çevresi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055350956</t>
+          <t>9786055350963</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yedi İklim Sevdası</t>
+          <t>Veziristan Sevgilim Elveda</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055350796</t>
+          <t>9786055350956</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İmamlar Ne İş Yapar</t>
+          <t>Yedi İklim Sevdası</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055350802</t>
+          <t>9786055350796</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Talya</t>
+          <t>İmamlar Ne İş Yapar</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055350871</t>
+          <t>9786055350802</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Sünniler Şiiler - Büyük Oyun'dan Dersler 5</t>
+          <t>Talya</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055350864</t>
+          <t>9786055350871</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Hücumlar Cürümler - Büyük Oyun'dan Dersler 4</t>
+          <t>Sünniler Şiiler - Büyük Oyun'dan Dersler 5</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055350857</t>
+          <t>9786055350864</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Reisler Taliban'lar - Büyük Oyun'dan Dersler 3</t>
+          <t>Hücumlar Cürümler - Büyük Oyun'dan Dersler 4</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055350840</t>
+          <t>9786055350857</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Stratejiler Komplolar - Büyük Oyun'dan Dersler 2</t>
+          <t>Reisler Taliban'lar - Büyük Oyun'dan Dersler 3</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055350833</t>
+          <t>9786055350840</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Gerillalar Kontrgerillalar - Büyük Oyun'dan Dersler 1</t>
+          <t>Stratejiler Komplolar - Büyük Oyun'dan Dersler 2</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055350895</t>
+          <t>9786055350833</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Taşradan Çığlıklar</t>
+          <t>Gerillalar Kontrgerillalar - Büyük Oyun'dan Dersler 1</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055350659</t>
+          <t>9786055350895</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mısırı</t>
+          <t>Taşradan Çığlıklar</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055350703</t>
+          <t>9786055350659</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Risalesi</t>
+          <t>Osmanlı Mısırı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055350666</t>
+          <t>9786055350703</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dair</t>
+          <t>Aydınlanma Risalesi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055350543</t>
+          <t>9786055350666</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Şair Bakışlı Kalemler Antolojisi - 1</t>
+          <t>Aşka Dair</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055350628</t>
+          <t>9786055350543</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Lahza</t>
+          <t>Uluslararası Şair Bakışlı Kalemler Antolojisi - 1</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055350567</t>
+          <t>9786055350628</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Sahra-yı Kebiri Nasıl Geçtim</t>
+          <t>Lahza</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>480</v>
+        <v>220</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789758911837</t>
+          <t>9786055350567</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Toplumsal Gerçekliği</t>
+          <t>Sahra-yı Kebiri Nasıl Geçtim</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789758911608</t>
+          <t>9789758911837</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde İsyan Var!</t>
+          <t>Zamanın Toplumsal Gerçekliği</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789758911868</t>
+          <t>9789758911608</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Nasıl Doğdu</t>
+          <t>Yüreğimde İsyan Var!</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789758911943</t>
+          <t>9789758911868</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Trablusgarp'tan Sahra-yı Kebir'e Doğru</t>
+          <t>Türkiye Nasıl Doğdu</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055350178</t>
+          <t>9789758911943</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>The King of Dungeons</t>
+          <t>Trablusgarp'tan Sahra-yı Kebir'e Doğru</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>550</v>
+        <v>270</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055350024</t>
+          <t>9786055350178</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Siyasette Din İstismarı Tartışmaları</t>
+          <t>The King of Dungeons</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057349071</t>
+          <t>9786055350024</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sanatı ve Nasihatü'l - Mülük Tercümesi</t>
+          <t>Siyasette Din İstismarı Tartışmaları</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>370</v>
+        <v>180</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789758911332</t>
+          <t>9786057349071</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Sekizinci Asırda Gerçekleşen Dinler Arası İlk Diyalog</t>
+          <t>Siyaset Sanatı ve Nasihatü'l - Mülük Tercümesi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786055350383</t>
+          <t>9789758911332</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Politika</t>
+          <t>Sekizinci Asırda Gerçekleşen Dinler Arası İlk Diyalog</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786055350062</t>
+          <t>9786055350383</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Peri Poetika Şiir Sanatı</t>
+          <t>Politika</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786055350031</t>
+          <t>9786055350062</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlerde Meslek Tatmini ve İş Stresi</t>
+          <t>Peri Poetika Şiir Sanatı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789758911004</t>
+          <t>9786055350031</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Döneminde Bekirağa ve Malta Anıları(1919 - 1921)</t>
+          <t>Öğretmenlerde Meslek Tatmini ve İş Stresi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789758911530</t>
+          <t>9789758911004</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Venedik Balyoslarının Bakışıyla Osmanlı İmparatorluğu Lale Devri Sonrası (1720-1734)</t>
+          <t>Milli Mücadele Döneminde Bekirağa ve Malta Anıları(1919 - 1921)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789758911066</t>
+          <t>9789758911530</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kroyçer Sonat</t>
+          <t>Venedik Balyoslarının Bakışıyla Osmanlı İmparatorluğu Lale Devri Sonrası (1720-1734)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789758911103</t>
+          <t>9789758911066</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İzlanda Balıkçısı</t>
+          <t>Kroyçer Sonat</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786055350185</t>
+          <t>9789758911103</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'a Seyahat</t>
+          <t>İzlanda Balıkçısı</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786055350307</t>
+          <t>9786055350185</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Göre Irkçılık ve PKK Ekseninde Kürt Sorunu</t>
+          <t>İstanbul'a Seyahat</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789758911028</t>
+          <t>9786055350307</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İran Mektupları</t>
+          <t>İslam'a Göre Irkçılık ve PKK Ekseninde Kürt Sorunu</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789758911585</t>
+          <t>9789758911028</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Güz Resimleri</t>
+          <t>İran Mektupları</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789758911752</t>
+          <t>9789758911585</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimde Kal</t>
+          <t>Güz Resimleri</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789758911127</t>
+          <t>9789758911752</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Dinin Meşrulaştırma Gücü</t>
+          <t>Düşlerimde Kal</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789758911486</t>
+          <t>9789758911127</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Cennete Bilet</t>
+          <t>Dinin Meşrulaştırma Gücü</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055350314</t>
+          <t>9789758911486</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bu Gam Defteri'nin Tamamı Yok mu?</t>
+          <t>Cennete Bilet</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055350529</t>
+          <t>9786055350314</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Mısır Seferinde Osmanlı Ordusu ile Altı Ay</t>
+          <t>Bu Gam Defteri'nin Tamamı Yok mu?</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789758911950</t>
+          <t>9786055350529</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Muhaberat ve Muhaverat</t>
+          <t>Mısır Seferinde Osmanlı Ordusu ile Altı Ay</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786055350420</t>
+          <t>9789758911950</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Toroslarda Kaldı</t>
+          <t>Muhaberat ve Muhaverat</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789758911882</t>
+          <t>9786055350420</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Amerika Seyahatnamesi</t>
+          <t>Yüreğim Toroslarda Kaldı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789758911578</t>
+          <t>9789758911882</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Tenha Şiirler</t>
+          <t>Amerika Seyahatnamesi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789758911295</t>
+          <t>9789758911578</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Tarihte ve Medeniyette Osmanlılar</t>
+          <t>Tenha Şiirler</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789758911073</t>
+          <t>9789758911295</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Vesta Rahibesi</t>
+          <t>Tarihte ve Medeniyette Osmanlılar</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789758911158</t>
+          <t>9789758911073</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>11 Eylül Mektupları</t>
+          <t>Vesta Rahibesi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789758911875</t>
+          <t>9789758911158</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Balkan Haçlı Seferlerinde Avrupa Siyaseti ve Türklerin Felaketi</t>
+          <t>11 Eylül Mektupları</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789758911080</t>
+          <t>9789758911875</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Nasıl Anlatmalı</t>
+          <t>Balkan Haçlı Seferlerinde Avrupa Siyaseti ve Türklerin Felaketi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055350192</t>
+          <t>9789758911080</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Guantanamo Pakistan</t>
+          <t>Ölümü Nasıl Anlatmalı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789758911059</t>
+          <t>9786055350192</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Gözde Nakşidil Sultan</t>
+          <t>Guantanamo Pakistan</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
+          <t>9789758911059</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Gözde Nakşidil Sultan</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
           <t>9786055350468</t>
         </is>
       </c>
-      <c r="B222" s="1" t="inlineStr">
+      <c r="B223" s="1" t="inlineStr">
         <is>
           <t>Evliya Çelebi'nin Gözüyle Kahramanmaraş ve Çevresi</t>
         </is>
       </c>
-      <c r="C222" s="1">
+      <c r="C223" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>