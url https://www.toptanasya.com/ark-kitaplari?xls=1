--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,3370 +85,3520 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256631526</t>
+          <t>9786057110787</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Abdurrahim Karakoç’un Dizelerinde Manevî İklim</t>
+          <t>Tefsir Kaynaklarında Tevhid</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256631458</t>
+          <t>9786057110732</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kültür Mirasının Hukuki Korunması (Ciltli)</t>
+          <t>Bir Arada Yaşamanın Dinamikleri: Şehir - Mabet - Sofra - Dil</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256631519</t>
+          <t>9789758911844</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>42 No’lu Mevzi</t>
+          <t>Hz. Peygamberin Söz ve Davranışlarında İnsan Kazanma Sanatı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256631502</t>
+          <t>9786056995125</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İki Sakıncalı Adam</t>
+          <t>Maraş Raporu: Kurtuluş Harbi-Tarihi Eski Eserleri-Folkloru</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256631274</t>
+          <t>9786254437632</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gönül Hikayesi</t>
+          <t>İlk Nefes</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256631137</t>
+          <t>9786256631496</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İkrar</t>
+          <t>Makamat-ı Evliya</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256631083</t>
+          <t>9786256631571</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Vuslata Yolculuk</t>
+          <t>İslam Felsefesi Tarihine Giriş</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256631038</t>
+          <t>9786256631557</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Üşüyorum</t>
+          <t>Mezopotamya'dan Hediye</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259996073</t>
+          <t>9786256631564</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İlk Göz Ağrısı</t>
+          <t>İbn Rüşd’ün Din İle Felsefe Arasında Uzlaşı Arayışı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057302144</t>
+          <t>9786256631434</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sosyal ve Kültürel Yapısıyla İmamoğlu Tarihi</t>
+          <t>Bostan ve Gülistan</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057349095</t>
+          <t>9786256631526</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Vasfı Taşyürek’ten Seçme Şıırler</t>
+          <t>Abdurrahim Karakoç’un Dizelerinde Manevî İklim</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789758911264</t>
+          <t>9786256631458</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gelenek ile Modernite Arasında Kırgızistan</t>
+          <t>Kültür Mirasının Hukuki Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>440</v>
+        <v>750</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055350352</t>
+          <t>9786256631519</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Adilcevaz</t>
+          <t>42 No’lu Mevzi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256631489</t>
+          <t>9786256631502</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid’in Filistin Çığlığı</t>
+          <t>İki Sakıncalı Adam</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256631403</t>
+          <t>9786256631274</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Nasihatname-i Akşemseddin</t>
+          <t>Gönül Hikayesi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>650</v>
+        <v>220</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256631397</t>
+          <t>9786256631137</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyeti; İnsanlığa ve Bilime Katkıları</t>
+          <t>İkrar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>680</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256631380</t>
+          <t>9786256631083</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Türk Kadını Devlet ve Meritokrasi</t>
+          <t>Vuslata Yolculuk</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059348201</t>
+          <t>9786256631038</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Uyan Ali Uyan</t>
+          <t>Üşüyorum</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256631366</t>
+          <t>9786259996073</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta Himmet ve Tevessül Gerçeği</t>
+          <t>İlk Göz Ağrısı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256631359</t>
+          <t>9786057302144</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Bir Opera</t>
+          <t>Sosyal ve Kültürel Yapısıyla İmamoğlu Tarihi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256631335</t>
+          <t>9786057349095</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İçim Bir Yangın Yeri</t>
+          <t>Hayatı Vasfı Taşyürek’ten Seçme Şıırler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256631342</t>
+          <t>9789758911264</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Emevî Kadılarının Hadis Rivayetiyle İlişkisi (Medine örneği)</t>
+          <t>Gelenek ile Modernite Arasında Kırgızistan</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>440</v>
+        <v>500</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256631151</t>
+          <t>9786055350352</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sükutun Bedeli</t>
+          <t>Adilcevaz</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>750</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057110756</t>
+          <t>9786256631489</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Tefsirlerde Kıraat Farklılıkları (Semen el-Halebi Özelinde)</t>
+          <t>Abdülhamid’in Filistin Çığlığı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256631304</t>
+          <t>9786256631403</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hadisler</t>
+          <t>Nasihatname-i Akşemseddin</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256631281</t>
+          <t>9786256631397</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Somaliler için Türkçe Fiil Çekimleri</t>
+          <t>İslam Medeniyeti; İnsanlığa ve Bilime Katkıları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256631298</t>
+          <t>9786256631380</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet Döneminde Münafıklar</t>
+          <t>Türk Kadını Devlet ve Meritokrasi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057349064</t>
+          <t>9786059348201</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Aşkımın Sesi</t>
+          <t>Uyan Ali Uyan</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057038586</t>
+          <t>9786256631366</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Naat - Münacat - Yakarış</t>
+          <t>Tasavvufta Himmet ve Tevessül Gerçeği</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>37</v>
+        <v>340</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057110763</t>
+          <t>9786256631359</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sana Doğru</t>
+          <t>Yalnız Bir Opera</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>28</v>
+        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055350475</t>
+          <t>9786256631335</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Saatlar Şehadete Ayarlı</t>
+          <t>İçim Bir Yangın Yeri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>330</v>
+        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055350758</t>
+          <t>9786256631342</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Ayrılıklar</t>
+          <t>Emevî Kadılarının Hadis Rivayetiyle İlişkisi (Medine örneği)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>13</v>
+        <v>550</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055350284</t>
+          <t>9786256631151</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Terör &amp; Terörizm</t>
+          <t>Sükutun Bedeli</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059348072</t>
+          <t>9786057110756</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sırkıntı Türkmenleri</t>
+          <t>Tefsirlerde Kıraat Farklılıkları (Semen el-Halebi Özelinde)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059348737</t>
+          <t>9786256631304</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Anlamada Cahiliyeyi Bilmek</t>
+          <t>Seçme Hadisler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256631168</t>
+          <t>9786256631281</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yolda</t>
+          <t>Somaliler için Türkçe Fiil Çekimleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256631175</t>
+          <t>9786256631298</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Satılamayanlar</t>
+          <t>Asr-ı Saadet Döneminde Münafıklar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256631267</t>
+          <t>9786057349064</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kur’ân-ı Kerîm’de Helâk Ahlâk İlişkisi</t>
+          <t>Aşkımın Sesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256631250</t>
+          <t>9786057038586</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Latifeler Kitabı</t>
+          <t>Naat - Münacat - Yakarış</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>37</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256631243</t>
+          <t>9786057110763</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Şeytan’ın Ayartması</t>
+          <t>Sana Doğru</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>420</v>
+        <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256631236</t>
+          <t>9786055350475</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Efsus Edebiyat Kulübü Öykü Seçkisi</t>
+          <t>Saatlar Şehadete Ayarlı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>110</v>
+        <v>330</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256631212</t>
+          <t>9786055350758</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Batılı Bir Yazarın Gözüyle Bizans-Selçuklu Mücadelesi -1081’e Kadar</t>
+          <t>Zamansız Ayrılıklar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>13</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256631229</t>
+          <t>9786055350284</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Fatiha’dan Nas’a Kur’an’ı Düşünme ve Anlama Rehberi</t>
+          <t>Terör &amp; Terörizm</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256631205</t>
+          <t>9786059348072</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Azığı -Cennet Zenginleri</t>
+          <t>Sırkıntı Türkmenleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256631182</t>
+          <t>9786059348737</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kal Benimle</t>
+          <t>Kur'an Anlamada Cahiliyeyi Bilmek</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256631199</t>
+          <t>9786256631168</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Adı Geçen Peygamberlerin Hayatı</t>
+          <t>Yolda</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>680</v>
+        <v>270</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256631144</t>
+          <t>9786256631175</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yüzyılın Şafağında Türkiye’de Siyaset ve Toplum Yazıları</t>
+          <t>Satılamayanlar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256631120</t>
+          <t>9786256631267</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bana Kalan Hiç</t>
+          <t>Kur’ân-ı Kerîm’de Helâk Ahlâk İlişkisi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256631113</t>
+          <t>9786256631250</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kısrak Tarihin Akışını Değiştiren At</t>
+          <t>Latifeler Kitabı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256631106</t>
+          <t>9786256631243</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Baybars Türk Parsı</t>
+          <t>Şeytan’ın Ayartması</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>440</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256631090</t>
+          <t>9786256631236</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitapların ve Hadislerin İşaretleri Işığında Orta Doğu'da Yaklaşmakta Olan Dünya Savaşı - Armagedon</t>
+          <t>Efsus Edebiyat Kulübü Öykü Seçkisi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>330</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789758911097</t>
+          <t>9786256631212</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Üniversitesine DoğruBir Model Önerisi</t>
+          <t>Batılı Bir Yazarın Gözüyle Bizans-Selçuklu Mücadelesi -1081’e Kadar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256631069</t>
+          <t>9786256631229</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ahenk -Şuurdan Şiire -</t>
+          <t>Fatiha’dan Nas’a Kur’an’ı Düşünme ve Anlama Rehberi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>130</v>
+        <v>370</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256631076</t>
+          <t>9786256631205</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Anamoğlu Derki... Olmuş’mu...</t>
+          <t>Ahiret Azığı -Cennet Zenginleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259996080</t>
+          <t>9786256631182</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bana Gelen Kitaplar</t>
+          <t>Kal Benimle</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259996028</t>
+          <t>9786256631199</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Esrar-ı Kehf</t>
+          <t>Kur’an’da Adı Geçen Peygamberlerin Hayatı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>160</v>
+        <v>700</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256631045</t>
+          <t>9786256631144</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram Veli Hazretleri – Akşemseddin Hazretleri’nin Hocası-</t>
+          <t>İkinci Yüzyılın Şafağında Türkiye’de Siyaset ve Toplum Yazıları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256631007</t>
+          <t>9786256631120</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Baron Wratislaw'ın Anıları</t>
+          <t>Bana Kalan Hiç</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259996097</t>
+          <t>9786256631113</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Düşünceni  Yokuşa Sür!</t>
+          <t>Beyaz Kısrak Tarihin Akışını Değiştiren At</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259996042</t>
+          <t>9786256631106</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yürek Çağrısı</t>
+          <t>Baybars Türk Parsı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259996059</t>
+          <t>9786256631090</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonu Geldi Mi?</t>
+          <t>Kutsal Kitapların ve Hadislerin İşaretleri Işığında Orta Doğu'da Yaklaşmakta Olan Dünya Savaşı - Armagedon</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>520</v>
+        <v>380</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259996035</t>
+          <t>9789758911097</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Söz ve Davranışlarında İnsan Kazanma Sanatı</t>
+          <t>Geleceğin Üniversitesine DoğruBir Model Önerisi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259996011</t>
+          <t>9786256631069</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem İslâm Tarihinde</t>
+          <t>Ahenk -Şuurdan Şiire -</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259996004</t>
+          <t>9786256631076</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Goltz Paşa'nın Anadolu Anıları</t>
+          <t>Anamoğlu Derki... Olmuş’mu...</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786056995149</t>
+          <t>9786259996080</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Besairul Minel Kuran 1.Cilt</t>
+          <t>Bana Gelen Kitaplar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>1350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786056302182</t>
+          <t>9786259996028</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bakıcı Değil Evlat’ım!</t>
+          <t>Esrar-ı Kehf</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057302199</t>
+          <t>9786256631045</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Düştüğü Yerdeyim</t>
+          <t>Hacı Bayram Veli Hazretleri – Akşemseddin Hazretleri’nin Hocası-</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057302168</t>
+          <t>9786256631007</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Vefa Hazretleri</t>
+          <t>Baron Wratislaw'ın Anıları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057302151</t>
+          <t>9786259996097</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Namazım Geçti</t>
+          <t>Düşünceni  Yokuşa Sür!</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057302137</t>
+          <t>9786259996042</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Cinlerin Esrarı</t>
+          <t>Yürek Çağrısı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057302120</t>
+          <t>9786259996059</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Yeniden İslami Dirilişe Doğru</t>
+          <t>Dünyanın Sonu Geldi Mi?</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>160</v>
+        <v>580</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057302106</t>
+          <t>9786259996035</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Nebevi ve Kudsi Kırk Hadis ve Şerhi 2</t>
+          <t>Hz. Peygamberin Söz ve Davranışlarında İnsan Kazanma Sanatı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057302113</t>
+          <t>9786259996011</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Cemal-i Halvetî’nin Hayatı Te'vilatü Erbaine Hadisen Ve Şerhu Erbaine Hadisen Kudsiyyen (İsimli Eserlerinin Tahlili Ve Yazarın Bu İki Eserde Üzerinde Durduğu Tasavvufî Kavramlar)</t>
+          <t>Erken Dönem İslâm Tarihinde</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057349088</t>
+          <t>9786259996004</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yapalak</t>
+          <t>Goltz Paşa'nın Anadolu Anıları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>4440000002237</t>
+          <t>9786056995149</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sonuncu İbn-i Serac'ın Maceraları</t>
+          <t>Besairul Minel Kuran 1.Cilt</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>70</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>4440000002236</t>
+          <t>9786056302182</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Kitabı</t>
+          <t>Bakıcı Değil Evlat’ım!</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789758911615</t>
+          <t>9786057302199</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Berrak Ölümler</t>
+          <t>Kalbimin Düştüğü Yerdeyim</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057349019</t>
+          <t>9786057302168</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Atala / Rene</t>
+          <t>Şeyh Vefa Hazretleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>4440000002235</t>
+          <t>9786057302151</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Amerika Mektupları</t>
+          <t>Eyvah! Namazım Geçti</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057349040</t>
+          <t>9786057302137</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Arka Yüzü</t>
+          <t>Cinlerin Esrarı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057349057</t>
+          <t>9786057302120</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kum Saati</t>
+          <t>Yeniden İslami Dirilişe Doğru</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789758911967</t>
+          <t>9786057302106</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamit Dönemine Ait Gizli Notlar</t>
+          <t>Nebevi ve Kudsi Kırk Hadis ve Şerhi 2</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>500</v>
+        <v>190</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055350161</t>
+          <t>9786057302113</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Usame</t>
+          <t>Cemal-i Halvetî’nin Hayatı Te'vilatü Erbaine Hadisen Ve Şerhu Erbaine Hadisen Kudsiyyen (İsimli Eserlerinin Tahlili Ve Yazarın Bu İki Eserde Üzerinde Durduğu Tasavvufî Kavramlar)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>630</v>
+        <v>190</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055350536</t>
+          <t>9786057349088</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ay Yüzlü Mehlikam Efruzlu Notlarım</t>
+          <t>Yapalak</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057349033</t>
+          <t>4440000002237</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadın</t>
+          <t>Sonuncu İbn-i Serac'ın Maceraları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>370</v>
+        <v>70</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057349026</t>
+          <t>4440000002236</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Elbistan Tarihi - 468 Numaralı Elbistan Şer'iye Sicili Işığında</t>
+          <t>Ölüm Kitabı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057349002</t>
+          <t>9789758911615</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Van ile Süphan</t>
+          <t>Berrak Ölümler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057110794</t>
+          <t>9786057349019</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kapıyı Tekrar Çal</t>
+          <t>Atala / Rene</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057110770</t>
+          <t>4440000002235</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Zenginlerin Patatesi</t>
+          <t>Amerika Mektupları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786058037045</t>
+          <t>9786057349040</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kadın Sahabiler</t>
+          <t>Kelimelerin Arka Yüzü</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057038555</t>
+          <t>9786057349057</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İdeal Devlet Erdemli Toplum</t>
+          <t>Kum Saati</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057038524</t>
+          <t>9789758911967</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin İnsanlığa Sunduğu Değerler</t>
+          <t>Abdülhamit Dönemine Ait Gizli Notlar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059348546</t>
+          <t>9786055350161</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hayreddin Atufinin Hadis Şerhçiliği</t>
+          <t>Usame</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>290</v>
+        <v>750</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786056995132</t>
+          <t>9786055350536</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Harpte Türklerle Birlikte</t>
+          <t>Ay Yüzlü Mehlikam Efruzlu Notlarım</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059348621</t>
+          <t>9786057349033</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Savaşları Tarihi</t>
+          <t>Müslüman Kadın</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059348478</t>
+          <t>9786057349026</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Güzler ve Yalnızlıklar</t>
+          <t>Elbistan Tarihi - 468 Numaralı Elbistan Şer'iye Sicili Işığında</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789758911141</t>
+          <t>9786057349002</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Gösterişçi Dindarlık</t>
+          <t>Van ile Süphan</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786254437663</t>
+          <t>9786057110794</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Free</t>
+          <t>Kapıyı Tekrar Çal</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786254437601</t>
+          <t>9786057110770</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Avcı Mehmed 2</t>
+          <t>Zenginlerin Patatesi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059348676</t>
+          <t>9786058037045</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Filistinde Türklerle</t>
+          <t>Kadın Sahabiler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786254437694</t>
+          <t>9786057038555</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yad-ı Mazi: Hatıralarım</t>
+          <t>İdeal Devlet Erdemli Toplum</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057038531</t>
+          <t>9786057038524</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>What Prophet Muhammad Offered to Humanity</t>
+          <t>Hz. Peygamberin İnsanlığa Sunduğu Değerler</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>700</v>
+        <v>360</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057038548</t>
+          <t>9786059348546</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Emir Ahmed Buhar Hazretleri</t>
+          <t>Hayreddin Atufinin Hadis Şerhçiliği</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059348720</t>
+          <t>9786056995132</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ege Bölgesinde Yunan Zulmü</t>
+          <t>Harpte Türklerle Birlikte</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786254437687</t>
+          <t>9786059348621</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Özgürlüğü Tarihi</t>
+          <t>Haçlı Savaşları Tarihi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057038579</t>
+          <t>9786059348478</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Doğu Mektupları</t>
+          <t>Güzler ve Yalnızlıklar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786056995194</t>
+          <t>9789758911141</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Delikanlıca Yazılar 2006-2020</t>
+          <t>Gösterişçi Dindarlık</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>210</v>
+        <v>370</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059348744</t>
+          <t>9786254437663</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Cemal-i Halvetti'nin Kudsi Kırk Hadis ve Şerhi-Tahkikli Metin Tercümesi</t>
+          <t>Free</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059348751</t>
+          <t>9786254437601</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Cemal-i Halvetti'nin Kırk Hadis ve Şerhi</t>
+          <t>Avcı Mehmed 2</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786058037007</t>
+          <t>9786059348676</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Uçarca</t>
+          <t>Filistinde Türklerle</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059348690</t>
+          <t>9786254437694</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Türk Mektupları</t>
+          <t>Yad-ı Mazi: Hatıralarım</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786254437618</t>
+          <t>9786057038531</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Türk İmparatorluğunda Modern Haçlı Seferi</t>
+          <t>What Prophet Muhammad Offered to Humanity</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786056995163</t>
+          <t>9786057038548</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Türk Arap İlişkileri ve Arap Milliyetçiliğinin Doğuşu</t>
+          <t>Emir Ahmed Buhar Hazretleri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>270</v>
+        <v>110</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786056995156</t>
+          <t>9786059348720</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bolulu Devlet Adamları</t>
+          <t>Ege Bölgesinde Yunan Zulmü</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786058037021</t>
+          <t>9786254437687</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Düşüşü</t>
+          <t>Düşünce Özgürlüğü Tarihi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786058037052</t>
+          <t>9786057038579</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ayyüce</t>
+          <t>Doğu Mektupları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059348577</t>
+          <t>9786056995194</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Sözleşmesi</t>
+          <t>Delikanlıca Yazılar 2006-2020</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786056995187</t>
+          <t>9786059348744</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Antik Felsefenin İslam Dünyasına Girişi</t>
+          <t>Cemal-i Halvetti'nin Kudsi Kırk Hadis ve Şerhi-Tahkikli Metin Tercümesi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057110725</t>
+          <t>9786059348751</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdulhamid 2 - The Last Great Ottoman Sultan</t>
+          <t>Cemal-i Halvetti'nin Kırk Hadis ve Şerhi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057038562</t>
+          <t>9786058037007</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesinde Adalet - İlkçağ ve Ortaçağda Adalet Teorileri</t>
+          <t>Uçarca</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057038517</t>
+          <t>9786059348690</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi Tarihine Giriş</t>
+          <t>Türk Mektupları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789758911139</t>
+          <t>9786254437618</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sirenleri Taşa Tutun</t>
+          <t>Türk İmparatorluğunda Modern Haçlı Seferi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786254437625</t>
+          <t>9786056995163</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Ekelim</t>
+          <t>Türk Arap İlişkileri ve Arap Milliyetçiliğinin Doğuşu</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786254437656</t>
+          <t>9786056995156</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Anahatları ile Roma İmparatorluğu Tarihi</t>
+          <t>Bolulu Devlet Adamları</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789758911112</t>
+          <t>9786058037021</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Bir Yıldız Düşüşü</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059348713</t>
+          <t>9786058037052</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Başarısının Sırrı</t>
+          <t>Ayyüce</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786254437649</t>
+          <t>9786059348577</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Arapların Felaketi: Osmanlı Hilafetinin Sonu - Elli Yılın Hesabı 1875 - 1925</t>
+          <t>Tedarik Sözleşmesi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789758911200</t>
+          <t>9786056995187</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Eğitim Hukuk ve Modernleşme</t>
+          <t>Antik Felsefenin İslam Dünyasına Girişi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059348522</t>
+          <t>9786057110725</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Obur Bibliyofil</t>
+          <t>Sultan Abdulhamid 2 - The Last Great Ottoman Sultan</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059348669</t>
+          <t>9786057038562</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Nesillerin El Kitabı</t>
+          <t>Siyaset Felsefesinde Adalet - İlkçağ ve Ortaçağda Adalet Teorileri</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789758911201</t>
+          <t>9786057038517</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>My Cihad</t>
+          <t>Siyaset Bilimi Tarihine Giriş</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786058037014</t>
+          <t>9789758911139</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Manissa</t>
+          <t>Sirenleri Taşa Tutun</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786056995170</t>
+          <t>9786254437625</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Mahkumlardan Peygamber Efendimize Mektuplar</t>
+          <t>Sevgi Ekelim</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>0247985999879</t>
+          <t>9786254437656</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Le Grand Apport Du Noble Prophete De L'İslam A L'Humanite</t>
+          <t>Anahatları ile Roma İmparatorluğu Tarihi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>1300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786058037038</t>
+          <t>9789758911112</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'lı Hayat Hayatlı Kur'an</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786254437670</t>
+          <t>9786059348713</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Müşrik Dindarlığı</t>
+          <t>Osmanlı'nın Başarısının Sırrı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>470</v>
+        <v>120</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789758911003</t>
+          <t>9786254437649</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Kur'an</t>
+          <t>Arapların Felaketi: Osmanlı Hilafetinin Sonu - Elli Yılın Hesabı 1875 - 1925</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059348638</t>
+          <t>9789758911200</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kudüs'ün Yıkılışı-Yahudi-Roma Savaşları</t>
+          <t>Osmanlı Devleti'nde Eğitim Hukuk ve Modernleşme</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059348614</t>
+          <t>9786059348522</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kabir Azabı-Özal'ın Ölüm Biyografisi</t>
+          <t>Obur Bibliyofil</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059348553</t>
+          <t>9786059348669</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Jüpiterin Üretken Kadınları</t>
+          <t>Nesillerin El Kitabı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789758911287</t>
+          <t>9789758911201</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Japonya'da Eğitim Kültür ve Modernleşme</t>
+          <t>My Cihad</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059348706</t>
+          <t>9786058037014</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İstanbul 1890</t>
+          <t>Manissa</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>90</v>
+        <v>400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789758911851</t>
+          <t>9786056995170</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İslamda Hilafet ve Osmanlı Hilafetinin Önemi</t>
+          <t>Mahkumlardan Peygamber Efendimize Mektuplar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057038500</t>
+          <t>0247985999879</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Şahitlik Sistemi ve Türk Usul Hukuku ile Mukayesesi</t>
+          <t>Le Grand Apport Du Noble Prophete De L'İslam A L'Humanite</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>700</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057110718</t>
+          <t>9786058037038</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İlk Osmanlı Sefiri 28 Mehmet Çelebi'nin Fransa Anıları: Kafirlerin Cenneti</t>
+          <t>Kur'an'lı Hayat Hayatlı Kur'an</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059348515</t>
+          <t>9786254437670</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Girişimci Olunur?</t>
+          <t>Kur'an-ı Kerim'de Müşrik Dindarlığı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059348454</t>
+          <t>9789758911003</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsan Davranışları</t>
+          <t>Kur'an'da Kur'an</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059348461</t>
+          <t>9786059348638</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Laik Sistemde İslami Siyaset Sorunu</t>
+          <t>Kudüs'ün Yıkılışı-Yahudi-Roma Savaşları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059348430</t>
+          <t>9786059348614</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Paşa-Bir Osmanlı Valisi</t>
+          <t>Kabir Azabı-Özal'ın Ölüm Biyografisi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059348409</t>
+          <t>9786059348553</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Altın Vuruş</t>
+          <t>Jüpiterin Üretken Kadınları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059348416</t>
+          <t>9789758911287</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Aşk Adamı</t>
+          <t>Japonya'da Eğitim Kültür ve Modernleşme</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059348317</t>
+          <t>9786059348706</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İslami Bir Değer Empati</t>
+          <t>İstanbul 1890</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059348256</t>
+          <t>9789758911851</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sabırtaşı-Beyoğlu'nda Bir Bey Oğlu</t>
+          <t>İslamda Hilafet ve Osmanlı Hilafetinin Önemi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>560</v>
+        <v>160</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059348270</t>
+          <t>9786057038500</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Anne Baba Hakları</t>
+          <t>İslam Hukukunda Şahitlik Sistemi ve Türk Usul Hukuku ile Mukayesesi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>550</v>
+        <v>800</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059348249</t>
+          <t>9786057110718</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ümmi Bir Aşk</t>
+          <t>İlk Osmanlı Sefiri 28 Mehmet Çelebi'nin Fransa Anıları: Kafirlerin Cenneti</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059348171</t>
+          <t>9786059348515</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Avcı Mehmed</t>
+          <t>Nasıl Girişimci Olunur?</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059348164</t>
+          <t>9786059348454</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Nesl-i Pak</t>
+          <t>Kur'an'da İnsan Davranışları</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059348157</t>
+          <t>9786059348461</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Parlamenter Yapı Karşısında Başkanlık Sistemi</t>
+          <t>Laik Sistemde İslami Siyaset Sorunu</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059348133</t>
+          <t>9786059348430</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Çukur - Muhsin Yazıcıoğlu Suikastının Perde Arkası</t>
+          <t>Paşa-Bir Osmanlı Valisi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059348096</t>
+          <t>9786059348409</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Akşemseddin Hazretleri</t>
+          <t>Altın Vuruş</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059348119</t>
+          <t>9786059348416</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Irkçılık Ulusculuk Milliyetçilik</t>
+          <t>Aşk Adamı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059348102</t>
+          <t>9786059348317</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İkinci Osmanlı Yolunda Ayak Bağları</t>
+          <t>İslami Bir Değer Empati</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059348126</t>
+          <t>9786059348256</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Küller ve Cüzler</t>
+          <t>Sabırtaşı-Beyoğlu'nda Bir Bey Oğlu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>260</v>
+        <v>560</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059348058</t>
+          <t>9786059348270</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Gençliğimi Şahitliğe Çağırıyorum</t>
+          <t>Örneklerle Anne Baba Hakları</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059348041</t>
+          <t>9786059348249</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zaman Mücahidleri</t>
+          <t>Ümmi Bir Aşk</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059348027</t>
+          <t>9786059348171</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Adalet Savaşçısı - Mengene</t>
+          <t>Avcı Mehmed</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059348034</t>
+          <t>9786059348164</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Mevsimler Gölgeler</t>
+          <t>Nesl-i Pak</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059348010</t>
+          <t>9786059348157</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yorgun Yabancı Savaşçı</t>
+          <t>Parlamenter Yapı Karşısında Başkanlık Sistemi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055350970</t>
+          <t>9786059348133</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Şark Meselesi</t>
+          <t>Kanlı Çukur - Muhsin Yazıcıoğlu Suikastının Perde Arkası</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055350093</t>
+          <t>9786059348096</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Akşemseddin Hazretleri ve Yakın Çevresi</t>
+          <t>Akşemseddin Hazretleri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055350963</t>
+          <t>9786059348119</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Veziristan Sevgilim Elveda</t>
+          <t>İslam'da Irkçılık Ulusculuk Milliyetçilik</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055350956</t>
+          <t>9786059348102</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yedi İklim Sevdası</t>
+          <t>İkinci Osmanlı Yolunda Ayak Bağları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055350796</t>
+          <t>9786059348126</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İmamlar Ne İş Yapar</t>
+          <t>Küller ve Cüzler</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>480</v>
+        <v>290</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055350802</t>
+          <t>9786059348058</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Talya</t>
+          <t>Gençliğimi Şahitliğe Çağırıyorum</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055350871</t>
+          <t>9786059348041</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Sünniler Şiiler - Büyük Oyun'dan Dersler 5</t>
+          <t>Ahir Zaman Mücahidleri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055350864</t>
+          <t>9786059348027</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hücumlar Cürümler - Büyük Oyun'dan Dersler 4</t>
+          <t>Adalet Savaşçısı - Mengene</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>340</v>
+        <v>550</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055350857</t>
+          <t>9786059348034</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Reisler Taliban'lar - Büyük Oyun'dan Dersler 3</t>
+          <t>Rüyalar Mevsimler Gölgeler</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>340</v>
+        <v>650</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055350840</t>
+          <t>9786059348010</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Stratejiler Komplolar - Büyük Oyun'dan Dersler 2</t>
+          <t>Yorgun Yabancı Savaşçı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055350833</t>
+          <t>9786055350970</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Gerillalar Kontrgerillalar - Büyük Oyun'dan Dersler 1</t>
+          <t>Şark Meselesi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055350895</t>
+          <t>9786055350093</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Taşradan Çığlıklar</t>
+          <t>Akşemseddin Hazretleri ve Yakın Çevresi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055350659</t>
+          <t>9786055350963</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mısırı</t>
+          <t>Veziristan Sevgilim Elveda</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>270</v>
+        <v>600</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055350703</t>
+          <t>9786055350956</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Risalesi</t>
+          <t>Yedi İklim Sevdası</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055350666</t>
+          <t>9786055350796</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dair</t>
+          <t>İmamlar Ne İş Yapar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>500</v>
+        <v>480</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055350543</t>
+          <t>9786055350802</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Şair Bakışlı Kalemler Antolojisi - 1</t>
+          <t>Talya</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055350628</t>
+          <t>9786055350871</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Lahza</t>
+          <t>Sünniler Şiiler - Büyük Oyun'dan Dersler 5</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055350567</t>
+          <t>9786055350864</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Sahra-yı Kebiri Nasıl Geçtim</t>
+          <t>Hücumlar Cürümler - Büyük Oyun'dan Dersler 4</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789758911837</t>
+          <t>9786055350857</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Toplumsal Gerçekliği</t>
+          <t>Reisler Taliban'lar - Büyük Oyun'dan Dersler 3</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789758911608</t>
+          <t>9786055350840</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde İsyan Var!</t>
+          <t>Stratejiler Komplolar - Büyük Oyun'dan Dersler 2</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789758911868</t>
+          <t>9786055350833</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Nasıl Doğdu</t>
+          <t>Gerillalar Kontrgerillalar - Büyük Oyun'dan Dersler 1</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789758911943</t>
+          <t>9786055350895</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Trablusgarp'tan Sahra-yı Kebir'e Doğru</t>
+          <t>Taşradan Çığlıklar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055350178</t>
+          <t>9786055350659</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>The King of Dungeons</t>
+          <t>Osmanlı Mısırı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786055350024</t>
+          <t>9786055350703</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Siyasette Din İstismarı Tartışmaları</t>
+          <t>Aydınlanma Risalesi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057349071</t>
+          <t>9786055350666</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sanatı ve Nasihatü'l - Mülük Tercümesi</t>
+          <t>Aşka Dair</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>370</v>
+        <v>600</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789758911332</t>
+          <t>9786055350543</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Sekizinci Asırda Gerçekleşen Dinler Arası İlk Diyalog</t>
+          <t>Uluslararası Şair Bakışlı Kalemler Antolojisi - 1</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786055350383</t>
+          <t>9786055350628</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Politika</t>
+          <t>Lahza</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786055350062</t>
+          <t>9786055350567</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Peri Poetika Şiir Sanatı</t>
+          <t>Sahra-yı Kebiri Nasıl Geçtim</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>120</v>
+        <v>580</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055350031</t>
+          <t>9789758911837</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlerde Meslek Tatmini ve İş Stresi</t>
+          <t>Zamanın Toplumsal Gerçekliği</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>200</v>
+        <v>530</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789758911004</t>
+          <t>9789758911608</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Döneminde Bekirağa ve Malta Anıları(1919 - 1921)</t>
+          <t>Yüreğimde İsyan Var!</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>550</v>
+        <v>190</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789758911530</t>
+          <t>9789758911868</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Venedik Balyoslarının Bakışıyla Osmanlı İmparatorluğu Lale Devri Sonrası (1720-1734)</t>
+          <t>Türkiye Nasıl Doğdu</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789758911066</t>
+          <t>9789758911943</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kroyçer Sonat</t>
+          <t>Trablusgarp'tan Sahra-yı Kebir'e Doğru</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789758911103</t>
+          <t>9786055350178</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İzlanda Balıkçısı</t>
+          <t>The King of Dungeons</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>230</v>
+        <v>650</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786055350185</t>
+          <t>9786055350024</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'a Seyahat</t>
+          <t>Siyasette Din İstismarı Tartışmaları</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055350307</t>
+          <t>9786057349071</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Göre Irkçılık ve PKK Ekseninde Kürt Sorunu</t>
+          <t>Siyaset Sanatı ve Nasihatü'l - Mülük Tercümesi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789758911028</t>
+          <t>9789758911332</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İran Mektupları</t>
+          <t>Sekizinci Asırda Gerçekleşen Dinler Arası İlk Diyalog</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789758911585</t>
+          <t>9786055350383</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Güz Resimleri</t>
+          <t>Politika</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789758911752</t>
+          <t>9786055350062</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimde Kal</t>
+          <t>Peri Poetika Şiir Sanatı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789758911127</t>
+          <t>9786055350031</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Dinin Meşrulaştırma Gücü</t>
+          <t>Öğretmenlerde Meslek Tatmini ve İş Stresi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789758911486</t>
+          <t>9789758911004</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Cennete Bilet</t>
+          <t>Milli Mücadele Döneminde Bekirağa ve Malta Anıları(1919 - 1921)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>260</v>
+        <v>650</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055350314</t>
+          <t>9789758911530</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Bu Gam Defteri'nin Tamamı Yok mu?</t>
+          <t>Venedik Balyoslarının Bakışıyla Osmanlı İmparatorluğu Lale Devri Sonrası (1720-1734)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055350529</t>
+          <t>9789758911066</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Mısır Seferinde Osmanlı Ordusu ile Altı Ay</t>
+          <t>Kroyçer Sonat</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789758911950</t>
+          <t>9789758911103</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Muhaberat ve Muhaverat</t>
+          <t>İzlanda Balıkçısı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055350420</t>
+          <t>9786055350185</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Toroslarda Kaldı</t>
+          <t>İstanbul'a Seyahat</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789758911882</t>
+          <t>9786055350307</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Amerika Seyahatnamesi</t>
+          <t>İslam'a Göre Irkçılık ve PKK Ekseninde Kürt Sorunu</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789758911578</t>
+          <t>9789758911028</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Tenha Şiirler</t>
+          <t>İran Mektupları</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>130</v>
+        <v>270</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789758911295</t>
+          <t>9789758911585</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Tarihte ve Medeniyette Osmanlılar</t>
+          <t>Güz Resimleri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789758911073</t>
+          <t>9789758911752</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Vesta Rahibesi</t>
+          <t>Düşlerimde Kal</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789758911158</t>
+          <t>9789758911127</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>11 Eylül Mektupları</t>
+          <t>Dinin Meşrulaştırma Gücü</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789758911875</t>
+          <t>9789758911486</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Balkan Haçlı Seferlerinde Avrupa Siyaseti ve Türklerin Felaketi</t>
+          <t>Cennete Bilet</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789758911080</t>
+          <t>9786055350314</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Nasıl Anlatmalı</t>
+          <t>Bu Gam Defteri'nin Tamamı Yok mu?</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055350192</t>
+          <t>9786055350529</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Guantanamo Pakistan</t>
+          <t>Mısır Seferinde Osmanlı Ordusu ile Altı Ay</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789758911059</t>
+          <t>9789758911950</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Gözde Nakşidil Sultan</t>
+          <t>Muhaberat ve Muhaverat</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
+          <t>9786055350420</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğim Toroslarda Kaldı</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9789758911882</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Amerika Seyahatnamesi</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9789758911578</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Tenha Şiirler</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9789758911295</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Tarihte ve Medeniyette Osmanlılar</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9789758911073</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Vesta Rahibesi</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9789758911158</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>11 Eylül Mektupları</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9789758911875</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Balkan Haçlı Seferlerinde Avrupa Siyaseti ve Türklerin Felaketi</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9789758911080</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Ölümü Nasıl Anlatmalı</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786055350192</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Guantanamo Pakistan</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9789758911059</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Gözde Nakşidil Sultan</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
           <t>9786055350468</t>
         </is>
       </c>
-      <c r="B223" s="1" t="inlineStr">
+      <c r="B233" s="1" t="inlineStr">
         <is>
           <t>Evliya Çelebi'nin Gözüyle Kahramanmaraş ve Çevresi</t>
         </is>
       </c>
-      <c r="C223" s="1">
-        <v>160</v>
+      <c r="C233" s="1">
+        <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>