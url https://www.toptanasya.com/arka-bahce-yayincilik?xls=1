--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,2575 +85,2590 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257054898</t>
+          <t>9786257054911</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Flash Zagor Balta ve Yıldırım</t>
+          <t>Flash Cilt 8 - Flash Savaşı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>430</v>
+        <v>440</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257054881</t>
+          <t>9786257054898</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ultimate Evreni Başlangıç</t>
+          <t>Flash Zagor Balta ve Yıldırım</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>490</v>
+        <v>430</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257054874</t>
+          <t>9786257054881</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Nightwing Cilt 1 - Işığa Doğru</t>
+          <t>Ultimate Evreni Başlangıç</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>410</v>
+        <v>490</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257054843</t>
+          <t>9786257054874</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Doktor Strange 1 Evren Boyunca</t>
+          <t>Nightwing Cilt 1 - Işığa Doğru</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257054836</t>
+          <t>9786257054843</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tony Stark Iron Man 1 Kendi Kendini Yetiştirmiş</t>
+          <t>Doktor Strange 1 Evren Boyunca</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257054805</t>
+          <t>9786257054836</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Daredevil - Gölge Topraklar (Ciltli)</t>
+          <t>Tony Stark Iron Man 1 Kendi Kendini Yetiştirmiş</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>990</v>
+        <v>330</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257054850</t>
+          <t>9786257054805</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Dörtlü Doktor Doom İle Tanışın</t>
+          <t>Daredevil - Gölge Topraklar (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>96</v>
+        <v>990</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257054829</t>
+          <t>9786257054850</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Dörtlü Galactus'un Gelişi</t>
+          <t>Fantastik Dörtlü Doktor Doom İle Tanışın</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>96</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257054812</t>
+          <t>9786257054829</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Dörtlü Cilt.6</t>
+          <t>Fantastik Dörtlü Galactus'un Gelişi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257054591</t>
+          <t>9786257054812</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Korkusuz Orjinal 1. Sayı</t>
+          <t>Fantastik Dörtlü Cilt 6</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>75</v>
+        <v>380</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059209526</t>
+          <t>9786257054591</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Doktor Strange - 1</t>
+          <t>Daredevil Korkusuz Orjinal 1. Sayı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>290</v>
+        <v>75</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257054799</t>
+          <t>9786059209526</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Klasikleri Cilt 1</t>
+          <t>Doktor Strange - 1</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>490</v>
+        <v>290</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257054782</t>
+          <t>9786257054799</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 10 Gölge Topraklar İkinci Bölüm</t>
+          <t>Daredevil Klasikleri Cilt 1</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>360</v>
+        <v>490</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257054775</t>
+          <t>9786257054782</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 9 Gölge Topraklar Birinci Bölüm</t>
+          <t>Daredevil Cilt 10 Gölge Topraklar İkinci Bölüm</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257054751</t>
+          <t>9786257054775</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Masallar Cilt 13: Büyük Masal Kesişmesi</t>
+          <t>Daredevil Cilt 9 Gölge Topraklar Birinci Bölüm</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257054768</t>
+          <t>9786257054751</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ms. Marvel Cilt 6: İç savaş II</t>
+          <t>Masallar Cilt 13: Büyük Masal Kesişmesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>370</v>
+        <v>650</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257054713</t>
+          <t>9786257054768</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Dörtlü Hayat Hikayesi</t>
+          <t>Ms. Marvel Cilt 6: İç savaş II</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>430</v>
+        <v>370</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257054720</t>
+          <t>9786257054713</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Doktor Doom</t>
+          <t>Fantastik Dörtlü Hayat Hikayesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>460</v>
+        <v>430</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257054706</t>
+          <t>9786257054720</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 8: Şeytanın Eli</t>
+          <t>Doktor Doom</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>390</v>
+        <v>460</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257054645</t>
+          <t>9786257054706</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Flash Klasik Seri Cilt 2</t>
+          <t>Daredevil Cilt 8: Şeytanın Eli</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>495</v>
+        <v>390</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257054676</t>
+          <t>9786257054645</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>X-Men Tanrı Sever, İnsan Öldürür</t>
+          <t>Flash Klasik Seri Cilt 2</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>215</v>
+        <v>495</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257054683</t>
+          <t>9786257054676</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Dörtlü Cilt 2 – Bay ve Bayan Grimm</t>
+          <t>X-Men Tanrı Sever, İnsan Öldürür</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>290</v>
+        <v>215</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257054072</t>
+          <t>9786257054683</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kebenin Gölgesinde (Ciltli)</t>
+          <t>Fantastik Dörtlü Cilt 2 – Bay ve Bayan Grimm</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>600</v>
+        <v>290</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257054126</t>
+          <t>9786257054072</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ms. Marvel 4 - Son Günler</t>
+          <t>Kebenin Gölgesinde (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789759050955</t>
+          <t>9786257054126</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Masallar Cilt 1: Efsaneler Sürgünde (3 Farklı Kapak)</t>
+          <t>Ms. Marvel 4 - Son Günler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059209076</t>
+          <t>9789759050955</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern - Yeşil Fener / Yeniden Doğuş Cilt: 1</t>
+          <t>Masallar Cilt 1: Efsaneler Sürgünde (3 Farklı Kapak)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059209168</t>
+          <t>9786059209076</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern - Yeşil Fener / Gizli Orijin Cilt: 2</t>
+          <t>Green Lantern - Yeşil Fener / Yeniden Doğuş Cilt: 1</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059209441</t>
+          <t>9786059209168</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Flash Cilt 6 Zaman Kayması</t>
+          <t>Green Lantern - Yeşil Fener / Gizli Orijin Cilt: 2</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>415</v>
+        <v>370</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059209038</t>
+          <t>9786059209441</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Marvels Mucizeler</t>
+          <t>Flash Cilt 6 Zaman Kayması</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>500</v>
+        <v>415</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059209052</t>
+          <t>9786059209038</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Masallar - Cilt 4- Tahta Askerler Marşı</t>
+          <t>Marvels Mucizeler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>620</v>
+        <v>500</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059209236</t>
+          <t>9786059209052</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>The Flash Flashpoint Yolunda</t>
+          <t>Masallar - Cilt 4- Tahta Askerler Marşı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>260</v>
+        <v>620</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059209342</t>
+          <t>9786059209236</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Flashpoint Patlama Noktası</t>
+          <t>The Flash Flashpoint Yolunda</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>465</v>
+        <v>260</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059209359</t>
+          <t>9786059209342</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Flash Flashpoint Dünyası</t>
+          <t>Flashpoint Patlama Noktası</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>520</v>
+        <v>465</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789759050993</t>
+          <t>9786059209359</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Masallar Cilt 3 : Masal Aşkı</t>
+          <t>Flash Flashpoint Dünyası</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>550</v>
+        <v>520</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257054638</t>
+          <t>9789759050993</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Demir Adam – Tony Stark’ı Ararken</t>
+          <t>Masallar Cilt 3 : Masal Aşkı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>375</v>
+        <v>550</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059209519</t>
+          <t>9786257054638</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Spawn Cilt 2</t>
+          <t>Yenilmez Demir Adam – Tony Stark’ı Ararken</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>410</v>
+        <v>375</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059209434</t>
+          <t>9786059209519</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İron Man- Yenilmez Demir Adam Cilt:6 Stark Yükseliyor</t>
+          <t>Spawn Cilt 2</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>356</v>
+        <v>410</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257054621</t>
+          <t>9786059209434</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Titans Cilt 4 – Titanlar Paramparça</t>
+          <t>İron Man- Yenilmez Demir Adam Cilt:6 Stark Yükseliyor</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>356</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059209960</t>
+          <t>9786257054621</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Iron Man : Yenilmez Demir Adam Cilt 9</t>
+          <t>Titans Cilt 4 – Titanlar Paramparça</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059209564</t>
+          <t>9786059209960</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Iron Man (Demir Adam) Cilt 8 - Tedavisi Yok</t>
+          <t>Iron Man : Yenilmez Demir Adam Cilt 9</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>318</v>
+        <v>340</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257054652</t>
+          <t>9786059209564</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Dörtlü Tam Koleksiyon Cilt 5</t>
+          <t>Iron Man (Demir Adam) Cilt 8 - Tedavisi Yok</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>340</v>
+        <v>318</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257054119</t>
+          <t>9786257054652</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Marvel Evreni Tarihi</t>
+          <t>Fantastik Dörtlü Tam Koleksiyon Cilt 5</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>396</v>
+        <v>340</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059209830</t>
+          <t>9786257054119</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Manhattan Yapımı - Titans Cilt 2</t>
+          <t>Marvel Evreni Tarihi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>280</v>
+        <v>396</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059209113</t>
+          <t>9786059209830</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt: 5 - İmgelem</t>
+          <t>Manhattan Yapımı - Titans Cilt 2</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>265</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059209847</t>
+          <t>9786059209113</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Aqualad Yükseliyor Cilt 2 - Teen Titans</t>
+          <t>Daredevil Cilt: 5 - İmgelem</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257054614</t>
+          <t>9786059209847</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Doktor Strange Cilt 7 - Lanetlenme</t>
+          <t>Aqualad Yükseliyor Cilt 2 - Teen Titans</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257054577</t>
+          <t>9786257054614</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Flash Cilt 7 Kusursuz Fırtına</t>
+          <t>Doktor Strange Cilt 7 - Lanetlenme</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059209199</t>
+          <t>9786257054577</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Korkusuz Cilt: 6 - Mahallenin Kralı</t>
+          <t>Flash Cilt 7 Kusursuz Fırtına</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>315</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257054546</t>
+          <t>9786059209199</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>X-Men'97 Sayı 3</t>
+          <t>Daredevil Korkusuz Cilt: 6 - Mahallenin Kralı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>65</v>
+        <v>315</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257054553</t>
+          <t>9786257054546</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>X-Men'97 Sayı 4</t>
+          <t>X-Men'97 Sayı 3</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257054584</t>
+          <t>9786257054553</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>X-Men - 1 Orjinal İlk Sayı</t>
+          <t>X-Men'97 Sayı 4</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257054560</t>
+          <t>9786257054584</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 7 – Kralın Dönüşü</t>
+          <t>X-Men - 1 Orjinal İlk Sayı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>65</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257054508</t>
+          <t>9786257054560</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Strange Akademi 2 - İşin İyi Tarafı</t>
+          <t>Daredevil Cilt 7 – Kralın Dönüşü</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257054607</t>
+          <t>9786257054508</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>The Invincible Iron Man Orjinal 1. Sayı</t>
+          <t>Strange Akademi 2 - İşin İyi Tarafı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257054515</t>
+          <t>9786257054607</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Fantastic Four Cilt 1 - Sonsuza Dek Dört</t>
+          <t>The Invincible Iron Man Orjinal 1. Sayı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>240</v>
+        <v>60</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257054522</t>
+          <t>9786257054515</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Spawn Klasik Seri Cilt 7</t>
+          <t>Fantastic Four Cilt 1 - Sonsuza Dek Dört</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257054539</t>
+          <t>9786257054522</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>X-Men’97 Sayı: 2</t>
+          <t>Spawn Klasik Seri Cilt 7</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257054492</t>
+          <t>9786257054539</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>X-Men '97 #1</t>
+          <t>X-Men’97 Sayı: 2</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257054485</t>
+          <t>9786257054492</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Teen Titans Cilt 3 Kid Flash’ın Dönüşü</t>
+          <t>X-Men '97 #1</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>325</v>
+        <v>50</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257054461</t>
+          <t>9786257054485</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>X-Men Büyük Maceralar Mutantların Düşüşü</t>
+          <t>Teen Titans Cilt 3 Kid Flash’ın Dönüşü</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>380</v>
+        <v>325</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257054133</t>
+          <t>9786257054461</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Dörtlü Cilt - 2</t>
+          <t>X-Men Büyük Maceralar Mutantların Düşüşü</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>620</v>
+        <v>380</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059209175</t>
+          <t>9786257054133</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Flash - Kalleşçe Ölüm</t>
+          <t>Fantastik Dörtlü Cilt - 2</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>345</v>
+        <v>620</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257054430</t>
+          <t>9786059209175</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kötü Şöhretli Demir Adam Cilt: 2 Günah Çıkarma</t>
+          <t>Flash - Kalleşçe Ölüm</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>350</v>
+        <v>345</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257054416</t>
+          <t>9786257054430</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Titans Cilt 3: İçimizdeki Hain</t>
+          <t>Kötü Şöhretli Demir Adam Cilt: 2 Günah Çıkarma</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257054423</t>
+          <t>9786257054416</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Demir Adam Demirkalp Cilt 2 Kararlar</t>
+          <t>Titans Cilt 3: İçimizdeki Hain</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059209212</t>
+          <t>9786257054423</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Iron Man Cilt 2 - Yenilmez Demir Adam</t>
+          <t>Yenilmez Demir Adam Demirkalp Cilt 2 Kararlar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>440</v>
+        <v>285</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059209809</t>
+          <t>9786059209212</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Hız - Flash Cilt 2</t>
+          <t>Iron Man Cilt 2 - Yenilmez Demir Adam</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257054348</t>
+          <t>9786059209809</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Flash Cilt 6: Cehennemde Soğuk Bir Gün</t>
+          <t>Karanlık Hız - Flash Cilt 2</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257054331</t>
+          <t>9786257054348</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Teen Titans: İlk Yıl</t>
+          <t>Flash Cilt 6: Cehennemde Soğuk Bir Gün</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257054355</t>
+          <t>9786257054331</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Büyük Umutlar Çizgi Roman Dergisi Sayı 1</t>
+          <t>Teen Titans: İlk Yıl</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257054294</t>
+          <t>9786257054355</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Dörtlü Cilt 4</t>
+          <t>Büyük Umutlar Çizgi Roman Dergisi Sayı 1</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>440</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257054324</t>
+          <t>9786257054294</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ay Kız ve Dev Dinozor Cilt 1: Daima En İyi Arkadaşlar</t>
+          <t>Fantastik Dörtlü Cilt 4</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>255</v>
+        <v>440</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257054317</t>
+          <t>9786257054324</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 6 Lady Bullseye</t>
+          <t>Ay Kız ve Dev Dinozor Cilt 1: Daima En İyi Arkadaşlar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257054300</t>
+          <t>9786257054317</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dr. Strange Cilt 6 Büyü Tanrısı</t>
+          <t>Daredevil Cilt 6 Lady Bullseye</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257054287</t>
+          <t>9786257054300</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Flash Cilt 5 Negatif</t>
+          <t>Dr. Strange Cilt 6 Büyü Tanrısı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257054270</t>
+          <t>9786257054287</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Flash: Yaşayan En Hızlı Adam</t>
+          <t>Flash Cilt 5 Negatif</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257054256</t>
+          <t>9786257054270</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>X-Men Büyük Maceralar: Mutant Katliamı - 2</t>
+          <t>Flash: Yaşayan En Hızlı Adam</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257054249</t>
+          <t>9786257054256</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>X-Men Büyük Maceralar: Mutant Katliamı - 1</t>
+          <t>X-Men Büyük Maceralar: Mutant Katliamı - 2</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257054232</t>
+          <t>9786257054249</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 5 Zalim ve Sıra Dışı</t>
+          <t>X-Men Büyük Maceralar: Mutant Katliamı - 1</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257054225</t>
+          <t>9786257054232</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Dörtlü 3</t>
+          <t>Daredevil Cilt 5 Zalim ve Sıra Dışı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257054195</t>
+          <t>9786257054225</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ms. Marvel 5 Aşırı Ünlü</t>
+          <t>Fantastik Dörtlü 3</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>265</v>
+        <v>420</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257054201</t>
+          <t>9786257054195</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Strange Akademi - İlk Ders</t>
+          <t>Ms. Marvel 5 Aşırı Ünlü</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>305</v>
+        <v>265</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257054188</t>
+          <t>9786257054201</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Demir Adam: Ironman - Demirkalp Cilt 1</t>
+          <t>Strange Akademi - İlk Ders</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>240</v>
+        <v>305</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257054157</t>
+          <t>9786257054188</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Daredevil: Koruyucu Şeytan</t>
+          <t>Yenilmez Demir Adam: Ironman - Demirkalp Cilt 1</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257054164</t>
+          <t>9786257054157</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Demir Adam Iron Man Cilt 11 - Gelecek</t>
+          <t>Daredevil: Koruyucu Şeytan</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>276</v>
+        <v>420</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257054171</t>
+          <t>9786257054164</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ödenecek Bedel - Daredevil Cilt 4</t>
+          <t>Yenilmez Demir Adam Iron Man Cilt 11 - Gelecek</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>325</v>
+        <v>276</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257054140</t>
+          <t>9786257054171</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Dr. Strange Cilt 5 - Gizli İmparatorluk</t>
+          <t>Ödenecek Bedel - Daredevil Cilt 4</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>305</v>
+        <v>325</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257054089</t>
+          <t>9786257054140</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Masallar Cilt 12: Karanlık Çağlar</t>
+          <t>Dr. Strange Cilt 5 - Gizli İmparatorluk</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>325</v>
+        <v>305</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257054263</t>
+          <t>9786257054089</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kötü Şöhretli Demir Adam Cilt:1</t>
+          <t>Masallar Cilt 12: Karanlık Çağlar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>265</v>
+        <v>325</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257054102</t>
+          <t>9786257054263</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Doktor Strange Cilt 4 - Bay Istırap</t>
+          <t>Kötü Şöhretli Demir Adam Cilt:1</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257054096</t>
+          <t>9786257054102</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ödenecek Bedel - Daredevil Cilt 3</t>
+          <t>Doktor Strange Cilt 4 - Bay Istırap</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059209878</t>
+          <t>9786257054096</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Spawn Cilt: 6</t>
+          <t>Ödenecek Bedel - Daredevil Cilt 3</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257054058</t>
+          <t>9786059209878</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Iron Man - Yenilmez Demiradam Cilt 10 - Uzun Yol</t>
+          <t>Spawn Cilt: 6</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789759050931</t>
+          <t>9786257054058</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern Cilt 3 - En Karanlık Gece</t>
+          <t>Iron Man - Yenilmez Demiradam Cilt 10 - Uzun Yol</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257054027</t>
+          <t>9789759050931</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 2 - Şeytanın İçi Ve Dışı</t>
+          <t>Green Lantern Cilt 3 - En Karanlık Gece</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257054010</t>
+          <t>9786257054027</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Flash Rebirth Cilt 4 - Korkudan Kaçmak</t>
+          <t>Daredevil Cilt 2 - Şeytanın İçi Ve Dışı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>255</v>
+        <v>290</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257054003</t>
+          <t>9786257054010</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Titans Lazarus Sözleşmesi</t>
+          <t>Flash Rebirth Cilt 4 - Korkudan Kaçmak</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>265</v>
+        <v>255</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059209991</t>
+          <t>9786257054003</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Daredevil - Yeniden Doğuş</t>
+          <t>Titans Lazarus Sözleşmesi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>420</v>
+        <v>265</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059209557</t>
+          <t>9786059209991</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern - En Karanlık Gece 2. Kitap</t>
+          <t>Daredevil - Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>295</v>
+        <v>420</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059209861</t>
+          <t>9786059209557</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Spawn Cilt 5</t>
+          <t>Green Lantern - En Karanlık Gece 2. Kitap</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>340</v>
+        <v>295</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059209977</t>
+          <t>9786059209861</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Masallar 11 - Savaş, Barış ve Kalanlar</t>
+          <t>Spawn Cilt 5</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>345</v>
+        <v>340</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059209953</t>
+          <t>9786059209977</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Doktor Strange: Havadaki Kan Kokusu Cilt 3</t>
+          <t>Masallar 11 - Savaş, Barış ve Kalanlar</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>280</v>
+        <v>345</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059209915</t>
+          <t>9786059209953</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Dörtlü Cilt 1</t>
+          <t>Doktor Strange: Havadaki Kan Kokusu Cilt 3</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>610</v>
+        <v>280</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059209939</t>
+          <t>9786059209915</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hal Jordan ve Green Lantern Birliği 1 - Sinestro Hükümranlığı</t>
+          <t>Fantastik Dörtlü Cilt 1</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>230</v>
+        <v>610</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059209885</t>
+          <t>9786059209939</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 1 - Şeytanın İçi ve Dışı</t>
+          <t>Hal Jordan ve Green Lantern Birliği 1 - Sinestro Hükümranlığı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>325</v>
+        <v>230</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059209892</t>
+          <t>9786059209885</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Haydutlar Yeni Baştan - Flash Cilt 3</t>
+          <t>Daredevil Cilt 1 - Şeytanın İçi ve Dışı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>310</v>
+        <v>325</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059209816</t>
+          <t>9786059209892</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Spawn Cilt 4</t>
+          <t>Haydutlar Yeni Baştan - Flash Cilt 3</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059209731</t>
+          <t>9786059209816</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Geoff Johns’tan Flash: Klasik Seri 1</t>
+          <t>Spawn Cilt 4</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>630</v>
+        <v>340</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059209793</t>
+          <t>9786059209731</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern - En Karanlık Gece 1. Kitap</t>
+          <t>Geoff Johns’tan Flash: Klasik Seri 1</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>295</v>
+        <v>630</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059209779</t>
+          <t>9786059209793</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern - Yeşil Fener / Agent Orange (Cilt 9)</t>
+          <t>Green Lantern - En Karanlık Gece 1. Kitap</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059209700</t>
+          <t>9786059209779</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Masallar 10.Cilt - İyi Prens</t>
+          <t>Green Lantern - Yeşil Fener / Agent Orange (Cilt 9)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059209717</t>
+          <t>9786059209700</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Brooklyn Düşleri</t>
+          <t>Masallar 10.Cilt - İyi Prens</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>470</v>
+        <v>430</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059209748</t>
+          <t>9786059209717</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Damian En İyisini Bilir Cilt 1 - Teen Titans</t>
+          <t>Brooklyn Düşleri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>295</v>
+        <v>470</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059209755</t>
+          <t>9786059209748</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Titans Cilt 1 - Wally West’in Dönüşü</t>
+          <t>Damian En İyisini Bilir Cilt 1 - Teen Titans</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>308</v>
+        <v>295</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059209762</t>
+          <t>9786059209755</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 10 - Murdock Belgeleri</t>
+          <t>Titans Cilt 1 - Wally West’in Dönüşü</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>320</v>
+        <v>308</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059209656</t>
+          <t>9786059209762</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Sınıf</t>
+          <t>Daredevil Cilt 10 - Murdock Belgeleri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>255</v>
+        <v>320</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059209694</t>
+          <t>9786059209656</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern Yeşil Fener - Red Lanternların Öfkesi Cilt 8</t>
+          <t>Ölümcül Sınıf</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>230</v>
+        <v>255</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059209724</t>
+          <t>9786059209694</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Doktor Strange: Büyünün Son Günleri Cilt 2</t>
+          <t>Green Lantern Yeşil Fener - Red Lanternların Öfkesi Cilt 8</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059209670</t>
+          <t>9786059209724</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>The Flash Cilt 1 - Aynı Yere Düşen Yıldırım</t>
+          <t>Doktor Strange: Büyünün Son Günleri Cilt 2</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059209601</t>
+          <t>9786059209670</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Spawn Cilt 3</t>
+          <t>The Flash Cilt 1 - Aynı Yere Düşen Yıldırım</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059209120</t>
+          <t>9786059209601</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Iron Man - Demir Adam Cilt 4: Stark Parçalandı</t>
+          <t>Spawn Cilt 3</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>265</v>
+        <v>390</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059209663</t>
+          <t>9786059209120</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Titan Avı</t>
+          <t>Iron Man - Demir Adam Cilt 4: Stark Parçalandı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>385</v>
+        <v>265</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059209595</t>
+          <t>9786059209663</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>The Flash Cilt 9: Son Nokta</t>
+          <t>Titan Avı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>335</v>
+        <v>385</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059209618</t>
+          <t>9786059209595</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 9 - Kaideler</t>
+          <t>The Flash Cilt 9: Son Nokta</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>310</v>
+        <v>335</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059209632</t>
+          <t>9786059209618</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ms. Marvel 3 - Deli Divane</t>
+          <t>Daredevil Cilt 9 - Kaideler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059209625</t>
+          <t>9786059209632</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ninja Kaplumbağalar Cilt 3 - Geçmişin Gölgeleri</t>
+          <t>Ms. Marvel 3 - Deli Divane</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059209649</t>
+          <t>9786059209625</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğuş - Birinci Kitap</t>
+          <t>Ninja Kaplumbağalar Cilt 3 - Geçmişin Gölgeleri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>288</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059209540</t>
+          <t>9786059209649</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern Cilt 7: Sinestro Birliği Savaşı - İkinci Kısım</t>
+          <t>Yeniden Doğuş - Birinci Kitap</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>230</v>
+        <v>288</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059209588</t>
+          <t>9786059209540</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>The Flash Cilt 8: Zoom</t>
+          <t>Green Lantern Cilt 7: Sinestro Birliği Savaşı - İkinci Kısım</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>415</v>
+        <v>230</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059209571</t>
+          <t>9786059209588</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Masallar Cilt 9</t>
+          <t>The Flash Cilt 8: Zoom</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>364</v>
+        <v>415</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059209205</t>
+          <t>9786059209571</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Demir Adam Ironman - Sil Baştan</t>
+          <t>Masallar Cilt 9</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>300</v>
+        <v>364</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059209533</t>
+          <t>9786059209205</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern Cilt 6 - Sinestro Birliği Savaşı</t>
+          <t>Yenilmez Demir Adam Ironman - Sil Baştan</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059209502</t>
+          <t>9786059209533</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>The Flash Cilt 7: Vahşi Dünya</t>
+          <t>Green Lantern Cilt 6 - Sinestro Birliği Savaşı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>295</v>
+        <v>230</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059209496</t>
+          <t>9786059209502</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Otel Pasifik</t>
+          <t>The Flash Cilt 7: Vahşi Dünya</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>390</v>
+        <v>295</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059209410</t>
+          <t>9786059209496</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Daredevil: Korkusuz</t>
+          <t>Otel Pasifik</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059209489</t>
+          <t>9786059209410</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Power Rangers Cilt 1</t>
+          <t>Daredevil: Korkusuz</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059209380</t>
+          <t>9786059209489</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Masallar Cilt 8</t>
+          <t>Power Rangers Cilt 1</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>245</v>
+        <v>240</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059209427</t>
+          <t>9786059209380</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İron Man - Yenilmez Demir Adam Cilt: 7 Canavarlarım</t>
+          <t>Masallar Cilt 8</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059209472</t>
+          <t>9786059209427</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern - Yeşil Fener / Aranıyor: Hal Jordan Cilt: 5</t>
+          <t>İron Man - Yenilmez Demir Adam Cilt: 7 Canavarlarım</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059209465</t>
+          <t>9786059209472</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kara Bilim Cilt 2 - Hoşgeldin Hiçlik</t>
+          <t>Green Lantern - Yeşil Fener / Aranıyor: Hal Jordan Cilt: 5</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059209458</t>
+          <t>9786059209465</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Outcast</t>
+          <t>Kara Bilim Cilt 2 - Hoşgeldin Hiçlik</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059209373</t>
+          <t>9786059209458</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>MS Marvel - Cilt 2</t>
+          <t>Outcast</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>265</v>
+        <v>210</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059209335</t>
+          <t>9786059209373</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 8 - Altın Çağ</t>
+          <t>MS Marvel - Cilt 2</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059209366</t>
+          <t>9786059209335</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern: Green Lanternların İntikamı</t>
+          <t>Daredevil Cilt 8 - Altın Çağ</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059209397</t>
+          <t>9786059209366</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Doktor Strange: Yemin</t>
+          <t>Green Lantern: Green Lanternların İntikamı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059209328</t>
+          <t>9786059209397</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Masallar 7- 1001 Gece Masalları</t>
+          <t>Doktor Strange: Yemin</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059209311</t>
+          <t>9786059209328</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ninja Kaplumbağalar Cilt 2 - Eski ve Yeni Düşmanlar</t>
+          <t>Masallar 7- 1001 Gece Masalları</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059209281</t>
+          <t>9786059209311</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 7: Black Widow</t>
+          <t>Ninja Kaplumbağalar Cilt 2 - Eski ve Yeni Düşmanlar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059209298</t>
+          <t>9786059209281</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Flash Cilt: 5 Tarih Dersleri</t>
+          <t>Daredevil Cilt 7: Black Widow</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>295</v>
+        <v>340</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059209274</t>
+          <t>9786059209298</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern - Yeşil Fener / Korkmak Yok Cilt: 3</t>
+          <t>Flash Cilt: 5 Tarih Dersleri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>230</v>
+        <v>295</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059209243</t>
+          <t>9786059209274</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İron Man: İç Savaş</t>
+          <t>Green Lantern - Yeşil Fener / Korkmak Yok Cilt: 3</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059209267</t>
+          <t>9786059209243</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İron Man-Yenilmez Demir Adam Cilt 5: Stark Yükseliyor</t>
+          <t>İron Man: İç Savaş</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059209090</t>
+          <t>9786059209267</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Flash Cilt 4 - Zıt Flash</t>
+          <t>İron Man-Yenilmez Demir Adam Cilt 5: Stark Yükseliyor</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>365</v>
+        <v>250</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059209083</t>
+          <t>9786059209090</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Flash - Yeniden Doğuş</t>
+          <t>Flash Cilt 4 - Zıt Flash</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>340</v>
+        <v>365</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059209045</t>
+          <t>9786059209083</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>MS Marvel - Cilt 1</t>
+          <t>Flash - Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059209069</t>
+          <t>9786059209045</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İron Man- Yenilmez Demir Adam Cilt 3: Dünyanın En Çok Aranan Adamı 2. Kitap</t>
+          <t>MS Marvel - Cilt 1</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>305</v>
+        <v>250</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059209106</t>
+          <t>9786059209069</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Masallar: Kötü Mevsimler Cilt 5</t>
+          <t>İron Man- Yenilmez Demir Adam Cilt 3: Dünyanın En Çok Aranan Adamı 2. Kitap</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>310</v>
+        <v>305</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059209021</t>
+          <t>9786059209106</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Demir Adam İronman - Cilt 2</t>
+          <t>Masallar: Kötü Mevsimler Cilt 5</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>276</v>
+        <v>310</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059209007</t>
+          <t>9786059209021</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Flash Cilt 3: Goril Savaşı</t>
+          <t>Yenilmez Demir Adam İronman - Cilt 2</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>365</v>
+        <v>276</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059209014</t>
+          <t>9786059209007</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Korkusuz Cilt: 4 - Çetin Ceviz</t>
+          <t>Flash Cilt 3: Goril Savaşı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>290</v>
+        <v>365</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789759050900</t>
+          <t>9786059209014</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Korkusuz Cilt 2 - İfşa</t>
+          <t>Daredevil Korkusuz Cilt: 4 - Çetin Ceviz</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789759050986</t>
+          <t>9789759050900</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Masallar Cilt 2 : Hayvan Çiftliği</t>
+          <t>Daredevil Korkusuz Cilt 2 - İfşa</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>265</v>
+        <v>310</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789759050979</t>
+          <t>9789759050986</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>The Flash Cilt 2 : Haydut Devrimi</t>
+          <t>Masallar Cilt 2 : Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>365</v>
+        <v>265</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789759050962</t>
+          <t>9789759050979</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Korkusuz Cilt: 3 - Ayak Takımı</t>
+          <t>The Flash Cilt 2 : Haydut Devrimi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>350</v>
+        <v>365</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789759050924</t>
+          <t>9789759050962</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Odyssey</t>
+          <t>Daredevil Korkusuz Cilt: 3 - Ayak Takımı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789759050948</t>
+          <t>9789759050924</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>The Flash Cilt 1 - İleri</t>
+          <t>İstanbul Odyssey</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>325</v>
+        <v>170</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789759050917</t>
+          <t>9789759050948</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Iron Man - Demir Adam Cilt 1 - Beş Kabus</t>
+          <t>The Flash Cilt 1 - İleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>305</v>
+        <v>325</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789759050894</t>
+          <t>9789759050917</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Korkusuz Cilt: 1 - İkinci Adam</t>
+          <t>Iron Man - Demir Adam Cilt 1 - Beş Kabus</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>290</v>
+        <v>305</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
+          <t>9789759050894</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Daredevil Korkusuz Cilt: 1 - İkinci Adam</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
           <t>9786059209182</t>
         </is>
       </c>
-      <c r="B170" s="1" t="inlineStr">
+      <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Masallar - Cilt: 6 / Anadiyarlar</t>
         </is>
       </c>
-      <c r="C170" s="1">
+      <c r="C171" s="1">
         <v>345</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>