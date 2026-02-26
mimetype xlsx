--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,2590 +85,4015 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257054911</t>
+          <t>9786259316604</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Flash Cilt 8 - Flash Savaşı</t>
+          <t>Daredevil: Diriliş</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257054898</t>
+          <t>9786257054980</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Flash Zagor Balta ve Yıldırım</t>
+          <t>Nightwing Cilt 2 - Grayson'u Getirin</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>430</v>
+        <v>450</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257054881</t>
+          <t>9786257054904</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ultimate Evreni Başlangıç</t>
+          <t>Ultimate X-Men 1</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>490</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257054874</t>
+          <t>9786257054447</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Nightwing Cilt 1 - Işığa Doğru</t>
+          <t>Büyük Umutlar Çizgi Roman Dergisi Sayı 2</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>410</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257054843</t>
+          <t>9789759050702</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Doktor Strange 1 Evren Boyunca</t>
+          <t>Alice</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257054836</t>
+          <t>3990000022278</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tony Stark Iron Man 1 Kendi Kendini Yetiştirmiş</t>
+          <t>Kebenin Gölgesinde 3 - Yalaza (Sarı Kapak)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>330</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257054805</t>
+          <t>9789758518890</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Daredevil - Gölge Topraklar (Ciltli)</t>
+          <t>Rüzgar Yolcusu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>990</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257054850</t>
+          <t>3990009209786</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Dörtlü Doktor Doom İle Tanışın</t>
+          <t>Kebenin Gölgesinde 1 - Ergene Kartalları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>96</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257054829</t>
+          <t>9786059209229</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Dörtlü Galactus'un Gelişi</t>
+          <t>Karabala</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257054812</t>
+          <t>9786059209823</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Dörtlü Cilt 6</t>
+          <t>Fenomen 1</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>380</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257054591</t>
+          <t>9786059209687</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Korkusuz Orjinal 1. Sayı</t>
+          <t>Karabala Cilt 3 - Kara Kanatlar Kanlı Buzlar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>75</v>
+        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059209526</t>
+          <t>9786059209304</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Doktor Strange - 1</t>
+          <t>Ninja Kaplumbağalar Cilt: 1</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257054799</t>
+          <t>9789759050887</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Klasikleri Cilt 1</t>
+          <t>Kötülüğün Hanedanı - Star Wars Darth Bane 3 - Eski Cumhuriyet Serisi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>490</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257054782</t>
+          <t>3990059209700</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 10 Gölge Topraklar İkinci Bölüm</t>
+          <t>Kebenin Gölgesinde C Kapak</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>360</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257054775</t>
+          <t>9786057054065</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 9 Gölge Topraklar Birinci Bölüm</t>
+          <t>Kebenin Gölgesinde 4 - Ağaçaltı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>320</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257054751</t>
+          <t>9786257054034</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Masallar Cilt 13: Büyük Masal Kesişmesi</t>
+          <t>Fenomen 3: Oyunun Kuralı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>650</v>
+        <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257054768</t>
+          <t>9789758518661</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ms. Marvel Cilt 6: İç savaş II</t>
+          <t>Yol Tutkusu Ejderha Mızrağı - Tanışmalar 2. Kitap</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>370</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257054713</t>
+          <t>9789759050092</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Dörtlü Hayat Hikayesi</t>
+          <t>Klonlar’ın Saldırısı - Yıldız Savaşları Star Wars Bölüm 2</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>430</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257054720</t>
+          <t>9789759050603</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Doktor Doom</t>
+          <t>Son Emir - Yıldız Savaşları Star Wars Thrawn Üçlemesi 3</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>460</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257054706</t>
+          <t>9789759050115</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 8: Şeytanın Eli</t>
+          <t>Yeniçeri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>390</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257054645</t>
+          <t>9789759050627</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Flash Klasik Seri Cilt 2</t>
+          <t>Yemen’de Somon Avı (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>495</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257054676</t>
+          <t>9789758518777</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>X-Men Tanrı Sever, İnsan Öldürür</t>
+          <t>Yalanlar Prensi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>215</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257054683</t>
+          <t>9789759050573</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Dörtlü Cilt 2 – Bay ve Bayan Grimm</t>
+          <t>Tao Sessiz</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>290</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257054072</t>
+          <t>9789759050771</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kebenin Gölgesinde (Ciltli)</t>
+          <t>Yoda Karanlık Buluşma - Star Wars Klon Savaşları Serisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>600</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257054126</t>
+          <t>9789759050177</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ms. Marvel 4 - Son Günler</t>
+          <t>Kötülük Labirenti - Star Wars</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>240</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789759050955</t>
+          <t>9789759050740</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Masallar Cilt 1: Efsaneler Sürgünde (3 Farklı Kapak)</t>
+          <t>Cestus Hilesi - Star Wars Klon Savaşları Serisi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>450</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059209076</t>
+          <t>9789759050535</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern - Yeşil Fener / Yeniden Doğuş Cilt: 1</t>
+          <t>Karanlık Gücün Yükselişi - Yıldız Savaşları Star Wars Thrawn Üçlemesi 2</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>370</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059209168</t>
+          <t>9789759050658</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern - Yeşil Fener / Gizli Orijin Cilt: 2</t>
+          <t>Karanlık Çırak - Star Wars Jedi Akademi Üçlemesi 2</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>370</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059209441</t>
+          <t>9789759050757</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Flash Cilt 6 Zaman Kayması</t>
+          <t>Jedi Sınavı - Star Wars Klon Savaşları Serisi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>415</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059209038</t>
+          <t>9789759050580</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Marvels Mucizeler</t>
+          <t>Jedi Arayışı - Star Wars Jedi Akademi Üçlemesi 1</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>500</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059209052</t>
+          <t>9789759050689</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Masallar - Cilt 4- Tahta Askerler Marşı</t>
+          <t>İmparatorluk’un Gölgeleri - Star Wars</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>620</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059209236</t>
+          <t>9789759050733</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>The Flash Flashpoint Yolunda</t>
+          <t>Hassas Nokta - Star Wars Klon Savaşları Serisi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>260</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059209342</t>
+          <t>9789759050337</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Flashpoint Patlama Noktası</t>
+          <t>Yemin ve Ölçü Tanışmalar Serisi 4. Kitap</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>465</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059209359</t>
+          <t>9789759050665</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Flash Flashpoint Dünyası</t>
+          <t>Güç’ün Kahramanları - Star Wars Jedi Akademisi Üçlemesi 3</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>520</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789759050993</t>
+          <t>9789759050672</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Masallar Cilt 3 : Masal Aşkı</t>
+          <t>Darth Vader Yükselişi ve Düşüşü - Star Wars</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>550</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257054638</t>
+          <t>9789759050191</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Demir Adam – Tony Stark’ı Ararken</t>
+          <t>Sith’in İntikamı - Star Wars Bölüm 3</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>375</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059209519</t>
+          <t>9789759050849</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Spawn Cilt 2</t>
+          <t>Vector Prime - Star Wars Yeni Jedi Tarikatı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>410</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059209434</t>
+          <t>9789759050832</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İron Man- Yenilmez Demir Adam Cilt:6 Stark Yükseliyor</t>
+          <t>Efsanevi Yaşam Öyküsü - Star Wars Luke Skywalker</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>356</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257054621</t>
+          <t>9799759050558</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Titans Cilt 4 – Titanlar Paramparça</t>
+          <t>İmparatorluğun Varisi - Yıldız Savaşları Star Wars Thrawn Üçlemesi 1</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059209960</t>
+          <t>9789759050610</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Iron Man : Yenilmez Demir Adam Cilt 9</t>
+          <t>Darth Maul Gölge Avcı - Star Wars</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>340</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059209564</t>
+          <t>9789759050870</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Iron Man (Demir Adam) Cilt 8 - Tedavisi Yok</t>
+          <t>İkili Yönetim - Star Wars Darth Bane 2 Eski Cumhuriyet Serisi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>318</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257054652</t>
+          <t>9789759050863</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Dörtlü Tam Koleksiyon Cilt 5</t>
+          <t>Yıkım Yolu - Star Wars Darth Bane 1 Eski Cumhuriyet Serisi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>340</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257054119</t>
+          <t>9789758518258</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Marvel Evreni Tarihi</t>
+          <t>Sonuncu Şef Kaos Savaşı Serisi 1. Kitap</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>396</v>
+        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059209830</t>
+          <t>9789759050450</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Manhattan Yapımı - Titans Cilt 2</t>
+          <t>Satyr’in Yeniden Doğuşu (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059209113</t>
+          <t>9789759050597</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt: 5 - İmgelem</t>
+          <t>Ölme Biçimleri (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>265</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059209847</t>
+          <t>9789759050252</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Aqualad Yükseliyor Cilt 2 - Teen Titans</t>
+          <t>Kukla Kral  Kaos Savaşı Serisi 3. Kitap</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>17</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257054614</t>
+          <t>9789758518463</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Doktor Strange Cilt 7 - Lanetlenme</t>
+          <t>Kenderyurdu Ejderha Mızrağı Başlangıçlar -2. Kitap</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>390</v>
+        <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257054577</t>
+          <t>9789758518814</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Flash Cilt 7 Kusursuz Fırtına</t>
+          <t>Karmaşık Ağlar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059209199</t>
+          <t>9789758518227</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Korkusuz Cilt: 6 - Mahallenin Kralı</t>
+          <t>Karanlık ve Işık Başlangıçlar 1. Kitap</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>315</v>
+        <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257054546</t>
+          <t>9789759050795</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>X-Men'97 Sayı 3</t>
+          <t>Kara Lord Darth Vader - Star Wars</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>65</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257054553</t>
+          <t>9789759050320</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>X-Men'97 Sayı 4</t>
+          <t>Kan Denizi Yağmacıları Kaos Savaşları Serisi 4. Kitap</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257054584</t>
+          <t>9789759050764</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>X-Men - 1 Orjinal İlk Sayı</t>
+          <t>İçimdeki O... Çocuğu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>65</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257054560</t>
+          <t>9789759050801</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 7 – Kralın Dönüşü</t>
+          <t>Heavy Metal Türkiye Sayı: 2</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257054508</t>
+          <t>9789759050856</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Strange Akademi 2 - İşin İyi Tarafı</t>
+          <t>Efsanevi Yaşam Öyküsü - Star Wars Obi-Wan Kenobi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257054607</t>
+          <t>9789759050825</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>The Invincible Iron Man Orjinal 1. Sayı</t>
+          <t>Heavy Metal Türkiye Sayı: 4</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>60</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257054515</t>
+          <t>9789759050818</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Fantastic Four Cilt 1 - Sonsuza Dek Dört</t>
+          <t>Heavy Metal Türkiye Sayı: 3</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>240</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257054522</t>
+          <t>9789759050542</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Spawn Klasik Seri Cilt 7</t>
+          <t>Günah Şehri 7 - Cehenneme Gidiş Dönüş</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>33</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257054539</t>
+          <t>9789759050528</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>X-Men’97 Sayı: 2</t>
+          <t>Günah Şehri 6 İçki, Hatun ve Kurşun</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>60</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257054492</t>
+          <t>9789759050511</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>X-Men '97 #1</t>
+          <t>Günah Şehri 5. Kitap: Aile Değerleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>50</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257054485</t>
+          <t>9789759050498</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Teen Titans Cilt 3 Kid Flash’ın Dönüşü</t>
+          <t>Günah Şehri 4 Sarı Piç</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>325</v>
+        <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257054461</t>
+          <t>9789759050276</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>X-Men Büyük Maceralar Mutantların Düşüşü</t>
+          <t>Günah Şehri 3 Yağlı Av</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>380</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257054133</t>
+          <t>9789759050146</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Dörtlü Cilt - 2</t>
+          <t>Günah Şehri 1 Buruk Veda</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>620</v>
+        <v>110</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059209175</t>
+          <t>9789758518647</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Flash - Kalleşçe Ölüm</t>
+          <t>Gece Göğünün Gözyaşları  Kaos Savaşı Serisi - 2 Ejderha Mızrağı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>345</v>
+        <v>13</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257054430</t>
+          <t>9789789759057</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kötü Şöhretli Demir Adam Cilt: 2 Günah Çıkarma</t>
+          <t>Fatemate Sevgi ve Aşk</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257054416</t>
+          <t>9789758518562</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Titans Cilt 3: İçimizdeki Hain</t>
+          <t>Eş Ruhlar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>350</v>
+        <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257054423</t>
+          <t>9789759050429</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Demir Adam Demirkalp Cilt 2 Kararlar</t>
+          <t>Ejderha Mızrağı Kesişen Yollar 5. Kitap: Hiçbiryer’in Ortasında</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>285</v>
+        <v>16</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059209212</t>
+          <t>9799759050411</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Iron Man Cilt 2 - Yenilmez Demir Adam</t>
+          <t>Ejderha Mızrağı Kesişen Yollar 4. Kitap: Ejderha Adaları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>440</v>
+        <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059209809</t>
+          <t>9799759050398</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Hız - Flash Cilt 2</t>
+          <t>Ejderha Mızrağı Kesişen Yollar 3. Kitap: Ejderha’nın Blöfü</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>350</v>
+        <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257054348</t>
+          <t>9789759050238</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Flash Cilt 6: Cehennemde Soğuk Bir Gün</t>
+          <t>Ejderha Mızrağı Kesişen Yollar 2. Kitap: Hırsızlar Loncası</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>290</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257054331</t>
+          <t>9789759050078</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Teen Titans: İlk Yıl</t>
+          <t>Ejderha Mızrağı Kesişen Yollar 1. Kitap: Sır Halkası</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>270</v>
+        <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257054355</t>
+          <t>9789758518692</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Büyük Umutlar Çizgi Roman Dergisi Sayı 1</t>
+          <t>Ejderha Mızrağı Kara Yürek Tanışmalar 3. Kitap</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>100</v>
+        <v>13</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257054294</t>
+          <t>9789759050641</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Dörtlü Cilt 4</t>
+          <t>Dünyayı Kurtarma Talimatları (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>440</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257054324</t>
+          <t>9789758518999</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ay Kız ve Dev Dinozor Cilt 1: Daima En İyi Arkadaşlar</t>
+          <t>Dünyanın Omurgası  Karanlığın Yolları 2. Kitap</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>255</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257054317</t>
+          <t>9789758518524</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 6 Lady Bullseye</t>
+          <t>Derinsu - Avatar Üçlemesi 3. Kitap</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257054300</t>
+          <t>9789759050245</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dr. Strange Cilt 6 Büyü Tanrısı</t>
+          <t>Derinden Gelen Sesler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257054287</t>
+          <t>9789759050481</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Flash Cilt 5 Negatif</t>
+          <t>Çapa</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>265</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257054270</t>
+          <t>9799759050381</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Flash: Yaşayan En Hızlı Adam</t>
+          <t>Boşver Dağı Kuşatması Kaos Savaşı Serisi 5. Kitap</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257054256</t>
+          <t>9789759050061</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>X-Men Büyük Maceralar: Mutant Katliamı - 2</t>
+          <t>Bir Ejderha Söylentisi  Ejderha Mızrağı Destanı 1. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>325</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257054249</t>
+          <t>9789759050559</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>X-Men Büyük Maceralar: Mutant Katliamı - 1</t>
+          <t>Benim Bütün Arkadaşlarım Süper Kahraman</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257054232</t>
+          <t>9789758518548</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 5 Zalim ve Sıra Dışı</t>
+          <t>Batan Güneşin Ejderhaları Ejderha Mızrağı - Ruhlar Savaşı 1. Kitap</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257054225</t>
+          <t>9789759050788</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Dörtlü 3</t>
+          <t>Heavy Metal Türkiye Sayı: 1</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>420</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257054195</t>
+          <t>3990000050537</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ms. Marvel 5 Aşırı Ünlü</t>
+          <t>Kebenin Gölgesinde 2 - Son Araba</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>265</v>
+        <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257054201</t>
+          <t>3990000050536</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Strange Akademi - İlk Ders</t>
+          <t>Kebenin Gölgesinde 2 - Son Araba</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>305</v>
+        <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257054188</t>
+          <t>3990000022279</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Demir Adam: Ironman - Demirkalp Cilt 1</t>
+          <t>Kebenin Gölgesinde 3 - Yalaza (Kırmızı Kapak)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>240</v>
+        <v>60</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257054157</t>
+          <t>9786059209250</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Daredevil: Koruyucu Şeytan</t>
+          <t>Fenomen 2</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>420</v>
+        <v>60</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257054164</t>
+          <t>3990000050535</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Demir Adam Iron Man Cilt 11 - Gelecek</t>
+          <t>Kebenin Gölgesinde 2 - Son Araba</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>276</v>
+        <v>60</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257054171</t>
+          <t>9786257054997</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ödenecek Bedel - Daredevil Cilt 4</t>
+          <t>Fantastic Four Cilt 3 - Doom’un Habercisi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257054140</t>
+          <t>9786059209144</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Dr. Strange Cilt 5 - Gizli İmparatorluk</t>
+          <t>Outcast</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>305</v>
+        <v>450</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257054089</t>
+          <t>9786059209137</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Masallar Cilt 12: Karanlık Çağlar</t>
+          <t>Kara Bilim Cilt 1</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257054263</t>
+          <t>9786059209151</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kötü Şöhretli Demir Adam Cilt:1</t>
+          <t>Karanlık Güzel</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>265</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257054102</t>
+          <t>9786059209403</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Doktor Strange Cilt 4 - Bay Istırap</t>
+          <t>Spawn Cilt 1</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>265</v>
+        <v>450</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257054096</t>
+          <t>9786257054928</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ödenecek Bedel - Daredevil Cilt 3</t>
+          <t>X-Men '97 Büyük Ümitler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059209878</t>
+          <t>9786257054959</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Spawn Cilt: 6</t>
+          <t>X-Men Cehennem Cilt 2</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>340</v>
+        <v>560</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257054058</t>
+          <t>9786257054942</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Iron Man - Yenilmez Demiradam Cilt 10 - Uzun Yol</t>
+          <t>X-Men Cehennem Cilt 1</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>230</v>
+        <v>540</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789759050931</t>
+          <t>9786257054973</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern Cilt 3 - En Karanlık Gece</t>
+          <t>Fantastik Dörtlü Klasikleri Cilt 1</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>330</v>
+        <v>540</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257054027</t>
+          <t>9786257054911</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 2 - Şeytanın İçi Ve Dışı</t>
+          <t>Flash Cilt 8 - Flash Savaşı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257054010</t>
+          <t>9786257054898</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Flash Rebirth Cilt 4 - Korkudan Kaçmak</t>
+          <t>Flash Zagor Balta ve Yıldırım</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>255</v>
+        <v>430</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257054003</t>
+          <t>9786257054881</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Titans Lazarus Sözleşmesi</t>
+          <t>Ultimate Evreni Başlangıç</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>265</v>
+        <v>490</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059209991</t>
+          <t>9786257054874</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Daredevil - Yeniden Doğuş</t>
+          <t>Nightwing Cilt 1 - Işığa Doğru</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>420</v>
+        <v>410</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059209557</t>
+          <t>9786257054843</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern - En Karanlık Gece 2. Kitap</t>
+          <t>Doktor Strange 1 Evren Boyunca</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>295</v>
+        <v>310</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059209861</t>
+          <t>9786257054836</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Spawn Cilt 5</t>
+          <t>Tony Stark Iron Man 1 Kendi Kendini Yetiştirmiş</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059209977</t>
+          <t>9786257054805</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Masallar 11 - Savaş, Barış ve Kalanlar</t>
+          <t>Daredevil - Gölge Topraklar (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>345</v>
+        <v>990</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059209953</t>
+          <t>9786257054850</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Doktor Strange: Havadaki Kan Kokusu Cilt 3</t>
+          <t>Fantastik Dörtlü Doktor Doom İle Tanışın</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059209915</t>
+          <t>9786257054829</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Dörtlü Cilt 1</t>
+          <t>Fantastik Dörtlü Galactus'un Gelişi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>610</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059209939</t>
+          <t>9786257054812</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hal Jordan ve Green Lantern Birliği 1 - Sinestro Hükümranlığı</t>
+          <t>Fantastik Dörtlü Cilt 6</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059209885</t>
+          <t>9786257054591</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 1 - Şeytanın İçi ve Dışı</t>
+          <t>Daredevil Korkusuz Orjinal 1. Sayı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>325</v>
+        <v>100</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059209892</t>
+          <t>9786059209526</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Haydutlar Yeni Baştan - Flash Cilt 3</t>
+          <t>Doktor Strange - 1</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>310</v>
+        <v>370</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059209816</t>
+          <t>9786257054799</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Spawn Cilt 4</t>
+          <t>Daredevil Klasikleri Cilt 1</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>340</v>
+        <v>570</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059209731</t>
+          <t>9786257054782</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Geoff Johns’tan Flash: Klasik Seri 1</t>
+          <t>Daredevil Cilt 10 Gölge Topraklar İkinci Bölüm</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>630</v>
+        <v>420</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059209793</t>
+          <t>9786257054775</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern - En Karanlık Gece 1. Kitap</t>
+          <t>Daredevil Cilt 9 Gölge Topraklar Birinci Bölüm</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>295</v>
+        <v>380</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059209779</t>
+          <t>9786257054751</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern - Yeşil Fener / Agent Orange (Cilt 9)</t>
+          <t>Masallar Cilt 13: Büyük Masal Kesişmesi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>680</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059209700</t>
+          <t>9786257054768</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Masallar 10.Cilt - İyi Prens</t>
+          <t>Ms. Marvel Cilt 6: İç savaş II</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>430</v>
+        <v>390</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059209717</t>
+          <t>9786257054713</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Brooklyn Düşleri</t>
+          <t>Fantastik Dörtlü Hayat Hikayesi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>470</v>
+        <v>500</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059209748</t>
+          <t>9786257054720</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Damian En İyisini Bilir Cilt 1 - Teen Titans</t>
+          <t>Doktor Doom</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>295</v>
+        <v>600</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059209755</t>
+          <t>9786257054706</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Titans Cilt 1 - Wally West’in Dönüşü</t>
+          <t>Daredevil Cilt 8: Şeytanın Eli</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>308</v>
+        <v>450</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059209762</t>
+          <t>9786257054645</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 10 - Murdock Belgeleri</t>
+          <t>Flash Klasik Seri Cilt 2</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>320</v>
+        <v>620</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059209656</t>
+          <t>9786257054676</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Sınıf</t>
+          <t>X-Men Tanrı Sever, İnsan Öldürür</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>255</v>
+        <v>270</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059209694</t>
+          <t>9786257054683</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern Yeşil Fener - Red Lanternların Öfkesi Cilt 8</t>
+          <t>Fantastik Dörtlü Cilt 2 – Bay ve Bayan Grimm</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059209724</t>
+          <t>9786257054072</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Doktor Strange: Büyünün Son Günleri Cilt 2</t>
+          <t>Kebenin Gölgesinde (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>340</v>
+        <v>800</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059209670</t>
+          <t>9786257054126</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>The Flash Cilt 1 - Aynı Yere Düşen Yıldırım</t>
+          <t>Ms. Marvel 4 - Son Günler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059209601</t>
+          <t>9789759050955</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Spawn Cilt 3</t>
+          <t>Masallar Cilt 1: Efsaneler Sürgünde (3 Farklı Kapak)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>390</v>
+        <v>470</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059209120</t>
+          <t>9786059209076</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Iron Man - Demir Adam Cilt 4: Stark Parçalandı</t>
+          <t>Green Lantern - Yeşil Fener / Yeniden Doğuş Cilt: 1</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>265</v>
+        <v>370</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059209663</t>
+          <t>9786059209168</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Titan Avı</t>
+          <t>Green Lantern - Yeşil Fener / Gizli Orijin Cilt: 2</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>385</v>
+        <v>370</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059209595</t>
+          <t>9786059209441</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>The Flash Cilt 9: Son Nokta</t>
+          <t>Flash Cilt 6 Zaman Kayması</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>335</v>
+        <v>540</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059209618</t>
+          <t>9786059209038</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 9 - Kaideler</t>
+          <t>Marvels Mucizeler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>310</v>
+        <v>700</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059209632</t>
+          <t>9786059209052</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ms. Marvel 3 - Deli Divane</t>
+          <t>Masallar - Cilt 4- Tahta Askerler Marşı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>240</v>
+        <v>630</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059209625</t>
+          <t>9786059209236</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Ninja Kaplumbağalar Cilt 3 - Geçmişin Gölgeleri</t>
+          <t>The Flash Flashpoint Yolunda</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059209649</t>
+          <t>9786059209342</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğuş - Birinci Kitap</t>
+          <t>Flashpoint Patlama Noktası</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>288</v>
+        <v>600</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059209540</t>
+          <t>9786059209359</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern Cilt 7: Sinestro Birliği Savaşı - İkinci Kısım</t>
+          <t>Flash Flashpoint Dünyası</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059209588</t>
+          <t>9789759050993</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>The Flash Cilt 8: Zoom</t>
+          <t>Masallar Cilt 3 : Masal Aşkı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>415</v>
+        <v>550</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059209571</t>
+          <t>9786257054638</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Masallar Cilt 9</t>
+          <t>Yenilmez Demir Adam – Tony Stark’ı Ararken</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>364</v>
+        <v>450</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059209205</t>
+          <t>9786059209519</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Demir Adam Ironman - Sil Baştan</t>
+          <t>Spawn Cilt 2</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059209533</t>
+          <t>9786059209434</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern Cilt 6 - Sinestro Birliği Savaşı</t>
+          <t>İron Man- Yenilmez Demir Adam Cilt:6 Stark Yükseliyor</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>230</v>
+        <v>410</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059209502</t>
+          <t>9786257054621</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>The Flash Cilt 7: Vahşi Dünya</t>
+          <t>Titans Cilt 4 – Titanlar Paramparça</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>295</v>
+        <v>400</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059209496</t>
+          <t>9786059209960</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Otel Pasifik</t>
+          <t>Iron Man : Yenilmez Demir Adam Cilt 9</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059209410</t>
+          <t>9786059209564</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Daredevil: Korkusuz</t>
+          <t>Iron Man (Demir Adam) Cilt 8 - Tedavisi Yok</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059209489</t>
+          <t>9786257054652</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Power Rangers Cilt 1</t>
+          <t>Fantastik Dörtlü Tam Koleksiyon Cilt 5</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059209380</t>
+          <t>9786257054119</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Masallar Cilt 8</t>
+          <t>Marvel Evreni Tarihi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>245</v>
+        <v>520</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059209427</t>
+          <t>9786059209830</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İron Man - Yenilmez Demir Adam Cilt: 7 Canavarlarım</t>
+          <t>Manhattan Yapımı - Titans Cilt 2</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>295</v>
+        <v>380</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059209472</t>
+          <t>9786059209113</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern - Yeşil Fener / Aranıyor: Hal Jordan Cilt: 5</t>
+          <t>Daredevil Cilt: 5 - İmgelem</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059209465</t>
+          <t>9786059209847</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kara Bilim Cilt 2 - Hoşgeldin Hiçlik</t>
+          <t>Aqualad Yükseliyor Cilt 2 - Teen Titans</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059209458</t>
+          <t>9786257054614</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Outcast</t>
+          <t>Doktor Strange Cilt 7 - Lanetlenme</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>210</v>
+        <v>540</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059209373</t>
+          <t>9786257054577</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>MS Marvel - Cilt 2</t>
+          <t>Flash Cilt 7 Kusursuz Fırtına</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>265</v>
+        <v>390</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059209335</t>
+          <t>9786059209199</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 8 - Altın Çağ</t>
+          <t>Daredevil Korkusuz Cilt: 6 - Mahallenin Kralı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059209366</t>
+          <t>9786257054546</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern: Green Lanternların İntikamı</t>
+          <t>X-Men'97 Sayı 3</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059209397</t>
+          <t>9786257054553</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Doktor Strange: Yemin</t>
+          <t>X-Men'97 Sayı 4</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059209328</t>
+          <t>9786257054584</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Masallar 7- 1001 Gece Masalları</t>
+          <t>X-Men - 1 Orjinal İlk Sayı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>265</v>
+        <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059209311</t>
+          <t>9786257054560</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ninja Kaplumbağalar Cilt 2 - Eski ve Yeni Düşmanlar</t>
+          <t>Daredevil Cilt 7 – Kralın Dönüşü</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059209281</t>
+          <t>9786257054508</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Cilt 7: Black Widow</t>
+          <t>Strange Akademi 2 - İşin İyi Tarafı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059209298</t>
+          <t>9786257054607</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Flash Cilt: 5 Tarih Dersleri</t>
+          <t>The Invincible Iron Man Orjinal 1. Sayı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>295</v>
+        <v>100</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059209274</t>
+          <t>9786257054515</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Green Lantern - Yeşil Fener / Korkmak Yok Cilt: 3</t>
+          <t>Fantastic Four Cilt 1 - Sonsuza Dek Dört</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059209243</t>
+          <t>9786257054522</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İron Man: İç Savaş</t>
+          <t>Spawn Klasik Seri Cilt 7</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>265</v>
+        <v>450</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059209267</t>
+          <t>9786257054539</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İron Man-Yenilmez Demir Adam Cilt 5: Stark Yükseliyor</t>
+          <t>X-Men’97 Sayı: 2</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059209090</t>
+          <t>9786257054492</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Flash Cilt 4 - Zıt Flash</t>
+          <t>X-Men '97 #1</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>365</v>
+        <v>100</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059209083</t>
+          <t>9786257054485</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Flash - Yeniden Doğuş</t>
+          <t>Teen Titans Cilt 3 Kid Flash’ın Dönüşü</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059209045</t>
+          <t>9786257054461</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>MS Marvel - Cilt 1</t>
+          <t>X-Men Büyük Maceralar Mutantların Düşüşü</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>250</v>
+        <v>530</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059209069</t>
+          <t>9786257054133</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İron Man- Yenilmez Demir Adam Cilt 3: Dünyanın En Çok Aranan Adamı 2. Kitap</t>
+          <t>Fantastik Dörtlü Cilt - 2</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>305</v>
+        <v>750</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059209106</t>
+          <t>9786059209175</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Masallar: Kötü Mevsimler Cilt 5</t>
+          <t>Flash - Kalleşçe Ölüm</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>310</v>
+        <v>440</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059209021</t>
+          <t>9786257054430</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Demir Adam İronman - Cilt 2</t>
+          <t>Kötü Şöhretli Demir Adam Cilt: 2 Günah Çıkarma</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>276</v>
+        <v>370</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059209007</t>
+          <t>9786257054416</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Flash Cilt 3: Goril Savaşı</t>
+          <t>Titans Cilt 3: İçimizdeki Hain</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>365</v>
+        <v>400</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059209014</t>
+          <t>9786257054423</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Korkusuz Cilt: 4 - Çetin Ceviz</t>
+          <t>Yenilmez Demir Adam Demirkalp Cilt 2 Kararlar</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789759050900</t>
+          <t>9786059209212</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Korkusuz Cilt 2 - İfşa</t>
+          <t>Iron Man Cilt 2 - Yenilmez Demir Adam</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>310</v>
+        <v>490</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789759050986</t>
+          <t>9786059209809</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Masallar Cilt 2 : Hayvan Çiftliği</t>
+          <t>Karanlık Hız - Flash Cilt 2</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>265</v>
+        <v>410</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789759050979</t>
+          <t>9786257054348</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>The Flash Cilt 2 : Haydut Devrimi</t>
+          <t>Flash Cilt 6: Cehennemde Soğuk Bir Gün</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>365</v>
+        <v>380</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789759050962</t>
+          <t>9786257054331</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Korkusuz Cilt: 3 - Ayak Takımı</t>
+          <t>Teen Titans: İlk Yıl</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789759050924</t>
+          <t>9786257054355</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Odyssey</t>
+          <t>Büyük Umutlar Çizgi Roman Dergisi Sayı 1</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789759050948</t>
+          <t>9786257054294</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>The Flash Cilt 1 - İleri</t>
+          <t>Fantastik Dörtlü Cilt 4</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>325</v>
+        <v>500</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789759050917</t>
+          <t>9786257054324</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Iron Man - Demir Adam Cilt 1 - Beş Kabus</t>
+          <t>Ay Kız ve Dev Dinozor Cilt 1: Daima En İyi Arkadaşlar</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>305</v>
+        <v>300</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789759050894</t>
+          <t>9786257054317</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Daredevil Korkusuz Cilt: 1 - İkinci Adam</t>
+          <t>Daredevil Cilt 6 Lady Bullseye</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>290</v>
+        <v>370</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
+          <t>9786257054300</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Dr. Strange Cilt 6 Büyü Tanrısı</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786257054287</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Flash Cilt 5 Negatif</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786257054270</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Flash: Yaşayan En Hızlı Adam</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786257054256</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>X-Men Büyük Maceralar: Mutant Katliamı - 2</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786257054249</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>X-Men Büyük Maceralar: Mutant Katliamı - 1</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786257054232</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Daredevil Cilt 5 Zalim ve Sıra Dışı</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786257054225</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Fantastik Dörtlü 3</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786257054195</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Ms. Marvel 5 Aşırı Ünlü</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786257054201</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Strange Akademi - İlk Ders</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786257054188</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Yenilmez Demir Adam: Ironman - Demirkalp Cilt 1</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786257054157</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Daredevil: Koruyucu Şeytan</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786257054164</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Yenilmez Demir Adam Iron Man Cilt 11 - Gelecek</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786257054171</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Ödenecek Bedel - Daredevil Cilt 4</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786257054140</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Dr. Strange Cilt 5 - Gizli İmparatorluk</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786257054089</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Masallar Cilt 12: Karanlık Çağlar</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786257054263</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Kötü Şöhretli Demir Adam Cilt:1</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786257054102</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Doktor Strange Cilt 4 - Bay Istırap</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786257054096</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Ödenecek Bedel - Daredevil Cilt 3</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786059209878</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Spawn Cilt: 6</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786257054058</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Iron Man - Yenilmez Demiradam Cilt 10 - Uzun Yol</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9789759050931</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Green Lantern Cilt 3 - En Karanlık Gece</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786257054027</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Daredevil Cilt 2 - Şeytanın İçi Ve Dışı</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786257054010</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Flash Rebirth Cilt 4 - Korkudan Kaçmak</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786257054003</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Titans Lazarus Sözleşmesi</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786059209991</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Daredevil - Yeniden Doğuş</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786059209557</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Green Lantern - En Karanlık Gece 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786059209861</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Spawn Cilt 5</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786059209977</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Masallar 11 - Savaş, Barış ve Kalanlar</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786059209953</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Doktor Strange: Havadaki Kan Kokusu Cilt 3</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786059209915</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Fantastik Dörtlü Cilt 1</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786059209939</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Hal Jordan ve Green Lantern Birliği 1 - Sinestro Hükümranlığı</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786059209885</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Daredevil Cilt 1 - Şeytanın İçi ve Dışı</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786059209892</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Haydutlar Yeni Baştan - Flash Cilt 3</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786059209816</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Spawn Cilt 4</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786059209731</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Geoff Johns’tan Flash: Klasik Seri 1</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786059209793</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Green Lantern - En Karanlık Gece 1. Kitap</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786059209779</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Green Lantern - Yeşil Fener / Agent Orange (Cilt 9)</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786059209700</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Masallar 10.Cilt - İyi Prens</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786059209717</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Brooklyn Düşleri</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786059209748</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Damian En İyisini Bilir Cilt 1 - Teen Titans</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786059209755</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Titans Cilt 1 - Wally West’in Dönüşü</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786059209762</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Daredevil Cilt 10 - Murdock Belgeleri</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786059209656</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Ölümcül Sınıf</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786059209694</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Green Lantern Yeşil Fener - Red Lanternların Öfkesi Cilt 8</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786059209724</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Doktor Strange: Büyünün Son Günleri Cilt 2</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786059209670</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>The Flash Cilt 1 - Aynı Yere Düşen Yıldırım</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786059209601</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Spawn Cilt 3</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786059209120</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Iron Man - Demir Adam Cilt 4: Stark Parçalandı</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786059209663</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Titan Avı</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786059209595</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>The Flash Cilt 9: Son Nokta</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786059209618</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Daredevil Cilt 9 - Kaideler</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786059209632</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Ms. Marvel 3 - Deli Divane</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786059209625</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Ninja Kaplumbağalar Cilt 3 - Geçmişin Gölgeleri</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786059209649</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Yeniden Doğuş - Birinci Kitap</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786059209540</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Green Lantern Cilt 7: Sinestro Birliği Savaşı - İkinci Kısım</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786059209588</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>The Flash Cilt 8: Zoom</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786059209571</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Masallar Cilt 9</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786059209205</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Yenilmez Demir Adam Ironman - Sil Baştan</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786059209533</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Green Lantern Cilt 6 - Sinestro Birliği Savaşı</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786059209502</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>The Flash Cilt 7: Vahşi Dünya</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786059209496</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Otel Pasifik</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786059209410</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Daredevil: Korkusuz</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786059209489</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Power Rangers Cilt 1</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786059209380</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Masallar Cilt 8</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786059209427</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>İron Man - Yenilmez Demir Adam Cilt: 7 Canavarlarım</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786059209472</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Green Lantern - Yeşil Fener / Aranıyor: Hal Jordan Cilt: 5</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786059209465</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Kara Bilim Cilt 2 - Hoşgeldin Hiçlik</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786059209458</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Outcast</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786059209373</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>MS Marvel - Cilt 2</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786059209335</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Daredevil Cilt 8 - Altın Çağ</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786059209366</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Green Lantern: Green Lanternların İntikamı</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786059209397</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Doktor Strange: Yemin</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786059209328</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Masallar 7- 1001 Gece Masalları</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786059209311</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Ninja Kaplumbağalar Cilt 2 - Eski ve Yeni Düşmanlar</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786059209281</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Daredevil Cilt 7: Black Widow</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786059209298</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Flash Cilt: 5 Tarih Dersleri</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786059209274</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Green Lantern - Yeşil Fener / Korkmak Yok Cilt: 3</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786059209243</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>İron Man: İç Savaş</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786059209267</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>İron Man-Yenilmez Demir Adam Cilt 5: Stark Yükseliyor</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786059209090</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Flash Cilt 4 - Zıt Flash</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786059209083</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Flash - Yeniden Doğuş</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786059209045</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>MS Marvel - Cilt 1</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786059209069</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>İron Man- Yenilmez Demir Adam Cilt 3: Dünyanın En Çok Aranan Adamı 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786059209106</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Masallar: Kötü Mevsimler Cilt 5</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786059209021</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Yenilmez Demir Adam İronman - Cilt 2</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786059209007</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Flash Cilt 3: Goril Savaşı</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786059209014</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Daredevil Korkusuz Cilt: 4 - Çetin Ceviz</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9789759050900</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Daredevil Korkusuz Cilt 2 - İfşa</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9789759050986</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Masallar Cilt 2 : Hayvan Çiftliği</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9789759050979</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>The Flash Cilt 2 : Haydut Devrimi</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9789759050962</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Daredevil Korkusuz Cilt: 3 - Ayak Takımı</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9789759050924</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Odyssey</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9789759050948</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>The Flash Cilt 1 - İleri</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9789759050917</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Iron Man - Demir Adam Cilt 1 - Beş Kabus</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9789759050894</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Daredevil Korkusuz Cilt: 1 - İkinci Adam</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
           <t>9786059209182</t>
         </is>
       </c>
-      <c r="B171" s="1" t="inlineStr">
+      <c r="B266" s="1" t="inlineStr">
         <is>
           <t>Masallar - Cilt: 6 / Anadiyarlar</t>
         </is>
       </c>
-      <c r="C171" s="1">
-        <v>345</v>
+      <c r="C266" s="1">
+        <v>440</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>