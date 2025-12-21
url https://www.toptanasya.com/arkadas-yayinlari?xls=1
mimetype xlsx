--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -3855,51 +3855,51 @@
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
           <t>9789755099095</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
           <t>Francine Poulet ve Hayalet Rakun</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
           <t>9789755093635</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı Çocuğa Yardım - Anne Babalar için Aşamalı Kılavuz</t>
+          <t>Çocukta Özgüven - Kaygılı Çocuğa Yardım</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
           <t>9789755095868</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
           <t>Yeni Başlayanlar İçin Kolay Yoldan Microsoft Office 2007</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>25.93</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
           <t>9789755093406</t>
@@ -6664,51 +6664,51 @@
         <is>
           <t>9789755095455</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
           <t>Öğrenci Esprileri</t>
         </is>
       </c>
       <c r="C439" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
           <t>9789755094427</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
           <t>Ortadoğu</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>460</v>
+        <v>470</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
           <t>9789755090641</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
           <t>Onu Öyle Demezler</t>
         </is>
       </c>
       <c r="C441" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
           <t>9789755096964</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
@@ -6904,51 +6904,51 @@
         <is>
           <t>9789755090993</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
           <t>Mezartaşı Esprileri</t>
         </is>
       </c>
       <c r="C455" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
           <t>9789755094281</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
           <t>Mesajcı</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
           <t>9789755097336</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
           <t>Mercan Adası</t>
         </is>
       </c>
       <c r="C457" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
           <t>9789755095271</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
@@ -6964,51 +6964,51 @@
         <is>
           <t>9789755090467</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
           <t>Ölü Ekmeği</t>
         </is>
       </c>
       <c r="C459" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
           <t>9789755094243</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
           <t>Maviyi Toplamak</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
           <t>9789755096476</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
           <t>Mavi Elyazması</t>
         </is>
       </c>
       <c r="C461" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
           <t>9789755092898</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
@@ -7144,51 +7144,51 @@
         <is>
           <t>9789755096377</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
           <t>Yunus’tan Luther’e Çağrı</t>
         </is>
       </c>
       <c r="C471" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
           <t>9789755098234</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
           <t>Yıldızları Saymak</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
           <t>9789755096919</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
           <t>Yeter Tenimi Acıtmayın</t>
         </is>
       </c>
       <c r="C473" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
           <t>9789755096162</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
@@ -7234,51 +7234,51 @@
         <is>
           <t>9789755094212</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
           <t>Winn-Dixie Sayesinde</t>
         </is>
       </c>
       <c r="C477" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
           <t>9789755096551</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
           <t>Willoughby Ailesi</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
           <t>9789755097039</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
           <t>Ve... Veya... Belki...</t>
         </is>
       </c>
       <c r="C479" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
           <t>9789755096582</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>