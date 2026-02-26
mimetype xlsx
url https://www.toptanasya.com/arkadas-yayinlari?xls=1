--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -109,66 +109,66 @@
         <is>
           <t>9786057921901</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>İleri Müzik Çalışmaları için Solfej 2</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786057921932</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Müziksel İşitme Okuma Eğitimi ve Kuram 2. Kitap</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786057921895</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Müziksel Yazma Eğitimi ve Ezgi Bankası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>410</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786057921703</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Öğrenme Sorunu Olan Çocukların Aileleri İçin El Kitabı</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9789755099620</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
@@ -454,66 +454,66 @@
         <is>
           <t>9786057921628</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9789755095264</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Oynayarak Eğlenerek Müzik Dilini Öğreniyoruz</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9789755098142</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Renklerle Müzik Eğitimi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9789755094861</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>İzmir Şehir Planı</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9789755094465</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
@@ -1774,51 +1774,51 @@
         <is>
           <t>9786057921987</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Atatürk’ün Plancısı Jansen’in Ankarası</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
           <t>9789755098302</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Piyano Öğretimi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>450</v>
+        <v>510</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
           <t>9789755099392</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Atatürk ve Türk Milli/Ulusal Musiki Anlayış Devrimi</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
           <t>9789755099835</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
@@ -1879,96 +1879,96 @@
         <is>
           <t>9789755097930</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Temel Fizik Cilt 1- Mekanik</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
           <t>9789755097916</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Uzun Ve Kısa Sap Bağlama Eğitimi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>750</v>
+        <v>990</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
           <t>9789755097381</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Solfej Eğitimi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>430</v>
+        <v>490</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
           <t>9789755097923</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Renklerle Org Öğretimi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>410</v>
+        <v>480</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
           <t>9789755096995</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Renklerle Blokflüt Öğreniyorum</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
           <t>9789755096407</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Her Yönüyle Yeni Öğretmenler İçin El Kitabı</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
           <t>9789755098326</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
@@ -2089,51 +2089,51 @@
         <is>
           <t>9789755092355</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Gebelikten Doğuma Hamilelik</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
           <t>9789755095035</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Pop Gitar Metodu</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
           <t>9786057921093</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Esrarlı Ada (Gökkuşağı Cep Kitap)</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
           <t>9789755099705</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
@@ -3934,51 +3934,51 @@
         <is>
           <t>9789755096681</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
           <t>Vajinismus</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>14.9</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
           <t>9786057921840</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
           <t>Yeni Başlayanlar İçin Solfej 1</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
           <t>9789755098906</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
           <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
           <t>9789755090511</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
@@ -4069,141 +4069,141 @@
         <is>
           <t>9789755096179</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
           <t>Dinsel Paradigma ve Evrensel Gerçek</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
           <t>9789755093642</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
           <t>Elektronik Org Eğitimi ve Popüler Müzikler</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>410</v>
+        <v>470</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
           <t>9789755099231</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
           <t>Gitar ve Piyano İçin Türkçe ve Yabancı Şarkılar</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>295</v>
+        <v>330</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
           <t>9789755097046</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
           <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
           <t>9786057921857</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
           <t>Renklerle Piyano Öğretimi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>450</v>
+        <v>530</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
           <t>9789755099880</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
           <t>Alice Aynanın İçinden</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
           <t>9786057921864</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
           <t>Sherlock Holmes’un Maceraları</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
           <t>9786057921833</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
           <t>Avrupa ve Azerbaycan Bestecilerinden Piyano Eserleri ve Teknik Alıştırmalar</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
           <t>9789755098746</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
           <t>Maddenin 4. Hali: Plazma</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
           <t>9786057921796</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
@@ -4249,81 +4249,81 @@
         <is>
           <t>9786057921741</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
           <t>Doktor Ox’un Deneyi</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
           <t>9786057921826</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
           <t>Piyano Çalıyorum</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
           <t>9786057921734</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
           <t>Görünmez Adam</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
           <t>9786057921772</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
           <t>Hayat Şarkılarla Güzel: Müzik Öğretimi İçin 626 Şarkı</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>975</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
           <t>9786057921789</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
           <t>Teknoloji Yönetimi</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
           <t>9786057921673</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
@@ -5119,51 +5119,51 @@
         <is>
           <t>9789755099491</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
           <t>Kuğu Prenses</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
           <t>9789755099200</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
           <t>Klasik Gitar Kolay Eğitim Metodu</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
           <t>9789755099828</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
           <t>Sevgili Olly</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
           <t>9789755098692</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
@@ -5554,51 +5554,51 @@
         <is>
           <t>9789755098593</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
           <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
           <t>9786057921529</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
           <t>Piyano Albümü</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
           <t>9789755099002</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
           <t>Hansel ile Gretel</t>
         </is>
       </c>
       <c r="C367" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
           <t>9789755099019</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
@@ -6214,66 +6214,66 @@
         <is>
           <t>9789755099170</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
           <t>Keloğlan Sihirli Dünyada</t>
         </is>
       </c>
       <c r="C409" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
           <t>9789755098654</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
           <t>Müziksel İşitme Okuma Eğitimi ve Kuram 1. Kitap</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
           <t>9789755099194</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
           <t>Elektrogitar Metodu</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>235</v>
+        <v>270</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
           <t>9789755098074</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
           <t>Komik Bilmeceler Antolojisi</t>
         </is>
       </c>
       <c r="C412" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
           <t>9789755097909</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
@@ -7354,51 +7354,51 @@
         <is>
           <t>9789755096247</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
           <t>Türkiye’nin Demokratikleşme Sürecinde Atatürkçülük</t>
         </is>
       </c>
       <c r="C485" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
           <t>9786057921659</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
           <t>Türkçenin Argo Sözlüğü</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
           <t>9789755097251</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
           <t>Türkçedeki Yabancı Sözcükler Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C487" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
           <t>9789755091129</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
@@ -8644,96 +8644,96 @@
         <is>
           <t>9789755099927</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
           <t>Ay'a Yolculuk - Gökkuşağı Cep Kitap</t>
         </is>
       </c>
       <c r="C571" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
           <t>9789755091808</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
           <t>Armoni</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>450</v>
+        <v>460</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
           <t>9789755099873</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
           <t>Dünyanın Merkezine Yolculuk (Gökkuşağı Cep Kitap)</t>
         </is>
       </c>
       <c r="C573" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
           <t>9789755091181</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
           <t>Ünlü Müzisyenler</t>
         </is>
       </c>
       <c r="C574" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
           <t>9789755093130</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
           <t>Piyano Albümü</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
           <t>9786057921444</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
           <t>Ay'ın Çevresinde - Gökkuşağı Cep Kitap Dizisi</t>
         </is>
       </c>
       <c r="C576" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
           <t>9786057921482</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
@@ -9214,66 +9214,66 @@
         <is>
           <t>9789755095738</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
           <t>Parmak Kız, Parmak Çocuk</t>
         </is>
       </c>
       <c r="C609" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
           <t>9789755099361</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
           <t>On Yaş Altı Çocuklar İçin Piyano Metodu</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
           <t>9789755094106</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
           <t>Müzik Formları</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
           <t>9786057921208</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
           <t>Shakespeare’den Öyküler</t>
         </is>
       </c>
       <c r="C612" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
           <t>9789755095882</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
@@ -10189,336 +10189,336 @@
         <is>
           <t>9786057921154</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
           <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C674" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
           <t>9786057921000</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
           <t>Yeni Başlayanlar İçin Adım Adım Piyano Metodu</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
           <t>9786057921697</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
           <t>Yetişkinler İçin Piyano Metodu</t>
         </is>
       </c>
       <c r="C676" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
           <t>9786052000038</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
           <t>Müzik Eğitimi</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>650</v>
+        <v>950</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
           <t>9789755099729</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
           <t>Unutulmayan Şarkılarla Org Metodu</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
           <t>9789755099804</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
           <t>Renklerle Müzik ve Keman Eğitimi</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>410</v>
+        <v>550</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
           <t>9789755098180</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
           <t>Gitar Metodu</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>950</v>
+        <v>970</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
           <t>9789755099224</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
           <t>Rock Şarkıları Repertuarı</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
           <t>9789755099743</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
           <t>En Güzel Piyano Sonatinleri</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
           <t>9789755099781</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
           <t>Yeni Başlayanlar İçin Gitar</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
           <t>9789755099712</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
           <t>Piyano Klasikleri 2.Kitap</t>
         </is>
       </c>
       <c r="C684" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
           <t>9789755099439</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
           <t>Koro Şarkıları ve Türküleri</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
           <t>9789755099217</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
           <t>Pop Gitar Repertuarı</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>550</v>
+        <v>570</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
           <t>9789755098708</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
           <t>Atatürk ve Köy Enstitülerinde Müzik Eğitimi</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>730</v>
+        <v>950</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
           <t>9789755099248</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
           <t>Çocuklar İçin Gitar Metodu</t>
         </is>
       </c>
       <c r="C688" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
           <t>9789755099330</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
           <t>Piyano: En İyi Dostum O</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>310</v>
+        <v>460</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
           <t>9789755099262</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
           <t>Şarkı Soloları: Türkü</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>155</v>
+        <v>180</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
           <t>9789755099255</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
           <t>Şarkı Soloları: Türkçe Pop</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
           <t>9786057921314</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
           <t>Küçük Yaşlar İçin Piyano Metodu</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
           <t>9789755098098</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
           <t>Gelenekten Geleceğe Makamsal Türk Müziği</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>500</v>
+        <v>720</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
           <t>9789755097992</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
           <t>Makamsal Dikte ve Solfej</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>500</v>
+        <v>570</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
           <t>9789755094717</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
           <t>Temel Fizik Cilt 2 Problem Çözümleri</t>
         </is>
       </c>
       <c r="C695" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
           <t>9789755094564</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
@@ -10549,121 +10549,121 @@
         <is>
           <t>9786057921246</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
           <t>Eğitim Bilimlerine Giriş</t>
         </is>
       </c>
       <c r="C698" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
           <t>9789755097220</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
           <t>Pofuduk Tavşanla Ritm Alfabesini Öğreniyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>225</v>
+        <v>330</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
           <t>9789755098685</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
           <t>Piyano Metodu</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
           <t>9789755096810</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
           <t>Her Yönüyle Gitar</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>440</v>
+        <v>600</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
           <t>9789755094878</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
           <t>Flamenko Gitar Metodu</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
           <t>9789755090245</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
           <t>Fiziğin Temelleri Mekanik Problem Çözümleri 1.1</t>
         </is>
       </c>
       <c r="C703" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
           <t>9789755090221</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
           <t>Blokflüt ile Müzik Eğitimi</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>