--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,910 +85,2200 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051883786</t>
+          <t>9786051881140</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Çemberi</t>
+          <t>Senden Sonra Bir Gün</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051882185</t>
+          <t>9786051880556</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kabus</t>
+          <t>Takvim Kızı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051884080</t>
+          <t>9786051882345</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Selfie</t>
+          <t>Lanet</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259732329</t>
+          <t>9786051881966</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Miras</t>
+          <t>Kırmızı Şemsiyeli Kız</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259732312</t>
+          <t>9786051881171</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Fısıltı Korusu</t>
+          <t>Alice Harikalar Diyarında (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259732305</t>
+          <t>9789759998141</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Melodisi</t>
+          <t>Senin Yerinde Olsaydım</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057284198</t>
+          <t>9789759998165</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Şeytanla Dans</t>
+          <t>Elveda Haziran</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>42.46</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789759997649</t>
+          <t>9789759997434</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Öksüzler Treni</t>
+          <t>Düşlerin Ötesinde</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051884042</t>
+          <t>9789759997694</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kasımpatı</t>
+          <t>Gündüzsefası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051883908</t>
+          <t>9789759997281</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kabus Devam Ediyor</t>
+          <t>Pamuk İpliğinden Hayaller</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051881607</t>
+          <t>9789759997601</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kara Nehir</t>
+          <t>Yıldız Tozu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254431029</t>
+          <t>9786051883427</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dantel</t>
+          <t>Masallar Gerçek Olsa</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9788879265652</t>
+          <t>9789759999292</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hayattan Uyarlama Romanlar Seti (7 Kitap Takım)</t>
+          <t>Hep Seni Aradım</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1760</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9780375811005</t>
+          <t>9786051884028</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ellen Marie Wiseman Seti (4 Kitap Takım)</t>
+          <t>Cerrah</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>1000</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057284181</t>
+          <t>9786051882468</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Porselen Bebek</t>
+          <t>Sisli Hatıralar Rıhtımı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051883021</t>
+          <t>9786051882093</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gelincik ile Serçe</t>
+          <t>Ağlayan Söğüt</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786254431005</t>
+          <t>9786051881836</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Penceresiz Ev</t>
+          <t>Bir Başka Gökyüzü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>290</v>
+        <v>33</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056955693</t>
+          <t>9786051881638</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yetim Koleksiyoncusu</t>
+          <t>Yağmurda Dans</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056955686</t>
+          <t>9786051880297</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kara Düşen Ay Işığı</t>
+          <t>Tess - Dönüşüm</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057284167</t>
+          <t>9789759999346</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ay Düşerken</t>
+          <t>Şifacı (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057284174</t>
+          <t>9789759999537</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Üç Anahtar</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>220</v>
+        <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057284150</t>
+          <t>9789759998202</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlarda Saklı</t>
+          <t>Kaderin Rengi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254431067</t>
+          <t>9786051881355</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Esaret Şehrinde Bir Kitapçı</t>
+          <t>Üst Kattaki Deli Kadın</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051880181</t>
+          <t>3990000054698</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Erik Ağacı</t>
+          <t>Sarah Jio Bestseller Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>290</v>
+        <v>111.11</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057284112</t>
+          <t>9786051883205</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kızım İçin</t>
+          <t>Kafes</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056955600</t>
+          <t>9786051882109</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kabuğunu Kıran İnci</t>
+          <t>Cennetin Bir’İnci Günü</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>290</v>
+        <v>149</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056955662</t>
+          <t>9786051881249</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Alemine Yolculuk</t>
+          <t>Menekşeler Fısıldarken</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056955655</t>
+          <t>9789759999926</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Mandala</t>
+          <t>Hesaplaşma</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056955679</t>
+          <t>9789759998387</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerin Büyülü Dünyası</t>
+          <t>Kendimi Sende Buldum - Kayıp Günlükler Serisi 2</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057284143</t>
+          <t>9786051881829</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Göldeki Kadın</t>
+          <t>Gizemli Sular</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>220</v>
+        <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057284136</t>
+          <t>9786051880709</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Pembe Şehrin Sırları</t>
+          <t>Pollyanna (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>220</v>
+        <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057284129</t>
+          <t>9786051880723</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Güller ve Piyano</t>
+          <t>İpeği İşleyen Kız</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057284105</t>
+          <t>9789759997564</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhlar Durağı</t>
+          <t>Umut Mevsimi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254431098</t>
+          <t>9789759997250</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Okyanusun Gözyaşları</t>
+          <t>Cennetin Rengi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>290</v>
+        <v>44.8</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254431081</t>
+          <t>9789759997809</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çamurda Açan Nilüferler</t>
+          <t>Düğün Dansı - Düğün Şarkısı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254431074</t>
+          <t>9786051880891</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Annemi Bir Kez Daha Görebilsem</t>
+          <t>Sherlock’un Kadınları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254431050</t>
+          <t>9786051880877</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlara Gülümseyen Kız</t>
+          <t>Kıskaç</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>290</v>
+        <v>60</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254431043</t>
+          <t>9789759997236</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dağların Ezgisi</t>
+          <t>Son Nefes</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254431036</t>
+          <t>9786051881614</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kınalı Çiçekler</t>
+          <t>Ben En Çok Kendim Olmayı Sevdim Ya Sen?</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254431012</t>
+          <t>9786051881188</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Serçe</t>
+          <t>Tanrı'nın Gözü</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9781561458653</t>
+          <t>9786051880563</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kimberley Freeman Seti (7 Kitap Takım)</t>
+          <t>Takvim Kızı - Şubat</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>1840</v>
+        <v>30</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786056955648</t>
+          <t>9786051880457</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ateşböceğinin Şarkısı</t>
+          <t>Takvim Kızı - Ocak</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056955631</t>
+          <t>9789759997908</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dilek Ağacının Gölgesinde</t>
+          <t>Sevginin Bağladıkları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786056955624</t>
+          <t>9786051880396</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Ardındaki Topraklar</t>
+          <t>Paris'ten Sevgilerle</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056955617</t>
+          <t>9786051880389</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Her Kalp Kendi Şarkısını Söyler</t>
+          <t>Matilda’nın Son Valsi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051884110</t>
+          <t>9789759999551</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşlarının Kalesi</t>
+          <t>Kadife Çiçekleri Düşerken</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051883892</t>
+          <t>9789759998257</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Filin Gözyaşları</t>
+          <t>Tutku Oyunları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051883717</t>
+          <t>9789759997199</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Okyanusun Ötesindeki Yıldızlar</t>
+          <t>Böğürtlen Kışı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>290</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051883359</t>
+          <t>9786051880402</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kurban Mı Cellat Mı</t>
+          <t>Sosyopat</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051882215</t>
+          <t>9789759999261</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Issız Kar Taneleri</t>
+          <t>Eflatun Kurdele</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051881812</t>
+          <t>9789759998615</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kelebek ile Keman</t>
+          <t>Siyah Kar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051881409</t>
+          <t>9789759998301</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Esir Şarkılar Vadisi</t>
+          <t>Tess'in Gözyaşları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>340</v>
+        <v>30</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051881447</t>
+          <t>9789759997441</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ben Dünyanın En Şanslı Annesiyim (Ciltli)</t>
+          <t>Son Kamelya</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>210</v>
+        <v>30</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789759999957</t>
+          <t>9789759997311</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Şelaleleri</t>
+          <t>15 Saniye</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789759998240</t>
+          <t>9786051880310</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kor Adası</t>
+          <t>Heidi Büyüyor (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789759997960</t>
+          <t>9789759999933</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri Koyu</t>
+          <t>Heidi (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>290</v>
+        <v>36</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789759998059</t>
+          <t>9789759998134</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ardımda Kalanlar</t>
+          <t>Aşkın İkinci Yarısı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
+          <t>9786051880174</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Kaybolan Yıllar</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9789759996833</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluğun Öteki Yüzü</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9789759998370</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Kağıttan Kalpler</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9789759997519</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişin Gölgesinde Aşk</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9789759996925</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Düğün Hediyesi</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9799758790448</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Mandala Büyükler İçin Boyama Seti (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789759996741</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Yağmur Sonrası</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9789759996185</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Şeytan ve Şair</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9789759996598</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Şarkısı</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9789759996277</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Mart Menekşeleri</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9789759996543</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Kupa Valesi</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9789759996512</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Gülümse Anılara</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9789759996642</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Gölgelerin Ressamı</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9789759996666</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Gökkuşağını Yakalamak</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>25.93</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9789759996635</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Dostluk Ekmeği</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9789759996796</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Adında Hayat</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9789759996574</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>22 Britanya Yolu</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9780140622225</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Arkadya Polisiye Set (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9780753417812</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Romanları Seti (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786051882376</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Her Aya Bir Oyun - Minik Mucizeler Etkinlik Takvimi 2018</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786051881485</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Hiçbir Şey Söyleme</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786051880600</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Sende Tutsak Kaldım</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786051880693</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Kalbimin Peşinde</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786051882826</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Ölümcül Şifre</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786051882857</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızları Yeniden Yazalım Seninle</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786259732336</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Güvenli Liman</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786259732367</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kadının Saklı Mevsimi</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786259732350</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Bize Yalan Söylediler</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786259732343</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp İkizler</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786051883786</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Çemberi</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786051882185</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Kabus</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786051884080</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Kanlı Selfie</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786259732329</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Miras</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786259732312</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Fısıltı Korusu</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786259732305</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişin Melodisi</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786057284198</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Şeytanla Dans</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9789759997649</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Öksüzler Treni</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786051884042</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Kasımpatı</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786051883908</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Kabus Devam Ediyor</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786051881607</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Kara Nehir</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786254431029</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Dantel</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9788879265652</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Hayattan Uyarlama Romanlar Seti (7 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9780375811005</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Ellen Marie Wiseman Seti (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786057284181</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Porselen Bebek</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786051883021</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Gelincik ile Serçe</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786254431005</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Penceresiz Ev</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786056955693</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Yetim Koleksiyoncusu</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786056955686</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Kara Düşen Ay Işığı</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786057284167</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Ay Düşerken</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786057284174</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Üç Anahtar</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786057284150</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızlarda Saklı</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786254431067</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Esaret Şehrinde Bir Kitapçı</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786051880181</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Erik Ağacı</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786057284112</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Kızım İçin</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786056955600</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Kabuğunu Kıran İnci</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786056955662</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar Alemine Yolculuk</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786056955655</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Tılsımlı Mandala</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786056955679</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Çiçeklerin Büyülü Dünyası</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786057284143</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Göldeki Kadın</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786057284136</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Pembe Şehrin Sırları</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786057284129</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Güller ve Piyano</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786057284105</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Ruhlar Durağı</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786254431098</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Okyanusun Gözyaşları</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786254431081</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Çamurda Açan Nilüferler</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786254431074</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Annemi Bir Kez Daha Görebilsem</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786254431050</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızlara Gülümseyen Kız</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786254431043</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Dağların Ezgisi</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786254431036</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Kınalı Çiçekler</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786254431012</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Gümüş Serçe</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9781561458653</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Kimberley Freeman Seti (7 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>1840</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786056955648</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Ateşböceğinin Şarkısı</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786056955631</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Dilek Ağacının Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786056955624</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Güneşin Ardındaki Topraklar</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786056955617</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Her Kalp Kendi Şarkısını Söyler</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786051884110</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Gözyaşlarının Kalesi</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786051883892</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Filin Gözyaşları</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786051883717</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Okyanusun Ötesindeki Yıldızlar</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786051883359</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Kurban Mı Cellat Mı</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786051882215</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Issız Kar Taneleri</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786051881812</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Kelebek ile Keman</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786051881409</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Esir Şarkılar Vadisi</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786051881447</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Ben Dünyanın En Şanslı Annesiyim (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9789759999957</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Zümrüt Şelaleleri</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9789759998240</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Kor Adası</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9789759997960</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Feneri Koyu</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9789759998059</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Ardımda Kalanlar</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
           <t>9789759997168</t>
         </is>
       </c>
-      <c r="B59" s="1" t="inlineStr">
+      <c r="B145" s="1" t="inlineStr">
         <is>
           <t>Kır Çiçeği Tepesi</t>
         </is>
       </c>
-      <c r="C59" s="1">
-        <v>290</v>
+      <c r="C145" s="1">
+        <v>320</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>