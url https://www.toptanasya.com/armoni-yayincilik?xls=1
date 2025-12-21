--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,4180 +85,4345 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255821270</t>
+          <t>9786255821478</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Asude Günlerden Haber Var</t>
+          <t>Kayıp Dünyanın İzinde Dünya ve İnsanlık Tarihi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255821287</t>
+          <t>9786255821225</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Zor ve Güzel</t>
+          <t>Ruh Tamircisi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255821256</t>
+          <t>9786255821461</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İzinde</t>
+          <t>Geçmiş Zamanlar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255821263</t>
+          <t>9786255821492</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden</t>
+          <t>Tacir</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255821157</t>
+          <t>9786255821454</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İzmir Ruleti</t>
+          <t>Tımarhane 1986</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255821195</t>
+          <t>9786255821485</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Nurçin’e Yazılan Mektuplar 2</t>
+          <t>Ruh Hastası Bir Adamın Çığlığı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255821133</t>
+          <t>9786255821355</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İnfikar</t>
+          <t>Kırık Hayatlar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255821188</t>
+          <t>9786255821119</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sefer Devam Ediyor</t>
+          <t>Isırgan Otu</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255821164</t>
+          <t>9786255821362</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Pera’nın İnsanları</t>
+          <t>Unutulmak Cinayettir</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255821218</t>
+          <t>9786255821324</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Lunapark Cinayeti</t>
+          <t>Aypembe Pembe Şeker Dağı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255821140</t>
+          <t>9786255821447</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Malazgirt 1071</t>
+          <t>Kırlangıç Mavisi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259719030</t>
+          <t>9786255821270</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Eksikliği ve Hiperaktivite Bozukluğunun Çocuklar Üzerindeki Sosyolojik Etkileri</t>
+          <t>Asude Günlerden Haber Var</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255821096</t>
+          <t>9786255821287</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Davam</t>
+          <t>Zor ve Güzel</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255821027</t>
+          <t>9786255821256</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Beton Üstü Gökyüzü</t>
+          <t>Zamanın İzinde</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259614557</t>
+          <t>9786255821263</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kerizi Fırsata Çevirmek</t>
+          <t>Hayatın İçinden</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259756899</t>
+          <t>9786255821157</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Sorunların Çözümü</t>
+          <t>İzmir Ruleti</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259756875</t>
+          <t>9786255821195</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Tarikat</t>
+          <t>Nurçin’e Yazılan Mektuplar 2</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259717142</t>
+          <t>9786255821133</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Baba Elimi Bırakma</t>
+          <t>İnfikar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259726564</t>
+          <t>9786255821188</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Habibim</t>
+          <t>Sefer Devam Ediyor</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256888227</t>
+          <t>9786255821164</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Özlem</t>
+          <t>Pera’nın İnsanları</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255821034</t>
+          <t>9786255821218</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bodoslama</t>
+          <t>Lunapark Cinayeti</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259614564</t>
+          <t>9786255821140</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sesim Bende Kaldı</t>
+          <t>Malazgirt 1071</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259614533</t>
+          <t>9786259719030</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ruh Uçurumu</t>
+          <t>Dikkat Eksikliği ve Hiperaktivite Bozukluğunun Çocuklar Üzerindeki Sosyolojik Etkileri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259614540</t>
+          <t>9786255821096</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Venedik’in Ötesinde</t>
+          <t>Sevgili Davam</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256888777</t>
+          <t>9786255821027</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Öner</t>
+          <t>Beton Üstü Gökyüzü</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259614526</t>
+          <t>9786259614557</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bu Benim Öyküm</t>
+          <t>Kerizi Fırsata Çevirmek</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>580</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259614519</t>
+          <t>9786259756899</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin İzini Sürmek</t>
+          <t>Toplumsal Sorunların Çözümü</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259604442</t>
+          <t>9786259756875</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yüreği Kalkan Bilmek</t>
+          <t>Kayıp Tarikat</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259604459</t>
+          <t>9786259717142</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çağın Bir Ucu Çocuk Gülüşü Bir Ucu Cinayet Bıçağı</t>
+          <t>Baba Elimi Bırakma</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259604480</t>
+          <t>9786259726564</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Anne Gölgemde Kim Var?</t>
+          <t>Habibim</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259604435</t>
+          <t>9786256888227</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Yalnız Bir Kadın: Gülçiçek</t>
+          <t>Özlem</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259604497</t>
+          <t>9786255821034</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Renginde</t>
+          <t>Bodoslama</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259614502</t>
+          <t>9786259614564</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>...Ve Bize Kalan</t>
+          <t>Sesim Bende Kaldı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057263315</t>
+          <t>9786259614533</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Bulutları Dağıtan Rüzgar</t>
+          <t>Ruh Uçurumu</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259604466</t>
+          <t>9786259614540</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Köşedeki Sahaf</t>
+          <t>Venedik’in Ötesinde</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259604411</t>
+          <t>9786256888777</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İşimden Gelenler: Şirketler İçin Yönetim ve Strateji Reçeteleri</t>
+          <t>Benim Adım Öner</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259594392</t>
+          <t>9786259614526</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kadınlar Atlası</t>
+          <t>Bu Benim Öyküm</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>390</v>
+        <v>580</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259717111</t>
+          <t>9786259614519</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gaye</t>
+          <t>Gerçeğin İzini Sürmek</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259594309</t>
+          <t>9786259604442</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan Güncesi</t>
+          <t>Yüreği Kalkan Bilmek</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259594385</t>
+          <t>9786259604459</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Zülfüyare Dokunmak</t>
+          <t>Çağın Bir Ucu Çocuk Gülüşü Bir Ucu Cinayet Bıçağı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259594316</t>
+          <t>9786259604480</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Cinnet</t>
+          <t>Anne Gölgemde Kim Var?</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259594323</t>
+          <t>9786259604435</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tahta Bebek</t>
+          <t>Anadolu’da Yalnız Bir Kadın: Gülçiçek</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259717173</t>
+          <t>9786259604497</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Şaman</t>
+          <t>Yaşamın Renginde</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259717135</t>
+          <t>9786259614502</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kurtlar Şehri</t>
+          <t>...Ve Bize Kalan</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259594361</t>
+          <t>9786057263315</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Fazladan Mutluluk</t>
+          <t>Beyaz Bulutları Dağıtan Rüzgar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259594354</t>
+          <t>9786259604466</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Duygulardan Dizelere</t>
+          <t>Köşedeki Sahaf</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259717166</t>
+          <t>9786259604411</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Seyahat: Bir Karagöz Bir Hacivat</t>
+          <t>İşimden Gelenler: Şirketler İçin Yönetim ve Strateji Reçeteleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259717180</t>
+          <t>9786259594392</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Zihin Yolu</t>
+          <t>Kayıp Kadınlar Atlası</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259726533</t>
+          <t>9786259717111</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Nereye</t>
+          <t>Gaye</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>680</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259717159</t>
+          <t>9786259594309</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ma-Arif</t>
+          <t>Yunanistan Güncesi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259726595</t>
+          <t>9786259594385</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kapanacak Hesabım Var</t>
+          <t>Zülfüyare Dokunmak</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259717128</t>
+          <t>9786259594316</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sabbah ve Alamut</t>
+          <t>Cinnet</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256304260</t>
+          <t>9786259594323</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Ateşi - Mazi</t>
+          <t>Tahta Bebek</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>850</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256888463</t>
+          <t>9786259717173</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Boşluk</t>
+          <t>Şaman</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>390</v>
+        <v>340</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259531052</t>
+          <t>9786259717135</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Çapraz Kılıç: Adaletin Anlayışı</t>
+          <t>Kurtlar Şehri</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259756837</t>
+          <t>9786259594361</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bak Makbule</t>
+          <t>Fazladan Mutluluk</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789756587683</t>
+          <t>9786259594354</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Zehr-i Aşk</t>
+          <t>Duygulardan Dizelere</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789756587652</t>
+          <t>9786259717166</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mücevher Şiirler</t>
+          <t>Zamanda Seyahat: Bir Karagöz Bir Hacivat</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789756587539</t>
+          <t>9786259717180</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Öylesine Bir Kitap</t>
+          <t>Zihin Yolu</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789756587546</t>
+          <t>9786259726533</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Kapısı</t>
+          <t>Nereye</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>680</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789756587690</t>
+          <t>9786259717159</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Teknoloji ve Tasarım Etkinlik Defterim</t>
+          <t>Ma-Arif</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789756587560</t>
+          <t>9786259726595</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Mektuplardan İnciler</t>
+          <t>Kapanacak Hesabım Var</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789756587553</t>
+          <t>9786259717128</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Dr. İnci'nin Acil Günlüğü</t>
+          <t>Hasan Sabbah ve Alamut</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>3990000350200</t>
+          <t>9786256304260</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kamuda Eksik Kaynak Kullanımını Harekete Geçirmek ve Tasarruf Sağlamak</t>
+          <t>Yaşam Ateşi - Mazi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>400</v>
+        <v>850</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789756587645</t>
+          <t>9786256888463</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Zehr-i Aşk</t>
+          <t>Kalbimdeki Boşluk</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789756587515</t>
+          <t>9786259531052</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Kedi Tayfası</t>
+          <t>Çapraz Kılıç: Adaletin Anlayışı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259726557</t>
+          <t>9786259756837</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı</t>
+          <t>Bak Makbule</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259726502</t>
+          <t>9789756587683</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan Geleneğinde Dirmil Güzellemeleri</t>
+          <t>Zehr-i Aşk</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259726526</t>
+          <t>9789756587652</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Madde Bağımlılığının Gençler Arasında Oluşturduğu Sosyalleşme Sorunları</t>
+          <t>Mücevher Şiirler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259739441</t>
+          <t>9789756587539</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Doktoru Soru Bankası</t>
+          <t>Öylesine Bir Kitap</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259739496</t>
+          <t>9789756587546</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Şizofren Çiftliği</t>
+          <t>Mucizeler Kapısı</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259739489</t>
+          <t>9789756587690</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sıfırın Ortasında</t>
+          <t>7. Sınıf Teknoloji ve Tasarım Etkinlik Defterim</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259726519</t>
+          <t>9789756587560</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İnsanatlık</t>
+          <t>Mektuplardan İnciler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259739472</t>
+          <t>9789756587553</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Güzeşte</t>
+          <t>Dr. İnci'nin Acil Günlüğü</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259756820</t>
+          <t>3990000350200</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bedensel ve Zihinsel Değişim Defteri</t>
+          <t>Kamuda Eksik Kaynak Kullanımını Harekete Geçirmek ve Tasarruf Sağlamak</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259756813</t>
+          <t>9789756587645</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Zihin Gücüyle İdeal Bedenini Yarat</t>
+          <t>Zehr-i Aşk</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259739434</t>
+          <t>9789756587515</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Gözler</t>
+          <t>Dedemin Kedi Tayfası</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259739465</t>
+          <t>9786259726557</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kendime Yedi Saydım</t>
+          <t>Rüzgarın Kızı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259739458</t>
+          <t>9786259726502</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Askıdaki Hayatlar</t>
+          <t>Karacaoğlan Geleneğinde Dirmil Güzellemeleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259756844</t>
+          <t>9786259726526</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tujo</t>
+          <t>Madde Bağımlılığının Gençler Arasında Oluşturduğu Sosyalleşme Sorunları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259739410</t>
+          <t>9786259739441</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Fıstık Ağacı</t>
+          <t>Türkçe Doktoru Soru Bankası</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259531090</t>
+          <t>9786259739496</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Satırlara Sığmayan Hayatlar</t>
+          <t>Şizofren Çiftliği</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259756851</t>
+          <t>9786259739489</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Tuzu mu Fazla Kaçıyor Acaba Hayatın?</t>
+          <t>Sıfırın Ortasında</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259756806</t>
+          <t>9786259726519</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yazılımı</t>
+          <t>İnsanatlık</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259531014</t>
+          <t>9786259739472</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ben Anne Oldum Baba</t>
+          <t>Güzeşte</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259773094</t>
+          <t>9786259756820</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yakalılar</t>
+          <t>Bedensel ve Zihinsel Değişim Defteri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259531076</t>
+          <t>9786259756813</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Gülmek</t>
+          <t>Zihin Gücüyle İdeal Bedenini Yarat</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259773063</t>
+          <t>9786259739434</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Sandıklarım - 2</t>
+          <t>Konuşan Gözler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259531038</t>
+          <t>9786259739465</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Din ve Dünya Görüşü İncelemeleri Tabuları Yıkmak Üzerine</t>
+          <t>Kendime Yedi Saydım</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259531021</t>
+          <t>9786259739458</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Rejimlerde Parlamentonun Gücü ve Denetimi</t>
+          <t>Askıdaki Hayatlar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256304406</t>
+          <t>9786259756844</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Nurçin'e Yazılan Mektuplar - 1</t>
+          <t>Tujo</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786259773070</t>
+          <t>9786259739410</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Şem</t>
+          <t>Fıstık Ağacı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259531045</t>
+          <t>9786259531090</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yol Haritam: Küçük İpuçları</t>
+          <t>Satırlara Sığmayan Hayatlar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259773049</t>
+          <t>9786259756851</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Önce Vatan Gazete Yazılarım - 1</t>
+          <t>Tuzu mu Fazla Kaçıyor Acaba Hayatın?</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>700</v>
+        <v>340</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259531007</t>
+          <t>9786259756806</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Surelerin Dili</t>
+          <t>İnsan Yazılımı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259773056</t>
+          <t>9786259531014</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Talihsizler</t>
+          <t>Ben Anne Oldum Baba</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786259773032</t>
+          <t>9786259773094</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kalemden Dökülen Hayatlar</t>
+          <t>Mavi Yakalılar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786259773001</t>
+          <t>9786259531076</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İlaçsız Şifa Yöntemleri ve Hacamat</t>
+          <t>Geleceği Gülmek</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786259773018</t>
+          <t>9786259773063</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Aklın Dehlizlerinden Düşünceler</t>
+          <t>Düşünce Sandıklarım - 2</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256304147</t>
+          <t>9786259531038</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Temel Seviye Astroloji Eğitim Kitabı- Astro Pratik 1. Kitap</t>
+          <t>Din ve Dünya Görüşü İncelemeleri Tabuları Yıkmak Üzerine</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256304024</t>
+          <t>9786259531021</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İyi Yolculuklar</t>
+          <t>Demokratik Rejimlerde Parlamentonun Gücü ve Denetimi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256888951</t>
+          <t>9786256304406</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Filozofları</t>
+          <t>Nurçin'e Yazılan Mektuplar - 1</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256888661</t>
+          <t>9786259773070</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Prens Johann Sebastian</t>
+          <t>Şem</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256304239</t>
+          <t>9786259531045</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hitaptan Kitaba</t>
+          <t>Yol Haritam: Küçük İpuçları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256304413</t>
+          <t>9786259773049</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İslam-Şeriat (Musevilik - Hristiyanlık) ve Laiklik</t>
+          <t>Önce Vatan Gazete Yazılarım - 1</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>340</v>
+        <v>700</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256304383</t>
+          <t>9786259531007</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Gidenler Kalanlar</t>
+          <t>Surelerin Dili</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256304390</t>
+          <t>9786259773056</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ardımızda Bıraktık</t>
+          <t>Talihsizler</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256304222</t>
+          <t>9786259773032</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Soneler</t>
+          <t>Kalemden Dökülen Hayatlar</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256304369</t>
+          <t>9786259773001</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Nato’dan Çıkmadan Merkez Ülke Olamaz Beyler</t>
+          <t>İlaçsız Şifa Yöntemleri ve Hacamat</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256304352</t>
+          <t>9786259773018</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Sözlerim Var - İnsan ve İsyan Üstüne</t>
+          <t>Aklın Dehlizlerinden Düşünceler</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256304291</t>
+          <t>9786256304147</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Kıyısında</t>
+          <t>Temel Seviye Astroloji Eğitim Kitabı- Astro Pratik 1. Kitap</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256304079</t>
+          <t>9786256304024</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Eslim - 1</t>
+          <t>İyi Yolculuklar</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>700</v>
+        <v>340</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256304307</t>
+          <t>9786256888951</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Barınma Zorunlu İhtiyaçtır Beyler!</t>
+          <t>Atatürk'ün Filozofları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256304314</t>
+          <t>9786256888661</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre Duaları</t>
+          <t>Prens Johann Sebastian</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256304253</t>
+          <t>9786256304239</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Anları</t>
+          <t>Hitaptan Kitaba</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256304215</t>
+          <t>9786256304413</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Liderliğin Yeni Dünyası</t>
+          <t>İslam-Şeriat (Musevilik - Hristiyanlık) ve Laiklik</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256304277</t>
+          <t>9786256304383</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yusuf ve Zeliha</t>
+          <t>Gidenler Kalanlar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>540</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256304130</t>
+          <t>9786256304390</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Denge Noktası</t>
+          <t>Ardımızda Bıraktık</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256888982</t>
+          <t>9786256304222</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hilal’in Yeniden Yükselişi</t>
+          <t>Soneler</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256304890</t>
+          <t>9786256304369</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ankara Rüzgarları</t>
+          <t>Türkiye Nato’dan Çıkmadan Merkez Ülke Olamaz Beyler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256888418</t>
+          <t>9786256304352</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bazı Yaralar Yalnız Sarılır</t>
+          <t>Sözlerim Var - İnsan ve İsyan Üstüne</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256888999</t>
+          <t>9786256304291</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kaçış - Akdeniz Serisi 3. Kitap</t>
+          <t>Hayatın Kıyısında</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256304109</t>
+          <t>9786256304079</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Her Hayat Bir Öyküdür</t>
+          <t>Eslim - 1</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256304185</t>
+          <t>9786256304307</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kara Kumru</t>
+          <t>Barınma Zorunlu İhtiyaçtır Beyler!</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256304178</t>
+          <t>9786256304314</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Şifreli Kapı</t>
+          <t>Hac ve Umre Duaları</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256304154</t>
+          <t>9786256304253</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Vaha</t>
+          <t>Hayatımın Anları</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256304161</t>
+          <t>9786256304215</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Zerre İçinde Zerreyim</t>
+          <t>Liderliğin Yeni Dünyası</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256304048</t>
+          <t>9786256304277</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kadın Yüzleri</t>
+          <t>Hz. Yusuf ve Zeliha</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>540</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256888975</t>
+          <t>9786256304130</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sensizlik Bir Şiir</t>
+          <t>Hayatın Denge Noktası</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256304062</t>
+          <t>9786256888982</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Duyulmayan Çığlık Filistin’de Bir Aşk Hikâyesi</t>
+          <t>Hilal’in Yeniden Yükselişi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256304086</t>
+          <t>9786256304890</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Derinliklerindeki Çığlıklar</t>
+          <t>Ankara Rüzgarları</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256304031</t>
+          <t>9786256888418</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Madam Pera</t>
+          <t>Bazı Yaralar Yalnız Sarılır</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256888708</t>
+          <t>9786256888999</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Ölümler Ülkesi</t>
+          <t>Kaçış - Akdeniz Serisi 3. Kitap</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256888807</t>
+          <t>9786256304109</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bin Destandır 12 Şubat</t>
+          <t>Her Hayat Bir Öyküdür</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256888685</t>
+          <t>9786256304185</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Rüzgar İçinde</t>
+          <t>Kara Kumru</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256888678</t>
+          <t>9786256304178</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bu Fırtına Geçene Kadar</t>
+          <t>Şifreli Kapı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256888944</t>
+          <t>9786256304154</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bal Yuvası</t>
+          <t>Vaha</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256888968</t>
+          <t>9786256304161</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Erkiletli Aşık Hasan</t>
+          <t>Zerre İçinde Zerreyim</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256888852</t>
+          <t>9786256304048</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Dilinden Bize Düşenler</t>
+          <t>Kadın Yüzleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256888869</t>
+          <t>9786256888975</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sincap Sinco</t>
+          <t>Sensizlik Bir Şiir</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256888913</t>
+          <t>9786256304062</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Güya</t>
+          <t>Duyulmayan Çığlık Filistin’de Bir Aşk Hikâyesi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256888937</t>
+          <t>9786256304086</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gözyaşları</t>
+          <t>Kalbin Derinliklerindeki Çığlıklar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256888562</t>
+          <t>9786256304031</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kırık Yansıma</t>
+          <t>Madam Pera</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>400</v>
+        <v>490</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256888906</t>
+          <t>9786256888708</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Şiirleri Seven Çocuklar</t>
+          <t>Zamansız Ölümler Ülkesi</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256888821</t>
+          <t>9786256888807</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Gogo Dayı'nın Işıkları</t>
+          <t>Bin Destandır 12 Şubat</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256888814</t>
+          <t>9786256888685</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sevginç - İlkinci Yeni</t>
+          <t>Fırtına Rüzgar İçinde</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256888791</t>
+          <t>9786256888678</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Yıllar Sonra Olsa Da</t>
+          <t>Bu Fırtına Geçene Kadar</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256888784</t>
+          <t>9786256888944</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Çağlar</t>
+          <t>Bal Yuvası</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256888760</t>
+          <t>9786256888968</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Küçük Absürt Şeyler</t>
+          <t>Erkiletli Aşık Hasan</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256888722</t>
+          <t>9786256888852</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Çağlamalar</t>
+          <t>Vahyin Dilinden Bize Düşenler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789756587706</t>
+          <t>9786256888869</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Teknoloji ve Tasarım Etkinlik Defterim</t>
+          <t>Sincap Sinco</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256888401</t>
+          <t>9786256888913</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya 9. Sınıf Çözümlü Soru Bankası</t>
+          <t>Güya</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256888319</t>
+          <t>9786256888937</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Panik Atak Yolculuğum</t>
+          <t>Aşkın Gözyaşları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256888746</t>
+          <t>9786256888562</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Vuslat Hasretle Güzel</t>
+          <t>Kırık Yansıma</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256888753</t>
+          <t>9786256888906</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kulüpteki Sinek</t>
+          <t>Şiirleri Seven Çocuklar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256888593</t>
+          <t>9786256888821</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlığa İyi Gelen Hikayeler</t>
+          <t>Gogo Dayı'nın Işıkları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256888647</t>
+          <t>9786256888814</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Konulara Objektif Işık</t>
+          <t>Sevginç - İlkinci Yeni</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256888623</t>
+          <t>9786256888791</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Ailem Boşanıyor</t>
+          <t>Yıllar Sonra Olsa Da</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256888654</t>
+          <t>9786256888784</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>On Yaşında Bir Gezgin</t>
+          <t>Yüreğim Çağlar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256888517</t>
+          <t>9786256888760</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kimsin Sen</t>
+          <t>Küçük Absürt Şeyler</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057263377</t>
+          <t>9786256888722</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Güneyin Kızı</t>
+          <t>Çağlamalar</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256888579</t>
+          <t>9789756587706</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Aşk Mektupları</t>
+          <t>8. Sınıf Teknoloji ve Tasarım Etkinlik Defterim</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256888548</t>
+          <t>9786256888401</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sözleri</t>
+          <t>Coğrafya 9. Sınıf Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256888500</t>
+          <t>9786256888319</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Gençlik?</t>
+          <t>Panik Atak Yolculuğum</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256888531</t>
+          <t>9786256888746</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Yeni Bir Şiir</t>
+          <t>Vuslat Hasretle Güzel</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256888494</t>
+          <t>9786256888753</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Doğru Milliyetçilik Hangisi?</t>
+          <t>Kulüpteki Sinek</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256888555</t>
+          <t>9786256888593</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Aman Yazar Değmesin</t>
+          <t>Arkadaşlığa İyi Gelen Hikayeler</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256888586</t>
+          <t>9786256888647</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>13. Gezegen</t>
+          <t>Konulara Objektif Işık</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256888616</t>
+          <t>9786256888623</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Büyük Resmi Görebilmek</t>
+          <t>Ailem Boşanıyor</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256888609</t>
+          <t>9786256888654</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Tasarımdan Önce Tasarı Ontolojik Bir Sanat Tasarım Denemesi</t>
+          <t>On Yaşında Bir Gezgin</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256888357</t>
+          <t>9786256888517</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Türk Yüzyılı Derin Savaş 2023</t>
+          <t>Kimsin Sen</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256888432</t>
+          <t>9786057263377</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Ortak Paydada Buluşmak</t>
+          <t>Güneyin Kızı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256888487</t>
+          <t>9786256888579</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Yılı Uzaklığa</t>
+          <t>21. Yüzyılda Aşk Mektupları</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256888470</t>
+          <t>9786256888548</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan</t>
+          <t>Aşk Sözleri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057184962</t>
+          <t>9786256888500</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Vasat Türk</t>
+          <t>Nasıl Bir Gençlik?</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057184986</t>
+          <t>9786256888531</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Kokusu</t>
+          <t>Her Güne Yeni Bir Şiir</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256888456</t>
+          <t>9786256888494</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Vatan Sağ Olsun</t>
+          <t>Doğru Milliyetçilik Hangisi?</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256888388</t>
+          <t>9786256888555</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Maviş, Mercan ve Dostları</t>
+          <t>Aman Yazar Değmesin</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256888395</t>
+          <t>9786256888586</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kurucu</t>
+          <t>13. Gezegen</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256888425</t>
+          <t>9786256888616</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Gailesizler</t>
+          <t>Büyük Resmi Görebilmek</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256888364</t>
+          <t>9786256888609</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Beni Hatırla</t>
+          <t>Tasarımdan Önce Tasarı Ontolojik Bir Sanat Tasarım Denemesi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256888340</t>
+          <t>9786256888357</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Çiçeği</t>
+          <t>Türk Yüzyılı Derin Savaş 2023</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256888296</t>
+          <t>9786256888432</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Susadım Harput</t>
+          <t>Ortak Paydada Buluşmak</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256888258</t>
+          <t>9786256888487</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Ayak Oyunu Parçalı Dünyam</t>
+          <t>Yıldız Yılı Uzaklığa</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256888326</t>
+          <t>9786256888470</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın İnsan Psikolojisi Üzerindeki Etkisi</t>
+          <t>Yarım Kalan</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057184979</t>
+          <t>9786057184962</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kayzer'in Düşü</t>
+          <t>Vasat Türk</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057212092</t>
+          <t>9786057184986</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kaldı Sağ</t>
+          <t>Yağmur Kokusu</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256888289</t>
+          <t>9786256888456</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ünlülerin Tercihi 5000 Yıllık Vücut Detoksu</t>
+          <t>Vatan Sağ Olsun</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256888104</t>
+          <t>9786256888388</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşlarımla</t>
+          <t>Maviş, Mercan ve Dostları</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256888234</t>
+          <t>9786256888395</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Reşo İle Bozo</t>
+          <t>Kurucu</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256888241</t>
+          <t>9786256888425</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Şair'in Seferi</t>
+          <t>Gailesizler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256888210</t>
+          <t>9786256888364</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Sözler</t>
+          <t>Beni Hatırla</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256888265</t>
+          <t>9786256888340</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Cesaretin Sustuğu Dizeler</t>
+          <t>Zeytin Çiçeği</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256888142</t>
+          <t>9786256888296</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İskenderiye Hatırası</t>
+          <t>Susadım Harput</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>440</v>
+        <v>600</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256888173</t>
+          <t>9786256888258</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Sandıklarım</t>
+          <t>Ayak Oyunu Parçalı Dünyam</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256888203</t>
+          <t>9786256888326</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İnsanca ve Farece Yaşamak</t>
+          <t>İslam'ın İnsan Psikolojisi Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256888159</t>
+          <t>9786057184979</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Haiku Turki</t>
+          <t>Kayzer'in Düşü</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057263322</t>
+          <t>9786057212092</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Montessori Yöntemi İle Uygulamalı Türkçe Öğrenimi</t>
+          <t>Aşk Kaldı Sağ</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789758523443</t>
+          <t>9786256888289</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Geliştiren Sözler</t>
+          <t>Ünlülerin Tercihi 5000 Yıllık Vücut Detoksu</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789758523573</t>
+          <t>9786256888104</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Geliştiren Kitaplar</t>
+          <t>Gözyaşlarımla</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789758523603</t>
+          <t>9786256888234</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Burç mu Dedin?</t>
+          <t>Reşo İle Bozo</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789758523665</t>
+          <t>9786256888241</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerle Sağlıklı Yaşam</t>
+          <t>Şair'in Seferi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789758523566</t>
+          <t>9786256888210</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Ah Kadınlar Ah Erkekler</t>
+          <t>Gönülden Sözler</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256888081</t>
+          <t>9786256888265</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler de Ağlar</t>
+          <t>Cesaretin Sustuğu Dizeler</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256888067</t>
+          <t>9786256888142</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kitap</t>
+          <t>İskenderiye Hatırası</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256888166</t>
+          <t>9786256888173</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Varoluş Düzeneği</t>
+          <t>Düşünce Sandıklarım</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256888180</t>
+          <t>9786256888203</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kavuşmanın Anatomisi</t>
+          <t>İnsanca ve Farece Yaşamak</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256888043</t>
+          <t>9786256888159</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Küçük Huysuz İle Nasıl Baş Edebilirim?</t>
+          <t>Haiku Turki</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256888029</t>
+          <t>9786057263322</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Hz. Cevap</t>
+          <t>Montessori Yöntemi İle Uygulamalı Türkçe Öğrenimi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057263384</t>
+          <t>9789758523443</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Seli</t>
+          <t>Geliştiren Sözler</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256888005</t>
+          <t>9789758523573</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Pufi’m Nasıl Yok Oldu?</t>
+          <t>Geliştiren Kitaplar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256888012</t>
+          <t>9789758523603</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kehribar Mabet -3</t>
+          <t>Burç mu Dedin?</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057263360</t>
+          <t>9789758523665</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Misafiriz Bu Handa</t>
+          <t>Bitkilerle Sağlıklı Yaşam</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057263346</t>
+          <t>9789758523566</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Satranç Sınıfım</t>
+          <t>Ah Kadınlar Ah Erkekler</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057271488</t>
+          <t>9786256888081</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Aşka Geldim Sen Nerdesin?</t>
+          <t>Kelebekler de Ağlar</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057212085</t>
+          <t>9786256888067</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Hayatındaki Rolün</t>
+          <t>Sihirli Kitap</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057271464</t>
+          <t>9786256888166</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Baba Alnımdan Öp Benim</t>
+          <t>Varoluş Düzeneği</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057271471</t>
+          <t>9786256888180</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Nejla Annem</t>
+          <t>Kavuşmanın Anatomisi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057271419</t>
+          <t>9786256888043</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Aklın Ölçüsü</t>
+          <t>İçimdeki Küçük Huysuz İle Nasıl Baş Edebilirim?</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057271426</t>
+          <t>9786256888029</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Sümbül Sokak 21 Numara</t>
+          <t>Hz. Cevap</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057212078</t>
+          <t>9786057263384</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Köşe Olmadım Köşem Oldu</t>
+          <t>Sevgi Seli</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057212061</t>
+          <t>9786256888005</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Çocuklar – Temiz Çevre</t>
+          <t>Pufi’m Nasıl Yok Oldu?</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057212054</t>
+          <t>9786256888012</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Anlam</t>
+          <t>Kehribar Mabet -3</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057212047</t>
+          <t>9786057263360</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>İsyankar Küçük Öyküler</t>
+          <t>Misafiriz Bu Handa</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057212016</t>
+          <t>9786057263346</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Gör Olasıca</t>
+          <t>Satranç Sınıfım</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057202529</t>
+          <t>9786057271488</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kurt Adamın Kitaplığı - 2</t>
+          <t>Aşka Geldim Sen Nerdesin?</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057202581</t>
+          <t>9786057212085</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Tanrılarına</t>
+          <t>Hayatındaki Rolün</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057212009</t>
+          <t>9786057271464</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İsyan Ve İmkan</t>
+          <t>Baba Alnımdan Öp Benim</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057184924</t>
+          <t>9786057271471</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kehribar - Toprak</t>
+          <t>Nejla Annem</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057202598</t>
+          <t>9786057271419</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk Ve Vatan Şiirleri</t>
+          <t>Aklın Ölçüsü</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057202567</t>
+          <t>9786057271426</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yangın - Ateşe Koşan Yiğitler</t>
+          <t>Sümbül Sokak 21 Numara</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057202574</t>
+          <t>9786057212078</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Girit</t>
+          <t>Köşe Olmadım Köşem Oldu</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057202543</t>
+          <t>9786057212061</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Bir Yudum Çehov</t>
+          <t>Muhteşem Çocuklar – Temiz Çevre</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057202505</t>
+          <t>9786057212054</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Her Coin Kendi Bacağından Asılır</t>
+          <t>Anlam</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057184955</t>
+          <t>9786057212047</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'in Gazeteleri</t>
+          <t>İsyankar Küçük Öyküler</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057184993</t>
+          <t>9786057212016</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Ay Buluta Girince</t>
+          <t>Gör Olasıca</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057163646</t>
+          <t>9786057202529</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Fısıltı - Bir Aşk Efsanesi</t>
+          <t>Kurt Adamın Kitaplığı - 2</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9756057163660</t>
+          <t>9786057202581</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Masaldan Uzak Serüvenler</t>
+          <t>Yalnızlık Tanrılarına</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057184917</t>
+          <t>9786057212009</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Kafanıza Takılan Konular</t>
+          <t>İsyan Ve İmkan</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057184900</t>
+          <t>9786057184924</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>İslam Aile Hukukunda Hakemlik Kurumu</t>
+          <t>Kehribar - Toprak</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057342980</t>
+          <t>9786057202598</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Değerdi Bu H'aşka</t>
+          <t>Mustafa Kemal Atatürk Ve Vatan Şiirleri</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057342922</t>
+          <t>9786057202567</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitapta Hayatın Anlamı - Zen Temelli Hikayeler</t>
+          <t>Yangın - Ateşe Koşan Yiğitler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057342904</t>
+          <t>9786057202574</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Olmadı Hiç</t>
+          <t>Aşk-ı Girit</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789756587850</t>
+          <t>9786057202543</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist Manifesto</t>
+          <t>Bir Yudum Çehov</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789756587966</t>
+          <t>9786057202505</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Meçhul</t>
+          <t>Her Coin Kendi Bacağından Asılır</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057342966</t>
+          <t>9786057184955</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Özlenen Şiirler ve Sözler</t>
+          <t>Mustafa Kemal'in Gazeteleri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057342942</t>
+          <t>9786057184993</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Başlamak - Aynadaki Sen</t>
+          <t>Ay Buluta Girince</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789756587997</t>
+          <t>9786057163646</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>20 Ağustos - Bir Kıyamet Öyküsü</t>
+          <t>Fısıltı - Bir Aşk Efsanesi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789756587935</t>
+          <t>9756057163660</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Zamana Yenik Düşler</t>
+          <t>Masaldan Uzak Serüvenler</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789756587874</t>
+          <t>9786057184917</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kıza Mektuplar</t>
+          <t>Hayatın İçinden Kafanıza Takılan Konular</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789756587911</t>
+          <t>9786057184900</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Aşk Döngüsü</t>
+          <t>İslam Aile Hukukunda Hakemlik Kurumu</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789756587881</t>
+          <t>9786057342980</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Feleğin Çemberinde</t>
+          <t>Değerdi Bu H'aşka</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>340</v>
+        <v>490</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789756587928</t>
+          <t>9786057342922</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Arızalı Bir Toplum İçin Farkındalık Bilinci</t>
+          <t>Bu Kitapta Hayatın Anlamı - Zen Temelli Hikayeler</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789756587829</t>
+          <t>9786057342904</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Ali</t>
+          <t>Olmadı Hiç</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789786587752</t>
+          <t>9789756587850</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Kelam III</t>
+          <t>Sosyalist Manifesto</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789756587973</t>
+          <t>9789756587966</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>İnfikar - 3</t>
+          <t>Zehirli Meçhul</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057163639</t>
+          <t>9786057342966</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhların Reçetesi</t>
+          <t>Özlenen Şiirler ve Sözler</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789756587867</t>
+          <t>9786057342942</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Hırsız Oyunları</t>
+          <t>Başlamak - Aynadaki Sen</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789756587898</t>
+          <t>9789756587997</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Öykü ile Ömer</t>
+          <t>20 Ağustos - Bir Kıyamet Öyküsü</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789756587836</t>
+          <t>9789756587935</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Harput Damlar Yüreğime</t>
+          <t>Zamana Yenik Düşler</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789756587768</t>
+          <t>9789756587874</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Hayatımız Kapkariyer - İş Yaşamına Ters Açıdan Bakmak</t>
+          <t>Bilge Kıza Mektuplar</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789756587812</t>
+          <t>9789756587911</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Doğuştan Şanslı</t>
+          <t>Aşk Döngüsü</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789756587669</t>
+          <t>9789756587881</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Memleket Özgürlük ve Sevda Üstüne</t>
+          <t>Feleğin Çemberinde</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789756587584</t>
+          <t>9789756587928</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz'deki Kavga</t>
+          <t>Arızalı Bir Toplum İçin Farkındalık Bilinci</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789756587638</t>
+          <t>9789756587829</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuftan Kuantuma</t>
+          <t>Ali</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789756587591</t>
+          <t>9789786587752</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Sevdanın Kıyısında</t>
+          <t>Ehl-i Kelam III</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789756587607</t>
+          <t>9789756587973</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Dolu Dolu Yaşadıklarım</t>
+          <t>İnfikar - 3</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789756587577</t>
+          <t>9786057163639</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Gülleri</t>
+          <t>Kayıp Ruhların Reçetesi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789756587522</t>
+          <t>9789756587867</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Çiçekleri</t>
+          <t>Hırsız Oyunları</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789756587478</t>
+          <t>9789756587898</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Boy Aynası</t>
+          <t>Öykü ile Ömer</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789756587461</t>
+          <t>9789756587836</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Ahsen</t>
+          <t>Harput Damlar Yüreğime</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789758523641</t>
+          <t>9789756587768</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Günlük Hayatta Püf Noktalar</t>
+          <t>Hayatımız Kapkariyer - İş Yaşamına Ters Açıdan Bakmak</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789756587331</t>
+          <t>9789756587812</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İnsan İklimi</t>
+          <t>Doğuştan Şanslı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789756587348</t>
+          <t>9789756587669</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut</t>
+          <t>Memleket Özgürlük ve Sevda Üstüne</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789756587324</t>
+          <t>9789756587584</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları</t>
+          <t>Akdeniz'deki Kavga</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>80</v>
+        <v>390</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
+          <t>9789756587638</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvuftan Kuantuma</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9789756587591</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Sevdanın Kıyısında</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9789756587607</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Dolu Dolu Yaşadıklarım</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9789756587577</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Gülleri</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9789756587522</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Çiçekleri</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9789756587478</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Boy Aynası</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9789756587461</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Ahsen</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9789758523641</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Günlük Hayatta Püf Noktalar</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9789756587331</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>İnsan İklimi</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9789756587348</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9789756587324</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Nasreddin Hoca Fıkraları</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
           <t>9789758523474</t>
         </is>
       </c>
-      <c r="B277" s="1" t="inlineStr">
+      <c r="B288" s="1" t="inlineStr">
         <is>
           <t>Yürekli Başarı</t>
         </is>
       </c>
-      <c r="C277" s="1">
+      <c r="C288" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>