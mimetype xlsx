--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,4345 +85,5335 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255821478</t>
+          <t>9786255821676</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dünyanın İzinde Dünya ve İnsanlık Tarihi</t>
+          <t>Mağrur Hüzün</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255821225</t>
+          <t>9786255821669</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ruh Tamircisi</t>
+          <t>Duygu Pınarı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255821461</t>
+          <t>9786255821515</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zamanlar</t>
+          <t>Son Yolculuğum Parkinson Pes Etmeyen Kadın</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255821492</t>
+          <t>9786259717104</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tacir</t>
+          <t>Geleceğe Notlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255821454</t>
+          <t>9786259531069</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tımarhane 1986</t>
+          <t>Hakikati Bulma Çabası</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255821485</t>
+          <t>9786256888883</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ruh Hastası Bir Adamın Çığlığı</t>
+          <t>Köyden İndim Mersin'e</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>440</v>
+        <v>140</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255821355</t>
+          <t>9786256888692</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hayatlar</t>
+          <t>Uzak Yer</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255821119</t>
+          <t>9786256888371</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Isırgan Otu</t>
+          <t>Bir Nefes Huzur</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255821362</t>
+          <t>9786256888272</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Unutulmak Cinayettir</t>
+          <t>Tarih Muhafızı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255821324</t>
+          <t>9786256888128</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Aypembe Pembe Şeker Dağı</t>
+          <t>Zümrüt Orman'ın Telaşı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255821447</t>
+          <t>9786256888197</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç Mavisi</t>
+          <t>Tanrının Cinayetleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255821270</t>
+          <t>9786256888135</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Asude Günlerden Haber Var</t>
+          <t>Şiir Masal Misal</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255821287</t>
+          <t>9786256888050</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Zor ve Güzel</t>
+          <t>Zamana Kafa Tutan Adam</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255821256</t>
+          <t>9786057263339</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İzinde</t>
+          <t>Osmanlı Devleti'nin İskan Politikası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255821263</t>
+          <t>9786057184948</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden</t>
+          <t>English Tenses for Kids and Everyone Else</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255821157</t>
+          <t>9786057271457</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İzmir Ruleti</t>
+          <t>Ortaokul Öğrencilerinin Dijital Oyunlar Hakkındaki Görüşleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255821195</t>
+          <t>9786057263308</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Nurçin’e Yazılan Mektuplar 2</t>
+          <t>Zamana Kafa Tutan Adam</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255821133</t>
+          <t>9786057271440</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İnfikar</t>
+          <t>Rabiatül - Aşk</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>440</v>
+        <v>95</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255821188</t>
+          <t>9786057271433</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sefer Devam Ediyor</t>
+          <t>Spikerliğin Kitabı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255821164</t>
+          <t>9786057212030</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Pera’nın İnsanları</t>
+          <t>Çam Ağacının Gölgesinde</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255821218</t>
+          <t>9786057202550</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Lunapark Cinayeti</t>
+          <t>Astro Ajanda - Gökyüzü Rehberi 2023</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255821140</t>
+          <t>9786057184931</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Malazgirt 1071</t>
+          <t>Hiç Kimseye Yolculuk</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259719030</t>
+          <t>9786057163653</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Eksikliği ve Hiperaktivite Bozukluğunun Çocuklar Üzerindeki Sosyolojik Etkileri</t>
+          <t>Yedi Gizli Bahçe</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255821096</t>
+          <t>9786057163691</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Davam</t>
+          <t>Sana Sustum</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>55</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255821027</t>
+          <t>9786057342973</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Beton Üstü Gökyüzü</t>
+          <t>Şiir Resitali - 4</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>490</v>
+        <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259614557</t>
+          <t>9786057163615</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kerizi Fırsata Çevirmek</t>
+          <t>Destan - Hz. Muhammed'in 25 Yaşındaki Hatıraları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259756899</t>
+          <t>9786057342911</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Sorunların Çözümü</t>
+          <t>Sözünden Dönmeyen Yiğitler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259756875</t>
+          <t>9786057342928</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Tarikat</t>
+          <t>Mevsim Yorgunluğu Değil Bendeki</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259717142</t>
+          <t>9786057342935</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Baba Elimi Bırakma</t>
+          <t>Keşke Kiminle Yola Çıktığımı Bilseydim</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259726564</t>
+          <t>9789756587980</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Habibim</t>
+          <t>Göç Günlüğü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256888227</t>
+          <t>9789756587782</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Özlem</t>
+          <t>Rengarenk - Turizmin İnci’si</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255821034</t>
+          <t>9789756587959</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bodoslama</t>
+          <t>Companero</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259614564</t>
+          <t>9789756587942</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sesim Bende Kaldı</t>
+          <t>Hayata Bir De Buradan Bak</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259614533</t>
+          <t>9789756587904</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ruh Uçurumu</t>
+          <t>Ben Olmadığım Zaman</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259614540</t>
+          <t>9789756587805</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Venedik’in Ötesinde</t>
+          <t>Satrancı Hikayelerle Öğreniyorum</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256888777</t>
+          <t>9789756587744</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Öner</t>
+          <t>Biz Gibi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259614526</t>
+          <t>9789756587775</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bu Benim Öyküm</t>
+          <t>Bilim Mantık Etik Adalet ve Sevgi İçin: Aşı Tohum ve Maya</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>580</v>
+        <v>45</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259614519</t>
+          <t>9789756587720</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin İzini Sürmek</t>
+          <t>Yök Raporu Yükseköğretimde Sorunlar ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>500</v>
+        <v>72</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259604442</t>
+          <t>9789758523597</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yüreği Kalkan Bilmek</t>
+          <t>NLP ve Vizyoner Liderlik ile Kendinizin Lideri Olun</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259604459</t>
+          <t>9789758523405</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çağın Bir Ucu Çocuk Gülüşü Bir Ucu Cinayet Bıçağı</t>
+          <t>NLP Sözlüğü</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>440</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259604480</t>
+          <t>9789758523313</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Anne Gölgemde Kim Var?</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259604435</t>
+          <t>9789756587676</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Yalnız Bir Kadın: Gülçiçek</t>
+          <t>Özel Güvenlik Eğitimi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>390</v>
+        <v>60</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259604497</t>
+          <t>9789758523344</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Renginde</t>
+          <t>Taaşuk-u Tal’at ve Fitnat</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259614502</t>
+          <t>9799758523725</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>...Ve Bize Kalan</t>
+          <t>Sözlerin Özleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057263315</t>
+          <t>9789758523016</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Bulutları Dağıtan Rüzgar</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>240</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259604466</t>
+          <t>9789758523160</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Köşedeki Sahaf</t>
+          <t>Rafael</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259604411</t>
+          <t>9786054006007</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İşimden Gelenler: Şirketler İçin Yönetim ve Strateji Reçeteleri</t>
+          <t>Konuşma Estetiği ve Diksiyon</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>390</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259594392</t>
+          <t>9789758523672</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kadınlar Atlası</t>
+          <t>Kendini Tanımak</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>390</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259717111</t>
+          <t>9789758523436</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gaye</t>
+          <t>Geliştiren Öyküler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259594309</t>
+          <t>9789758523214</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan Güncesi</t>
+          <t>Felatun Bey ve Rakım Efendi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259594385</t>
+          <t>9789758523733</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Zülfüyare Dokunmak</t>
+          <t>Eserleri ve Hizmetleriyle 2. Abdülhamid</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259594316</t>
+          <t>9789758523696</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Cinnet</t>
+          <t>En Güzel Rüya Yorumları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259594323</t>
+          <t>9789758523030</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Tahta Bebek</t>
+          <t>Efendi İle Uşak</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259717173</t>
+          <t>9789758523320</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Şaman</t>
+          <t>Duman</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>340</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259717135</t>
+          <t>9789758523191</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kurtlar Şehri</t>
+          <t>Dağlar Ardı Şiirleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259594361</t>
+          <t>9789758523108</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Fazladan Mutluluk</t>
+          <t>Çocukluğum</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259594354</t>
+          <t>9789758523399</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Duygulardan Dizelere</t>
+          <t>1 Haftada NLP</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259717166</t>
+          <t>9789756587485</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Seyahat: Bir Karagöz Bir Hacivat</t>
+          <t>İyiler Bir Gün Mutlaka Kazanır</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259717180</t>
+          <t>9786255821645</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Zihin Yolu</t>
+          <t>Işığın Unuttuğu Yer</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259726533</t>
+          <t>9786255821553</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Nereye</t>
+          <t>Noktalarımızı Aynı Cümlelere Koyamadık</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>680</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259717159</t>
+          <t>9786255821638</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ma-Arif</t>
+          <t>Kelimeler ve Gölgeler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259726595</t>
+          <t>9786255821652</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kapanacak Hesabım Var</t>
+          <t>Kıyas</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259717128</t>
+          <t>9786255821546</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sabbah ve Alamut</t>
+          <t>Sessizlikte Kalan</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256304260</t>
+          <t>9786255821621</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Ateşi - Mazi</t>
+          <t>Nikbin</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>850</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256888463</t>
+          <t>9786255821539</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Boşluk</t>
+          <t>Mavi Duvar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259531052</t>
+          <t>9786255821522</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çapraz Kılıç: Adaletin Anlayışı</t>
+          <t>Ramay</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259756837</t>
+          <t>9786255821478</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bak Makbule</t>
+          <t>Kayıp Dünyanın İzinde Dünya ve İnsanlık Tarihi</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789756587683</t>
+          <t>9786255821225</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Zehr-i Aşk</t>
+          <t>Ruh Tamircisi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789756587652</t>
+          <t>9786255821461</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Mücevher Şiirler</t>
+          <t>Geçmiş Zamanlar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789756587539</t>
+          <t>9786255821492</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Öylesine Bir Kitap</t>
+          <t>Tacir</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789756587546</t>
+          <t>9786255821454</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Kapısı</t>
+          <t>Tımarhane 1986</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789756587690</t>
+          <t>9786255821485</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Teknoloji ve Tasarım Etkinlik Defterim</t>
+          <t>Ruh Hastası Bir Adamın Çığlığı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>500</v>
+        <v>440</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789756587560</t>
+          <t>9786255821355</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mektuplardan İnciler</t>
+          <t>Kırık Hayatlar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789756587553</t>
+          <t>9786255821119</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dr. İnci'nin Acil Günlüğü</t>
+          <t>Isırgan Otu</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>3990000350200</t>
+          <t>9786255821362</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kamuda Eksik Kaynak Kullanımını Harekete Geçirmek ve Tasarruf Sağlamak</t>
+          <t>Unutulmak Cinayettir</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789756587645</t>
+          <t>9786255821324</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Zehr-i Aşk</t>
+          <t>Aypembe Pembe Şeker Dağı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756587515</t>
+          <t>9786255821447</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Kedi Tayfası</t>
+          <t>Kırlangıç Mavisi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259726557</t>
+          <t>9786255821270</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı</t>
+          <t>Asude Günlerden Haber Var</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259726502</t>
+          <t>9786255821287</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan Geleneğinde Dirmil Güzellemeleri</t>
+          <t>Zor ve Güzel</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259726526</t>
+          <t>9786255821256</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Madde Bağımlılığının Gençler Arasında Oluşturduğu Sosyalleşme Sorunları</t>
+          <t>Zamanın İzinde</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259739441</t>
+          <t>9786255821263</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Doktoru Soru Bankası</t>
+          <t>Hayatın İçinden</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259739496</t>
+          <t>9786255821157</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Şizofren Çiftliği</t>
+          <t>İzmir Ruleti</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259739489</t>
+          <t>9786255821195</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sıfırın Ortasında</t>
+          <t>Nurçin’e Yazılan Mektuplar 2</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259726519</t>
+          <t>9786255821133</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İnsanatlık</t>
+          <t>İnfikar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259739472</t>
+          <t>9786255821188</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Güzeşte</t>
+          <t>Sefer Devam Ediyor</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259756820</t>
+          <t>9786255821164</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bedensel ve Zihinsel Değişim Defteri</t>
+          <t>Pera’nın İnsanları</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259756813</t>
+          <t>9786255821218</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Zihin Gücüyle İdeal Bedenini Yarat</t>
+          <t>Lunapark Cinayeti</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259739434</t>
+          <t>9786255821140</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Gözler</t>
+          <t>Malazgirt 1071</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259739465</t>
+          <t>9786259719030</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kendime Yedi Saydım</t>
+          <t>Dikkat Eksikliği ve Hiperaktivite Bozukluğunun Çocuklar Üzerindeki Sosyolojik Etkileri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259739458</t>
+          <t>9786255821096</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Askıdaki Hayatlar</t>
+          <t>Sevgili Davam</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259756844</t>
+          <t>9786255821027</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tujo</t>
+          <t>Beton Üstü Gökyüzü</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786259739410</t>
+          <t>9786259614557</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Fıstık Ağacı</t>
+          <t>Kerizi Fırsata Çevirmek</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259531090</t>
+          <t>9786259756899</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Satırlara Sığmayan Hayatlar</t>
+          <t>Toplumsal Sorunların Çözümü</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259756851</t>
+          <t>9786259756875</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Tuzu mu Fazla Kaçıyor Acaba Hayatın?</t>
+          <t>Kayıp Tarikat</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259756806</t>
+          <t>9786259717142</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yazılımı</t>
+          <t>Baba Elimi Bırakma</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259531014</t>
+          <t>9786259726564</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ben Anne Oldum Baba</t>
+          <t>Habibim</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786259773094</t>
+          <t>9786256888227</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yakalılar</t>
+          <t>Özlem</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786259531076</t>
+          <t>9786255821034</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Gülmek</t>
+          <t>Bodoslama</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786259773063</t>
+          <t>9786259614564</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Sandıklarım - 2</t>
+          <t>Sesim Bende Kaldı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259531038</t>
+          <t>9786259614533</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Din ve Dünya Görüşü İncelemeleri Tabuları Yıkmak Üzerine</t>
+          <t>Ruh Uçurumu</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>440</v>
+        <v>390</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786259531021</t>
+          <t>9786259614540</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Rejimlerde Parlamentonun Gücü ve Denetimi</t>
+          <t>Venedik’in Ötesinde</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256304406</t>
+          <t>9786256888777</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Nurçin'e Yazılan Mektuplar - 1</t>
+          <t>Benim Adım Öner</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786259773070</t>
+          <t>9786259614526</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Şem</t>
+          <t>Bu Benim Öyküm</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786259531045</t>
+          <t>9786259614519</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yol Haritam: Küçük İpuçları</t>
+          <t>Gerçeğin İzini Sürmek</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786259773049</t>
+          <t>9786259604442</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Önce Vatan Gazete Yazılarım - 1</t>
+          <t>Yüreği Kalkan Bilmek</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786259531007</t>
+          <t>9786259604459</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Surelerin Dili</t>
+          <t>Çağın Bir Ucu Çocuk Gülüşü Bir Ucu Cinayet Bıçağı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786259773056</t>
+          <t>9786259604480</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Talihsizler</t>
+          <t>Anne Gölgemde Kim Var?</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786259773032</t>
+          <t>9786259604435</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kalemden Dökülen Hayatlar</t>
+          <t>Anadolu’da Yalnız Bir Kadın: Gülçiçek</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786259773001</t>
+          <t>9786259604497</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İlaçsız Şifa Yöntemleri ve Hacamat</t>
+          <t>Yaşamın Renginde</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786259773018</t>
+          <t>9786259614502</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Aklın Dehlizlerinden Düşünceler</t>
+          <t>...Ve Bize Kalan</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256304147</t>
+          <t>9786057263315</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Temel Seviye Astroloji Eğitim Kitabı- Astro Pratik 1. Kitap</t>
+          <t>Beyaz Bulutları Dağıtan Rüzgar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256304024</t>
+          <t>9786259604466</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İyi Yolculuklar</t>
+          <t>Köşedeki Sahaf</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256888951</t>
+          <t>9786259604411</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Filozofları</t>
+          <t>İşimden Gelenler: Şirketler İçin Yönetim ve Strateji Reçeteleri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256888661</t>
+          <t>9786259594392</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Prens Johann Sebastian</t>
+          <t>Kayıp Kadınlar Atlası</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256304239</t>
+          <t>9786259717111</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Hitaptan Kitaba</t>
+          <t>Gaye</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256304413</t>
+          <t>9786259594309</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İslam-Şeriat (Musevilik - Hristiyanlık) ve Laiklik</t>
+          <t>Yunanistan Güncesi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256304383</t>
+          <t>9786259594385</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Gidenler Kalanlar</t>
+          <t>Zülfüyare Dokunmak</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256304390</t>
+          <t>9786259594316</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ardımızda Bıraktık</t>
+          <t>Cinnet</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256304222</t>
+          <t>9786259594323</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Soneler</t>
+          <t>Tahta Bebek</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256304369</t>
+          <t>9786259717173</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Nato’dan Çıkmadan Merkez Ülke Olamaz Beyler</t>
+          <t>Şaman</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256304352</t>
+          <t>9786259717135</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sözlerim Var - İnsan ve İsyan Üstüne</t>
+          <t>Kurtlar Şehri</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256304291</t>
+          <t>9786259594361</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Kıyısında</t>
+          <t>Fazladan Mutluluk</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256304079</t>
+          <t>9786259594354</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Eslim - 1</t>
+          <t>Duygulardan Dizelere</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256304307</t>
+          <t>9786259717166</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Barınma Zorunlu İhtiyaçtır Beyler!</t>
+          <t>Zamanda Seyahat: Bir Karagöz Bir Hacivat</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256304314</t>
+          <t>9786259717180</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre Duaları</t>
+          <t>Zihin Yolu</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256304253</t>
+          <t>9786259726533</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Anları</t>
+          <t>Nereye</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>250</v>
+        <v>680</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256304215</t>
+          <t>9786259717159</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Liderliğin Yeni Dünyası</t>
+          <t>Ma-Arif</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256304277</t>
+          <t>9786259726595</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yusuf ve Zeliha</t>
+          <t>Kapanacak Hesabım Var</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>540</v>
+        <v>340</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256304130</t>
+          <t>9786259717128</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Denge Noktası</t>
+          <t>Hasan Sabbah ve Alamut</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256888982</t>
+          <t>9786256304260</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hilal’in Yeniden Yükselişi</t>
+          <t>Yaşam Ateşi - Mazi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>390</v>
+        <v>850</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256304890</t>
+          <t>9786256888463</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ankara Rüzgarları</t>
+          <t>Kalbimdeki Boşluk</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256888418</t>
+          <t>9786259531052</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bazı Yaralar Yalnız Sarılır</t>
+          <t>Çapraz Kılıç: Adaletin Anlayışı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256888999</t>
+          <t>9786259756837</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kaçış - Akdeniz Serisi 3. Kitap</t>
+          <t>Bak Makbule</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256304109</t>
+          <t>9789756587683</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Her Hayat Bir Öyküdür</t>
+          <t>Zehr-i Aşk</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256304185</t>
+          <t>9789756587652</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kara Kumru</t>
+          <t>Mücevher Şiirler</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256304178</t>
+          <t>9789756587539</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Şifreli Kapı</t>
+          <t>Öylesine Bir Kitap</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256304154</t>
+          <t>9789756587546</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Vaha</t>
+          <t>Mucizeler Kapısı</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256304161</t>
+          <t>9789756587690</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Zerre İçinde Zerreyim</t>
+          <t>7. Sınıf Teknoloji ve Tasarım Etkinlik Defterim</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256304048</t>
+          <t>9789756587560</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kadın Yüzleri</t>
+          <t>Mektuplardan İnciler</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256888975</t>
+          <t>9789756587553</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sensizlik Bir Şiir</t>
+          <t>Dr. İnci'nin Acil Günlüğü</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256304062</t>
+          <t>3990000350200</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Duyulmayan Çığlık Filistin’de Bir Aşk Hikâyesi</t>
+          <t>Kamuda Eksik Kaynak Kullanımını Harekete Geçirmek ve Tasarruf Sağlamak</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256304086</t>
+          <t>9789756587645</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Derinliklerindeki Çığlıklar</t>
+          <t>Zehr-i Aşk</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256304031</t>
+          <t>9789756587515</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Madam Pera</t>
+          <t>Dedemin Kedi Tayfası</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>490</v>
+        <v>120</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256888708</t>
+          <t>9786259726557</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Ölümler Ülkesi</t>
+          <t>Rüzgarın Kızı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256888807</t>
+          <t>9786259726502</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Bin Destandır 12 Şubat</t>
+          <t>Karacaoğlan Geleneğinde Dirmil Güzellemeleri</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256888685</t>
+          <t>9786259726526</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Rüzgar İçinde</t>
+          <t>Madde Bağımlılığının Gençler Arasında Oluşturduğu Sosyalleşme Sorunları</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256888678</t>
+          <t>9786259739441</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bu Fırtına Geçene Kadar</t>
+          <t>Türkçe Doktoru Soru Bankası</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256888944</t>
+          <t>9786259739496</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Bal Yuvası</t>
+          <t>Şizofren Çiftliği</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256888968</t>
+          <t>9786259739489</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Erkiletli Aşık Hasan</t>
+          <t>Sıfırın Ortasında</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256888852</t>
+          <t>9786259726519</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Dilinden Bize Düşenler</t>
+          <t>İnsanatlık</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256888869</t>
+          <t>9786259739472</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sincap Sinco</t>
+          <t>Güzeşte</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256888913</t>
+          <t>9786259756820</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Güya</t>
+          <t>Bedensel ve Zihinsel Değişim Defteri</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256888937</t>
+          <t>9786259756813</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gözyaşları</t>
+          <t>Zihin Gücüyle İdeal Bedenini Yarat</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256888562</t>
+          <t>9786259739434</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kırık Yansıma</t>
+          <t>Konuşan Gözler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256888906</t>
+          <t>9786259739465</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Şiirleri Seven Çocuklar</t>
+          <t>Kendime Yedi Saydım</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256888821</t>
+          <t>9786259739458</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Gogo Dayı'nın Işıkları</t>
+          <t>Askıdaki Hayatlar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256888814</t>
+          <t>9786259756844</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sevginç - İlkinci Yeni</t>
+          <t>Tujo</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256888791</t>
+          <t>9786259739410</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Yıllar Sonra Olsa Da</t>
+          <t>Fıstık Ağacı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256888784</t>
+          <t>9786259531090</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Çağlar</t>
+          <t>Satırlara Sığmayan Hayatlar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256888760</t>
+          <t>9786259756851</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Küçük Absürt Şeyler</t>
+          <t>Tuzu mu Fazla Kaçıyor Acaba Hayatın?</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256888722</t>
+          <t>9786259756806</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Çağlamalar</t>
+          <t>İnsan Yazılımı</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789756587706</t>
+          <t>9786259531014</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Teknoloji ve Tasarım Etkinlik Defterim</t>
+          <t>Ben Anne Oldum Baba</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256888401</t>
+          <t>9786259773094</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya 9. Sınıf Çözümlü Soru Bankası</t>
+          <t>Mavi Yakalılar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256888319</t>
+          <t>9786259531076</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Panik Atak Yolculuğum</t>
+          <t>Geleceği Gülmek</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256888746</t>
+          <t>9786259773063</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Vuslat Hasretle Güzel</t>
+          <t>Düşünce Sandıklarım - 2</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256888753</t>
+          <t>9786259531038</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kulüpteki Sinek</t>
+          <t>Din ve Dünya Görüşü İncelemeleri Tabuları Yıkmak Üzerine</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256888593</t>
+          <t>9786259531021</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlığa İyi Gelen Hikayeler</t>
+          <t>Demokratik Rejimlerde Parlamentonun Gücü ve Denetimi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256888647</t>
+          <t>9786256304406</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Konulara Objektif Işık</t>
+          <t>Nurçin'e Yazılan Mektuplar - 1</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256888623</t>
+          <t>9786259773070</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Ailem Boşanıyor</t>
+          <t>Şem</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256888654</t>
+          <t>9786259531045</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>On Yaşında Bir Gezgin</t>
+          <t>Yol Haritam: Küçük İpuçları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256888517</t>
+          <t>9786259773049</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kimsin Sen</t>
+          <t>Önce Vatan Gazete Yazılarım - 1</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>490</v>
+        <v>700</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057263377</t>
+          <t>9786259531007</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Güneyin Kızı</t>
+          <t>Surelerin Dili</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256888579</t>
+          <t>9786259773056</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Aşk Mektupları</t>
+          <t>Talihsizler</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256888548</t>
+          <t>9786259773032</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sözleri</t>
+          <t>Kalemden Dökülen Hayatlar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256888500</t>
+          <t>9786259773001</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Gençlik?</t>
+          <t>İlaçsız Şifa Yöntemleri ve Hacamat</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256888531</t>
+          <t>9786259773018</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Yeni Bir Şiir</t>
+          <t>Aklın Dehlizlerinden Düşünceler</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256888494</t>
+          <t>9786256304147</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Doğru Milliyetçilik Hangisi?</t>
+          <t>Temel Seviye Astroloji Eğitim Kitabı- Astro Pratik 1. Kitap</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>490</v>
+        <v>340</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256888555</t>
+          <t>9786256304024</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Aman Yazar Değmesin</t>
+          <t>İyi Yolculuklar</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256888586</t>
+          <t>9786256888951</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>13. Gezegen</t>
+          <t>Atatürk'ün Filozofları</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256888616</t>
+          <t>9786256888661</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Büyük Resmi Görebilmek</t>
+          <t>Prens Johann Sebastian</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256888609</t>
+          <t>9786256304239</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Tasarımdan Önce Tasarı Ontolojik Bir Sanat Tasarım Denemesi</t>
+          <t>Hitaptan Kitaba</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256888357</t>
+          <t>9786256304413</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Türk Yüzyılı Derin Savaş 2023</t>
+          <t>İslam-Şeriat (Musevilik - Hristiyanlık) ve Laiklik</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256888432</t>
+          <t>9786256304383</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Ortak Paydada Buluşmak</t>
+          <t>Gidenler Kalanlar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256888487</t>
+          <t>9786256304390</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Yılı Uzaklığa</t>
+          <t>Ardımızda Bıraktık</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256888470</t>
+          <t>9786256304222</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan</t>
+          <t>Soneler</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057184962</t>
+          <t>9786256304369</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Vasat Türk</t>
+          <t>Türkiye Nato’dan Çıkmadan Merkez Ülke Olamaz Beyler</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057184986</t>
+          <t>9786256304352</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Kokusu</t>
+          <t>Sözlerim Var - İnsan ve İsyan Üstüne</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256888456</t>
+          <t>9786256304291</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Vatan Sağ Olsun</t>
+          <t>Hayatın Kıyısında</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256888388</t>
+          <t>9786256304079</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Maviş, Mercan ve Dostları</t>
+          <t>Eslim - 1</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256888395</t>
+          <t>9786256304307</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kurucu</t>
+          <t>Barınma Zorunlu İhtiyaçtır Beyler!</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256888425</t>
+          <t>9786256304314</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Gailesizler</t>
+          <t>Hac ve Umre Duaları</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256888364</t>
+          <t>9786256304253</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Beni Hatırla</t>
+          <t>Hayatımın Anları</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256888340</t>
+          <t>9786256304215</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Çiçeği</t>
+          <t>Liderliğin Yeni Dünyası</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256888296</t>
+          <t>9786256304277</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Susadım Harput</t>
+          <t>Hz. Yusuf ve Zeliha</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>600</v>
+        <v>540</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256888258</t>
+          <t>9786256304130</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Ayak Oyunu Parçalı Dünyam</t>
+          <t>Hayatın Denge Noktası</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256888326</t>
+          <t>9786256888982</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın İnsan Psikolojisi Üzerindeki Etkisi</t>
+          <t>Hilal’in Yeniden Yükselişi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057184979</t>
+          <t>9786256304890</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kayzer'in Düşü</t>
+          <t>Ankara Rüzgarları</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057212092</t>
+          <t>9786256888418</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kaldı Sağ</t>
+          <t>Bazı Yaralar Yalnız Sarılır</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256888289</t>
+          <t>9786256888999</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ünlülerin Tercihi 5000 Yıllık Vücut Detoksu</t>
+          <t>Kaçış - Akdeniz Serisi 3. Kitap</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256888104</t>
+          <t>9786256304109</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşlarımla</t>
+          <t>Her Hayat Bir Öyküdür</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256888234</t>
+          <t>9786256304185</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Reşo İle Bozo</t>
+          <t>Kara Kumru</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256888241</t>
+          <t>9786256304178</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Şair'in Seferi</t>
+          <t>Şifreli Kapı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256888210</t>
+          <t>9786256304154</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Sözler</t>
+          <t>Vaha</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256888265</t>
+          <t>9786256304161</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Cesaretin Sustuğu Dizeler</t>
+          <t>Zerre İçinde Zerreyim</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256888142</t>
+          <t>9786256304048</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İskenderiye Hatırası</t>
+          <t>Kadın Yüzleri</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256888173</t>
+          <t>9786256888975</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Sandıklarım</t>
+          <t>Sensizlik Bir Şiir</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256888203</t>
+          <t>9786256304062</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İnsanca ve Farece Yaşamak</t>
+          <t>Duyulmayan Çığlık Filistin’de Bir Aşk Hikâyesi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256888159</t>
+          <t>9786256304086</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Haiku Turki</t>
+          <t>Kalbin Derinliklerindeki Çığlıklar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057263322</t>
+          <t>9786256304031</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Montessori Yöntemi İle Uygulamalı Türkçe Öğrenimi</t>
+          <t>Madam Pera</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>600</v>
+        <v>490</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789758523443</t>
+          <t>9786256888708</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Geliştiren Sözler</t>
+          <t>Zamansız Ölümler Ülkesi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789758523573</t>
+          <t>9786256888807</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Geliştiren Kitaplar</t>
+          <t>Bin Destandır 12 Şubat</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789758523603</t>
+          <t>9786256888685</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Burç mu Dedin?</t>
+          <t>Fırtına Rüzgar İçinde</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789758523665</t>
+          <t>9786256888678</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerle Sağlıklı Yaşam</t>
+          <t>Bu Fırtına Geçene Kadar</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789758523566</t>
+          <t>9786256888944</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Ah Kadınlar Ah Erkekler</t>
+          <t>Bal Yuvası</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256888081</t>
+          <t>9786256888968</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler de Ağlar</t>
+          <t>Erkiletli Aşık Hasan</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256888067</t>
+          <t>9786256888852</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kitap</t>
+          <t>Vahyin Dilinden Bize Düşenler</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256888166</t>
+          <t>9786256888869</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Varoluş Düzeneği</t>
+          <t>Sincap Sinco</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256888180</t>
+          <t>9786256888913</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kavuşmanın Anatomisi</t>
+          <t>Güya</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256888043</t>
+          <t>9786256888937</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Küçük Huysuz İle Nasıl Baş Edebilirim?</t>
+          <t>Aşkın Gözyaşları</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256888029</t>
+          <t>9786256888562</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Hz. Cevap</t>
+          <t>Kırık Yansıma</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057263384</t>
+          <t>9786256888906</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Seli</t>
+          <t>Şiirleri Seven Çocuklar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256888005</t>
+          <t>9786256888821</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Pufi’m Nasıl Yok Oldu?</t>
+          <t>Gogo Dayı'nın Işıkları</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256888012</t>
+          <t>9786256888814</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kehribar Mabet -3</t>
+          <t>Sevginç - İlkinci Yeni</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057263360</t>
+          <t>9786256888791</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Misafiriz Bu Handa</t>
+          <t>Yıllar Sonra Olsa Da</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057263346</t>
+          <t>9786256888784</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Satranç Sınıfım</t>
+          <t>Yüreğim Çağlar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057271488</t>
+          <t>9786256888760</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Aşka Geldim Sen Nerdesin?</t>
+          <t>Küçük Absürt Şeyler</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057212085</t>
+          <t>9786256888722</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Hayatındaki Rolün</t>
+          <t>Çağlamalar</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057271464</t>
+          <t>9789756587706</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Baba Alnımdan Öp Benim</t>
+          <t>8. Sınıf Teknoloji ve Tasarım Etkinlik Defterim</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057271471</t>
+          <t>9786256888401</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Nejla Annem</t>
+          <t>Coğrafya 9. Sınıf Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057271419</t>
+          <t>9786256888319</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Aklın Ölçüsü</t>
+          <t>Panik Atak Yolculuğum</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057271426</t>
+          <t>9786256888746</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Sümbül Sokak 21 Numara</t>
+          <t>Vuslat Hasretle Güzel</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057212078</t>
+          <t>9786256888753</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Köşe Olmadım Köşem Oldu</t>
+          <t>Kulüpteki Sinek</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057212061</t>
+          <t>9786256888593</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Çocuklar – Temiz Çevre</t>
+          <t>Arkadaşlığa İyi Gelen Hikayeler</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057212054</t>
+          <t>9786256888647</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Anlam</t>
+          <t>Konulara Objektif Işık</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057212047</t>
+          <t>9786256888623</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İsyankar Küçük Öyküler</t>
+          <t>Ailem Boşanıyor</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057212016</t>
+          <t>9786256888654</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Gör Olasıca</t>
+          <t>On Yaşında Bir Gezgin</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057202529</t>
+          <t>9786256888517</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kurt Adamın Kitaplığı - 2</t>
+          <t>Kimsin Sen</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057202581</t>
+          <t>9786057263377</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Tanrılarına</t>
+          <t>Güneyin Kızı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057212009</t>
+          <t>9786256888579</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İsyan Ve İmkan</t>
+          <t>21. Yüzyılda Aşk Mektupları</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057184924</t>
+          <t>9786256888548</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kehribar - Toprak</t>
+          <t>Aşk Sözleri</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057202598</t>
+          <t>9786256888500</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk Ve Vatan Şiirleri</t>
+          <t>Nasıl Bir Gençlik?</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057202567</t>
+          <t>9786256888531</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Yangın - Ateşe Koşan Yiğitler</t>
+          <t>Her Güne Yeni Bir Şiir</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057202574</t>
+          <t>9786256888494</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Girit</t>
+          <t>Doğru Milliyetçilik Hangisi?</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057202543</t>
+          <t>9786256888555</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Bir Yudum Çehov</t>
+          <t>Aman Yazar Değmesin</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057202505</t>
+          <t>9786256888586</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Her Coin Kendi Bacağından Asılır</t>
+          <t>13. Gezegen</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057184955</t>
+          <t>9786256888616</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'in Gazeteleri</t>
+          <t>Büyük Resmi Görebilmek</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057184993</t>
+          <t>9786256888609</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Ay Buluta Girince</t>
+          <t>Tasarımdan Önce Tasarı Ontolojik Bir Sanat Tasarım Denemesi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057163646</t>
+          <t>9786256888357</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Fısıltı - Bir Aşk Efsanesi</t>
+          <t>Türk Yüzyılı Derin Savaş 2023</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9756057163660</t>
+          <t>9786256888432</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Masaldan Uzak Serüvenler</t>
+          <t>Ortak Paydada Buluşmak</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057184917</t>
+          <t>9786256888487</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Kafanıza Takılan Konular</t>
+          <t>Yıldız Yılı Uzaklığa</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057184900</t>
+          <t>9786256888470</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İslam Aile Hukukunda Hakemlik Kurumu</t>
+          <t>Yarım Kalan</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057342980</t>
+          <t>9786057184962</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Değerdi Bu H'aşka</t>
+          <t>Vasat Türk</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057342922</t>
+          <t>9786057184986</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitapta Hayatın Anlamı - Zen Temelli Hikayeler</t>
+          <t>Yağmur Kokusu</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057342904</t>
+          <t>9786256888456</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Olmadı Hiç</t>
+          <t>Vatan Sağ Olsun</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789756587850</t>
+          <t>9786256888388</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist Manifesto</t>
+          <t>Maviş, Mercan ve Dostları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789756587966</t>
+          <t>9786256888395</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Meçhul</t>
+          <t>Kurucu</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057342966</t>
+          <t>9786256888425</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Özlenen Şiirler ve Sözler</t>
+          <t>Gailesizler</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057342942</t>
+          <t>9786256888364</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Başlamak - Aynadaki Sen</t>
+          <t>Beni Hatırla</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789756587997</t>
+          <t>9786256888340</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>20 Ağustos - Bir Kıyamet Öyküsü</t>
+          <t>Zeytin Çiçeği</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789756587935</t>
+          <t>9786256888296</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Zamana Yenik Düşler</t>
+          <t>Susadım Harput</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789756587874</t>
+          <t>9786256888258</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kıza Mektuplar</t>
+          <t>Ayak Oyunu Parçalı Dünyam</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789756587911</t>
+          <t>9786256888326</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Aşk Döngüsü</t>
+          <t>İslam'ın İnsan Psikolojisi Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789756587881</t>
+          <t>9786057184979</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Feleğin Çemberinde</t>
+          <t>Kayzer'in Düşü</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789756587928</t>
+          <t>9786057212092</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Arızalı Bir Toplum İçin Farkındalık Bilinci</t>
+          <t>Aşk Kaldı Sağ</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789756587829</t>
+          <t>9786256888289</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Ali</t>
+          <t>Ünlülerin Tercihi 5000 Yıllık Vücut Detoksu</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789786587752</t>
+          <t>9786256888104</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Kelam III</t>
+          <t>Gözyaşlarımla</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789756587973</t>
+          <t>9786256888234</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>İnfikar - 3</t>
+          <t>Reşo İle Bozo</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057163639</t>
+          <t>9786256888241</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhların Reçetesi</t>
+          <t>Şair'in Seferi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789756587867</t>
+          <t>9786256888210</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Hırsız Oyunları</t>
+          <t>Gönülden Sözler</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789756587898</t>
+          <t>9786256888265</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Öykü ile Ömer</t>
+          <t>Cesaretin Sustuğu Dizeler</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789756587836</t>
+          <t>9786256888142</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Harput Damlar Yüreğime</t>
+          <t>İskenderiye Hatırası</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789756587768</t>
+          <t>9786256888173</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Hayatımız Kapkariyer - İş Yaşamına Ters Açıdan Bakmak</t>
+          <t>Düşünce Sandıklarım</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789756587812</t>
+          <t>9786256888203</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Doğuştan Şanslı</t>
+          <t>İnsanca ve Farece Yaşamak</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789756587669</t>
+          <t>9786256888159</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Memleket Özgürlük ve Sevda Üstüne</t>
+          <t>Haiku Turki</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789756587584</t>
+          <t>9786057263322</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz'deki Kavga</t>
+          <t>Montessori Yöntemi İle Uygulamalı Türkçe Öğrenimi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789756587638</t>
+          <t>9789758523443</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuftan Kuantuma</t>
+          <t>Geliştiren Sözler</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789756587591</t>
+          <t>9789758523573</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Sevdanın Kıyısında</t>
+          <t>Geliştiren Kitaplar</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789756587607</t>
+          <t>9789758523603</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Dolu Dolu Yaşadıklarım</t>
+          <t>Burç mu Dedin?</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789756587577</t>
+          <t>9789758523665</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Gülleri</t>
+          <t>Bitkilerle Sağlıklı Yaşam</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789756587522</t>
+          <t>9789758523566</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Çiçekleri</t>
+          <t>Ah Kadınlar Ah Erkekler</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789756587478</t>
+          <t>9786256888081</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Boy Aynası</t>
+          <t>Kelebekler de Ağlar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789756587461</t>
+          <t>9786256888067</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Ahsen</t>
+          <t>Sihirli Kitap</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789758523641</t>
+          <t>9786256888166</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Günlük Hayatta Püf Noktalar</t>
+          <t>Varoluş Düzeneği</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789756587331</t>
+          <t>9786256888180</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İnsan İklimi</t>
+          <t>Kavuşmanın Anatomisi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789756587348</t>
+          <t>9786256888043</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut</t>
+          <t>İçimdeki Küçük Huysuz İle Nasıl Baş Edebilirim?</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789756587324</t>
+          <t>9786256888029</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları</t>
+          <t>Hz. Cevap</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
+          <t>9786057263384</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Seli</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786256888005</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Pufi’m Nasıl Yok Oldu?</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786256888012</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Kehribar Mabet -3</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786057263360</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Misafiriz Bu Handa</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786057263346</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Satranç Sınıfım</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786057271488</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Aşka Geldim Sen Nerdesin?</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786057212085</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Hayatındaki Rolün</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786057271464</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Baba Alnımdan Öp Benim</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786057271471</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Nejla Annem</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786057271419</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Aklın Ölçüsü</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786057271426</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Sümbül Sokak 21 Numara</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786057212078</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Köşe Olmadım Köşem Oldu</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786057212061</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Çocuklar – Temiz Çevre</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786057212054</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Anlam</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786057212047</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>İsyankar Küçük Öyküler</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786057212016</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Gör Olasıca</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786057202529</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Kurt Adamın Kitaplığı - 2</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786057202581</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlık Tanrılarına</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786057212009</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>İsyan Ve İmkan</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786057184924</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Kehribar - Toprak</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786057202598</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal Atatürk Ve Vatan Şiirleri</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786057202567</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Yangın - Ateşe Koşan Yiğitler</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786057202574</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Aşk-ı Girit</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786057202543</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yudum Çehov</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786057202505</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Her Coin Kendi Bacağından Asılır</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786057184955</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal'in Gazeteleri</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786057184993</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Ay Buluta Girince</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786057163646</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Fısıltı - Bir Aşk Efsanesi</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9756057163660</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Masaldan Uzak Serüvenler</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786057184917</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın İçinden Kafanıza Takılan Konular</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786057184900</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>İslam Aile Hukukunda Hakemlik Kurumu</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786057342980</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Değerdi Bu H'aşka</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786057342922</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Bu Kitapta Hayatın Anlamı - Zen Temelli Hikayeler</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786057342904</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Olmadı Hiç</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9789756587850</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Sosyalist Manifesto</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9789756587966</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Zehirli Meçhul</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786057342966</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Özlenen Şiirler ve Sözler</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786057342942</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Başlamak - Aynadaki Sen</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9789756587997</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>20 Ağustos - Bir Kıyamet Öyküsü</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9789756587935</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Zamana Yenik Düşler</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9789756587874</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Bilge Kıza Mektuplar</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9789756587911</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Döngüsü</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9789756587881</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Feleğin Çemberinde</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9789756587928</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Arızalı Bir Toplum İçin Farkındalık Bilinci</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9789756587829</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Ali</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9789786587752</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Ehl-i Kelam III</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9789756587973</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>İnfikar - 3</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786057163639</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Ruhların Reçetesi</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9789756587867</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Hırsız Oyunları</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9789756587898</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Öykü ile Ömer</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9789756587836</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Harput Damlar Yüreğime</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9789756587768</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Hayatımız Kapkariyer - İş Yaşamına Ters Açıdan Bakmak</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9789756587812</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Doğuştan Şanslı</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9789756587669</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Memleket Özgürlük ve Sevda Üstüne</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9789756587584</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Akdeniz'deki Kavga</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9789756587638</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvuftan Kuantuma</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9789756587591</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Sevdanın Kıyısında</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9789756587607</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Dolu Dolu Yaşadıklarım</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9789756587577</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Gülleri</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9789756587522</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Çiçekleri</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9789756587478</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Boy Aynası</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9789756587461</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Ahsen</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9789758523641</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Günlük Hayatta Püf Noktalar</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9789756587331</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>İnsan İklimi</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9789756587348</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9789756587324</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Nasreddin Hoca Fıkraları</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
           <t>9789758523474</t>
         </is>
       </c>
-      <c r="B288" s="1" t="inlineStr">
+      <c r="B354" s="1" t="inlineStr">
         <is>
           <t>Yürekli Başarı</t>
         </is>
       </c>
-      <c r="C288" s="1">
+      <c r="C354" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>