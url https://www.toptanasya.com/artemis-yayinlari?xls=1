--- v0 (2025-10-30)
+++ v1 (2026-02-14)
@@ -85,36010 +85,36730 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255882547</t>
+          <t>9786255882967</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tutsak Duygular</t>
+          <t>Kitabımda Yok</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>425</v>
+        <v>395</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255882585</t>
+          <t>9786258667066</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Oyun Başlasın 3</t>
+          <t>Aşkın İkinci Şansı: Bir Prens - 3</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255882554</t>
+          <t>9786258667011</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Senin Yüzünden</t>
+          <t>Kırmızı Güller Çabuk Solar (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>295</v>
+        <v>545</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786058731035</t>
+          <t>9786258667004</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Senin Yüzünden - Kutulu Set (Ciltli)</t>
+          <t>Kırmızı Güller Çabuk Solar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>495</v>
+        <v>445</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255882561</t>
+          <t>9786255882998</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Senin Yüzünden (Ciltli)</t>
+          <t>Bizim Kurallarımız</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>395</v>
+        <v>425</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255882493</t>
+          <t>9786255882912</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Aşkın İkinci Şansı: Bir Prens</t>
+          <t>Kuşkral Cilt 1</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786058731011</t>
+          <t>9786255882943</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Güller Çabuk Solar 3 - Eve Dönüş Devrimi (Ciltli - Kutulu Set)</t>
+          <t>Zalim Tanrılara Meydan Okumak (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>645</v>
+        <v>525</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255882448</t>
+          <t>9786255882936</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yubooh Uyurken 2</t>
+          <t>Zalim Tanrılara Meydan Okumak</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>325</v>
+        <v>425</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255882486</t>
+          <t>9786255882882</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanenin Sakladıkları (Ciltli)</t>
+          <t>Ejderhanın Düşüşü 2 - Kanlı Anka Kuşu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>495</v>
+        <v>425</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255882479</t>
+          <t>9786255882875</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanenin Sakladıkları</t>
+          <t>Ejderhanın Düşüşü 2 - Kanlı Anka Kuşu (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>395</v>
+        <v>525</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255882431</t>
+          <t>9786255882523</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yubooh Uyurken 1</t>
+          <t>Stüdyo Daire: Güneş Işığı, Melek Dahil Cilt 1</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256205628</t>
+          <t>9786255882868</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sorceline - Cilt 5: Vorn Adası’nda Kanlı Günler Cilt 6: Esrarengiz Olaylar Devam Ediyor!</t>
+          <t>Neden Aşık Oluruz? Cilt 1</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>425</v>
+        <v>225</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255882455</t>
+          <t>9786255882820</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dönüş</t>
+          <t>Aşkın İkinci Şansı: Bir Prens</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>450</v>
+        <v>245</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255882509</t>
+          <t>9786255882851</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Oyun Başlasın 2</t>
+          <t>Orman Suyu 3. Cilt</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>395</v>
+        <v>540</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255882462</t>
+          <t>9786255882929</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çatıdaki Kadın</t>
+          <t>Büyülü Ateş</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255882424</t>
+          <t>9786255882905</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Falez ve Kırlangıç (Ciltli)</t>
+          <t>Yitik Hikaye</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>445</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255882417</t>
+          <t>9786255882363</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Falez ve Kırlangıç</t>
+          <t>Asap (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>325</v>
+        <v>495</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255882271</t>
+          <t>9786255882899</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Güller Çabuk Solar - 3 (Ciltli)</t>
+          <t>Sevgiyi Bulunca</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>545</v>
+        <v>395</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255882264</t>
+          <t>9786255882837</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Güller Çabuk Solar - 3</t>
+          <t>Yüzen Dünya</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>445</v>
+        <v>395</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255882400</t>
+          <t>9786255882844</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kuzunun Tarikatı</t>
+          <t>Yüzen Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>425</v>
+        <v>495</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255882318</t>
+          <t>9786255882813</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kriptolog - Arne Stiller Serisi</t>
+          <t>Seul’de Bir Mektup Dükkanı (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255882356</t>
+          <t>9786255882806</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Büyük Hikayeler Charles Darwin</t>
+          <t>Seul’de Bir Mektup Dükkanı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054482306</t>
+          <t>9786255882752</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5’ler Şeytan Kayalıklarında</t>
+          <t>Veyl Şeytanın Yancısı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>225</v>
+        <v>415</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051420028</t>
+          <t>9786058731066</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Zlata’nın Günlüğü</t>
+          <t>Veyl Şeytanın Yancısı (Yan Boyamalı Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>295</v>
+        <v>645</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050058826</t>
+          <t>9786255882776</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Riverton Malikanesi</t>
+          <t>Veyl Şeytanın Yancısı (Yan Boyamalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>175</v>
+        <v>535</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054482658</t>
+          <t>9786255882769</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>The Secret - Sır (Ciltli)</t>
+          <t>Veyl Şeytanın Yancısı (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>750</v>
+        <v>495</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255882394</t>
+          <t>9786255882530</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Darbe</t>
+          <t>Lütfen Beni Yalnız Bırak 1</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>575</v>
+        <v>245</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255882165</t>
+          <t>9786255882660</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Castellane Günlükleri İkili Ciltli Kutulu Set</t>
+          <t>Tanrıların Oyunları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>1300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255882332</t>
+          <t>9786255882677</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Kapan (Ciltli)</t>
+          <t>Tanrıların Oyunları (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>650</v>
+        <v>525</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255882158</t>
+          <t>9786255882783</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Eskici Kral</t>
+          <t>Maça Kızı 8 - 5. Kitap</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>550</v>
+        <v>418</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255882349</t>
+          <t>9786255882790</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Eskici Kral (Ciltli)</t>
+          <t>Maça Kızı 8 - 5. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>650</v>
+        <v>498</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255882387</t>
+          <t>9786058731059</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yılan</t>
+          <t>Maça Kızı 8 - 5. Kitap Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>575</v>
+        <v>648</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256205222</t>
+          <t>9786255882653</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Masal</t>
+          <t>Derslerini Verelim 3. Cilt</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>325</v>
+        <v>475</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786053049883</t>
+          <t>9786255882684</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Çürüyeceğiz</t>
+          <t>Vahşi Doğada Gezi (Yan Boyamalı-Özel Ayraçlı)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053049807</t>
+          <t>9786255882707</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kan Haini (Ciltli)</t>
+          <t>Unutulmuş Kuşlar Göğü 2</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>475</v>
+        <v>315</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786053049791</t>
+          <t>9786255882721</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kan Haini</t>
+          <t>Unutulmuş Kuşlar Göğü 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>395</v>
+        <v>415</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053049685</t>
+          <t>9786255882646</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bir Cadının Laneti</t>
+          <t>Sıra Dışı 3</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>325</v>
+        <v>545</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786053049586</t>
+          <t>9786255882592</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Asap (Ciltli)</t>
+          <t>Banana Sioule Kaos Topu 3. Cilt</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>405</v>
+        <v>245</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786053048657</t>
+          <t>9786255882738</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ay Çarpması (Ciltli)</t>
+          <t>Mafya Dadısı 1</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>415</v>
+        <v>395</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786053047803</t>
+          <t>9786255882745</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Eflal 2 Set</t>
+          <t>Mafya Dadısı 2</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>1486137100350</t>
+          <t>9786255882578</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ama Gitme, Lavinia (Ciltli Set)</t>
+          <t>Gerçeğin Peşinde 3. Cilt</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>1486137100297</t>
+          <t>9786255882691</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Eflal Set</t>
+          <t>Unutulmuş Kuşlar Göğü 1</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>145</v>
+        <v>395</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051086194</t>
+          <t>9786255882714</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Scooby Doo ve Düzenbazların Oyunu</t>
+          <t>Unutulmuş Kuşlar Göğü 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>16</v>
+        <v>495</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053045991</t>
+          <t>9786255882639</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Winx Club</t>
+          <t>Kagoshima Geçidi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>49.9</v>
+        <v>345</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786053043577</t>
+          <t>9786255882615</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yaz Hep Bizimle Olacak</t>
+          <t>Arden 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>185</v>
+        <v>445</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786053044277</t>
+          <t>9786255882608</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ben 10 Su Parkı Macerası - Uzaylı Maceraları</t>
+          <t>Arden 2</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>75</v>
+        <v>345</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786053042358</t>
+          <t>9786058731042</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Winxler'le Bir Yıl - Winx Club</t>
+          <t>Arden 2 Özel Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>75</v>
+        <v>575</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786053043799</t>
+          <t>9786255882516</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sisli Orman'ın Peri Hayvanları - Köpek Paddy</t>
+          <t>Tokyo Uzaylıları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>125</v>
+        <v>239</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051428963</t>
+          <t>9786255882547</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tweety! Ve Arılar</t>
+          <t>Tutsak Duygular</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>125</v>
+        <v>425</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786053043010</t>
+          <t>9786255882585</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Anlat Anneanne</t>
+          <t>Oyun Başlasın 3</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786053044253</t>
+          <t>9786255882554</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ben 10 - Aktivite Kitabı 2</t>
+          <t>Senin Yüzünden</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>75</v>
+        <v>295</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786053043829</t>
+          <t>9786058731035</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Winxler'le Bir Yıl</t>
+          <t>Senin Yüzünden - Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>75</v>
+        <v>495</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786053043058</t>
+          <t>9786255882561</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Senin Yüzünden (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053040620</t>
+          <t>9786255882493</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Koleksiyonu</t>
+          <t>Aşkın İkinci Şansı: Bir Prens</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>335</v>
+        <v>245</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053043140</t>
+          <t>9786058731011</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kavramları Öğreniyorum 2 - Baby Looney Tunes</t>
+          <t>Kırmızı Güller Çabuk Solar 3 - Eve Dönüş Devrimi (Ciltli - Kutulu Set)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>125</v>
+        <v>645</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051429083</t>
+          <t>9786255882448</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Baby Looney Tunes: Bebek Marvin</t>
+          <t>Yubooh Uyurken 2</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051424897</t>
+          <t>9786255882486</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay : Bebeklerimi Giydiriyorum</t>
+          <t>Kütüphanenin Sakladıkları (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>125</v>
+        <v>545</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051423128</t>
+          <t>9786255882479</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Star Kız - Su Gezegeni</t>
+          <t>Kütüphanenin Sakladıkları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>75</v>
+        <v>445</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051423333</t>
+          <t>9786255882431</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Koleksiyonu 4 : Esrarengiz Kulübe</t>
+          <t>Yubooh Uyurken 1</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051423340</t>
+          <t>9786256205628</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Koleksiyonu 3 : Kayıp Saat</t>
+          <t>Sorceline - Cilt 5: Vorn Adası’nda Kanlı Günler Cilt 6: Esrarengiz Olaylar Devam Ediyor!</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>125</v>
+        <v>425</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051423395</t>
+          <t>9786255882455</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Koleksiyonu 10 : Dostluğun Resmi</t>
+          <t>Aşka Dönüş</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>125</v>
+        <v>495</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051421117</t>
+          <t>9786255882509</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Justice League : Ayna Ayna</t>
+          <t>Oyun Başlasın 2</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>125</v>
+        <v>475</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051424880</t>
+          <t>9786255882462</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Koleksiyonu : Yılbaşı Geliyor</t>
+          <t>Çatıdaki Kadın</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>75</v>
+        <v>475</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051425221</t>
+          <t>9786255882424</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çakıl: Harika Bir Gün</t>
+          <t>Falez ve Kırlangıç (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>125</v>
+        <v>475</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051423135</t>
+          <t>9786255882417</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Zıp-Zıp Can Caniko</t>
+          <t>Falez ve Kırlangıç</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>75</v>
+        <v>375</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051424224</t>
+          <t>9786255882271</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuz (Ciltli)</t>
+          <t>Kırmızı Güller Çabuk Solar - 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>425</v>
+        <v>595</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051423159</t>
+          <t>9786255882264</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Zıp-Zıp Can Caniko ve Dev Kemikler</t>
+          <t>Kırmızı Güller Çabuk Solar - 3</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>75</v>
+        <v>495</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051421056</t>
+          <t>9786255882400</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Batman İki-Yüz’ün Çifte Şaşkınlığı</t>
+          <t>Kuzunun Tarikatı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>125</v>
+        <v>510</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051424651</t>
+          <t>9786255882318</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Buz Büyüsü</t>
+          <t>Kriptolog - Arne Stiller Serisi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>125</v>
+        <v>445</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051429748</t>
+          <t>9786255882356</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Batman ve Süperman - Pelerinli Süvari'nin El Kitabı / Çelik Adam'ın El Kitabı</t>
+          <t>Karanlık Büyük Hikayeler Charles Darwin</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>125</v>
+        <v>575</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786053040668</t>
+          <t>9786054482306</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Maraton Faresi - Speedy Gonzales</t>
+          <t>Afacan 5’ler Şeytan Kayalıklarında</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786053042853</t>
+          <t>9786051420028</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Snoopy - Boyama ve Aktivite Kitabı</t>
+          <t>Zlata’nın Günlüğü</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>75</v>
+        <v>295</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786053042648</t>
+          <t>9786050058826</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Snoopy ile 123 - Bir Sayı Macerası</t>
+          <t>Riverton Malikanesi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786053042655</t>
+          <t>9786054482658</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Snoopy İle Abc - Bir Alfabe Macerası</t>
+          <t>The Secret - Sır (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>75</v>
+        <v>900</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786053042594</t>
+          <t>9786255882394</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Snoopy ile Yılbaşı 2 - Boyama ve Aktivite Kitabı</t>
+          <t>Beklenmedik Darbe</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>75</v>
+        <v>675</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786053042518</t>
+          <t>9786255882165</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Snoopy İle Kendin Ol</t>
+          <t>Castellane Günlükleri İkili Ciltli Kutulu Set</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>75</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786053041436</t>
+          <t>9786255882332</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Çığlık Sokağı: Cadı Kanı</t>
+          <t>Kılıç Kapan (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>195</v>
+        <v>695</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786053043324</t>
+          <t>9786255882158</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Elindeki Bir Taş Charlie Brown!</t>
+          <t>Eskici Kral</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>75</v>
+        <v>625</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786053044468</t>
+          <t>9786255882349</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo (Tam Metin)</t>
+          <t>Eskici Kral (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>155</v>
+        <v>725</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051427669</t>
+          <t>9786255882387</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ayı Yogi - Haydi Pikniğe</t>
+          <t>Yılan</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>125</v>
+        <v>675</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051427676</t>
+          <t>9786256205222</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Baby Looney Tunes - Boya ve Öğren!</t>
+          <t>Karanlık Masal</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>125</v>
+        <v>375</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786053040927</t>
+          <t>9786053049883</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Işıkları Yanınca</t>
+          <t>Birlikte Çürüyeceğiz</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>135</v>
+        <v>345</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786053043317</t>
+          <t>9786053049807</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Peanuts Snoopy'nin Çiziktirme Kitabı</t>
+          <t>Kan Haini (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>75</v>
+        <v>545</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053040750</t>
+          <t>9786053049791</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Süper Güçler</t>
+          <t>Kan Haini</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>125</v>
+        <v>445</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051429991</t>
+          <t>9786053049685</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me 2 - Centopia’nın Umudu</t>
+          <t>Bir Cadının Laneti</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>75</v>
+        <v>390</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051427966</t>
+          <t>9786053049586</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Baby Looney Tunes- Oyun ve Aktivite Kitabı 2</t>
+          <t>Asap (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>125</v>
+        <v>405</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786053040286</t>
+          <t>9786053048657</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me 3 - Krallığın Başı Dertte</t>
+          <t>Ay Çarpması (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>75</v>
+        <v>415</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051429274</t>
+          <t>9786053047803</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Batman v Superman - Çıkartma Kitabı</t>
+          <t>Eflal 2 Set</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053042570</t>
+          <t>1486137100350</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Snoopy</t>
+          <t>Ama Gitme, Lavinia (Ciltli Set)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051428208</t>
+          <t>1486137100297</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kösem Sultan - Anlatılmamış Hikaye</t>
+          <t>Eflal Set</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786053040293</t>
+          <t>9786051086194</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me - Tekboynuzlularla Konuşmak</t>
+          <t>Scooby Doo ve Düzenbazların Oyunu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>75</v>
+        <v>16</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786053042662</t>
+          <t>9786053045991</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Başkan Snoopy</t>
+          <t>Winx Club</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>75</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053042624</t>
+          <t>9786053043577</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İzci Snoopy Boyama ve Aktivite Kitabı (Turuncu Kapak)</t>
+          <t>Yaz Hep Bizimle Olacak</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>75</v>
+        <v>185</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053042686</t>
+          <t>9786053044277</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Snoopy ile Kampta Macera (Çıkartma Hediyeli)</t>
+          <t>Ben 10 Su Parkı Macerası - Uzaylı Maceraları</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786053041863</t>
+          <t>9786053042358</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler - Biricik Eski Dostum</t>
+          <t>Winxler'le Bir Yıl - Winx Club</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786053041856</t>
+          <t>9786053043799</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler - Aferin Afacan Beşler</t>
+          <t>Sisli Orman'ın Peri Hayvanları - Köpek Paddy</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786053041450</t>
+          <t>9786051428963</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Çığlık Zokağı: Zombi Dili</t>
+          <t>Tweety! Ve Arılar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>195</v>
+        <v>125</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051427171</t>
+          <t>9786053043010</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - İki Peri Bir Taç</t>
+          <t>Anlat Anneanne</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>75</v>
+        <v>295</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786053042242</t>
+          <t>9786053044253</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar - Esrarengiz Kasaba</t>
+          <t>Ben 10 - Aktivite Kitabı 2</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>149</v>
+        <v>75</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786053041429</t>
+          <t>9786053043829</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Çığlık Sokağı: Vampir Dişi</t>
+          <t>Winxler'le Bir Yıl</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>195</v>
+        <v>75</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053042631</t>
+          <t>9786053043058</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İzci Snoopy Boyama ve Aktivite Kitabı ( Mavi Kapak )</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786053041795</t>
+          <t>9786053040620</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Mantık</t>
+          <t>Hikaye Koleksiyonu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>265</v>
+        <v>335</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786053040071</t>
+          <t>9786053043140</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me: Elflerle Oyunlar</t>
+          <t>Kavramları Öğreniyorum 2 - Baby Looney Tunes</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053040200</t>
+          <t>9786051429083</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me: Oyunlar ve Çıkartmalar 3</t>
+          <t>Baby Looney Tunes: Bebek Marvin</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053040194</t>
+          <t>9786051424897</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me: Oyunlar ve Çıkartmalar 2</t>
+          <t>Sarah Kay : Bebeklerimi Giydiriyorum</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786053040217</t>
+          <t>9786051423128</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me: Oyunlar ve Çıkartmalar 1</t>
+          <t>Star Kız - Su Gezegeni</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053040057</t>
+          <t>9786051423333</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me - Çiz ve Boya 1</t>
+          <t>Sarah Kay Koleksiyonu 4 : Esrarengiz Kulübe</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786053040279</t>
+          <t>9786051423340</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me 5: Sırlar ve Gerçekler</t>
+          <t>Sarah Kay Koleksiyonu 3 : Kayıp Saat</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786053040095</t>
+          <t>9786051423395</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me 1: Centopia Krallığı</t>
+          <t>Sarah Kay Koleksiyonu 10 : Dostluğun Resmi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053040170</t>
+          <t>9786051421117</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me 3: Ormanın Gizemi</t>
+          <t>Justice League : Ayna Ayna</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786053040156</t>
+          <t>9786051424880</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me 2: Lyria'nın Sırrı</t>
+          <t>Sarah Kay Koleksiyonu : Yılbaşı Geliyor</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786053040309</t>
+          <t>9786051425221</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me: Tekboynuzlarla Oyunlar</t>
+          <t>Çakıl: Harika Bir Gün</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786053041542</t>
+          <t>9786051423135</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Çürük Ten</t>
+          <t>Zıp-Zıp Can Caniko</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786053041474</t>
+          <t>9786051424224</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Çığlık Sokağı: Kurtadam Pençesi</t>
+          <t>Uyumsuz (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786053041467</t>
+          <t>9786051423159</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Çığlık Sokağı: İskelet Kafatası</t>
+          <t>Zıp-Zıp Can Caniko ve Dev Kemikler</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>195</v>
+        <v>75</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053041245</t>
+          <t>9786051421056</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Kediler: Doğan Ay</t>
+          <t>Batman İki-Yüz’ün Çifte Şaşkınlığı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>210</v>
+        <v>125</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786051423401</t>
+          <t>9786051424651</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay - Bahçede</t>
+          <t>Buz Büyüsü</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786051421513</t>
+          <t>9786051429748</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Batman Kedi Suçlular</t>
+          <t>Batman ve Süperman - Pelerinli Süvari'nin El Kitabı / Çelik Adam'ın El Kitabı</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786051421247</t>
+          <t>9786053040668</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Superman - Ölümcül Kopya</t>
+          <t>Maraton Faresi - Speedy Gonzales</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786051421254</t>
+          <t>9786053042853</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Spiderman - Uzay Korsanı</t>
+          <t>Snoopy - Boyama ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786053040255</t>
+          <t>9786053042648</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Mia And Me 7 - Sevinç Gözyaşları</t>
+          <t>Snoopy ile 123 - Bir Sayı Macerası</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786051428789</t>
+          <t>9786053042655</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi - Boyama ve Aktivite</t>
+          <t>Snoopy İle Abc - Bir Alfabe Macerası</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786051428536</t>
+          <t>9786053042594</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi - Büyüleyici ve Sevimli</t>
+          <t>Snoopy ile Yılbaşı 2 - Boyama ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786051427089</t>
+          <t>9786053042518</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Şıklık Yarışı</t>
+          <t>Snoopy İle Kendin Ol</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786051428314</t>
+          <t>9786053041436</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ejderhalar - Berk Binicileri</t>
+          <t>Çığlık Sokağı: Cadı Kanı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>75</v>
+        <v>195</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786051428383</t>
+          <t>9786053043324</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Yumurtası Günü</t>
+          <t>Elindeki Bir Taş Charlie Brown!</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786051428390</t>
+          <t>9786053044468</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanı Nasıl Eğitirsin 2 - Bir Ejderha Kahramanın Hikayesi</t>
+          <t>Pinokyo (Tam Metin)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>75</v>
+        <v>155</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786051429410</t>
+          <t>9786051427669</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa - Karanlık Günler</t>
+          <t>Ayı Yogi - Haydi Pikniğe</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786051427737</t>
+          <t>9786051427676</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Çakıl: Kampın Prensesi</t>
+          <t>Baby Looney Tunes - Boya ve Öğren!</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786051428512</t>
+          <t>9786053040927</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Madagaskar Penguenleri - Bay Tux DreamWorks</t>
+          <t>Hayatın Işıkları Yanınca</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>75</v>
+        <v>135</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786051427027</t>
+          <t>9786053043317</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Uyku Saati Geldi Bir Tanem</t>
+          <t>Peanuts Snoopy'nin Çiziktirme Kitabı</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786051425207</t>
+          <t>9786053040750</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Musibet Şafağı</t>
+          <t>Süper Güçler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786051428352</t>
+          <t>9786051429991</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Şrek Boyama Kitabı 2</t>
+          <t>Mia and Me 2 - Centopia’nın Umudu</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786051423654</t>
+          <t>9786051427966</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa : Pis Yediler (Ciltli)</t>
+          <t>Baby Looney Tunes- Oyun ve Aktivite Kitabı 2</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786051428994</t>
+          <t>9786053040286</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Kedisi</t>
+          <t>Mia and Me 3 - Krallığın Başı Dertte</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786051421544</t>
+          <t>9786051429274</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlar Birleşiyor / Robotun Saldırısı</t>
+          <t>Batman v Superman - Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786051429199</t>
+          <t>9786053042570</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Batman ile Şekilleri Öğreniyorum</t>
+          <t>Kahraman Snoopy</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786051429212</t>
+          <t>9786051428208</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sperman ile Renkleri Öğreniyorum</t>
+          <t>Kösem Sultan - Anlatılmamış Hikaye</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786051429229</t>
+          <t>9786053040293</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Wonder Woman ile Harfleri Öğreniyorum</t>
+          <t>Mia and Me - Tekboynuzlularla Konuşmak</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786051427836</t>
+          <t>9786053042662</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo! - Müzede Karmaşa</t>
+          <t>Başkan Snoopy</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786051428567</t>
+          <t>9786053042624</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Şrek DreamWorks</t>
+          <t>İzci Snoopy Boyama ve Aktivite Kitabı (Turuncu Kapak)</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786051426570</t>
+          <t>9786053042686</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Koyu 9 : Devasa Canavarın Peşinde</t>
+          <t>Snoopy ile Kampta Macera (Çıkartma Hediyeli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786051426617</t>
+          <t>9786053041863</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Koyu 10 : Vahşi Canavardan Kaçış</t>
+          <t>Afacan Beşler - Biricik Eski Dostum</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786051426303</t>
+          <t>9786053041856</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Komplo 365 : Haziran</t>
+          <t>Afacan Beşler - Aferin Afacan Beşler</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786051421193</t>
+          <t>9786053041450</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İşgal (Çıkartma Hediyeli)</t>
+          <t>Çığlık Zokağı: Zombi Dili</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786051422862</t>
+          <t>9786051427171</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo ve Düzenbazların Oyunu</t>
+          <t>Winx Club - İki Peri Bir Taç</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786051425627</t>
+          <t>9786053042242</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Komplo 365 : Şubat</t>
+          <t>Meraklı Çocuklar - Esrarengiz Kasaba</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>140</v>
+        <v>149</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786051428260</t>
+          <t>9786053041429</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Komplo 365 Kasım</t>
+          <t>Çığlık Sokağı: Vampir Dişi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786051421292</t>
+          <t>9786053042631</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Wonder Woman : Sihirli Bitkiler</t>
+          <t>İzci Snoopy Boyama ve Aktivite Kitabı ( Mavi Kapak )</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786051421285</t>
+          <t>9786053041795</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Wonder Woman : Geçmişin İzi</t>
+          <t>Aşk ve Mantık</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>125</v>
+        <v>265</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786051424873</t>
+          <t>9786053040071</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay'in Güzel Hikayeleri (Ciltli)</t>
+          <t>Mia and Me: Elflerle Oyunlar</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786051423050</t>
+          <t>9786053040200</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Böcek Hanım ve Arı Bey</t>
+          <t>Mia and Me: Oyunlar ve Çıkartmalar 3</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786051428451</t>
+          <t>9786053040194</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks - Madagaskar</t>
+          <t>Mia and Me: Oyunlar ve Çıkartmalar 2</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786051428529</t>
+          <t>9786053040217</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Madagaskar Penguenleri - Penguenleri Tanıyalım</t>
+          <t>Mia and Me: Oyunlar ve Çıkartmalar 1</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786051428345</t>
+          <t>9786053040057</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks - Şhrek Boyama Kitabı</t>
+          <t>Mia and Me - Çiz ve Boya 1</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786051428284</t>
+          <t>9786053040279</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ejderhalar - Aşağıda Ne Uçuyor</t>
+          <t>Mia and Me 5: Sırlar ve Gerçekler</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786051428338</t>
+          <t>9786053040095</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks - Şrek</t>
+          <t>Mia and Me 1: Centopia Krallığı</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786051428437</t>
+          <t>9786053040170</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks - Kung Fu Panda Boyama Kitabı</t>
+          <t>Mia and Me 3: Ormanın Gizemi</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786051428420</t>
+          <t>9786053040156</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks - Kung Fu Panda 2</t>
+          <t>Mia and Me 2: Lyria'nın Sırrı</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786051421032</t>
+          <t>9786053040309</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Batman Zehirli Sarmaşık’ın Ölümcül Bahçesi</t>
+          <t>Mia and Me: Tekboynuzlarla Oyunlar</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786051421261</t>
+          <t>9786053041542</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Superman Yeşil Adamlar</t>
+          <t>Çürük Ten</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786051421278</t>
+          <t>9786053041474</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Superman - Güç Hırsızı Parazit</t>
+          <t>Çığlık Sokağı: Kurtadam Pençesi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786051421230</t>
+          <t>9786053041467</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Superman - Çalınan Süper Güçler</t>
+          <t>Çığlık Sokağı: İskelet Kafatası</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786051428482</t>
+          <t>9786053041245</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Madagaskar Penguenleri - Film Kitabı</t>
+          <t>Savaşçı Kediler: Doğan Ay</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>75</v>
+        <v>210</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786051428499</t>
+          <t>9786051423401</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Madagaskar Penguenleri - Muhteşem Hayvanat Bahçesi Çıkartma Kitabı</t>
+          <t>Sarah Kay - Bahçede</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786051428796</t>
+          <t>9786051421513</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi</t>
+          <t>Batman Kedi Suçlular</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786051427102</t>
+          <t>9786051421247</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Daha Çok Sihir!</t>
+          <t>Superman - Ölümcül Kopya</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>3990001426716</t>
+          <t>9786051421254</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Sam</t>
+          <t>Spiderman - Uzay Korsanı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>13</v>
+        <v>125</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786051426549</t>
+          <t>9786053040255</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Ölü Adamın İntikamı</t>
+          <t>Mia And Me 7 - Sevinç Gözyaşları</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>295</v>
+        <v>75</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786051424736</t>
+          <t>9786051428789</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kara Kraliçe Kösem</t>
+          <t>Çizmeli Kedi - Boyama ve Aktivite</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>375</v>
+        <v>75</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786051424798</t>
+          <t>9786051428536</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Şeker Alice Miranda Tatilde</t>
+          <t>Çizmeli Kedi - Büyüleyici ve Sevimli</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786051422831</t>
+          <t>9786051427089</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo Uzaylı Hortlak!</t>
+          <t>Winx Club - Şıklık Yarışı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786051423067</t>
+          <t>9786051428314</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kötü Köpek Marley!</t>
+          <t>Ejderhalar - Berk Binicileri</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786051423074</t>
+          <t>9786051428383</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Marley Okula Gidiyor</t>
+          <t>Ejderha Yumurtası Günü</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054228133</t>
+          <t>9786051428390</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bridget Jones’un Günlüğü (Ciltli)</t>
+          <t>Ejderhanı Nasıl Eğitirsin 2 - Bir Ejderha Kahramanın Hikayesi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054560059</t>
+          <t>9786051429410</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bale Akademisi 7: Yıldızlarla Kim Dans Edecek</t>
+          <t>Dedektif Kurukafa - Karanlık Günler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054560042</t>
+          <t>9786051427737</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bale Akademisi 6: Fazladan Bir Tütü</t>
+          <t>Çakıl: Kampın Prensesi</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054560035</t>
+          <t>9786051428512</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Bale Akademisi 5: Londra’daki Okul</t>
+          <t>Madagaskar Penguenleri - Bay Tux DreamWorks</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054560004</t>
+          <t>9786051427027</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Bale Akademisi 3: Eski ve Yeni Arkadaşlar</t>
+          <t>Uyku Saati Geldi Bir Tanem</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054560011</t>
+          <t>9786051425207</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bale Akademisi 2: Huysuz Arkadaşım</t>
+          <t>Musibet Şafağı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9799758733162</t>
+          <t>9786051428352</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Atlar Vadisi Yeryüzü Çocukları 2</t>
+          <t>Şrek Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>420</v>
+        <v>75</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789944485951</t>
+          <t>9786051423654</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Aşk Büyüsü</t>
+          <t>Dedektif Kurukafa : Pis Yediler (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>149</v>
+        <v>175</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786050058468</t>
+          <t>9786051428994</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Aferin Gizli Yediler</t>
+          <t>Dolunay Kedisi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054228270</t>
+          <t>9786051421544</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5’ler Yine Kirrin Adası’nda</t>
+          <t>Kahramanlar Birleşiyor / Robotun Saldırısı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>3990000025435</t>
+          <t>9786051429199</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5’ler Maceranın Göbeğinde</t>
+          <t>Batman ile Şekilleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>21</v>
+        <v>125</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054277138</t>
+          <t>9786051429212</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5'ler Karavanla Tatilde</t>
+          <t>Sperman ile Renkleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>21</v>
+        <v>125</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054560776</t>
+          <t>9786051429229</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>60 Günde İdeal Vücut</t>
+          <t>Wonder Woman ile Harfleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>23.15</v>
+        <v>125</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786051422541</t>
+          <t>9786051427836</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ölüleri Getirin</t>
+          <t>Scooby-Doo! - Müzede Karmaşa</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>22.22</v>
+        <v>125</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786051423098</t>
+          <t>9786051428567</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Marley Rol Çalıyor</t>
+          <t>Şrek DreamWorks</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786053046172</t>
+          <t>9786051426570</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Mutlu Yıllar Winx Club!</t>
+          <t>Dinozor Koyu 9 : Devasa Canavarın Peşinde</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786053046189</t>
+          <t>9786051426617</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Yıldızlara Sihirli Bir Yolculuk</t>
+          <t>Dinozor Koyu 10 : Vahşi Canavardan Kaçış</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>75</v>
+        <v>145</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054377558</t>
+          <t>9786051426303</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Stella’nın Defilesi</t>
+          <t>Komplo 365 : Haziran</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053046196</t>
+          <t>9786051421193</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Gerçek Periler İçin Eğlenceli Oyunlar</t>
+          <t>İşgal (Çıkartma Hediyeli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>70</v>
+        <v>125</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786051422978</t>
+          <t>9786051422862</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Böcek Hanım</t>
+          <t>Scooby-Doo ve Düzenbazların Oyunu</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786051426716</t>
+          <t>9786051425627</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Sam</t>
+          <t>Komplo 365 : Şubat</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>75</v>
+        <v>140</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786050058642</t>
+          <t>9786051428260</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz</t>
+          <t>Komplo 365 Kasım</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>285</v>
+        <v>125</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786051420936</t>
+          <t>9786051421292</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Hayatla Bütünleşmek</t>
+          <t>Wonder Woman : Sihirli Bitkiler</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054560622</t>
+          <t>9786051421285</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Gece Yaşayanlar</t>
+          <t>Wonder Woman : Geçmişin İzi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>210</v>
+        <v>125</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789944485920</t>
+          <t>9786051424873</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Derinliklerinde Bir Şey Var</t>
+          <t>Sarah Kay'in Güzel Hikayeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>285</v>
+        <v>125</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786051420974</t>
+          <t>9786051423050</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Süper Zeki Bir Kadının Über Salak Hikayesi</t>
+          <t>Böcek Hanım ve Arı Bey</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>315</v>
+        <v>75</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054482160</t>
+          <t>9786051428451</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kemik Anahtar - Supernatural</t>
+          <t>DreamWorks - Madagaskar</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054482115</t>
+          <t>9786051428529</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Balerin 3 - Defne ve Maskeli Balo</t>
+          <t>Madagaskar Penguenleri - Penguenleri Tanıyalım</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054482092</t>
+          <t>9786051428345</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Balerin 1 - Defne ve Sihirli Bale Pabuçları</t>
+          <t>DreamWorks - Şhrek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054482436</t>
+          <t>9786051428284</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Battaniyem</t>
+          <t>Ejderhalar - Aşağıda Ne Uçuyor</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>9.26</v>
+        <v>75</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054482139</t>
+          <t>9786051428338</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Balerin 5 - Defne ve Peri Kızı</t>
+          <t>DreamWorks - Şrek</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789944485500</t>
+          <t>9786051428437</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Senden Başka Yok!</t>
+          <t>DreamWorks - Kung Fu Panda Boyama Kitabı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>18.52</v>
+        <v>75</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786050058345</t>
+          <t>9786051428420</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Gibi Geçti</t>
+          <t>DreamWorks - Kung Fu Panda 2</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>495</v>
+        <v>75</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054560158</t>
+          <t>9786051421032</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Poppixie Justin Çılgınlığı</t>
+          <t>Batman Zehirli Sarmaşık’ın Ölümcül Bahçesi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786051422718</t>
+          <t>9786051421261</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gül - 2 : Ölümsüz Kalp</t>
+          <t>Superman Yeşil Adamlar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053046752</t>
+          <t>9786051421278</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Altın Zincir - Son Saatler Birinci Kitap (Ciltli)</t>
+          <t>Superman - Güç Hırsızı Parazit</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>450</v>
+        <v>125</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786053044222</t>
+          <t>9786051421230</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Ben 10 - Ben 10 Takımı Hücuma Geçiyor</t>
+          <t>Superman - Çalınan Süper Güçler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053044208</t>
+          <t>9786051428482</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Ben 10 - Ben Yeniden Karşınızda</t>
+          <t>Madagaskar Penguenleri - Film Kitabı</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053044215</t>
+          <t>9786051428499</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ben 10 - Sona Kalan Dona Kalır</t>
+          <t>Madagaskar Penguenleri - Muhteşem Hayvanat Bahçesi Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053043409</t>
+          <t>9786051428796</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Charlie Brown Okula Başlıyor - Peanuts</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053041405</t>
+          <t>9786051427102</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Muhteşemlik Efsaneleri - Kung Fu Panda</t>
+          <t>Winx Club - Daha Çok Sihir!</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786053041375</t>
+          <t>3990001426716</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Po'nun İki Babası - Kung Fu Panda 3</t>
+          <t>İyi Geceler Sam</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>75</v>
+        <v>13</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786053042334</t>
+          <t>9786051426549</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Değerli Taşlar - Winks Club (Ciltli)</t>
+          <t>Ölü Adamın İntikamı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>75</v>
+        <v>355</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053041337</t>
+          <t>9786051424736</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Po'nun Gücü - Kung Fu Panda 3</t>
+          <t>Kara Kraliçe Kösem</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>75</v>
+        <v>375</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053045007</t>
+          <t>9786051424798</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Uğultulu Tepeler</t>
+          <t>Meraklı Şeker Alice Miranda Tatilde</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786051420776</t>
+          <t>9786051422831</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Mayanın Günlüğü - Haydi Oyuna (El Yazısı Öğreniyorum)</t>
+          <t>Scooby-Doo Uzaylı Hortlak!</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786051420752</t>
+          <t>9786051423067</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Mayanın Günlüğü - Güzel Bir Gün (El Yazısı Öğreniyorum)</t>
+          <t>Kötü Köpek Marley!</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054482429</t>
+          <t>9786051423074</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ördeğin Büyük Adımı</t>
+          <t>Marley Okula Gidiyor</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789944485029</t>
+          <t>9786054228133</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Bridget Jones’un Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>12.96</v>
+        <v>125</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054482894</t>
+          <t>9786054560059</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kurtlar Hanedanı</t>
+          <t>Bale Akademisi 7: Yıldızlarla Kim Dans Edecek</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>25.93</v>
+        <v>100</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786054560677</t>
+          <t>9786054560042</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Çayırı 2 - Işıltı ve Hızlı Kanatları</t>
+          <t>Bale Akademisi 6: Fazladan Bir Tütü</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786054560660</t>
+          <t>9786054560035</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Çayırı 1 - Pırıltının İlk Günü</t>
+          <t>Bale Akademisi 5: Londra’daki Okul</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786051422251</t>
+          <t>9786054560004</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Katilin Kızları</t>
+          <t>Bale Akademisi 3: Eski ve Yeni Arkadaşlar</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>245</v>
+        <v>125</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054560707</t>
+          <t>9786054560011</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Çayırı 3 - Amber’in Yarışma Heyecanı</t>
+          <t>Bale Akademisi 2: Huysuz Arkadaşım</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054377435</t>
+          <t>9799758733162</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kara Saray</t>
+          <t>Atlar Vadisi Yeryüzü Çocukları 2</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>215</v>
+        <v>420</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054228263</t>
+          <t>9789944485951</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İyi İş Gizli Yediler</t>
+          <t>Aşk Büyüsü</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>75</v>
+        <v>149</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789758733491</t>
+          <t>9786050058468</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Taş Barınaklar Yeryüzü Çocukları 5</t>
+          <t>Aferin Gizli Yediler</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>595</v>
+        <v>75</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054377589</t>
+          <t>9786054228270</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Tecna’nın Buluşu - Winx Club</t>
+          <t>Afacan 5’ler Yine Kirrin Adası’nda</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>75</v>
+        <v>170</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054482467</t>
+          <t>3990000025435</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Oburcuk’un Tırtılları</t>
+          <t>Afacan 5’ler Maceranın Göbeğinde</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786051427874</t>
+          <t>9786054277138</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Looney Tunes - Eğlenerek Öğrenelim 1</t>
+          <t>Afacan 5'ler Karavanla Tatilde</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>125</v>
+        <v>21</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786051428635</t>
+          <t>9786054560776</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Scooby - Doo! - Tekzilla Dosyası</t>
+          <t>60 Günde İdeal Vücut</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>125</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053042426</t>
+          <t>9786051422541</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Winx Modası Çiçek Perileri</t>
+          <t>Ölüleri Getirin</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>75</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786051422688</t>
+          <t>9786051423098</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın İntikamı - Şans Avcıları 3</t>
+          <t>Marley Rol Çalıyor</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789758733590</t>
+          <t>9786053046172</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Düğün</t>
+          <t>Winx Club - Mutlu Yıllar Winx Club!</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>12</v>
+        <v>75</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054482085</t>
+          <t>9786053046189</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Koyu 6 - Dev Sürüngenlerin Kaçışı</t>
+          <t>Winx Club - Yıldızlara Sihirli Bir Yolculuk</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054482078</t>
+          <t>9786054377558</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Koyu 5 - Hızlı Hırsızın Yakalanışı</t>
+          <t>Winx Club - Stella’nın Defilesi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>145</v>
+        <v>75</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054377763</t>
+          <t>9786053046196</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Dexter Karanlıkta</t>
+          <t>Winx Club - Gerçek Periler İçin Eğlenceli Oyunlar</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>375</v>
+        <v>70</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054228065</t>
+          <t>9786051422978</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa : Suratsızlar (Ciltli)</t>
+          <t>Böcek Hanım</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>295</v>
+        <v>75</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786051422213</t>
+          <t>9786051426716</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Çıldırmış Bir Ev Kadınının Gizli Günlüğü</t>
+          <t>İyi Geceler Sam</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>280</v>
+        <v>75</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054482412</t>
+          <t>9786050058642</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Cesur Böğürtlen</t>
+          <t>Huzursuz</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>75</v>
+        <v>285</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054377244</t>
+          <t>9786051420936</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Cariye’nin Kızı Mihrimah</t>
+          <t>Hayatla Bütünleşmek</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>455</v>
+        <v>400</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053045977</t>
+          <t>9786054560622</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Boyama ve Çıkarmalarla Eğlence</t>
+          <t>Gece Yaşayanlar</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>49.9</v>
+        <v>210</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786053045984</t>
+          <t>9789944485920</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Winx Club: Poster Kitabı</t>
+          <t>Ormanın Derinliklerinde Bir Şey Var</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>75</v>
+        <v>285</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786051429878</t>
+          <t>9786051420974</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Batman - Bir Kahramanın Doğuşu</t>
+          <t>Süper Zeki Bir Kadının Über Salak Hikayesi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>49.9</v>
+        <v>315</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786051429892</t>
+          <t>9786054482160</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Süperman - Bir Kahramanın Doğuşu</t>
+          <t>Kemik Anahtar - Supernatural</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>49.9</v>
+        <v>175</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053043867</t>
+          <t>9786054482115</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Yaratıcı Aktivite Kitabı</t>
+          <t>Sihirli Balerin 3 - Defne ve Maskeli Balo</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>18</v>
+        <v>125</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053043836</t>
+          <t>9786054482092</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Sonsuza Dek Winx 1</t>
+          <t>Sihirli Balerin 1 - Defne ve Sihirli Bale Pabuçları</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053043874</t>
+          <t>9786054482436</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Perilerle Oyunlar</t>
+          <t>Sevgili Battaniyem</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053043881</t>
+          <t>9786054482139</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Sihirli Oyunlar</t>
+          <t>Sihirli Balerin 5 - Defne ve Peri Kızı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053043393</t>
+          <t>9789944485500</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Bırak Şu Battaniyeyi Linus!</t>
+          <t>Senden Başka Yok!</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>75</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053043386</t>
+          <t>9786050058345</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Snoopy'nin Küçük Kütüphanesi</t>
+          <t>Rüzgar Gibi Geçti</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>75</v>
+        <v>495</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786053048695</t>
+          <t>9786054560158</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ay Günlükleri Serisi</t>
+          <t>Poppixie Justin Çılgınlığı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>2175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>3486137100245</t>
+          <t>9786051422718</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Büyük Hikayeler Seti - 2 Kitap Takım</t>
+          <t>Kayıp Gül - 2 : Ölümsüz Kalp</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>490</v>
+        <v>175</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>1486137100298</t>
+          <t>9786053046752</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Eflal Ciltli Set</t>
+          <t>Altın Zincir - Son Saatler Birinci Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>195</v>
+        <v>450</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>1486137100332</t>
+          <t>9786053044222</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Delilah'ın Üç Rengi Set (Ciltli)</t>
+          <t>Ben 10 - Ben 10 Takımı Hücuma Geçiyor</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>360</v>
+        <v>75</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>1486137100333</t>
+          <t>9786053044208</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Delilah'ın Üç Rengi Set</t>
+          <t>Ben 10 - Ben Yeniden Karşınızda</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>320</v>
+        <v>75</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786255882295</t>
+          <t>9786053044215</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Romantik Komedi-ciler</t>
+          <t>Ben 10 - Sona Kalan Dona Kalır</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>395</v>
+        <v>75</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786255882301</t>
+          <t>9786053043409</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kader Bağı Teorisi</t>
+          <t>Charlie Brown Okula Başlıyor - Peanuts</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>395</v>
+        <v>75</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786255882370</t>
+          <t>9786053041405</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Aşka Düşünce</t>
+          <t>Muhteşemlik Efsaneleri - Kung Fu Panda</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>395</v>
+        <v>75</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786255882288</t>
+          <t>9786053041375</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>İntikamdan Daha Güçlü</t>
+          <t>Po'nun İki Babası - Kung Fu Panda 3</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>325</v>
+        <v>75</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786255882189</t>
+          <t>9786053042334</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Orman Suyu 2. Cilt</t>
+          <t>Değerli Taşlar - Winks Club (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>450</v>
+        <v>75</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786255882325</t>
+          <t>9786053041337</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Uzak Yıldızlar</t>
+          <t>Po'nun Gücü - Kung Fu Panda 3</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>375</v>
+        <v>75</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786255882257</t>
+          <t>9786053045007</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Mephisto (Ciltli)</t>
+          <t>Uğultulu Tepeler</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>475</v>
+        <v>175</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786255882233</t>
+          <t>9786051420776</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Banana Sioule Kaos Topu 2. Cilt</t>
+          <t>Mayanın Günlüğü - Haydi Oyuna (El Yazısı Öğreniyorum)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>225</v>
+        <v>75</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256205987</t>
+          <t>9786051420752</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Banana Sioule Kaos Topu 1. Cilt</t>
+          <t>Mayanın Günlüğü - Güzel Bir Gün (El Yazısı Öğreniyorum)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>225</v>
+        <v>75</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786255882240</t>
+          <t>9786054482429</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Beş Numaralı Kural</t>
+          <t>Küçük Ördeğin Büyük Adımı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>325</v>
+        <v>75</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786255882141</t>
+          <t>9789944485029</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Ağzı Yanan (Ciltli)</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>475</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786255882134</t>
+          <t>9786054482894</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Ağzı Yanan</t>
+          <t>Kurtlar Hanedanı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>375</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786255882127</t>
+          <t>9786054560677</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bayan Nash’in Külleri</t>
+          <t>Kelebek Çayırı 2 - Işıltı ve Hızlı Kanatları</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>345</v>
+        <v>75</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786053049432</t>
+          <t>9786054560660</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>17 Numara Serisi (Kutulu) (Ciltli)</t>
+          <t>Kelebek Çayırı 1 - Pırıltının İlk Günü</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>1445</v>
+        <v>75</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786255882042</t>
+          <t>9786051422251</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kafatası Adası</t>
+          <t>Katilin Kızları</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>495</v>
+        <v>245</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786255882103</t>
+          <t>9786054560707</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Taşı ve Ejderhalar</t>
+          <t>Kelebek Çayırı 3 - Amber’in Yarışma Heyecanı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>375</v>
+        <v>75</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786255882110</t>
+          <t>9786054377435</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Taşı ve Ejderhalar (Ciltli)</t>
+          <t>Kara Saray</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>495</v>
+        <v>215</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786255882035</t>
+          <t>9786054228263</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Oyun Başlasın 1</t>
+          <t>İyi İş Gizli Yediler</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>395</v>
+        <v>75</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256205925</t>
+          <t>9789758733491</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Martaval (Ciltli)</t>
+          <t>Taş Barınaklar Yeryüzü Çocukları 5</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>435</v>
+        <v>595</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256205918</t>
+          <t>9786054377589</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Martaval</t>
+          <t>Tecna’nın Buluşu - Winx Club</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>335</v>
+        <v>75</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256205048</t>
+          <t>9786054482467</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Eflal 4 Özel Kutulu Set (Ciltli)</t>
+          <t>Oburcuk’un Tırtılları</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>575</v>
+        <v>75</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786255882172</t>
+          <t>9786051427874</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kemiklerde Bir Yanma</t>
+          <t>Looney Tunes - Eğlenerek Öğrenelim 1</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>395</v>
+        <v>125</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9986051234599</t>
+          <t>9786051428635</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Alabora Limanları 1 Kutulu Set (Ciltli)</t>
+          <t>Scooby - Doo! - Tekzilla Dosyası</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>575</v>
+        <v>125</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786255882226</t>
+          <t>9786053042426</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Alabora Limanları 1 (Ciltli)</t>
+          <t>Winx Club - Winx Modası Çiçek Perileri</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>425</v>
+        <v>75</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786255882219</t>
+          <t>9786051422688</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Alabora Limanları 1</t>
+          <t>Ejderhanın İntikamı - Şans Avcıları 3</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>325</v>
+        <v>75</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9986051234582</t>
+          <t>9789758733590</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Arden 1 Özel Kutulu Set (Ciltli)</t>
+          <t>Düğün</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>475</v>
+        <v>12</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786255882202</t>
+          <t>9786054482085</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Arden 1 (Ciltli)</t>
+          <t>Dinozor Koyu 6 - Dev Sürüngenlerin Kaçışı</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786255882196</t>
+          <t>9786054482078</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Arden 1</t>
+          <t>Dinozor Koyu 5 - Hızlı Hırsızın Yakalanışı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>275</v>
+        <v>145</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786255882097</t>
+          <t>9786054377763</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Bildikleri (Ciltli)</t>
+          <t>Dexter Karanlıkta</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>495</v>
+        <v>375</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786255882080</t>
+          <t>9786054228065</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Bildikleri</t>
+          <t>Dedektif Kurukafa : Suratsızlar (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9986051234575</t>
+          <t>9786051422213</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Veyl Kötülerin Şehri (Ciltli)</t>
+          <t>Çıldırmış Bir Ev Kadınının Gizli Günlüğü</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>555</v>
+        <v>280</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786255882066</t>
+          <t>9786054482412</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gece</t>
+          <t>Cesur Böğürtlen</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>315</v>
+        <v>75</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786255882073</t>
+          <t>9786054377244</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gece (Ciltli)</t>
+          <t>Cariye’nin Kızı Mihrimah</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>415</v>
+        <v>455</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786255882011</t>
+          <t>9786053045977</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarı Yaşamak (Ciltli)</t>
+          <t>Winx Club - Boyama ve Çıkarmalarla Eğlence</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>365</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786255882028</t>
+          <t>9786053045984</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarı Yaşamak</t>
+          <t>Winx Club: Poster Kitabı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>265</v>
+        <v>75</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786255882004</t>
+          <t>9786051429878</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Dokunmak (Ciltli)</t>
+          <t>Batman - Bir Kahramanın Doğuşu</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>375</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256205994</t>
+          <t>9786051429892</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Dokunmak</t>
+          <t>Süperman - Bir Kahramanın Doğuşu</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>275</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786255882059</t>
+          <t>9786053043867</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömrün Satır Araları</t>
+          <t>Winx Club - Yaratıcı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>650</v>
+        <v>18</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256205666</t>
+          <t>9786053043836</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı 1</t>
+          <t>Winx Club - Sonsuza Dek Winx 1</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>495</v>
+        <v>75</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256205970</t>
+          <t>9786053043874</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı 2</t>
+          <t>Winx Club - Perilerle Oyunlar</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>495</v>
+        <v>50</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256205932</t>
+          <t>9786053043881</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Altı Saniye</t>
+          <t>Winx Club - Sihirli Oyunlar</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>345</v>
+        <v>50</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256205949</t>
+          <t>9786053043393</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Altı Saniye (Ciltli)</t>
+          <t>Bırak Şu Battaniyeyi Linus!</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>445</v>
+        <v>75</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256205901</t>
+          <t>9786053043386</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Yanan Topraklar</t>
+          <t>Snoopy'nin Küçük Kütüphanesi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>395</v>
+        <v>75</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256205833</t>
+          <t>9786053048695</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Derslerini Verelim</t>
+          <t>Ay Günlükleri Serisi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>450</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256205963</t>
+          <t>3486137100245</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Gücün Hassas İplikleri (Ciltli)</t>
+          <t>Karanlık Büyük Hikayeler Seti - 2 Kitap Takım</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>575</v>
+        <v>490</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256205956</t>
+          <t>1486137100298</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Gücün Hassas İplikleri</t>
+          <t>Eflal Ciltli Set</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>450</v>
+        <v>195</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256205895</t>
+          <t>1486137100332</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hikayeler Mary Shelley</t>
+          <t>Delilah'ın Üç Rengi Set (Ciltli)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>475</v>
+        <v>360</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256205871</t>
+          <t>1486137100333</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Üst Kattakiİ Yabancı</t>
+          <t>Delilah'ın Üç Rengi Set</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>345</v>
+        <v>320</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256205888</t>
+          <t>9786255882295</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Günahlar</t>
+          <t>Romantik Komedi-ciler</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256205215</t>
+          <t>9786255882301</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Sorceline - Cilt 1: Bir Gün Fantastik Hayvanlar Uzmanı Olacağım! Cilt 2: Canavarları Seven Kız</t>
+          <t>Kader Bağı Teorisi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>395</v>
+        <v>445</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256205246</t>
+          <t>9786255882370</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Sorceline - Cilt 3 :Köklerimin İzini Sürüyorum Cilt 4: Rüya ve Kâbus</t>
+          <t>Aşka Düşünce</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256205819</t>
+          <t>9786255882288</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların ve Hiddetin Şafağı</t>
+          <t>İntikamdan Daha Güçlü</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256205826</t>
+          <t>9786255882189</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların ve Hiddetin Şafağı (Ciltli)</t>
+          <t>Orman Suyu 2. Cilt</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>495</v>
+        <v>540</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256205567</t>
+          <t>9786255882325</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kılıç ve Pislik</t>
+          <t>Uzak Yıldızlar</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256205574</t>
+          <t>9786255882257</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Peşinde</t>
+          <t>Mephisto (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>450</v>
+        <v>570</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256205857</t>
+          <t>9786255882233</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Daima Ebediyen Sürmez</t>
+          <t>Banana Sioule Kaos Topu 2. Cilt</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256205796</t>
+          <t>9786256205987</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Bir Papatya Şarkısı Serisi Kutulu Set (Ciltli)</t>
+          <t>Banana Sioule Kaos Topu 1. Cilt</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>800</v>
+        <v>245</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256205727</t>
+          <t>9786255882240</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Bir Papatya Şarkısı 2</t>
+          <t>Beş Numaralı Kural</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>315</v>
+        <v>395</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256205734</t>
+          <t>9786255882141</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Bir Papatya Şarkısı 2 (Ciltli)</t>
+          <t>Aşktan Ağzı Yanan (Ciltli)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>415</v>
+        <v>515</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256205703</t>
+          <t>9786255882134</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Bir Papatya Şarkısı 1</t>
+          <t>Aşktan Ağzı Yanan</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>295</v>
+        <v>415</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256205710</t>
+          <t>9786255882127</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Bir Papatya Şarkısı 1 (Ciltli)</t>
+          <t>Bayan Nash’in Külleri</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>385</v>
+        <v>395</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256205864</t>
+          <t>9786053049432</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Güller Çabuk Solar II Hayat Dönemeçleri (Kutulu) (Ciltli)</t>
+          <t>17 Numara Serisi (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>595</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256205772</t>
+          <t>9786255882042</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Güller Çabuk Solar II Hayat Dönemeçleri</t>
+          <t>Kafatası Adası</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256205789</t>
+          <t>9786255882103</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Güller Çabuk Solar II Hayat Dönemeçleri (Ciltli)</t>
+          <t>Yeşim Taşı ve Ejderhalar</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>495</v>
+        <v>450</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256205802</t>
+          <t>9786255882110</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Tutkuya Kapılınca</t>
+          <t>Yeşim Taşı ve Ejderhalar (Ciltli)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>395</v>
+        <v>595</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786053048848</t>
+          <t>9786255882035</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Maça Kızı 8 - 2. Kitap (Kutulu) (Ciltli)</t>
+          <t>Oyun Başlasın 1</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>628</v>
+        <v>475</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256205673</t>
+          <t>9786256205925</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Tesadüfler</t>
+          <t>Martaval (Ciltli)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>325</v>
+        <v>495</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786256205758</t>
+          <t>9786256205918</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Filmlerdeki Gibi Değil</t>
+          <t>Martaval</t>
         </is>
       </c>
       <c r="C329" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786256205765</t>
+          <t>9786256205048</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Filmlerdeki Gibi Değil (Ciltli)</t>
+          <t>Eflal 4 Özel Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>495</v>
+        <v>650</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256205697</t>
+          <t>9786255882172</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>29 ve Diğer Lanetler (Ciltli)</t>
+          <t>Kemiklerde Bir Yanma</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>325</v>
+        <v>445</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256205680</t>
+          <t>9986051234599</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>29 ve Diğer Lanetler</t>
+          <t>Alabora Limanları 1 Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>225</v>
+        <v>625</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786053049371</t>
+          <t>9786255882226</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Büyük Hikayeler - Marie Antoinette</t>
+          <t>Alabora Limanları 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>475</v>
+        <v>445</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786256205741</t>
+          <t>9786255882219</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir</t>
+          <t>Alabora Limanları 1</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>375</v>
+        <v>345</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256205352</t>
+          <t>9986051234582</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Ada- 2. Cilt</t>
+          <t>Arden 1 Özel Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>225</v>
+        <v>545</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786256205642</t>
+          <t>9786255882202</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Gallant- Kutulu Set (Ciltli)</t>
+          <t>Arden 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786256205611</t>
+          <t>9786255882196</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Gallant (Ciltli)</t>
+          <t>Arden 1</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786256205604</t>
+          <t>9786255882097</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Gallant</t>
+          <t>Nehrin Bildikleri (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>295</v>
+        <v>545</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786256205659</t>
+          <t>9786255882080</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Teslim Olunca</t>
+          <t>Nehrin Bildikleri</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>345</v>
+        <v>445</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786256205635</t>
+          <t>9986051234575</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Oyuncaklar/ Gölge Avcısı’nın El Kitabı</t>
+          <t>Veyl Kötülerin Şehri (Ciltli)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>325</v>
+        <v>555</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786256205598</t>
+          <t>9786255882066</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Cemre Düştü Cilt 2 (Ciltli)</t>
+          <t>Mavi Gece</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>495</v>
+        <v>345</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786256205581</t>
+          <t>9786255882073</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Cemre Düştü Cilt 2</t>
+          <t>Mavi Gece (Ciltli)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>395</v>
+        <v>445</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786256205284</t>
+          <t>9786255882011</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Yansıması Olmayan Kız (Ciltli)</t>
+          <t>Rüzgarı Yaşamak (Ciltli)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>495</v>
+        <v>385</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786256205277</t>
+          <t>9786255882028</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Yansıması Olmayan Kız</t>
+          <t>Rüzgarı Yaşamak</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>395</v>
+        <v>285</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786256205437</t>
+          <t>9786255882004</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Wisteria</t>
+          <t>Rüzgara Dokunmak (Ciltli)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786256205444</t>
+          <t>9786256205994</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Wisteria (Ciltli)</t>
+          <t>Rüzgara Dokunmak</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>445</v>
+        <v>295</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786256205451</t>
+          <t>9786255882059</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Belladonna Serisi</t>
+          <t>Bir Ömrün Satır Araları</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>995</v>
+        <v>695</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786256205550</t>
+          <t>9786256205666</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Her Kimsen Serisi (Kutulu Set) (Ciltli)</t>
+          <t>Sıra Dışı 1</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>850</v>
+        <v>595</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786256205536</t>
+          <t>9786256205970</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Her Kimsen - Son Set</t>
+          <t>Sıra Dışı 2</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>345</v>
+        <v>595</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786256205543</t>
+          <t>9786256205932</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Her Kimsen - Son Set (Ciltli)</t>
+          <t>Altı Saniye</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>445</v>
+        <v>375</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786256205468</t>
+          <t>9786256205949</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Onun Küçük Çiçekleri</t>
+          <t>Altı Saniye (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>375</v>
+        <v>475</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786256205505</t>
+          <t>9786256205901</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Maça Kızı 8 - 4. Kitap (Kutulu Set) (Ciltli)</t>
+          <t>Yanan Topraklar</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>598</v>
+        <v>425</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786256205499</t>
+          <t>9786256205833</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Maça Kızı 8 - 4. Kitap (Ciltli)</t>
+          <t>Derslerini Verelim 2. Cilt</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>478</v>
+        <v>450</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786256205512</t>
+          <t>9786256205963</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Maça Kızı 8 - 4. Kitap</t>
+          <t>Gücün Hassas İplikleri (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>398</v>
+        <v>595</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786256205239</t>
+          <t>9786256205956</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Çizim Rehberi/ Hareket Eden Karakterler</t>
+          <t>Gücün Hassas İplikleri</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>375</v>
+        <v>495</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786256205314</t>
+          <t>9786256205895</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Veyl Kötülerin Şehri</t>
+          <t>Büyük Hikayeler Mary Shelley</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>395</v>
+        <v>575</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786256205345</t>
+          <t>9786256205871</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Veyl Kötülerin Şehri (Yan Boyamalı Kutulu Set) (Ciltli)</t>
+          <t>Üst Kattakiİ Yabancı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>595</v>
+        <v>415</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786256205321</t>
+          <t>9786256205888</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Veyl Kötülerin Şehri (Ciltli)</t>
+          <t>Karanlık Günahlar</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>455</v>
+        <v>475</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786256205338</t>
+          <t>9786256205215</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Veyl Kötülerin Şehri (Yan Boyamalı) (Ciltli)</t>
+          <t>Sorceline - Cilt 1: Bir Gün Fantastik Hayvanlar Uzmanı Olacağım! Cilt 2: Canavarları Seven Kız</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786256205529</t>
+          <t>9786256205246</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kardan Adamın Külleri - Kutulu Set (Ciltli)</t>
+          <t>Sorceline - Cilt 3 :Köklerimin İzini Sürüyorum Cilt 4: Rüya ve Kâbus</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786256205475</t>
+          <t>9786256205819</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kardan Adamın Külleri</t>
+          <t>Tanrıların ve Hiddetin Şafağı</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786256205482</t>
+          <t>9786256205826</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Kardan Adamın Külleri (Ciltli)</t>
+          <t>Tanrıların ve Hiddetin Şafağı (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>375</v>
+        <v>575</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786256205420</t>
+          <t>9786256205567</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Operatöre Bağlanıyorsunuz 1-2 (Yan Boyamalı Kutulu Set) (Ciltli)</t>
+          <t>Kılıç ve Pislik</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>850</v>
+        <v>235</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786256205413</t>
+          <t>9786256205574</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Operatöre Bağlanıyorsunuz 2 (Yan Boyamalı) (Ciltli)</t>
+          <t>Gerçeğin Peşinde 2. Cilt</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>425</v>
+        <v>475</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786256205406</t>
+          <t>9786256205857</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Operatöre Bağlanıyorsunuz 2 (Ciltli)</t>
+          <t>Daima Ebediyen Sürmez</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>385</v>
+        <v>395</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786256205390</t>
+          <t>9786256205796</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Operatöre Bağlanıyorsunuz 2</t>
+          <t>Bir Papatya Şarkısı Serisi Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>315</v>
+        <v>800</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786256205383</t>
+          <t>9786256205727</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Operatöre Bağlanıyorsunuz 1 (Yan Boyamalı) (Ciltli)</t>
+          <t>Bir Papatya Şarkısı 2</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>425</v>
+        <v>335</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786256205376</t>
+          <t>9786256205734</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Operatöre Bağlanıyorsunuz 1 (Ciltli)</t>
+          <t>Bir Papatya Şarkısı 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>385</v>
+        <v>445</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786256205369</t>
+          <t>9786256205703</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Operatöre Bağlanıyorsunuz 1</t>
+          <t>Bir Papatya Şarkısı 1</t>
         </is>
       </c>
       <c r="C369" s="1">
         <v>315</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786256205062</t>
+          <t>9786256205710</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Gece Gidenler</t>
+          <t>Bir Papatya Şarkısı 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>375</v>
+        <v>405</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786051422343</t>
+          <t>9786256205864</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Burcu ve Berk ile Yabancılar</t>
+          <t>Kırmızı Güller Çabuk Solar II Hayat Dönemeçleri (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>225</v>
+        <v>645</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786051425825</t>
+          <t>9786256205772</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Tom ve Jerry Çıkartmalı Boyama Ve Aktivite Kitabı</t>
+          <t>Kırmızı Güller Çabuk Solar II Hayat Dönemeçleri</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>60</v>
+        <v>445</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786051421612</t>
+          <t>9786256205789</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>44 Sayfalık Eğlenceli Boyama Kitabı - Bugs Bunny</t>
+          <t>Kırmızı Güller Çabuk Solar II Hayat Dönemeçleri (Ciltli)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>60</v>
+        <v>545</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786053043478</t>
+          <t>9786256205802</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Denizden Gelen Şifre - Çılgın Sörfçüler 1 (Yelken İpi Hediyeli) (Ciltli)</t>
+          <t>Tutkuya Kapılınca</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>165</v>
+        <v>475</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786051428970</t>
+          <t>9786053048848</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Tweety! ve Cesur Kelebeğin Göçü</t>
+          <t>Maça Kızı 8 - 2. Kitap Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>60</v>
+        <v>698</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786053042402</t>
+          <t>9786256205673</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Parti Perileri - Winx Modası</t>
+          <t>Tatlı Tesadüfler</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>49.9</v>
+        <v>390</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786053043935</t>
+          <t>9786256205758</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Dans Perileri - Winx Modası</t>
+          <t>Filmlerdeki Gibi Değil</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>49.9</v>
+        <v>445</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786053042471</t>
+          <t>9786256205765</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Parıltı Perileri - Winx Modası</t>
+          <t>Filmlerdeki Gibi Değil (Ciltli)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>49.9</v>
+        <v>525</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786053043942</t>
+          <t>9786256205697</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Okul Perileri - Winx Modası</t>
+          <t>29 ve Diğer Lanetler (Ciltli)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>49.9</v>
+        <v>365</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786053043614</t>
+          <t>9786256205680</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa - Diriliş (Ciltli)</t>
+          <t>29 ve Diğer Lanetler</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>395</v>
+        <v>265</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786053040330</t>
+          <t>9786053049371</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me - Yapıştır ve Eğlen 2</t>
+          <t>Karanlık Büyük Hikayeler - Marie Antoinette</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>60</v>
+        <v>575</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786053040323</t>
+          <t>9786256205741</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me - Yapıştır ve Eğlen 1</t>
+          <t>Davetsiz Misafir</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>60</v>
+        <v>450</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786053044260</t>
+          <t>9786256205352</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Ben 10 - Aktivite Kitabı 1</t>
+          <t>Ada- 2. Cilt</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786051427942</t>
+          <t>9786256205642</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Tom ve Jery: Eğlenerek Öğrenelim 2</t>
+          <t>Gallant- Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>60</v>
+        <v>555</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786051427935</t>
+          <t>9786256205611</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Tom ve Jery: Eğlenerek Öğrenelim 1</t>
+          <t>Gallant (Ciltli)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>60</v>
+        <v>455</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786053040477</t>
+          <t>9786256205604</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Tom ve Jery: Eğlenerek Öğrenelim 3</t>
+          <t>Gallant</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>60</v>
+        <v>355</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786051427805</t>
+          <t>9786256205659</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>İlk İngilizce Sözlüğüm</t>
+          <t>Teslim Olunca</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>60</v>
+        <v>415</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786053040408</t>
+          <t>9786256205635</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>İngilizce İlk Sözcüklerim</t>
+          <t>Ölümcül Oyuncaklar/ Gölge Avcısı’nın El Kitabı</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>60</v>
+        <v>395</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786051427881</t>
+          <t>9786256205598</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Baby Looney Tunes: Bebek Bugs</t>
+          <t>Cemre Düştü Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>60</v>
+        <v>575</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786053040415</t>
+          <t>9786256205581</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>İngilizce ABC</t>
+          <t>Cemre Düştü Cilt 2</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>60</v>
+        <v>475</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786051424989</t>
+          <t>9786256205284</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Looney Tunes : Aktivite Kitabı - Resimli Bulmaca ve Boyama</t>
+          <t>Yansıması Olmayan Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>60</v>
+        <v>535</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786051425153</t>
+          <t>9786256205277</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Çakmaktaşlar : Çıkartmalı Aktivite Kitabı</t>
+          <t>Yansıması Olmayan Kız</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>49.9</v>
+        <v>435</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786051423906</t>
+          <t>9786256205437</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Demir Druid Günlükleri - Takipçi</t>
+          <t>Wisteria</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786051426761</t>
+          <t>9786256205444</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Stella Çok Çok Küçükken</t>
+          <t>Wisteria (Ciltli)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>60</v>
+        <v>475</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786051426730</t>
+          <t>9786256205451</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Stella - Denizlerin Yıldızı</t>
+          <t>Belladonna Serisi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>60</v>
+        <v>995</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786051426709</t>
+          <t>9786256205550</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Stella - Gökyüzü Prensesi</t>
+          <t>Her Kimsen Serisi (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>60</v>
+        <v>850</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786051426723</t>
+          <t>9786256205536</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Stella - Kar Kraliçesi</t>
+          <t>Her Kimsen - Son Set</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>60</v>
+        <v>375</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786051426754</t>
+          <t>9786256205543</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Stella - Orman Perisi</t>
+          <t>Her Kimsen - Son Set (Ciltli)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>60</v>
+        <v>475</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786051426150</t>
+          <t>9786256205468</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahramanlar Aktivite Kitabı</t>
+          <t>Onun Küçük Çiçekleri</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>105</v>
+        <v>450</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786051421674</t>
+          <t>9786256205505</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Baby Looney Tunes : Hangisi Farklı</t>
+          <t>Maça Kızı 8 - 4. Kitap Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>60</v>
+        <v>598</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786051421667</t>
+          <t>9786256205499</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Örnekli Boyama Kitabı: Lola Bunny</t>
+          <t>Maça Kızı 8 - 4. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>60</v>
+        <v>488</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786051425368</t>
+          <t>9786256205512</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Tom ve Jerry - Boyama ve Aktivite Kitabı</t>
+          <t>Maça Kızı 8 - 4. Kitap</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>60</v>
+        <v>408</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786051423166</t>
+          <t>9786256205239</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Zıp-Zıp Can Caniko Köpek Kulübesinde</t>
+          <t>Çizim Rehberi/ Hareket Eden Karakterler</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>60</v>
+        <v>450</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786051423173</t>
+          <t>9786256205314</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Zıp-Zıp Can Caniko Mısır'a Gidiyor</t>
+          <t>Veyl Kötülerin Şehri</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>60</v>
+        <v>435</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786051423142</t>
+          <t>9786256205345</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Zıp-Zıp Can Caniko Uzayda Kayboluyor</t>
+          <t>Veyl Kötülerin Şehri (Yan Boyamalı Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>60</v>
+        <v>595</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786051421476</t>
+          <t>9786256205321</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Batman - Çılgınlar Kralı</t>
+          <t>Veyl Kötülerin Şehri (Ciltli)</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>49.9</v>
+        <v>525</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786051427195</t>
+          <t>9786256205338</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Hepsi Alışveriş Yüzünden</t>
+          <t>Veyl Kötülerin Şehri (Yan Boyamalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>60</v>
+        <v>495</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786051427188</t>
+          <t>9786256205529</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - İki Kişilik Görev</t>
+          <t>Kardan Adamın Külleri - Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>60</v>
+        <v>545</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786051424668</t>
+          <t>9786256205475</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Kazan Büyüsü</t>
+          <t>Kardan Adamın Külleri</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>125</v>
+        <v>315</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786051423876</t>
+          <t>9786256205482</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Gördüğüme Sevindim</t>
+          <t>Kardan Adamın Külleri (Ciltli)</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>105</v>
+        <v>395</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786051425078</t>
+          <t>9786256205420</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo! : Boyama ve Aktivite Kitabı</t>
+          <t>Operatöre Bağlanıyorsunuz 1-2 (Yan Boyamalı Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>105</v>
+        <v>870</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786051424255</t>
+          <t>9786256205413</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Altın Krallık</t>
+          <t>Operatöre Bağlanıyorsunuz 2 (Yan Boyamalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>60</v>
+        <v>445</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786051424262</t>
+          <t>9786256205406</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Arkadaşlara Evcil Hayvanlar</t>
+          <t>Operatöre Bağlanıyorsunuz 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>60</v>
+        <v>405</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786051424347</t>
+          <t>9786256205390</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Winx Belivix</t>
+          <t>Operatöre Bağlanıyorsunuz 2</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>60</v>
+        <v>335</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786051424309</t>
+          <t>9786256205383</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Kara Büyü</t>
+          <t>Operatöre Bağlanıyorsunuz 1 (Yan Boyamalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>60</v>
+        <v>425</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786051424293</t>
+          <t>9786256205376</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Gerçeklik Aynası'nın Peşinde</t>
+          <t>Operatöre Bağlanıyorsunuz 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>140</v>
+        <v>445</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786051424323</t>
+          <t>9786256205369</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Layla ve Gölge Feniks</t>
+          <t>Operatöre Bağlanıyorsunuz 1</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>60</v>
+        <v>375</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786051424279</t>
+          <t>9786256205062</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Beyaz Çemberin Sırrı</t>
+          <t>Gece Gidenler</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>60</v>
+        <v>445</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786051424286</t>
+          <t>9786051422343</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Gardenia’dan Bir Peri</t>
+          <t>Burcu ve Berk ile Yabancılar</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>60</v>
+        <v>225</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786051424330</t>
+          <t>9786051425825</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Süper Periler Winx Club - Sihirli Ada</t>
+          <t>Tom ve Jerry Çıkartmalı Boyama Ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C420" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786051424316</t>
+          <t>9786051421612</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Kırık Kalp</t>
+          <t>44 Sayfalık Eğlenceli Boyama Kitabı - Bugs Bunny</t>
         </is>
       </c>
       <c r="C421" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786053040682</t>
+          <t>9786053043478</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Çatlayan Yumurtalar - Speedy Gonzales</t>
+          <t>Denizden Gelen Şifre - Çılgın Sörfçüler 1 (Yelken İpi Hediyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>49.9</v>
+        <v>165</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786053042549</t>
+          <t>9786051428970</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Snoopy İle Cadılar Bayramı 2 - Boyama ve Aktivite Kitabı</t>
+          <t>Tweety! ve Cesur Kelebeğin Göçü</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>85</v>
+        <v>60</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786053042532</t>
+          <t>9786053042402</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Snoopy İle Cadılar Bayramı 1 - Boyama ve Aktivite Kitabı</t>
+          <t>Parti Perileri - Winx Modası</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>85</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786053042693</t>
+          <t>9786053043935</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Snoopy - Çıkartmalı Aktivite Kitabı</t>
+          <t>Dans Perileri - Winx Modası</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>60</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786053042587</t>
+          <t>9786053042471</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Snoopy İle Yılbaşı 1 - Boyama ve Aktivite Kitabı</t>
+          <t>Parıltı Perileri - Winx Modası</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>60</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786053042488</t>
+          <t>9786053043942</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Unutma, Yaz Defteri</t>
+          <t>Okul Perileri - Winx Modası</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>185</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786053040743</t>
+          <t>9786053043614</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahramanlar Dc Comics</t>
+          <t>Dedektif Kurukafa - Diriliş (Ciltli)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>70</v>
+        <v>395</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786053041733</t>
+          <t>9786053040330</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kütüphane 1: Mürekkep ve Kemik</t>
+          <t>Mia and Me - Yapıştır ve Eğlen 2</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>305</v>
+        <v>60</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786053041610</t>
+          <t>9786053040323</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Eona</t>
+          <t>Mia and Me - Yapıştır ve Eğlen 1</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>390</v>
+        <v>60</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786053040590</t>
+          <t>9786053044260</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo! Doğum Günü Kitabı</t>
+          <t>Ben 10 - Aktivite Kitabı 1</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>95</v>
+        <v>145</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786053040606</t>
+          <t>9786051427942</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Çakmaktaşlar - Büyük Aktivite Kitabı</t>
+          <t>Tom ve Jery: Eğlenerek Öğrenelim 2</t>
         </is>
       </c>
       <c r="C432" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786051429755</t>
+          <t>9786051427935</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Batman Süperman Çıkartmalı Aktivite Kitabı</t>
+          <t>Tom ve Jery: Eğlenerek Öğrenelim 1</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786051427485</t>
+          <t>9786053040477</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Deniz Oyunları 4</t>
+          <t>Tom ve Jery: Eğlenerek Öğrenelim 3</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786051427478</t>
+          <t>9786051427805</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Deniz Oyunları 3</t>
+          <t>İlk İngilizce Sözlüğüm</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786051427454</t>
+          <t>9786053040408</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Deniz Oyunları 1</t>
+          <t>İngilizce İlk Sözcüklerim</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786051427461</t>
+          <t>9786051427881</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Winx Club  - Deniz Oyunları 2</t>
+          <t>Baby Looney Tunes: Bebek Bugs</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786053043348</t>
+          <t>9786053040415</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Peanuts Charlie Brown Çiziktirme Kitabı</t>
+          <t>İngilizce ABC</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>85</v>
+        <v>60</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786053041221</t>
+          <t>9786051424989</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Kediler: Zor Zamanlar</t>
+          <t>Looney Tunes : Aktivite Kitabı - Resimli Bulmaca ve Boyama</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>230</v>
+        <v>60</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786053041214</t>
+          <t>9786051425153</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Kediler: Tehlikeli Yol</t>
+          <t>Çakmaktaşlar : Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>230</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786051427706</t>
+          <t>9786051423906</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitapda Bir Fare Saklanıyor!</t>
+          <t>Demir Druid Günlükleri - Takipçi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786051427683</t>
+          <t>9786051426761</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitabın İçinde Bir Kedi Beni Takip Ediyor!</t>
+          <t>Stella Çok Çok Küçükken</t>
         </is>
       </c>
       <c r="C442" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786051429144</t>
+          <t>9786051426730</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo! - Hayalet Hikayesi</t>
+          <t>Stella - Denizlerin Yıldızı</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786051427959</t>
+          <t>9786051426709</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Baby Looney Tunes - Oyun ve Aktivite Kitabı 1</t>
+          <t>Stella - Gökyüzü Prensesi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786051429342</t>
+          <t>9786051426723</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler: Tembel Bir Öğleden Sonra</t>
+          <t>Stella - Kar Kraliçesi</t>
         </is>
       </c>
       <c r="C445" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786051429328</t>
+          <t>9786051426754</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler: George'un Saçları Fazla Uzun</t>
+          <t>Stella - Orman Perisi</t>
         </is>
       </c>
       <c r="C446" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786053043065</t>
+          <t>9786051426150</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Ciltli)</t>
+          <t>Süper Kahramanlar Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>140</v>
+        <v>105</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786053042709</t>
+          <t>9786051421674</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Büyükler İçin Boyama Kitabı</t>
+          <t>Baby Looney Tunes : Hangisi Farklı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>85</v>
+        <v>60</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786053040538</t>
+          <t>9786051421667</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Göl Evi</t>
+          <t>Örnekli Boyama Kitabı: Lola Bunny</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>320</v>
+        <v>60</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786051429236</t>
+          <t>9786051425368</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Batman v Superman - Aktivite Kitabı</t>
+          <t>Tom ve Jerry - Boyama ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786051429250</t>
+          <t>9786051423166</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Batman v Superman - Büyük Aktivite Kitabı</t>
+          <t>Zıp-Zıp Can Caniko Köpek Kulübesinde</t>
         </is>
       </c>
       <c r="C451" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786053042525</t>
+          <t>9786051423173</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Woodstock Nerede ve Bir Piyango Hikayesi</t>
+          <t>Zıp-Zıp Can Caniko Mısır'a Gidiyor</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>85</v>
+        <v>60</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786051429731</t>
+          <t>9786051423142</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Batman ve Süperman - Poster Kitabı</t>
+          <t>Zıp-Zıp Can Caniko Uzayda Kayboluyor</t>
         </is>
       </c>
       <c r="C453" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786053042952</t>
+          <t>9786051421476</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Bütün İyiler Biraz Küskündür</t>
+          <t>Batman - Çılgınlar Kralı</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>195</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786051429090</t>
+          <t>9786051427195</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Baby Looney Tunes - İlk Matematik Kitabım</t>
+          <t>Winx Club - Hepsi Alışveriş Yüzünden</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786051428048</t>
+          <t>9786051427188</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Baby Looney Tunes - Tıpkı Lola Gibi / A Lot Like Lola</t>
+          <t>Winx Club - İki Kişilik Görev</t>
         </is>
       </c>
       <c r="C456" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786051428024</t>
+          <t>9786051424668</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Baby Looney Tunes - Su Oyunları Water Games</t>
+          <t>Kazan Büyüsü</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786051428031</t>
+          <t>9786051423876</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Taz ve Oyuncaklar / Taz and His Toys</t>
+          <t>Gördüğüme Sevindim</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>60</v>
+        <v>105</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786051428055</t>
+          <t>9786051425078</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dişler / Fresh Teeth</t>
+          <t>Scooby-Doo! : Boyama ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>60</v>
+        <v>105</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786051428000</t>
+          <t>9786051424255</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Okul Sevinci / Joy Of School</t>
+          <t>Winx Club - Altın Krallık</t>
         </is>
       </c>
       <c r="C460" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786051427997</t>
+          <t>9786051424262</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Bebeklerin Sırrı / Babies Secret</t>
+          <t>Winx Club - Arkadaşlara Evcil Hayvanlar</t>
         </is>
       </c>
       <c r="C461" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786051429823</t>
+          <t>9786051424347</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>İz</t>
+          <t>Winx Club - Winx Belivix</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>205</v>
+        <v>60</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786053042679</t>
+          <t>9786051424309</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Binbir Surat Snoopy</t>
+          <t>Winx Club - Kara Büyü</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>175</v>
+        <v>60</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786053042556</t>
+          <t>9786051424293</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Snoopy Haydi Öğrenelim</t>
+          <t>Winx Club - Gerçeklik Aynası'nın Peşinde</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>85</v>
+        <v>140</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786053042563</t>
+          <t>9786051424323</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Snoopy ile Ne İstersen Olabilirsin!</t>
+          <t>Winx Club - Layla ve Gölge Feniks</t>
         </is>
       </c>
       <c r="C465" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786051427690</t>
+          <t>9786051424279</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap Bir Peynir Parçası Değil!</t>
+          <t>Winx Club - Beyaz Çemberin Sırrı</t>
         </is>
       </c>
       <c r="C466" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786051427720</t>
+          <t>9786051424286</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitaba Sakın Bir Kap Süt Vermeyin!</t>
+          <t>Winx Club - Gardenia’dan Bir Peri</t>
         </is>
       </c>
       <c r="C467" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786053042914</t>
+          <t>9786051424330</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Bir Genç Kızın Gizli Defteri (İmzalı Özel Baskı ) (Ciltli)</t>
+          <t>Süper Periler Winx Club - Sihirli Ada</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>325</v>
+        <v>60</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786053041887</t>
+          <t>9786051424316</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler - Kediciğin Peşinde</t>
+          <t>Winx Club - Kırık Kalp</t>
         </is>
       </c>
       <c r="C469" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786053041498</t>
+          <t>9786053040682</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me - Sihirli Modacı</t>
+          <t>Çatlayan Yumurtalar - Speedy Gonzales</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>135</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786053041009</t>
+          <t>9786053042549</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Kutup Yıldızı (Ciltli)</t>
+          <t>Snoopy İle Cadılar Bayramı 2 - Boyama ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>440</v>
+        <v>85</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786051429380</t>
+          <t>9786053042532</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa - Ateşle Oynama</t>
+          <t>Snoopy İle Cadılar Bayramı 1 - Boyama ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786051429373</t>
+          <t>9786053042693</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa</t>
+          <t>Snoopy - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786051427638</t>
+          <t>9786053042587</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Audrey'yi Bulmak</t>
+          <t>Snoopy İle Yılbaşı 1 - Boyama ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>210</v>
+        <v>60</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786051427164</t>
+          <t>9786053042488</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - İlkbahar Konseri</t>
+          <t>Unutma, Yaz Defteri</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>60</v>
+        <v>185</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786053040064</t>
+          <t>9786053040743</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me: Centopia Efsanesi</t>
+          <t>Süper Kahramanlar Dc Comics</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>49.9</v>
+        <v>70</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786053040262</t>
+          <t>9786053041733</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me: Sihirli Modacı</t>
+          <t>Büyük Kütüphane 1: Mürekkep ve Kemik</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>135</v>
+        <v>305</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786053040118</t>
+          <t>9786053041610</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Mia And Me: Arkadaşlar ve Sırlar (Ciltli)</t>
+          <t>Eona</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>145</v>
+        <v>390</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786053040163</t>
+          <t>9786053040590</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me - Sihirli Boyama Kitabı</t>
+          <t>Scooby-Doo! Doğum Günü Kitabı</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>60</v>
+        <v>95</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786051429984</t>
+          <t>9786053040606</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me - Boyama Kitabı</t>
+          <t>Çakmaktaşlar - Büyük Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C480" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786051429311</t>
+          <t>9786051429755</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler’in Kafası Karışıyor</t>
+          <t>Batman Süperman Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>60</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786053040187</t>
+          <t>9786051427485</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me: Oyun Kitabı</t>
+          <t>Winx Club - Deniz Oyunları 4</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>60</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786051429977</t>
+          <t>9786051427478</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me 8 - Bir Devrin Sonu</t>
+          <t>Winx Club - Deniz Oyunları 3</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>75</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786053040101</t>
+          <t>9786051427454</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Mia And Me 6 - Dostluğun Gücü</t>
+          <t>Winx Club - Deniz Oyunları 1</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>75</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786053041634</t>
+          <t>9786051427461</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Gizli Macera: Gizli Dağ</t>
+          <t>Winx Club  - Deniz Oyunları 2</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>150</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786053041672</t>
+          <t>9786053043348</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Gizli Şato - Gizli Macera</t>
+          <t>Peanuts Charlie Brown Çiziktirme Kitabı</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>165</v>
+        <v>85</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786053041238</t>
+          <t>9786053041221</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Kediler: Gece Yarısı</t>
+          <t>Savaşçı Kediler: Zor Zamanlar</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786053041252</t>
+          <t>9786053041214</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Kediler: Şafak</t>
+          <t>Savaşçı Kediler: Tehlikeli Yol</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786053041276</t>
+          <t>9786051427706</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Kediler: Alacakaranlık</t>
+          <t>Bu Kitapda Bir Fare Saklanıyor!</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>225</v>
+        <v>60</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786053041269</t>
+          <t>9786051427683</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Kediler: Yıldız Işığı</t>
+          <t>Bu Kitabın İçinde Bir Kedi Beni Takip Ediyor!</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>225</v>
+        <v>60</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786051427393</t>
+          <t>9786051429144</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Winx Club: Eraklyon Efsanesi (Ciltli)</t>
+          <t>Scooby-Doo! - Hayalet Hikayesi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>100</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786051427409</t>
+          <t>9786051427959</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Moda Çantası (Ciltli)</t>
+          <t>Baby Looney Tunes - Oyun ve Aktivite Kitabı 1</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>60</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786051428079</t>
+          <t>9786051429342</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Komplo 365 : Eylül</t>
+          <t>Afacan Beşler: Tembel Bir Öğleden Sonra</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>125</v>
+        <v>60</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786051425313</t>
+          <t>9786051429328</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Kralyapanın Kızı</t>
+          <t>Afacan Beşler: George'un Saçları Fazla Uzun</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>320</v>
+        <v>60</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786051423548</t>
+          <t>9786053043065</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Senin Gibi Ölü</t>
+          <t>Küçük Prens (Ciltli)</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>405</v>
+        <v>140</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786051421520</t>
+          <t>9786053042709</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Batman Kötüler Kaçıyor</t>
+          <t>Büyükler İçin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C496" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786051423234</t>
+          <t>9786053040538</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Superman Çelik Adam’ın Hikayesi</t>
+          <t>Göl Evi</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>60</v>
+        <v>320</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786051423739</t>
+          <t>9786051429236</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Koleksiyon - Doğanın Kalbinde</t>
+          <t>Batman v Superman - Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C498" s="1">
         <v>49.9</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786051423753</t>
+          <t>9786051429250</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Koleksiyon - Tatlı Arkadaşlar</t>
+          <t>Batman v Superman - Büyük Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786051423746</t>
+          <t>9786053042525</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Koleksiyon - Sevgili Oyuncaklarım</t>
+          <t>Woodstock Nerede ve Bir Piyango Hikayesi</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>145</v>
+        <v>85</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786051423258</t>
+          <t>9786051429731</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Super Friends Görev Başında</t>
+          <t>Batman ve Süperman - Poster Kitabı</t>
         </is>
       </c>
       <c r="C501" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786051423289</t>
+          <t>9786053042952</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Dev Boyama Kitabı Tatlıbelalar</t>
+          <t>Bütün İyiler Biraz Küskündür</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>60</v>
+        <v>195</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786051421803</t>
+          <t>9786051429090</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Dev Boyama Kitabı - Kahramanlar</t>
+          <t>Baby Looney Tunes - İlk Matematik Kitabım</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786051423241</t>
+          <t>9786051428048</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Batman - Kara Şövalye’nin Hikayesi</t>
+          <t>Baby Looney Tunes - Tıpkı Lola Gibi / A Lot Like Lola</t>
         </is>
       </c>
       <c r="C504" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786051423531</t>
+          <t>9786051428024</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Nerdesin Aşkım</t>
+          <t>Baby Looney Tunes - Su Oyunları Water Games</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>260</v>
+        <v>60</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786051422893</t>
+          <t>9786051428031</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Vampir Günlükleri Avcılar Vol. 2 - Ay Şarkısı</t>
+          <t>Taz ve Oyuncaklar / Taz and His Toys</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>235</v>
+        <v>60</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786053041184</t>
+          <t>9786051428055</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Kediler: Sırlar Ormanı</t>
+          <t>Yeni Dişler / Fresh Teeth</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>215</v>
+        <v>60</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786053041191</t>
+          <t>9786051428000</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Kediler: Ateş ve Buz</t>
+          <t>Okul Sevinci / Joy Of School</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>215</v>
+        <v>60</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786053040910</t>
+          <t>9786051427997</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Güzelleştiğim O Yaz</t>
+          <t>Bebeklerin Sırrı / Babies Secret</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>165</v>
+        <v>60</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786051428321</t>
+          <t>9786051429823</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanı Nasıl Eğitirsin 2 - Ejderha Yarışı</t>
+          <t>İz</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>49.9</v>
+        <v>205</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786051428291</t>
+          <t>9786053042679</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Öfkesi'nden Bir Hediye</t>
+          <t>Binbir Surat Snoopy</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>60</v>
+        <v>175</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786051428550</t>
+          <t>9786053042556</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi - Kedi Çizmeler Efsane</t>
+          <t>Snoopy Haydi Öğrenelim</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>60</v>
+        <v>85</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786051427126</t>
+          <t>9786053042563</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Parıltılı Periler!</t>
+          <t>Snoopy ile Ne İstersen Olabilirsin!</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786051427133</t>
+          <t>9786051427690</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Sihirli Periler!</t>
+          <t>Bu Kitap Bir Peynir Parçası Değil!</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786051427096</t>
+          <t>9786051427720</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Trendy Peri!</t>
+          <t>Bu Kitaba Sakın Bir Kap Süt Vermeyin!</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786051427140</t>
+          <t>9786053042914</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Bloomix Perileri</t>
+          <t>Bir Genç Kızın Gizli Defteri (İmzalı Özel Baskı ) (Ciltli)</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>49.9</v>
+        <v>325</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786051428505</t>
+          <t>9786053041887</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Madagaskar Penguenleri</t>
+          <t>Afacan Beşler - Kediciğin Peşinde</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786051428802</t>
+          <t>9786053041498</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Yaban Ailesi</t>
+          <t>Mia and Me - Sihirli Modacı</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>175</v>
+        <v>135</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786051428123</t>
+          <t>9786053041009</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Komplo 365 Ekim</t>
+          <t>Kutup Yıldızı (Ciltli)</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>125</v>
+        <v>440</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786051423029</t>
+          <t>9786051429380</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Superman : Çıkartmalı Aktive Kitabı</t>
+          <t>Dedektif Kurukafa - Ateşle Oynama</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786051421650</t>
+          <t>9786051429373</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Looney Tunes: Coyote ve Road Runner</t>
+          <t>Dedektif Kurukafa</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>60</v>
+        <v>220</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786051421827</t>
+          <t>9786051427638</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Sylvester ve Tweety: Londra Soyguncusu - The London Looter</t>
+          <t>Audrey'yi Bulmak</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>60</v>
+        <v>210</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786051421971</t>
+          <t>9786051427164</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Sylvester ve Tweety: Nil’in Laneti - Curse of the Nile</t>
+          <t>Winx Club - İlkbahar Konseri</t>
         </is>
       </c>
       <c r="C523" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786051425214</t>
+          <t>9786053040064</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Çakıl Babasının Prensesi</t>
+          <t>Mia and Me: Centopia Efsanesi</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>60</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786051421995</t>
+          <t>9786053040262</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Sylvester ve Tweety: Mücevher Hırsızlığı - The Jewel Robbery</t>
+          <t>Mia and Me: Sihirli Modacı</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>60</v>
+        <v>135</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786053041207</t>
+          <t>9786053040118</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Kediler: Şiddetli Fırtına</t>
+          <t>Mia And Me: Arkadaşlar ve Sırlar (Ciltli)</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>220</v>
+        <v>145</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786053041283</t>
+          <t>9786053040163</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Kediler: Gün Batımı</t>
+          <t>Mia and Me - Sihirli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>215</v>
+        <v>60</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786051429861</t>
+          <t>9786051429984</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Tom ve Jerry / Zıtlıklar Parkı / Plajdaki Şekiller (İki Kitap Birarada)</t>
+          <t>Mia and Me - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C528" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786051427287</t>
+          <t>9786051429311</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Balerin Perinin Büyüsü</t>
+          <t>Afacan Beşler’in Kafası Karışıyor</t>
         </is>
       </c>
       <c r="C529" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786051427300</t>
+          <t>9786053040187</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Sihirli Mücevheri Ararken</t>
+          <t>Mia and Me: Oyun Kitabı</t>
         </is>
       </c>
       <c r="C530" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786051427294</t>
+          <t>9786051429977</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Sihirli Kütüphane</t>
+          <t>Mia and Me 8 - Bir Devrin Sonu</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786051429397</t>
+          <t>9786053040101</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa - Suratsızlar</t>
+          <t>Mia And Me 6 - Dostluğun Gücü</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>245</v>
+        <v>75</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786051429403</t>
+          <t>9786053041634</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa - Ölümcül Sarmal</t>
+          <t>Gizli Macera: Gizli Dağ</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786051421841</t>
+          <t>9786053041672</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Sylvester ve Tweety : Define Haritası</t>
+          <t>Gizli Şato - Gizli Macera</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>60</v>
+        <v>165</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786051427232</t>
+          <t>9786053041238</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Benim Peri Çantam</t>
+          <t>Savaşçı Kediler: Gece Yarısı</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>60</v>
+        <v>225</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786051427218</t>
+          <t>9786053041252</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Benim Moda Çantam</t>
+          <t>Savaşçı Kediler: Şafak</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>60</v>
+        <v>240</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786051427249</t>
+          <t>9786053041276</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Benim Tatlı Çantam</t>
+          <t>Savaşçı Kediler: Alacakaranlık</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>60</v>
+        <v>225</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786051427225</t>
+          <t>9786053041269</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Benim Müzik Çantam</t>
+          <t>Savaşçı Kediler: Yıldız Işığı</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>60</v>
+        <v>225</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786051425375</t>
+          <t>9786051427393</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gül</t>
+          <t>Winx Club: Eraklyon Efsanesi (Ciltli)</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786051423500</t>
+          <t>9786051427409</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Koleksiyonu -  Benim Küçük Sırlarım</t>
+          <t>Winx Club - Moda Çantası (Ciltli)</t>
         </is>
       </c>
       <c r="C540" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786051423487</t>
+          <t>9786051428079</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Bölüm 1 - Oyuncak Albümüm</t>
+          <t>Komplo 365 : Eylül</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>49.9</v>
+        <v>125</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786051423463</t>
+          <t>9786051425313</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Bölüm 3 - Doğa Albümüm</t>
+          <t>Kralyapanın Kızı</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>49.9</v>
+        <v>320</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786051423456</t>
+          <t>9786051423548</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay - Hayvanlar Albümüm</t>
+          <t>Senin Gibi Ölü</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>49.9</v>
+        <v>405</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786051424019</t>
+          <t>9786051421520</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Winx Club: Hevesli Periler İçin Yaratıcı El Kitabı (Ciltli)</t>
+          <t>Batman Kötüler Kaçıyor</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>130</v>
+        <v>85</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786051427416</t>
+          <t>9786051423234</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Stil Koleksiyonu: Moda</t>
+          <t>Superman Çelik Adam’ın Hikayesi</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786051427324</t>
+          <t>9786051423739</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Stil Koleksiyonu - Müzik ve Dans</t>
+          <t>Sarah Kay Koleksiyon - Doğanın Kalbinde</t>
         </is>
       </c>
       <c r="C546" s="1">
         <v>49.9</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786051428765</t>
+          <t>9786051423753</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Sarah Kay Koleksiyon - Tatlı Arkadaşlar</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>290</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786051428673</t>
+          <t>9786051423746</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Üzüm ve Diğer Şeyler</t>
+          <t>Sarah Kay Koleksiyon - Sevgili Oyuncaklarım</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>240</v>
+        <v>145</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786051426068</t>
+          <t>9786051423258</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Baby Looney Tunes : Tweety! ile Öğreniyorum</t>
+          <t>Super Friends Görev Başında</t>
         </is>
       </c>
       <c r="C549" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786051425634</t>
+          <t>9786051423289</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Battaniyem (Ciltli)</t>
+          <t>Dev Boyama Kitabı Tatlıbelalar</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786051424910</t>
+          <t>9786051421803</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Etiket ve Çıkartma Kitabım</t>
+          <t>Dev Boyama Kitabı - Kahramanlar</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786051426297</t>
+          <t>9786051423241</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Komplo 365 : Mayıs</t>
+          <t>Batman - Kara Şövalye’nin Hikayesi</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786051421810</t>
+          <t>9786051423531</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Dev Boyama Kitabı Tüm Yıldızlar</t>
+          <t>Nerdesin Aşkım</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>60</v>
+        <v>260</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786051429564</t>
+          <t>9786051422893</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Fikriye ile Latife</t>
+          <t>Vampir Günlükleri Avcılar Vol. 2 - Ay Şarkısı</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>290</v>
+        <v>235</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786051427010</t>
+          <t>9786053041184</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Sevgim Seni Bulacak</t>
+          <t>Savaşçı Kediler: Sırlar Ormanı</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>49.9</v>
+        <v>215</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786051428475</t>
+          <t>9786053041191</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Madagaskar Alex ve Marty Doğaya Kaçıyor</t>
+          <t>Savaşçı Kediler: Ateş ve Buz</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>60</v>
+        <v>215</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786051428086</t>
+          <t>9786053040910</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Kara Zeybek</t>
+          <t>Güzelleştiğim O Yaz</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>435</v>
+        <v>165</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786051426280</t>
+          <t>9786051428321</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Komplo 365 : Nisan</t>
+          <t>Ejderhanı Nasıl Eğitirsin 2 - Ejderha Yarışı</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>140</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786051421735</t>
+          <t>9786051428291</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Örnekli Boyama Kitabı: Bugs Bunny</t>
+          <t>Gecenin Öfkesi'nden Bir Hediye</t>
         </is>
       </c>
       <c r="C559" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786051428901</t>
+          <t>9786051428550</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Looney Tunes - Elmer Fudd’ın Kileri</t>
+          <t>Çizmeli Kedi - Kedi Çizmeler Efsane</t>
         </is>
       </c>
       <c r="C560" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786051427850</t>
+          <t>9786051427126</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo! - Parktan Gelen Tuhaf Sesler</t>
+          <t>Winx Club - Parıltılı Periler!</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>60</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786051427843</t>
+          <t>9786051427133</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Scooby Doo - Perili Geceler</t>
+          <t>Winx Club - Sihirli Periler!</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>60</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786051427799</t>
+          <t>9786051427096</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Scooby Doo - Kaybolan Abur Cuburlar</t>
+          <t>Winx Club - Trendy Peri!</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>60</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786051427829</t>
+          <t>9786051427140</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Scooby Doo - Kaybolan Çöreklerin Gizemi</t>
+          <t>Winx Club - Bloomix Perileri</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>60</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786051429007</t>
+          <t>9786051428505</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Kurnaz Coyote Hikaye Kitabı</t>
+          <t>Madagaskar Penguenleri</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>60</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786051427782</t>
+          <t>9786051428802</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Scooby Doo - Çiftlikteki Hayalet</t>
+          <t>Yaban Ailesi</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>60</v>
+        <v>175</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786051421445</t>
+          <t>9786051428123</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Joker'in Zafer Turu / Hız İçin Tasarlandı</t>
+          <t>Komplo 365 Ekim</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786051427386</t>
+          <t>9786051423029</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Winx Clubwinx Club - Dostluğun Gizli Kitabı (Ciltli)</t>
+          <t>Superman : Çıkartmalı Aktive Kitabı</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>135</v>
+        <v>60</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786051429724</t>
+          <t>9786051421650</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Çapraz Ateş</t>
+          <t>Looney Tunes: Coyote ve Road Runner</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786051428598</t>
+          <t>9786051421827</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo - Renk Gizemi</t>
+          <t>Sylvester ve Tweety: Londra Soyguncusu - The London Looter</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>85</v>
+        <v>60</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786051428253</t>
+          <t>9786051421971</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Komplo 365 : Aralık</t>
+          <t>Sylvester ve Tweety: Nil’in Laneti - Curse of the Nile</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>165</v>
+        <v>60</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786051426143</t>
+          <t>9786051425214</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Baby Looney Tunes - Eğlenerek Öğreniyoruz Çıkartma Hediyeli</t>
+          <t>Çakıl Babasının Prensesi</t>
         </is>
       </c>
       <c r="C572" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786051421209</t>
+          <t>9786051421995</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Tehlikenin İki Yüzü (Çıkartma Hediyeli)</t>
+          <t>Sylvester ve Tweety: Mücevher Hırsızlığı - The Jewel Robbery</t>
         </is>
       </c>
       <c r="C573" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786051421186</t>
+          <t>9786053041207</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Adalet Takımı (Çıkartma Hediyeli)</t>
+          <t>Savaşçı Kediler: Şiddetli Fırtına</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>60</v>
+        <v>220</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786051421643</t>
+          <t>9786053041283</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Örnekli Boyama Kitabı: Sylvester ve Tweety</t>
+          <t>Savaşçı Kediler: Gün Batımı</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>60</v>
+        <v>215</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786051422855</t>
+          <t>9786051429861</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo ve Lunaparktaki Hayalet</t>
+          <t>Tom ve Jerry / Zıtlıklar Parkı / Plajdaki Şekiller (İki Kitap Birarada)</t>
         </is>
       </c>
       <c r="C576" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786051424903</t>
+          <t>9786051427287</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Marilyn Monroe - Notlar</t>
+          <t>Winx Club - Balerin Perinin Büyüsü</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>175</v>
+        <v>60</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786051429830</t>
+          <t>9786051427300</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Warcraft - Filmin Öncesinin Hikayesi</t>
+          <t>Winx Club - Sihirli Mücevheri Ararken</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786051427423</t>
+          <t>9786051427294</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Stil Koleksiyonu: Spor</t>
+          <t>Winx Club - Sihirli Kütüphane</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786051427317</t>
+          <t>9786051429397</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Tatlı Bir Yarış</t>
+          <t>Dedektif Kurukafa - Suratsızlar</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>60</v>
+        <v>245</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786051429267</t>
+          <t>9786051429403</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Batman ve Superman - Muhteşem Aktivite Kitabı</t>
+          <t>Dedektif Kurukafa - Ölümcül Sarmal</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>49.9</v>
+        <v>240</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786051429243</t>
+          <t>9786051421841</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Batman ve Superman - Bulmaca Kitabı</t>
+          <t>Sylvester ve Tweety : Define Haritası</t>
         </is>
       </c>
       <c r="C582" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786051421308</t>
+          <t>9786051427232</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Wonder Woman : Amazonların Sınavı</t>
+          <t>Benim Peri Çantam</t>
         </is>
       </c>
       <c r="C583" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786051425603</t>
+          <t>9786051427218</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Komplo 365 : Ocak</t>
+          <t>Benim Moda Çantam</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786051422879</t>
+          <t>9786051427249</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo ve Esrarengiz Buz Canavarlar</t>
+          <t>Benim Tatlı Çantam</t>
         </is>
       </c>
       <c r="C585" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786051421964</t>
+          <t>9786051427225</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Sylvester ve Tweety: Unutulmayacak Dişler - Fangs for the Memories</t>
+          <t>Benim Müzik Çantam</t>
         </is>
       </c>
       <c r="C586" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786051421988</t>
+          <t>9786051425375</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Sylvester ve Tweety: Büyükanne Ortadan Kayboluyor - Granny Vanishes</t>
+          <t>Kayıp Gül</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786051421629</t>
+          <t>9786051423500</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Örnekli Boyama Kitabı: Daffy Duck</t>
+          <t>Sarah Kay Koleksiyonu -  Benim Küçük Sırlarım</t>
         </is>
       </c>
       <c r="C588" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786051425245</t>
+          <t>9786051423487</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Looney Tunes: Neşeli Boyama Kitabı</t>
+          <t>Sarah Kay Bölüm 1 - Oyuncak Albümüm</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>60</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786051424057</t>
+          <t>9786051423463</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Böcek Hanım ve Böcek Çetesi</t>
+          <t>Sarah Kay Bölüm 3 - Doğa Albümüm</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>60</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786051423043</t>
+          <t>9786051423456</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Böcek Hanım Sahilde</t>
+          <t>Sarah Kay - Hayvanlar Albümüm</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>60</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786051423784</t>
+          <t>9786051424019</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Düğün Gecesi</t>
+          <t>Winx Club: Hevesli Periler İçin Yaratıcı El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>310</v>
+        <v>130</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786051423647</t>
+          <t>9786051427416</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Çıkmaz Sokağın Sırrı</t>
+          <t>Winx Club - Stil Koleksiyonu: Moda</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>410</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786051423296</t>
+          <t>9786051427324</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Dev Boyama Kitabı Yıldızlar</t>
+          <t>Stil Koleksiyonu - Müzik ve Dans</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>60</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786051428833</t>
+          <t>9786051428765</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Prenses</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786051427263</t>
+          <t>9786051428673</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Süper Boyama 1</t>
+          <t>Üzüm ve Diğer Şeyler</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>60</v>
+        <v>240</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786051427270</t>
+          <t>9786051426068</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Süper Boyama 2</t>
+          <t>Baby Looney Tunes : Tweety! ile Öğreniyorum</t>
         </is>
       </c>
       <c r="C597" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786051427652</t>
+          <t>9786051425634</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Komplo 365 : Ağustos</t>
+          <t>Sevgili Battaniyem (Ciltli)</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786051425443</t>
+          <t>9786051424910</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Gölge Avcısı’nın El Kitabı (Ciltli)</t>
+          <t>Sarah Kay Etiket ve Çıkartma Kitabım</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>270</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786051424507</t>
+          <t>9786051426297</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Mübadil</t>
+          <t>Komplo 365 : Mayıs</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>365</v>
+        <v>140</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786051427447</t>
+          <t>9786051421810</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Winx Club Oyun ve Stil - Çıkartma ve Aktivite</t>
+          <t>Dev Boyama Kitabı Tüm Yıldızlar</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786051427867</t>
+          <t>9786051429564</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Winx Club Moda ve Sihir - Çıkartma ve Aktivite</t>
+          <t>Fikriye ile Latife</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>49.9</v>
+        <v>290</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786051428543</t>
+          <t>9786051427010</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi - Gerçek Kediler Çizme Giyer</t>
+          <t>Sevgim Seni Bulacak</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>60</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786051428468</t>
+          <t>9786051428475</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks - Madagaskar</t>
+          <t>Madagaskar Alex ve Marty Doğaya Kaçıyor</t>
         </is>
       </c>
       <c r="C604" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786051428406</t>
+          <t>9786051428086</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks - Ejderhanı: Nasıl Eğitirsin 2</t>
+          <t>Kara Zeybek</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>60</v>
+        <v>435</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786051428444</t>
+          <t>9786051426280</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks - Kung Fu Panda 2 - Pati Gücü</t>
+          <t>Komplo 365 : Nisan</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786051428413</t>
+          <t>9786051421735</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks - Kung Fu Panda</t>
+          <t>Örnekli Boyama Kitabı: Bugs Bunny</t>
         </is>
       </c>
       <c r="C607" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786051427331</t>
+          <t>9786051428901</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Stil Koleksiyonu: Mutfak</t>
+          <t>Looney Tunes - Elmer Fudd’ın Kileri</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786051428307</t>
+          <t>9786051427850</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Ejderhalar - Çizim Kitabı</t>
+          <t>Scooby-Doo! - Parktan Gelen Tuhaf Sesler</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>105</v>
+        <v>60</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786051426006</t>
+          <t>9786051427843</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Tweety : Kayıp Yıldızın Yolculuğu</t>
+          <t>Scooby Doo - Perili Geceler</t>
         </is>
       </c>
       <c r="C610" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786051426020</t>
+          <t>9786051427799</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Tweety : Su Zambakları Orkestrası</t>
+          <t>Scooby Doo - Kaybolan Abur Cuburlar</t>
         </is>
       </c>
       <c r="C611" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786051423609</t>
+          <t>9786051427829</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay - Çıkartma Kitabı</t>
+          <t>Scooby Doo - Kaybolan Çöreklerin Gizemi</t>
         </is>
       </c>
       <c r="C612" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786051423593</t>
+          <t>9786051429007</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay - Boyama Kitabı Poster ve Çıkartma Hediyeli</t>
+          <t>Kurnaz Coyote Hikaye Kitabı</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786051422930</t>
+          <t>9786051427782</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Grimm Kız Kardeşler - Masal Dedektifleri (Ciltli)</t>
+          <t>Scooby Doo - Çiftlikteki Hayalet</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>265</v>
+        <v>60</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786051428376</t>
+          <t>9786051421445</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Ejderhalar - Bul Hangisi Farklı?</t>
+          <t>Joker'in Zafer Turu / Hız İçin Tasarlandı</t>
         </is>
       </c>
       <c r="C615" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786051428369</t>
+          <t>9786051427386</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Şhrek</t>
+          <t>Winx Clubwinx Club - Dostluğun Gizli Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>60</v>
+        <v>135</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786051427201</t>
+          <t>9786051429724</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Sonsuz Okyanusta Macera (Ciltli)</t>
+          <t>Çapraz Ateş</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786051428161</t>
+          <t>9786051428598</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Burcu ve Berk: Müzik - Müziğin Renkli Dünyası</t>
+          <t>Scooby-Doo - Renk Gizemi</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>225</v>
+        <v>85</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786051427119</t>
+          <t>9786051428253</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Peri Modası!</t>
+          <t>Komplo 365 : Aralık</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>60</v>
+        <v>165</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786051427157</t>
+          <t>9786051426143</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Süper Sihirli Periler</t>
+          <t>Baby Looney Tunes - Eğlenerek Öğreniyoruz Çıkartma Hediyeli</t>
         </is>
       </c>
       <c r="C620" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786051426693</t>
+          <t>9786051421209</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Sam</t>
+          <t>Tehlikenin İki Yüzü (Çıkartma Hediyeli)</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786051425597</t>
+          <t>9786051421186</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Komplo 365: Mart</t>
+          <t>Tek Kişilik Adalet Takımı (Çıkartma Hediyeli)</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786051424934</t>
+          <t>9786051421643</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay - Çıkartma Kitabı 2</t>
+          <t>Örnekli Boyama Kitabı: Sylvester ve Tweety</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786051426013</t>
+          <t>9786051422855</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Tweety : Baharın Uyanışı</t>
+          <t>Scooby-Doo ve Lunaparktaki Hayalet</t>
         </is>
       </c>
       <c r="C624" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786051423517</t>
+          <t>9786051424903</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay - Boyama Kitabı</t>
+          <t>Marilyn Monroe - Notlar</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>60</v>
+        <v>175</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786051424088</t>
+          <t>9786051429830</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Vampir Akademisi 2014 Takvimi</t>
+          <t>Warcraft - Filmin Öncesinin Hikayesi</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786054228348</t>
+          <t>9786051427423</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Boleyn Mirası</t>
+          <t>Winx Club - Stil Koleksiyonu: Spor</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>390</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789944485401</t>
+          <t>9786051427317</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Boleyn Kızı</t>
+          <t>Winx Club - Tatlı Bir Yarış</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>490</v>
+        <v>60</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786054377541</t>
+          <t>9786051429267</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Bloom’un Balosu</t>
+          <t>Batman ve Superman - Muhteşem Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>60</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786050058635</t>
+          <t>9786051429243</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Birdy</t>
+          <t>Batman ve Superman - Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>290</v>
+        <v>60</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786054228157</t>
+          <t>9786051421308</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Bir Saniye Sonra</t>
+          <t>Wonder Woman : Amazonların Sınavı</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789944485562</t>
+          <t>9786051425603</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Bir Modelin Yazı</t>
+          <t>Komplo 365 : Ocak</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>315</v>
+        <v>140</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789758733873</t>
+          <t>9786051422879</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Bir Milyon Küçük Parça</t>
+          <t>Scooby-Doo ve Esrarengiz Buz Canavarlar</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>365</v>
+        <v>60</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786054560738</t>
+          <t>9786051421964</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Bir Alışverişkoliğin İtirafları</t>
+          <t>Sylvester ve Tweety: Unutulmayacak Dişler - Fangs for the Memories</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>245</v>
+        <v>60</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786054377312</t>
+          <t>9786051421988</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kraliçe</t>
+          <t>Sylvester ve Tweety: Büyükanne Ortadan Kayboluyor - Granny Vanishes</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>310</v>
+        <v>60</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786054228966</t>
+          <t>9786051421629</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Benzerlik</t>
+          <t>Örnekli Boyama Kitabı: Daffy Duck</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>375</v>
+        <v>60</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786050058116</t>
+          <t>9786051425245</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Beni Hatırladın mı?</t>
+          <t>Looney Tunes: Neşeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>290</v>
+        <v>60</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786051422411</t>
+          <t>9786051424057</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Ben Ölmeden Önce</t>
+          <t>Böcek Hanım ve Böcek Çetesi</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>305</v>
+        <v>60</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786054377633</t>
+          <t>9786051423043</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Believix’in Gücü (Ciltli)</t>
+          <t>Böcek Hanım Sahilde</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>145</v>
+        <v>60</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786051422428</t>
+          <t>9786051423784</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Bay Kokuşuk (Ciltli)</t>
+          <t>Düğün Gecesi</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>170</v>
+        <v>310</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786050058383</t>
+          <t>9786051423647</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Başkanın Emriyle</t>
+          <t>Çıkmaz Sokağın Sırrı</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>540</v>
+        <v>410</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786050058802</t>
+          <t>9786051423296</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Aşkın Hikayesi</t>
+          <t>Dev Boyama Kitabı Yıldızlar</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>134.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789758733019</t>
+          <t>9786051428833</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Bartuc’un Mirası Diablo 1. Kitap</t>
+          <t>Beyaz Prenses</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786054482733</t>
+          <t>9786051427263</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Bağlanma Korkusu</t>
+          <t>Süper Boyama 1</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>285</v>
+        <v>60</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786050058215</t>
+          <t>9786051427270</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Ayışığında Aşk</t>
+          <t>Süper Boyama 2</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>245</v>
+        <v>60</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786054377626</t>
+          <t>9786051427652</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Ay Çiçekleri (Ciltli)</t>
+          <t>Komplo 365 : Ağustos</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789758733071</t>
+          <t>9786051425443</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Aurian Güç Kalıtları 1.Kitap</t>
+          <t>Gölge Avcısı’nın El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>445</v>
+        <v>270</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786054377398</t>
+          <t>9786051424507</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Yükseliyor</t>
+          <t>Mübadil</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>240</v>
+        <v>365</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786054228096</t>
+          <t>9786051427447</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Aştım Seni</t>
+          <t>Winx Club Oyun ve Stil - Çıkartma ve Aktivite</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>280</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789758733712</t>
+          <t>9786051427867</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Bana Sor</t>
+          <t>Winx Club Moda ve Sihir - Çıkartma ve Aktivite</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>280</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789758733804</t>
+          <t>9786051428543</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Aşka İnanınca</t>
+          <t>Çizmeli Kedi - Gerçek Kediler Çizme Giyer</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>260</v>
+        <v>60</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789944485210</t>
+          <t>9786051428468</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolunu Bulur</t>
+          <t>DreamWorks - Madagaskar</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789944485258</t>
+          <t>9786051428406</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şatosu</t>
+          <t>DreamWorks - Ejderhanı: Nasıl Eğitirsin 2</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>115</v>
+        <v>60</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786054228485</t>
+          <t>9786051428444</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Aşk Oyunları Klavuzu</t>
+          <t>DreamWorks - Kung Fu Panda 2 - Pati Gücü</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>134.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789944485708</t>
+          <t>9786051428413</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Aşk Oyunları Kılavuzu</t>
+          <t>DreamWorks - Kung Fu Panda</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789944485685</t>
+          <t>9786051427331</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kapıda Gözüktü</t>
+          <t>Winx Club - Stil Koleksiyonu: Mutfak</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>115</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789944485081</t>
+          <t>9786051428307</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Aşk İşareti</t>
+          <t>Ejderhalar - Çizim Kitabı</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789758733576</t>
+          <t>9786051426006</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Aşk Dilimin Ucunda</t>
+          <t>Tweety : Kayıp Yıldızın Yolculuğu</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789944485289</t>
+          <t>9786051426020</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Aşk Daima Kazanır</t>
+          <t>Tweety : Su Zambakları Orkestrası</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>135</v>
+        <v>60</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786054560721</t>
+          <t>9786051423609</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Aşk Baharı Beklemez</t>
+          <t>Sarah Kay - Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>235</v>
+        <v>60</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786050058925</t>
+          <t>9786051423593</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Aşık ve Gururlu</t>
+          <t>Sarah Kay - Boyama Kitabı Poster ve Çıkartma Hediyeli</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>245</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786054228195</t>
+          <t>9786051422930</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Asi Melekler</t>
+          <t>Grimm Kız Kardeşler - Masal Dedektifleri (Ciltli)</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>385</v>
+        <v>265</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786054482931</t>
+          <t>9786051428376</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Asi - 2</t>
+          <t>Ejderhalar - Bul Hangisi Farklı?</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>325</v>
+        <v>60</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786054377657</t>
+          <t>9786051428369</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Asi</t>
+          <t>Şhrek</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>290</v>
+        <v>60</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786050058048</t>
+          <t>9786051427201</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Artık Canı Çekmiyor</t>
+          <t>Winx Club - Sonsuz Okyanusta Macera (Ciltli)</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789758733217</t>
+          <t>9786051428161</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Artemis Fowl Sonsuzluk Şifresi</t>
+          <t>Burcu ve Berk: Müzik - Müziğin Renkli Dünyası</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786050058451</t>
+          <t>9786051427119</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Amma Hoş Adam</t>
+          <t>Winx Club - Peri Modası!</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>465</v>
+        <v>60</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786054482863</t>
+          <t>9786051427157</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Altın Cariye Safiye</t>
+          <t>Winx Club - Süper Sihirli Periler</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>505</v>
+        <v>60</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789758733170</t>
+          <t>9786051426693</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Althalus’un Dönüşümü</t>
+          <t>Günaydın Sam</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>420</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786050058680</t>
+          <t>9786051425597</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Alışverişkolik ve Evlilik</t>
+          <t>Komplo 365: Mart</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>310</v>
+        <v>140</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789944485517</t>
+          <t>9786051424934</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Alışverişkolik ve Bebeği</t>
+          <t>Sarah Kay - Çıkartma Kitabı 2</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>490</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789944485845</t>
+          <t>9786051426013</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Alışverişkolik ve Ablası</t>
+          <t>Tweety : Baharın Uyanışı</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>280</v>
+        <v>60</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786054228515</t>
+          <t>9786051423517</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Albia</t>
+          <t>Sarah Kay - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786054482313</t>
+          <t>9786051424088</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5’ler Gizem Peşinde</t>
+          <t>Vampir Akademisi 2014 Takvimi</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>165</v>
+        <v>60</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786050058024</t>
+          <t>9786054228348</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5’ler Define Adasında</t>
+          <t>Boleyn Mirası</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786054377121</t>
+          <t>9789944485401</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5’ler Başları Belada</t>
+          <t>Boleyn Kızı</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>165</v>
+        <v>490</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786054482337</t>
+          <t>9786054377541</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Ada</t>
+          <t>Winx Club - Bloom’un Balosu</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>270</v>
+        <v>60</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789758733200</t>
+          <t>9786050058635</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Acı Öpücük</t>
+          <t>Birdy</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789944485012</t>
+          <t>9786054228157</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Acı Eğitim</t>
+          <t>Bir Saniye Sonra</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786051421742</t>
+          <t>9789944485562</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>44 Sayfalık Eğlenceli Boyama Kitabı - Tweety</t>
+          <t>Bir Modelin Yazı</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>60</v>
+        <v>315</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786051421759</t>
+          <t>9789758733873</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>44 Sayfalık Eğlenceli Boyama Kitabı - Tazmanya Canavarı</t>
+          <t>Bir Milyon Küçük Parça</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>60</v>
+        <v>365</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786051421766</t>
+          <t>9786054560738</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>44 Sayfalık Eğlenceli Boyama Kitabı - Daffy Duck</t>
+          <t>Bir Alışverişkoliğin İtirafları</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>60</v>
+        <v>245</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789944485548</t>
+          <t>9786054377312</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>24 Truva Atı Bir Jack Bauer Romanı</t>
+          <t>Beyaz Kraliçe</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786053045632</t>
+          <t>9786054228966</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Bambi (Tam Metin)</t>
+          <t>Benzerlik</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786053040392</t>
+          <t>9786050058116</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Baby Looney Tunes: Bebek Tweety</t>
+          <t>Beni Hatırladın mı?</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>60</v>
+        <v>290</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786053046790</t>
+          <t>9786051422411</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Küçük Örnek Kızlar (Tam Metin)</t>
+          <t>Ben Ölmeden Önce</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>185</v>
+        <v>305</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786051423081</t>
+          <t>9786054377633</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Marley ve Yılbaşı</t>
+          <t>Believix’in Gücü (Ciltli)</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>60</v>
+        <v>145</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786051421636</t>
+          <t>9786051422428</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Tazmanya Canavarı</t>
+          <t>Bay Kokuşuk (Ciltli)</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>60</v>
+        <v>170</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789758733583</t>
+          <t>9786050058383</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Zindan Adası</t>
+          <t>Başkanın Emriyle</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>245</v>
+        <v>540</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786054560189</t>
+          <t>9786050058802</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Zarafet (Ciltli)</t>
+          <t>Başka Bir Aşkın Hikayesi</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>235</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786054560073</t>
+          <t>9789758733019</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Zarafet</t>
+          <t>Bartuc’un Mirası Diablo 1. Kitap</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>49.9</v>
+        <v>240</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786054560356</t>
+          <t>9786054482733</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Efendisi Hugo Cabret ve Buluşu (Ciltli)</t>
+          <t>Bağlanma Korkusu</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>390</v>
+        <v>285</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786050058246</t>
+          <t>9786050058215</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Topuklarla Nasıl Yürüycem?</t>
+          <t>Ayışığında Aşk</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786054228454</t>
+          <t>9786054377626</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Yirmiler Kızı</t>
+          <t>Ay Çiçekleri (Ciltli)</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>335</v>
+        <v>165</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789758733385</t>
+          <t>9789758733071</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Parşömeni Ejderha Prens 2. Kitap</t>
+          <t>Aurian Güç Kalıtları 1.Kitap</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>435</v>
+        <v>445</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789944485937</t>
+          <t>9786054377398</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Suşi</t>
+          <t>Atlantis Yükseliyor</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>315</v>
+        <v>240</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786054482443</t>
+          <t>9786054228096</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Yavaş Yavaş</t>
+          <t>Aştım Seni</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>60</v>
+        <v>280</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786054228317</t>
+          <t>9789758733712</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Yarın Yokum</t>
+          <t>Aşkı Bana Sor</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>335</v>
+        <v>280</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786054560790</t>
+          <t>9789758733804</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Yarın Biri Ölecek</t>
+          <t>Aşka İnanınca</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>305</v>
+        <v>260</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789758733651</t>
+          <t>9789944485210</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Yanmış Kurban</t>
+          <t>Aşk Yolunu Bulur</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789758733255</t>
+          <t>9789944485258</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Yaban Diyarlardaki Yabancı</t>
+          <t>Aşk Şatosu</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>450</v>
+        <v>115</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786051422206</t>
+          <t>9786054228485</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Winx Club Magic - Uyumun Anahtarı</t>
+          <t>Aşk Oyunları Klavuzu</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>60</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786051422190</t>
+          <t>9789944485708</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Winx Club Magic - Moda Kariyeri</t>
+          <t>Aşk Oyunları Kılavuzu</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786051422176</t>
+          <t>9789944485685</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Winx Club Magic - Gümüş Ay’ın Sihri (Ciltli)</t>
+          <t>Aşk Kapıda Gözüktü</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>60</v>
+        <v>115</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786051422183</t>
+          <t>9789944485081</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Winx Club Magic - Doğanın Sihri</t>
+          <t>Aşk İşareti</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786051422169</t>
+          <t>9789758733576</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Winx Club Magic - Arkadaşlığın Sihri</t>
+          <t>Aşk Dilimin Ucunda</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786051422077</t>
+          <t>9789944485289</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Winx Club Family - Eve Dönüş</t>
+          <t>Aşk Daima Kazanır</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>60</v>
+        <v>135</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786051422107</t>
+          <t>9786054560721</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Winx Club Family - Ailede Huzur</t>
+          <t>Aşk Baharı Beklemez</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>60</v>
+        <v>235</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786054377800</t>
+          <t>9786050058925</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - 3D Sihirli Macera</t>
+          <t>Aşık ve Gururlu</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>235</v>
+        <v>245</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786054377688</t>
+          <t>9786054228195</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - 3D Sihirli Macera</t>
+          <t>Asi Melekler</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>49.9</v>
+        <v>385</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786054560288</t>
+          <t>9786054482931</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Zarafet Dersleri</t>
+          <t>Asi - 2</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>60</v>
+        <v>325</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786051422091</t>
+          <t>9786054377657</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Sihirli Kız Kardeşler</t>
+          <t>Asi</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>60</v>
+        <v>290</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786054377664</t>
+          <t>9786050058048</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Bloom’un Sihirli Tayı (Ciltli)</t>
+          <t>Artık Canı Çekmiyor</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786051420431</t>
+          <t>9789758733217</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Vedaya Zaman Yok</t>
+          <t>Artemis Fowl Sonsuzluk Şifresi</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786054560318</t>
+          <t>9786050058451</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Eski Dostlar</t>
+          <t>Amma Hoş Adam</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>60</v>
+        <v>465</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786051420417</t>
+          <t>9786054482863</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Veba (Ciltli)</t>
+          <t>Altın Cariye Safiye</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>370</v>
+        <v>505</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786054560301</t>
+          <t>9789758733170</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Dostluk Bir Sihirdir</t>
+          <t>Althalus’un Dönüşümü</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>60</v>
+        <v>420</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786054560332</t>
+          <t>9786050058680</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Çalınmış Sırlar</t>
+          <t>Alışverişkolik ve Evlilik</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>60</v>
+        <v>310</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786054560325</t>
+          <t>9789944485517</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Kalp Asla Yalan Söylemez</t>
+          <t>Alışverişkolik ve Bebeği</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>60</v>
+        <v>490</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786051424064</t>
+          <t>9789944485845</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Böcek Hanım Çiftlikte (Ciltli)</t>
+          <t>Alışverişkolik ve Ablası</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>49.9</v>
+        <v>280</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786051422084</t>
+          <t>9786054228515</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Peri Kalbi</t>
+          <t>Albia</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786054560295</t>
+          <t>9786054482313</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Kalbin Renkleri</t>
+          <t>Afacan 5’ler Gizem Peşinde</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>60</v>
+        <v>165</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786051421421</t>
+          <t>9786050058024</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Looney Tunes Hikaye Koleksiyonu</t>
+          <t>Afacan 5’ler Define Adasında</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786054377572</t>
+          <t>9786054377121</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Miusa’nın Şarkısı</t>
+          <t>Afacan 5’ler Başları Belada</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>60</v>
+        <v>165</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786054377596</t>
+          <t>9786054482337</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Layla’nın Randevusu</t>
+          <t>Ada</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>60</v>
+        <v>270</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786054482382</t>
+          <t>9789758733200</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Hürrem Sultan</t>
+          <t>Acı Öpücük</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>335</v>
+        <v>265</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789944485807</t>
+          <t>9789944485012</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Hırsızlar Şehri</t>
+          <t>Acı Eğitim</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>335</v>
+        <v>260</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789758733026</t>
+          <t>9786051421742</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Hırsızın Kumarı Einarinn’in Birinci Öyküsü</t>
+          <t>44 Sayfalık Eğlenceli Boyama Kitabı - Tweety</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>315</v>
+        <v>60</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786054377930</t>
+          <t>9786051421759</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Harem Kızı</t>
+          <t>44 Sayfalık Eğlenceli Boyama Kitabı - Tazmanya Canavarı</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>230</v>
+        <v>60</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789944485579</t>
+          <t>9786051421766</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Haçın Şifresi</t>
+          <t>44 Sayfalık Eğlenceli Boyama Kitabı - Daffy Duck</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>365</v>
+        <v>60</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789944485333</t>
+          <t>9789944485548</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Haberci</t>
+          <t>24 Truva Atı Bir Jack Bauer Romanı</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789944485166</t>
+          <t>9786053045632</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Güney’in Dulu</t>
+          <t>Bambi (Tam Metin)</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>340</v>
+        <v>170</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786051422459</t>
+          <t>9786053040392</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Güller ve Dikenler (Ciltli)</t>
+          <t>Baby Looney Tunes: Bebek Tweety</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789944485319</t>
+          <t>9786053046790</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızlar</t>
+          <t>Küçük Örnek Kızlar (Tam Metin)</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>130</v>
+        <v>185</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786054377473</t>
+          <t>9786051423081</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Gökteki En Parlak Yıldız</t>
+          <t>Marley ve Yılbaşı</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>410</v>
+        <v>60</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789758733194</t>
+          <t>9786051421636</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Gölge Krallığı - Diablo 3. Kitap</t>
+          <t>Tazmanya Canavarı</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>245</v>
+        <v>60</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786054482672</t>
+          <t>9789758733583</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Gladyatör</t>
+          <t>Zindan Adası</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>315</v>
+        <v>245</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786054377732</t>
+          <t>9786054560189</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yediler ve Havai Fişekler</t>
+          <t>Zarafet (Ciltli)</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>115</v>
+        <v>235</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786050058277</t>
+          <t>9786054560073</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yediler Macerası</t>
+          <t>Zarafet</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>105</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786054228102</t>
+          <t>9786054560356</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Gece Nöbeti</t>
+          <t>Zamanın Efendisi Hugo Cabret ve Buluşu (Ciltli)</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786054482696</t>
+          <t>9786050058246</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Gece Masalları (Ciltli)</t>
+          <t>Yüksek Topuklarla Nasıl Yürüycem?</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786054560165</t>
+          <t>9786054228454</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Funny Pop Pop Pixe 2: Büyük Büyü</t>
+          <t>Yirmiler Kızı</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>60</v>
+        <v>335</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786054377565</t>
+          <t>9789758733385</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Flora’nın Sihri - Winx Club</t>
+          <t>Yıldız Parşömeni Ejderha Prens 2. Kitap</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>60</v>
+        <v>435</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789944485852</t>
+          <t>9789944485937</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Fıstıklar Takımı</t>
+          <t>Yeni Başlayanlar İçin Suşi</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>170</v>
+        <v>315</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789944485722</t>
+          <t>9786054482443</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Evliliğin Yeni Kuralları</t>
+          <t>Yavaş Yavaş</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>225</v>
+        <v>60</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786051422473</t>
+          <t>9786054228317</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Erkekleri Kullanma Kılavuzu</t>
+          <t>Yarın Yokum</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>134.9</v>
+        <v>335</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9789944485357</t>
+          <t>9786054560790</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Erkekleri Kullanma Kılavuzu</t>
+          <t>Yarın Biri Ölecek</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>135</v>
+        <v>305</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789944485760</t>
+          <t>9789758733651</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Neden Bazı Kadınlarla Evlenir?</t>
+          <t>Yanmış Kurban</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>145</v>
+        <v>320</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786054228621</t>
+          <t>9789758733255</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yediler Başarıyor</t>
+          <t>Yaban Diyarlardaki Yabancı</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>105</v>
+        <v>450</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786054377749</t>
+          <t>9786051422206</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yediler Eski Dostlarımız</t>
+          <t>Winx Club Magic - Uyumun Anahtarı</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>105</v>
+        <v>60</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786051422848</t>
+          <t>9786051422190</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo İçin İpucu!</t>
+          <t>Winx Club Magic - Moda Kariyeri</t>
         </is>
       </c>
       <c r="C751" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789944485647</t>
+          <t>9786051422176</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Şeytan FoX</t>
+          <t>Winx Club Magic - Gümüş Ay’ın Sihri (Ciltli)</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>305</v>
+        <v>60</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786051420448</t>
+          <t>9786051422183</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Suskunlar</t>
+          <t>Winx Club Magic - Doğanın Sihri</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>270</v>
+        <v>60</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786054228829</t>
+          <t>9786051422169</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Asla - Supernatural</t>
+          <t>Winx Club Magic - Arkadaşlığın Sihri</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>190</v>
+        <v>60</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789944485302</t>
+          <t>9786051422077</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Sosyetik Dullar</t>
+          <t>Winx Club Family - Eve Dönüş</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786050058505</t>
+          <t>9786051422107</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Son Papa</t>
+          <t>Winx Club Family - Ailede Huzur</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786054377886</t>
+          <t>9786054377800</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Son Cariye</t>
+          <t>Winx Club - 3D Sihirli Macera</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>385</v>
+        <v>235</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789758733286</t>
+          <t>9786054377688</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Warcraft - Son Bekçi</t>
+          <t>Winx Club - 3D Sihirli Macera</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>170</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789758733262</t>
+          <t>9786054560288</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Korku</t>
+          <t>Winx Club - Zarafet Dersleri</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>275</v>
+        <v>60</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789758733095</t>
+          <t>9786051422091</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Siyah Yol Diablo 2. Kitap</t>
+          <t>Winx Club - Sihirli Kız Kardeşler</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>265</v>
+        <v>60</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786050058192</t>
+          <t>9786054377664</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Siyah Adam</t>
+          <t>Winx Club - Bloom’un Sihirli Tayı (Ciltli)</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786051421223</t>
+          <t>9786051420431</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Sit Nene’nin Masalları (Ciltli)</t>
+          <t>Vedaya Zaman Yok</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786054377411</t>
+          <t>9786054560318</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Sinyora da Vinci</t>
+          <t>Winx Club - Eski Dostlar</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>310</v>
+        <v>60</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786054482108</t>
+          <t>9786051420417</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Balerin 2 - Defne ve Sihirli Kelimeler</t>
+          <t>Veba (Ciltli)</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>70</v>
+        <v>370</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789944485623</t>
+          <t>9786054560301</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Kahramanlar</t>
+          <t>Winx Club - Dostluk Bir Sihirdir</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>315</v>
+        <v>60</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786054377404</t>
+          <t>9786054560332</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Sır Tutabilir misin?</t>
+          <t>Winx Club - Çalınmış Sırlar</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>290</v>
+        <v>60</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786050058130</t>
+          <t>9786054560325</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Sex And The City</t>
+          <t>Winx Club - Kalp Asla Yalan Söylemez</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789944485227</t>
+          <t>9786051424064</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Sevgili John</t>
+          <t>Böcek Hanım Çiftlikte (Ciltli)</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>225</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786054482146</t>
+          <t>9786051422084</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Balerin 6 - Defne ve Doğumgünü Gösterisi</t>
+          <t>Winx Club - Peri Kalbi</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786050058499</t>
+          <t>9786054560295</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Fırtınası</t>
+          <t>Winx Club - Kalbin Renkleri</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>145</v>
+        <v>60</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789944485067</t>
+          <t>9786051421421</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin S’si</t>
+          <t>Looney Tunes Hikaye Koleksiyonu</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786054228393</t>
+          <t>9786054377572</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Senden Başka Yok</t>
+          <t>Winx Club - Miusa’nın Şarkısı</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>134.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786050058086</t>
+          <t>9786054377596</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Sen Yeter ki İste</t>
+          <t>Winx Club - Layla’nın Randevusu</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>280</v>
+        <v>60</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786051422756</t>
+          <t>9786054482382</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Selindrella Acilen Evlenmem Lazım</t>
+          <t>Hürrem Sultan</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>134.9</v>
+        <v>335</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789758733538</t>
+          <t>9789944485807</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Savaşçının Sadakati Einarinn’in Dördüncü Öyküsü</t>
+          <t>Hırsızlar Şehri</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>395</v>
+        <v>335</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786050058758</t>
+          <t>9789758733026</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Kediler: Vahşi Doğa</t>
+          <t>Hırsızın Kumarı Einarinn’in Birinci Öyküsü</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>195</v>
+        <v>315</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789758733880</t>
+          <t>9786054377930</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Saklı Cennet Bir Cinayetin Gerçek Hikayesi</t>
+          <t>Harem Kızı</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>335</v>
+        <v>230</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786054377015</t>
+          <t>9789944485579</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Saklı Bahçe</t>
+          <t>Haçın Şifresi</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>425</v>
+        <v>365</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786054482122</t>
+          <t>9789944485333</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Balerin 4 - Defne ve Cam Ayakkabılar</t>
+          <t>Haberci</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>70</v>
+        <v>280</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789758733132</t>
+          <t>9789944485166</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarların Harpı Güç Kalıtları 2. Kitap</t>
+          <t>Güney’in Dulu</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786054560370</t>
+          <t>9786051422459</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Rüya Sokağı 31</t>
+          <t>Güller ve Dikenler (Ciltli)</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786050058079</t>
+          <t>9789944485319</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Riverton Malikanesi</t>
+          <t>Gökteki Yıldızlar</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>305</v>
+        <v>130</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789758733552</t>
+          <t>9786054377473</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Raydan Çıkanlar</t>
+          <t>Gökteki En Parlak Yıldız</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>245</v>
+        <v>410</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786054560103</t>
+          <t>9789758733194</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Poppixie Yeşil Saldırı</t>
+          <t>Gölge Krallığı - Diablo 3. Kitap</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>60</v>
+        <v>245</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786054560172</t>
+          <t>9786054482672</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Poppixie Sırlar Ormanı</t>
+          <t>Gladyatör</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>85</v>
+        <v>315</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786054560134</t>
+          <t>9786054377732</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Poppixie Pixie Kampı</t>
+          <t>Gizli Yediler ve Havai Fişekler</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>60</v>
+        <v>115</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786054560127</t>
+          <t>9786050058277</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Poppixie Lockette’in Sırrı</t>
+          <t>Gizli Yediler Macerası</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>60</v>
+        <v>105</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786054560141</t>
+          <t>9786054228102</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Poppixie Dev Örümceklerin İstilası</t>
+          <t>Gece Nöbeti</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>60</v>
+        <v>330</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786054560110</t>
+          <t>9786054482696</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Poppixie Çılgın Hava</t>
+          <t>Gece Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786054560097</t>
+          <t>9786054560165</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Poppixie Balık Pixie</t>
+          <t>Funny Pop Pop Pixe 2: Büyük Büyü</t>
         </is>
       </c>
       <c r="C790" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786050058833</t>
+          <t>9786054377565</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Pasaklı Tanrıça</t>
+          <t>Flora’nın Sihri - Winx Club</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>134.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789944485005</t>
+          <t>9789944485852</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Pasaklı Tanrıça</t>
+          <t>Fıstıklar Takımı</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786054560196</t>
+          <t>9789944485722</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Pargalı ve Hatice</t>
+          <t>Evliliğin Yeni Kuralları</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>505</v>
+        <v>225</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786050058765</t>
+          <t>9786051422473</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Pandora’nın Kızı</t>
+          <t>Erkekleri Kullanma Kılavuzu</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>270</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786054482351</t>
+          <t>9789944485357</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Yüzü</t>
+          <t>Erkekleri Kullanma Kılavuzu</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>370</v>
+        <v>135</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789758733866</t>
+          <t>9789944485760</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Pozisyon</t>
+          <t>Erkekler Neden Bazı Kadınlarla Evlenir?</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>240</v>
+        <v>145</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786054228997</t>
+          <t>9786054228621</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Öteki Kraliçe</t>
+          <t>Gizli Yediler Başarıyor</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>360</v>
+        <v>105</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789944485432</t>
+          <t>9786054377749</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz ve Bekar</t>
+          <t>Gizli Yediler Eski Dostlarımız</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>200</v>
+        <v>105</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9789758733514</t>
+          <t>9786051422848</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Dansı Bir Anita Blake Vampir Avcısı Romanı</t>
+          <t>Scooby-Doo İçin İpucu!</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>305</v>
+        <v>60</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786051420967</t>
+          <t>9789944485647</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Öldüren Sırlar</t>
+          <t>Şeytan FoX</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>300</v>
+        <v>305</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789758733767</t>
+          <t>9786051420448</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Öfke</t>
+          <t>Suskunlar</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>305</v>
+        <v>270</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789944485876</t>
+          <t>9786054228829</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Orta Yaşlı Kadının İntikamı</t>
+          <t>Bir Daha Asla - Supernatural</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786054377619</t>
+          <t>9789944485302</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Müzik (Ciltli)</t>
+          <t>Sosyetik Dullar</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>145</v>
+        <v>170</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786053046202</t>
+          <t>9786050058505</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Sihirli Dünya Rehberi</t>
+          <t>Son Papa</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>95</v>
+        <v>220</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786053042365</t>
+          <t>9786054377886</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Peri Maceraları</t>
+          <t>Son Cariye</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>49.9</v>
+        <v>385</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786053042372</t>
+          <t>9789758733286</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Tynix Gücü</t>
+          <t>Warcraft - Son Bekçi</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>49.9</v>
+        <v>170</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786053042327</t>
+          <t>9789758733262</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Alfea Parkı’nın Harikaları - Winx Club (Ciltli)</t>
+          <t>Soğuk Korku</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>49.9</v>
+        <v>275</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786053041351</t>
+          <t>9789758733095</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Muhteşemlik Efsaneleri - Kung Fu Panda</t>
+          <t>Siyah Yol Diablo 2. Kitap</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>49.9</v>
+        <v>265</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786053041320</t>
+          <t>9786050058192</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Muhteşemlik Efsaneleri - Kung Fu Panda</t>
+          <t>Siyah Adam</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>49.9</v>
+        <v>500</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786053041528</t>
+          <t>9786051421223</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı - Kung Fu Panda</t>
+          <t>Sit Nene’nin Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786051425870</t>
+          <t>9786054377411</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Tom ve Jerry Eğlenceli Boyama ve Aktivite Kitabı</t>
+          <t>Sinyora da Vinci</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>60</v>
+        <v>310</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786051420929</t>
+          <t>9786054482108</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Numaran Bende Var</t>
+          <t>Sihirli Balerin 2 - Defne ve Sihirli Kelimeler</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>275</v>
+        <v>70</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786054228560</t>
+          <t>9789944485623</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Nostradamus Kehanetleri</t>
+          <t>Sıradan Kahramanlar</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>300</v>
+        <v>315</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786051420493</t>
+          <t>9786054377404</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Nehirlerin Kadını</t>
+          <t>Sır Tutabilir misin?</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>365</v>
+        <v>290</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789758733941</t>
+          <t>9786050058130</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Nefret Tohumu</t>
+          <t>Sex And The City</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>385</v>
+        <v>220</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786054377299</t>
+          <t>9789944485227</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Nefes</t>
+          <t>Sevgili John</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789758733729</t>
+          <t>9786054482146</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Nefertiti’nin Gözleri Nil’de Fırtınalar</t>
+          <t>Sihirli Balerin 6 - Defne ve Doğumgünü Gösterisi</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>280</v>
+        <v>70</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786050058666</t>
+          <t>9786050058499</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Nana</t>
+          <t>Sevgi Fırtınası</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>355</v>
+        <v>145</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786054228201</t>
+          <t>9789944485067</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Moskof Cariye Hürrem - Osmanlı Hanedanı 1. Kitap</t>
+          <t>Sessizliğin S’si</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>490</v>
+        <v>275</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789944485715</t>
+          <t>9786054228393</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Model Yatakhanesinin Sırları</t>
+          <t>Senden Başka Yok</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>195</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786054377985</t>
+          <t>9786050058086</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Moda Kitabı 2 - Moda ve Sihir (Ciltli)</t>
+          <t>Sen Yeter ki İste</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>115</v>
+        <v>280</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786054482498</t>
+          <t>9786051422756</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Minik Hayalet İş Başında!</t>
+          <t>Selindrella Acilen Evlenmem Lazım</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>60</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786054482214</t>
+          <t>9789758733538</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Mini Alışverişkolik</t>
+          <t>Savaşçının Sadakati Einarinn’in Dördüncü Öyküsü</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>320</v>
+        <v>395</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786054228973</t>
+          <t>9786050058758</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Mezarla Randevu</t>
+          <t>Savaşçı Kediler: Vahşi Doğa</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>290</v>
+        <v>195</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786051420486</t>
+          <t>9789758733880</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Kanı</t>
+          <t>Saklı Cennet Bir Cinayetin Gerçek Hikayesi</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>305</v>
+        <v>335</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789758733101</t>
+          <t>9786054377015</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>MEG Derinliklerdeki Dehşetin Romanı</t>
+          <t>Saklı Bahçe</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786051420769</t>
+          <t>9786054482122</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Mayanın Günlüğü - İşte Benim Ailem (El Yazısı Öğreniyorum)</t>
+          <t>Sihirli Balerin 4 - Defne ve Cam Ayakkabılar</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786051420745</t>
+          <t>9789758733132</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Mayanın Günlüğü - Haydi Tanışalım (El Yazısı)</t>
+          <t>Rüzgarların Harpı Güç Kalıtları 2. Kitap</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786054482634</t>
+          <t>9786054560370</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Max Flash - Görev 5</t>
+          <t>Rüya Sokağı 31</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789944485425</t>
+          <t>9786050058079</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Marie Antoinette’in Gizli Günlüğü</t>
+          <t>Riverton Malikanesi</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>240</v>
+        <v>305</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789758733279</t>
+          <t>9789758733552</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Mariana Çukuru</t>
+          <t>Raydan Çıkanlar</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786054228010</t>
+          <t>9786054560103</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Mahkum Prenses</t>
+          <t>Poppixie Yeşil Saldırı</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>365</v>
+        <v>60</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789758733040</t>
+          <t>9786054560172</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Mağara Ayısı Klanı Yeryüzü Çocukları 1</t>
+          <t>Poppixie Sırlar Ormanı</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>365</v>
+        <v>85</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786051422510</t>
+          <t>9786054560134</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Kütüphaneci</t>
+          <t>Poppixie Pixie Kampı</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>215</v>
+        <v>60</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786054228645</t>
+          <t>9786054560127</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Oyuncaklar İkinci Kitap: Küller Şehri</t>
+          <t>Poppixie Lockette’in Sırrı</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>315</v>
+        <v>60</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786054482481</t>
+          <t>9786054560141</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşan Ne Duydu</t>
+          <t>Poppixie Dev Örümceklerin İstilası</t>
         </is>
       </c>
       <c r="C836" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786054482948</t>
+          <t>9786054560110</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kızlar</t>
+          <t>Poppixie Çılgın Hava</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>335</v>
+        <v>60</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786051422268</t>
+          <t>9786054560097</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Kimya</t>
+          <t>Poppixie Balık Pixie</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>260</v>
+        <v>60</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789944485135</t>
+          <t>9786050058833</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Kabus</t>
+          <t>Pasaklı Tanrıça</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>235</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786050058178</t>
+          <t>9789944485005</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Annenin El Kitabı</t>
+          <t>Pasaklı Tanrıça</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789758733484</t>
+          <t>9786054560196</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Kumarbazın Şansı Einarinn’in Üçüncü Öyküsü</t>
+          <t>Pargalı ve Hatice</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>355</v>
+        <v>505</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786051422701</t>
+          <t>9786050058765</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Kraliçenin Bileziği - Şans Avcıları 1</t>
+          <t>Pandora’nın Kızı</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>60</v>
+        <v>270</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789758733705</t>
+          <t>9786054482351</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Kodeks</t>
+          <t>Ölümün Yüzü</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>305</v>
+        <v>370</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786050058307</t>
+          <t>9789758733866</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Kocalar</t>
+          <t>Pozisyon</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789944485838</t>
+          <t>9786054228997</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Kraliçenin Soytarısı</t>
+          <t>Öteki Kraliçe</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>415</v>
+        <v>360</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786050058819</t>
+          <t>9789944485432</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Nişanlı</t>
+          <t>Ölümsüz ve Bekar</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>134.9</v>
+        <v>200</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789944485234</t>
+          <t>9789758733514</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Nişanlı</t>
+          <t>Ölüm Dansı Bir Anita Blake Vampir Avcısı Romanı</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>250</v>
+        <v>305</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786054482917</t>
+          <t>9786051420967</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Kızlarımın Bilmesini İstediğim Şeyler</t>
+          <t>Öldüren Sırlar</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789944485913</t>
+          <t>9789758733767</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Kızımı Kurtarın</t>
+          <t>Öfke</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>300</v>
+        <v>305</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786054482580</t>
+          <t>9789944485876</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kraliçe</t>
+          <t>Orta Yaşlı Kadının İntikamı</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>285</v>
+        <v>225</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786054560400</t>
+          <t>9786054377619</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Damla</t>
+          <t>Sihirli Müzik (Ciltli)</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>280</v>
+        <v>145</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786054377428</t>
+          <t>9786053046202</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Kıskançlık</t>
+          <t>Winx Club - Sihirli Dünya Rehberi</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>255</v>
+        <v>95</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789758733743</t>
+          <t>9786053042365</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>King Kong</t>
+          <t>Winx Club - Peri Maceraları</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>175</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786054377862</t>
+          <t>9786053042372</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Keskin Şeyler</t>
+          <t>Winx Club - Tynix Gücü</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>220</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786050058598</t>
+          <t>9786053042327</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Kemikten Küle</t>
+          <t>Alfea Parkı’nın Harikaları - Winx Club (Ciltli)</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>275</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789758733545</t>
+          <t>9786053041351</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Kemikten Dağ</t>
+          <t>Muhteşemlik Efsaneleri - Kung Fu Panda</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>400</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786054560714</t>
+          <t>9786053041320</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Çayırı 6 - Işıltı ve Çalışkan Arı</t>
+          <t>Muhteşemlik Efsaneleri - Kung Fu Panda</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>60</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786051420950</t>
+          <t>9786053041528</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Oyuncaklar Beşinci Kitap: Kayıp Ruhlar Şehri</t>
+          <t>Boyama Kitabı - Kung Fu Panda</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>380</v>
+        <v>60</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786054377893</t>
+          <t>9786051425870</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Kaybedecek Bir Şey Yok</t>
+          <t>Tom ve Jerry Eğlenceli Boyama ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>310</v>
+        <v>60</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789944485340</t>
+          <t>9786051420929</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Tapınak Şövalyelerinin Ruhu Haçlı Seferleri Döneminde Komplo, Tutku, Siyaset ve Savaş</t>
+          <t>Numaran Bende Var</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>440</v>
+        <v>275</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786054560516</t>
+          <t>9786054228560</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Kaplan, Kaplan</t>
+          <t>Nostradamus Kehanetleri</t>
         </is>
       </c>
       <c r="C861" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789758733460</t>
+          <t>9786051420493</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Kemikler Bir Anita Blake Vampir Avcısı Romanı</t>
+          <t>Nehirlerin Kadını</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>295</v>
+        <v>365</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786054482344</t>
+          <t>9789758733941</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Tek Sahibi</t>
+          <t>Nefret Tohumu</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>310</v>
+        <v>385</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789758733309</t>
+          <t>9786054377299</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Kafatası Mantrası</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>315</v>
+        <v>200</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786051422466</t>
+          <t>9789758733729</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Kadınları Kullanma Kılavuzu</t>
+          <t>Nefertiti’nin Gözleri Nil’de Fırtınalar</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>134.9</v>
+        <v>280</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789944485364</t>
+          <t>9786050058666</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Kadınları Kullanma Kılavuzu</t>
+          <t>Nana</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>250</v>
+        <v>355</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786050058314</t>
+          <t>9786054228201</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Kadın Tamir Servisi</t>
+          <t>Moskof Cariye Hürrem - Osmanlı Hanedanı 1. Kitap</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>160</v>
+        <v>490</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786054482405</t>
+          <t>9789944485715</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Kaç Uyku Sonra</t>
+          <t>Model Yatakhanesinin Sırları</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>60</v>
+        <v>195</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786054482566</t>
+          <t>9786054377985</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Judy Moody Ünlü Oluyor</t>
+          <t>Moda Kitabı 2 - Moda ve Sihir (Ciltli)</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786054482528</t>
+          <t>9786054482498</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Judy Moody Üniversiteye Gidiyor</t>
+          <t>Minik Hayalet İş Başında!</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>105</v>
+        <v>60</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786054482542</t>
+          <t>9786054482214</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Judy Moody Geliyor</t>
+          <t>Mini Alışverişkolik</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>115</v>
+        <v>320</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786054482573</t>
+          <t>9786054228973</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Judy Moody Geleceği Görüyor</t>
+          <t>Mezarla Randevu</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786054482559</t>
+          <t>9786051420486</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Judy Moody Dünyayı Kurtarıyor</t>
+          <t>Meleklerin Kanı</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>115</v>
+        <v>305</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786054482504</t>
+          <t>9789758733101</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Judy Moody Doktor Oluyor</t>
+          <t>MEG Derinliklerdeki Dehşetin Romanı</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>115</v>
+        <v>175</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786054482535</t>
+          <t>9786051420769</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Judy Moody Dedektif Oluyor</t>
+          <t>Mayanın Günlüğü - İşte Benim Ailem (El Yazısı Öğreniyorum)</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786054482511</t>
+          <t>9786051420745</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Judy Moody 8,5 Günde Dünyayı Dolaşıyor No: 6</t>
+          <t>Mayanın Günlüğü - Haydi Tanışalım (El Yazısı)</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786051420981</t>
+          <t>9786054482634</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>İnci’nin Maceraları</t>
+          <t>Max Flash - Görev 5</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786054377992</t>
+          <t>9789944485425</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - İnciler (Ciltli)</t>
+          <t>Marie Antoinette’in Gizli Günlüğü</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>60</v>
+        <v>240</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789758733958</t>
+          <t>9789758733279</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>İlk Bakışta Aşk</t>
+          <t>Mariana Çukuru</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789944485470</t>
+          <t>9786054228010</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>İntikam Fırtınası</t>
+          <t>Mahkum Prenses</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>390</v>
+        <v>365</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786053045847</t>
+          <t>9789758733040</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Bir Çapkının Evlenme Teklifi</t>
+          <t>Mağara Ayısı Klanı Yeryüzü Çocukları 1</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>280</v>
+        <v>365</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789944485197</t>
+          <t>9786051422510</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Vasiyet Lara Üçlemesi 1</t>
+          <t>Kütüphaneci</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>365</v>
+        <v>215</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786054228300</t>
+          <t>9786054228645</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Vampir Günlükleri Uyanış ve Savaş (Ciltli)</t>
+          <t>Ölümsüz Oyuncaklar İkinci Kitap: Küller Şehri</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>385</v>
+        <v>315</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786054228935</t>
+          <t>9786054482481</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Vampir Günlükleri - Uyanış ve Savaş Vol: 1</t>
+          <t>Küçük Tavşan Ne Duydu</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>315</v>
+        <v>60</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786054560486</t>
+          <t>9786054482948</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Vampir Günlükleri - Stefan Günlükleri Vol: 1 - Kökler</t>
+          <t>Kutsal Kızlar</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>150</v>
+        <v>335</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786054482184</t>
+          <t>9786051422268</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Uzak Saatler</t>
+          <t>Kusursuz Kimya</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789944485159</t>
+          <t>9789944485135</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Uzak Diyarlarda Aşk</t>
+          <t>Kusursuz Kabus</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>120</v>
+        <v>235</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786051420646</t>
+          <t>9786050058178</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuz</t>
+          <t>Kusursuz Annenin El Kitabı</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>305</v>
+        <v>280</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786054482689</t>
+          <t>9789758733484</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Uykudan Önce Masalları (Ciltli)</t>
+          <t>Kumarbazın Şansı Einarinn’in Üçüncü Öyküsü</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>100</v>
+        <v>355</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786054482450</t>
+          <t>9786051422701</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Uykudan Önce</t>
+          <t>Kraliçenin Bileziği - Şans Avcıları 1</t>
         </is>
       </c>
       <c r="C890" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786050058789</t>
+          <t>9789758733705</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Kodeks</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>235</v>
+        <v>305</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786051421124</t>
+          <t>9786050058307</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Uyku</t>
+          <t>Kocalar</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>60</v>
+        <v>325</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786054228126</t>
+          <t>9789944485838</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Ustaparmak</t>
+          <t>Kraliçenin Soytarısı</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>365</v>
+        <v>415</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786051422152</t>
+          <t>9786050058819</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Lejyon</t>
+          <t>Kiralık Nişanlı</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>365</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789758733033</t>
+          <t>9789944485234</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Ultima Teknokrat Savaşı 1. Kitap: Entrika</t>
+          <t>Kiralık Nişanlı</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786050058734</t>
+          <t>9786054482917</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Tudor</t>
+          <t>Kızlarımın Bilmesini İstediğim Şeyler</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789944485555</t>
+          <t>9789944485913</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Truvalı Helen</t>
+          <t>Kızımı Kurtarın</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>485</v>
+        <v>300</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786051421384</t>
+          <t>9786054482580</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Tom ve Jerry - Oyun Bitti</t>
+          <t>Kızıl Kraliçe</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>60</v>
+        <v>285</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786051421407</t>
+          <t>9786054560400</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Tom ve Jerry - Müzede Macera</t>
+          <t>Kızıl Damla</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>60</v>
+        <v>280</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786051421315</t>
+          <t>9786054377428</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Tom ve Jerry - Korsanlar Geliyorrr!</t>
+          <t>Kıskançlık</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>60</v>
+        <v>255</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786051421391</t>
+          <t>9789758733743</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Tom ve Jerry - Işık, Kamera, Motor</t>
+          <t>King Kong</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>60</v>
+        <v>175</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789944485821</t>
+          <t>9786054377862</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Terör</t>
+          <t>Keskin Şeyler</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>455</v>
+        <v>220</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786051421339</t>
+          <t>9786050058598</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Tom ve Jerry - Törende Macera</t>
+          <t>Kemikten Küle</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>60</v>
+        <v>275</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789758733606</t>
+          <t>9789758733545</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Terapi Bir Alex Delaware Romanı</t>
+          <t>Kemikten Dağ</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786051422275</t>
+          <t>9786054560714</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Tek Kurşun</t>
+          <t>Kelebek Çayırı 6 - Işıltı ve Çalışkan Arı</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>315</v>
+        <v>60</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786051421353</t>
+          <t>9786051420950</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Tom ve Jerry - Sirkte Macera</t>
+          <t>Ölümcül Oyuncaklar Beşinci Kitap: Kayıp Ruhlar Şehri</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>60</v>
+        <v>380</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789944485661</t>
+          <t>9786054377893</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Terk Etme Oyunları Kılavuzu</t>
+          <t>Kaybedecek Bir Şey Yok</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>135</v>
+        <v>310</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789758733989</t>
+          <t>9789944485340</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Truva Gümüş Yayın Efendisi</t>
+          <t>Kardeşlik Tapınak Şövalyelerinin Ruhu Haçlı Seferleri Döneminde Komplo, Tutku, Siyaset ve Savaş</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786051421322</t>
+          <t>9786054560516</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Tom ve Jerry - Evde Macera</t>
+          <t>Kaplan, Kaplan</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786051421346</t>
+          <t>9789758733460</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Tom ve Jerry - Çölde Macera</t>
+          <t>Kanlı Kemikler Bir Anita Blake Vampir Avcısı Romanı</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>60</v>
+        <v>295</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786051421360</t>
+          <t>9786054482344</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Tom ve Jerry - Yarış Başlıyor</t>
+          <t>Kalbimin Tek Sahibi</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>60</v>
+        <v>310</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786051421377</t>
+          <t>9789758733309</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Tom ve Jerry - Trende Macera</t>
+          <t>Kafatası Mantrası</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>60</v>
+        <v>315</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789944485883</t>
+          <t>9786051422466</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Kitap Erkekler İçin</t>
+          <t>Kadınları Kullanma Kılavuzu</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>200</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9789758733149</t>
+          <t>9789944485364</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Teckla Bir Vlad Taltos Macerası</t>
+          <t>Kadınları Kullanma Kılavuzu</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786054377978</t>
+          <t>9786050058314</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Tatil Kitabı (Ciltli)</t>
+          <t>Kadın Tamir Servisi</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789758733415</t>
+          <t>9786054482405</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Taşa Değen Su</t>
+          <t>Kaç Uyku Sonra</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>410</v>
+        <v>60</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786050058055</t>
+          <t>9786054482566</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Kılıcı</t>
+          <t>Judy Moody Ünlü Oluyor</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>315</v>
+        <v>100</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789758733187</t>
+          <t>9786054482528</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Taltos Bir Vlad Taltos Macerası</t>
+          <t>Judy Moody Üniversiteye Gidiyor</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>140</v>
+        <v>105</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786050058031</t>
+          <t>9786054482542</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Tacizin T’si</t>
+          <t>Judy Moody Geliyor</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>310</v>
+        <v>115</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786051420325</t>
+          <t>9786054482573</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Gelini</t>
+          <t>Judy Moody Geleceği Görüyor</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789758733507</t>
+          <t>9786054482559</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Orca Bir Vlad Taltos Macerası</t>
+          <t>Judy Moody Dünyayı Kurtarıyor</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>190</v>
+        <v>115</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786054482474</t>
+          <t>9786054482504</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Oburcuk - Keskin Diş</t>
+          <t>Judy Moody Doktor Oluyor</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>60</v>
+        <v>115</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786054377916</t>
+          <t>9786054482535</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>O Şarkı Sensin</t>
+          <t>Judy Moody Dedektif Oluyor</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>225</v>
+        <v>130</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9789944485142</t>
+          <t>9786054482511</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>O Kız!</t>
+          <t>Judy Moody 8,5 Günde Dünyayı Dolaşıyor No: 6</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786051427911</t>
+          <t>9786051420981</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Scooby - Doo! - Eğlenerek Öğrenelim</t>
+          <t>İnci’nin Maceraları</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786051429069</t>
+          <t>9786054377992</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Scooby - Doo! - Hayalet Fırıncı Dosyası</t>
+          <t>Winx Club - İnciler (Ciltli)</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>49.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786053042440</t>
+          <t>9789758733958</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Winx Modası Şehir Perileri</t>
+          <t>İlk Bakışta Aşk</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>49.9</v>
+        <v>225</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789758733224</t>
+          <t>9789944485470</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Warcraft - Ejderhanın Günü</t>
+          <t>İntikam Fırtınası</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789758733613</t>
+          <t>9786053045847</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bir Vlad Taltos Macerası</t>
+          <t>Bir Çapkının Evlenme Teklifi</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9789758733644</t>
+          <t>9789944485197</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Edepsiz Sarışın</t>
+          <t>Vasiyet Lara Üçlemesi 1</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>385</v>
+        <v>365</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786054482702</t>
+          <t>9786054228300</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Oyuncaklar Serisi Dördüncü Kitap: Düşmüş Melekler Şehri</t>
+          <t>Vampir Günlükleri Uyanış ve Savaş (Ciltli)</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>320</v>
+        <v>385</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786054482023</t>
+          <t>9786054228935</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Dul Kadının Oğlu</t>
+          <t>Vampir Günlükleri - Uyanış ve Savaş Vol: 1</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>335</v>
+        <v>315</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786054228669</t>
+          <t>9786054560486</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Drakula - Ölümsüz</t>
+          <t>Vampir Günlükleri - Stefan Günlükleri Vol: 1 - Kökler</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>335</v>
+        <v>150</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786054228652</t>
+          <t>9786054482184</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Drakula</t>
+          <t>Uzak Saatler</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786054560479</t>
+          <t>9789944485159</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Altı Numaranın Gücü</t>
+          <t>Uzak Diyarlarda Aşk</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>310</v>
+        <v>120</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786050058956</t>
+          <t>9786051420646</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Dört Mevsim</t>
+          <t>Uyumsuz</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>285</v>
+        <v>305</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786054228676</t>
+          <t>9786054482689</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Dört Günlük Bir Aşk</t>
+          <t>Uykudan Önce Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9789944485692</t>
+          <t>9786054482450</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Doğru Erkeği Bulma Kılavuzu</t>
+          <t>Uykudan Önce</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>165</v>
+        <v>60</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786054482061</t>
+          <t>9786050058789</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Koyu 4 - Kanatlı Sürüngenin Uçuşu</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>60</v>
+        <v>235</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9789944485265</t>
+          <t>9786051421124</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Doğuştan Sarışın</t>
+          <t>Uyku</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>135</v>
+        <v>60</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786054482054</t>
+          <t>9786054228126</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Koyu 3 - Zırhlı Canavarın Yürüyüşü</t>
+          <t>Ustaparmak</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>60</v>
+        <v>365</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786054482047</t>
+          <t>9786051422152</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Koyu 2 - Üç Boynuzlu Canavarın Ortaya Çıkışı</t>
+          <t>Unutulmuş Lejyon</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>60</v>
+        <v>365</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786054482030</t>
+          <t>9789758733033</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Koyu 1 - Kertenkele Kralın Saldırısı</t>
+          <t>Ultima Teknokrat Savaşı 1. Kitap: Entrika</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>60</v>
+        <v>240</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789758733453</t>
+          <t>9786050058734</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Dhiammara Güç Kalıtları 4. Kitap</t>
+          <t>Tudor</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>315</v>
+        <v>245</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789944485388</t>
+          <t>9789944485555</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Derin Dondurucu</t>
+          <t>Truvalı Helen</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>350</v>
+        <v>485</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9789758733675</t>
+          <t>9786051421384</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Delirtici Düşlerin Dexter’ı</t>
+          <t>Tom ve Jerry - Oyun Bitti</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>175</v>
+        <v>60</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786050058963</t>
+          <t>9786051421407</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Değerli Dostum Dexter</t>
+          <t>Tom ve Jerry - Müzede Macera</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786050058697</t>
+          <t>9786051421315</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Defter</t>
+          <t>Tom ve Jerry - Korsanlar Geliyorrr!</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>175</v>
+        <v>60</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786051422138</t>
+          <t>9786051421391</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa: Lanetli Krallık (Ciltli)</t>
+          <t>Tom ve Jerry - Işık, Kamera, Motor</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>455</v>
+        <v>60</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786054482153</t>
+          <t>9789944485821</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa : Ölümcül Sarmal (Ciltli)</t>
+          <t>Terör</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>370</v>
+        <v>455</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786054560240</t>
+          <t>9786051421339</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa : Ölüm Getiren (Ciltli)</t>
+          <t>Tom ve Jerry - Törende Macera</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>450</v>
+        <v>60</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9789758733972</t>
+          <t>9789758733606</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Dalga</t>
+          <t>Terapi Bir Alex Delaware Romanı</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>255</v>
+        <v>320</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786054482719</t>
+          <t>9786051422275</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Çok Evli Çok Çocuklu Çok Çaresiz</t>
+          <t>Tek Kurşun</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>230</v>
+        <v>315</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789758733842</t>
+          <t>9786051421353</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Çift Başlı Kartal</t>
+          <t>Tom ve Jerry - Sirkte Macera</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>145</v>
+        <v>60</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786054482924</t>
+          <t>9789944485661</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Cuma Kızı</t>
+          <t>Terk Etme Oyunları Kılavuzu</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>275</v>
+        <v>135</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789944485654</t>
+          <t>9789758733989</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Cinnet</t>
+          <t>Truva Gümüş Yayın Efendisi</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>305</v>
+        <v>340</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789758733521</t>
+          <t>9786051421322</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Büyünün Bedeli Son Hanedan Büyücüsü Üçlemesi 3</t>
+          <t>Tom ve Jerry - Evde Macera</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>275</v>
+        <v>60</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9789758733231</t>
+          <t>9786051421346</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şef: Warcraft 2</t>
+          <t>Tom ve Jerry - Çölde Macera</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786054377602</t>
+          <t>9786051421360</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Denizin Derinlikleri (Ciltli)</t>
+          <t>Tom ve Jerry - Yarış Başlıyor</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>165</v>
+        <v>60</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786054377343</t>
+          <t>9786051421377</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Cadı Ölüsü</t>
+          <t>Tom ve Jerry - Trende Macera</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>260</v>
+        <v>60</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786053045359</t>
+          <t>9789944485883</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları (Ciltli)</t>
+          <t>Tehlikeli Kitap Erkekler İçin</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>740</v>
+        <v>200</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786050058949</t>
+          <t>9789758733149</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5'ler Karavanla Tatilde 5. Kitap</t>
+          <t>Teckla Bir Vlad Taltos Macerası</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786051427898</t>
+          <t>9786054377978</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Looney Tunes - Eğlenerek Öğrenelim 2</t>
+          <t>Tatil Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>49.9</v>
+        <v>110</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786053040859</t>
+          <t>9789758733415</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Dc Super Friends - Doğum Günü Kitabı</t>
+          <t>Taşa Değen Su</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>49.9</v>
+        <v>410</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786053042396</t>
+          <t>9786050058055</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Boya ve Eğlen 3</t>
+          <t>Tanrının Kılıcı</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>49.9</v>
+        <v>315</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786053042341</t>
+          <t>9789758733187</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Boya ve Eğlen 1</t>
+          <t>Taltos Bir Vlad Taltos Macerası</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>49.9</v>
+        <v>140</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786053043850</t>
+          <t>9786050058031</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Sonsuza Dek Winx 3</t>
+          <t>Tacizin T’si</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>49.9</v>
+        <v>310</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786053043843</t>
+          <t>9786051420325</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Winx Club - Sonsuza Dek Winx 2</t>
+          <t>Şeytanın Gelini</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>49.9</v>
+        <v>250</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786053043416</t>
+          <t>9789758733507</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>İzci Snoopy ve Yavru Kurtları</t>
+          <t>Orca Bir Vlad Taltos Macerası</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786053045793</t>
+          <t>9786054482474</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Büyü Yazmaları</t>
+          <t>Oburcuk - Keskin Diş</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>215</v>
+        <v>60</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786053043362</t>
+          <t>9786054377916</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Lucy'den Öneriler - Peanuts</t>
+          <t>O Şarkı Sensin</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>60</v>
+        <v>225</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786053043379</t>
+          <t>9789944485142</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yıllar Snoopy! - Peanuts</t>
+          <t>O Kız!</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>60</v>
+        <v>175</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786053048688</t>
+          <t>9786051427911</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Lacivert</t>
+          <t>Scooby - Doo! - Eğlenerek Öğrenelim</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>1015</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786053043027</t>
+          <t>9786051429069</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Renkgiller Oyun Peşinde</t>
+          <t>Scooby - Doo! - Hayalet Fırıncı Dosyası</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>295</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786053043331</t>
+          <t>9786053042440</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Renkgiller Yollarda</t>
+          <t>Winx Club - Winx Modası Şehir Perileri</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>295</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786053045496</t>
+          <t>9789758733224</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Mürşid</t>
+          <t>Warcraft - Ejderhanın Günü</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786053044246</t>
+          <t>9789758733613</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Ben 10 Omni Sihir - Uzaylı Maceraları</t>
+          <t>Ejderha Bir Vlad Taltos Macerası</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>75</v>
+        <v>195</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786053043553</t>
+          <t>9789758733644</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Hayaletlerin Anatomisi</t>
+          <t>Edepsiz Sarışın</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>375</v>
+        <v>385</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786053043805</t>
+          <t>9786054482702</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Sisli Orman'ın Peri Hayvanları - Fare Mia</t>
+          <t>Ölümcül Oyuncaklar Serisi Dördüncü Kitap: Düşmüş Melekler Şehri</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>75</v>
+        <v>320</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786053043485</t>
+          <t>9786054482023</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Deniz Fenerindeki Adam - Çılgın Sörfçüler 2 (Yelken İpi Hediyeli) (Ciltli)</t>
+          <t>Dul Kadının Oğlu</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>195</v>
+        <v>335</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786051428987</t>
+          <t>9786054228669</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Tweety! ve Koko'nun Kutup Macerası</t>
+          <t>Drakula - Ölümsüz</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>125</v>
+        <v>335</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786053045229</t>
+          <t>9786054228652</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>İhanet Ateşi</t>
+          <t>Drakula</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>375</v>
+        <v>310</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786053043898</t>
+          <t>9786054560479</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Uzay Perileri - Winx Modası</t>
+          <t>Altı Numaranın Gücü</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>75</v>
+        <v>310</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786053040712</t>
+          <t>9786050058956</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Kavramları Öğreniyorum 1 - Baby Looney Tunes</t>
+          <t>Dört Mevsim</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>165</v>
+        <v>285</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786053041818</t>
+          <t>9786054228676</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Çifte Bela</t>
+          <t>Dört Günlük Bir Aşk</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>320</v>
+        <v>80</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786051423111</t>
+          <t>9789944485692</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Star Kız - Uzay Ajanı</t>
+          <t>Doğru Erkeği Bulma Kılavuzu</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>75</v>
+        <v>165</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786051423104</t>
+          <t>9786054482061</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Star Kız - Uzay Akademisi</t>
+          <t>Dinozor Koyu 4 - Kanatlı Sürüngenin Uçuşu</t>
         </is>
       </c>
       <c r="C987" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786051423944</t>
+          <t>9789944485265</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Ateş Yıldızı - Ejderha Günlükleri</t>
+          <t>Doğuştan Sarışın</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>395</v>
+        <v>135</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786051423371</t>
+          <t>9786054482054</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Koleksiyonu 7 : İki Nedime</t>
+          <t>Dinozor Koyu 3 - Zırhlı Canavarın Yürüyüşü</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>165</v>
+        <v>60</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786051423920</t>
+          <t>9786054482047</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Acı</t>
+          <t>Dinozor Koyu 2 - Üç Boynuzlu Canavarın Ortaya Çıkışı</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>260</v>
+        <v>60</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786051425467</t>
+          <t>9786054482030</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Dört - Bir Uyumsuz Koleksiyon Kitabı</t>
+          <t>Dinozor Koyu 1 - Kertenkele Kralın Saldırısı</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786051423494</t>
+          <t>9789758733453</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Ateş Laneti</t>
+          <t>Dhiammara Güç Kalıtları 4. Kitap</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>295</v>
+        <v>315</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786051421490</t>
+          <t>9789944485388</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Batman - Suç Savaşçıları</t>
+          <t>Derin Dondurucu</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786051421049</t>
+          <t>9789758733675</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Batman Deli Şapkacı’nın Film Çılgınlığı</t>
+          <t>Delirtici Düşlerin Dexter’ı</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786051424187</t>
+          <t>9786050058963</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Büyüsü</t>
+          <t>Değerli Dostum Dexter</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>115</v>
+        <v>200</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786051423869</t>
+          <t>9786050058697</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Evlerin Işıkları Bir Bir Yanarken</t>
+          <t>Defter</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786053042310</t>
+          <t>9786051422138</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Ölmek İçin On Üç Sebep (Ciltli)</t>
+          <t>Dedektif Kurukafa: Lanetli Krallık (Ciltli)</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>265</v>
+        <v>455</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786053040644</t>
+          <t>9786054482153</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Huysuz Korsan - Speedy Gonzales</t>
+          <t>Dedektif Kurukafa : Ölümcül Sarmal (Ciltli)</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>175</v>
+        <v>370</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786053040675</t>
+          <t>9786054560240</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Mumya Çılgınlığı - Speedy Gonzales</t>
+          <t>Dedektif Kurukafa : Ölüm Getiren (Ciltli)</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786053043447</t>
+          <t>9789758733972</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Mezarlık Dansı</t>
+          <t>Dalga</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>375</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786053043041</t>
+          <t>9786054482719</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık (Ciltli)</t>
+          <t>Çok Evli Çok Çocuklu Çok Çaresiz</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>75</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786053043355</t>
+          <t>9789758733842</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Peanuts Takımı Çiziktirme Kitabı</t>
+          <t>Çift Başlı Kartal</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>85</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786053040316</t>
+          <t>9786054482924</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me 4 - Beklenmedik Kahraman</t>
+          <t>Cuma Kızı</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>75</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786053042273</t>
+          <t>9789944485654</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar - Terk Edilmiş Ev</t>
+          <t>Cinnet</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>235</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786053042501</t>
+          <t>9789758733521</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Snoopy Arkadaşlar Arasında</t>
+          <t>Büyünün Bedeli Son Hanedan Büyücüsü Üçlemesi 3</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>75</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786053041849</t>
+          <t>9789758733231</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Geçmiş</t>
+          <t>Büyük Şef: Warcraft 2</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>495</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786053040033</t>
+          <t>9786054377602</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me - Çiz ve Boya 4</t>
+          <t>Denizin Derinlikleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>75</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786053040040</t>
+          <t>9786054377343</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me - Çiz ve Boya 3</t>
+          <t>Cadı Ölüsü</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>60</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786053040026</t>
+          <t>9786053045359</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me - Çiz ve Boya 2</t>
+          <t>Grimm Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>75</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786053040132</t>
+          <t>9786050058949</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Mia and Me 4: Gerçek Bir Elf</t>
+          <t>Afacan 5'ler Karavanla Tatilde 5. Kitap</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786053041627</t>
+          <t>9786051427898</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Gizli Macera: Gizli Ada</t>
+          <t>Looney Tunes - Eğlenerek Öğrenelim 2</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>155</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786053041665</t>
+          <t>9786053040859</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Gizli Macera: Gizli Vadi</t>
+          <t>Dc Super Friends - Doğum Günü Kitabı</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>160</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786051425191</t>
+          <t>9786053042396</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Bağdat Caddesi Güzeli</t>
+          <t>Boya ve Eğlen 3</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>275</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786051423715</t>
+          <t>9786053042341</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Koleksiyon - Biraz Da Ev İşi</t>
+          <t>Boya ve Eğlen 1</t>
         </is>
       </c>
       <c r="C1014" s="1">
         <v>49.9</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786051423722</t>
+          <t>9786053043850</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Koleksiyon - Büyükannenin Bahçesinde</t>
+          <t>Winx Club - Sonsuza Dek Winx 3</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>165</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786051423708</t>
+          <t>9786053043843</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Koleksiyon - Arkadaşlık Ömür Boyu</t>
+          <t>Winx Club - Sonsuza Dek Winx 2</t>
         </is>
       </c>
       <c r="C1016" s="1">
         <v>49.9</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786051423555</t>
+          <t>9786053043416</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Kuralsız</t>
+          <t>İzci Snoopy ve Yavru Kurtları</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>305</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786051425238</t>
+          <t>9786053045793</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Çakıl Gölgesiyle Tanışıyor</t>
+          <t>Kırmızı Büyü Yazmaları</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>125</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786051423302</t>
+          <t>9786053043362</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Koleksiyonu 1 : Sarah’ya Mektup</t>
+          <t>Lucy'den Öneriler - Peanuts</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>165</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786051423319</t>
+          <t>9786053043379</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Koleksiyonu 2 : Küçük Felaket</t>
+          <t>Mutlu Yıllar Snoopy! - Peanuts</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>125</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786051429168</t>
+          <t>9786053048688</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Winter</t>
+          <t>Lacivert</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>495</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786051424491</t>
+          <t>9786053043027</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Sır Muhafızı</t>
+          <t>Renkgiller Oyun Peşinde</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>360</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786051424521</t>
+          <t>9786053043331</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Yandaş</t>
+          <t>Renkgiller Yollarda</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>315</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786051424866</t>
+          <t>9786053045496</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay : Bitki Kitabım (Ciltli)</t>
+          <t>Mürşid</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786051429205</t>
+          <t>9786053044246</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Catwoman ile Saymayı Öğreniyorum</t>
+          <t>Ben 10 Omni Sihir - Uzaylı Maceraları</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786051428611</t>
+          <t>9786053043553</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo - Şekil Gizemi</t>
+          <t>Hayaletlerin Anatomisi</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786051428581</t>
+          <t>9786053043805</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo - Harf Gizemi</t>
+          <t>Sisli Orman'ın Peri Hayvanları - Fare Mia</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786051428604</t>
+          <t>9786053043485</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo -  Sayı Gizemi</t>
+          <t>Deniz Fenerindeki Adam - Çılgın Sörfçüler 2 (Yelken İpi Hediyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786051426563</t>
+          <t>9786051428987</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Koyu 8 : Deniz Canavarıyla Yüzmek</t>
+          <t>Tweety! ve Koko'nun Kutup Macerası</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>65</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786051427034</t>
+          <t>9786053045229</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Komplo 365 : Temmuz</t>
+          <t>İhanet Ateşi</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>130</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786051424729</t>
+          <t>9786053043898</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Moskof Cariye Hürrem</t>
+          <t>Uzay Perileri - Winx Modası</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786051423777</t>
+          <t>9786053040712</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Londra</t>
+          <t>Kavramları Öğreniyorum 1 - Baby Looney Tunes</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>695</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786051422947</t>
+          <t>9786053041818</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Grimm Kız Kardeşler - Olağandışı Şüpheliler (Ciltli)</t>
+          <t>Çifte Bela</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786051428154</t>
+          <t>9786051423111</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Burcu ve Berk: Dans - Duyguların Hareketli Hali</t>
+          <t>Star Kız - Uzay Ajanı</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>95</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786051426747</t>
+          <t>9786051423104</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Ne Yapıyorsun Sam?</t>
+          <t>Star Kız - Uzay Akademisi</t>
         </is>
       </c>
       <c r="C1035" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786051424774</t>
+          <t>9786051423944</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Altın Cariye Safiye</t>
+          <t>Ateş Yıldızı - Ejderha Günlükleri</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786053046141</t>
+          <t>9786051423371</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kütüphane 4: Duman ve Demir</t>
+          <t>Sarah Kay Koleksiyonu 7 : İki Nedime</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>345</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786054228232</t>
+          <t>9786051423920</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Bikini</t>
+          <t>Aşk ve Acı</t>
         </is>
       </c>
       <c r="C1038" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786054228188</t>
+          <t>9786051425467</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Beyinsiz</t>
+          <t>Dört - Bir Uyumsuz Koleksiyon Kitabı</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>295</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786050058741</t>
+          <t>9786051423494</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Cadde 1 Numara</t>
+          <t>Ateş Laneti</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>340</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789758733897</t>
+          <t>9786051421490</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Bergdorf Sarışınları</t>
+          <t>Batman - Suç Savaşçıları</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>325</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786050058581</t>
+          <t>9786051421049</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Başkanlık Yarışı</t>
+          <t>Batman Deli Şapkacı’nın Film Çılgınlığı</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>355</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786054560066</t>
+          <t>9786051424187</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Bale Akademisi 8: Kesişen Adımlar</t>
+          <t>Kurbağa Büyüsü</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>125</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786054560028</t>
+          <t>9786051423869</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Bale Akademisi 4: Parmak Ucunda</t>
+          <t>Evlerin Işıkları Bir Bir Yanarken</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>125</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786054482993</t>
+          <t>9786053042310</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Bale Akademisi 1: Dans Adımları</t>
+          <t>Ölmek İçin On Üç Sebep (Ciltli)</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>125</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786054377459</t>
+          <t>9786053040644</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık Mevsimi</t>
+          <t>Huysuz Korsan - Speedy Gonzales</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786054482764</t>
+          <t>9786053040675</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Büyülü Kabusu</t>
+          <t>Mumya Çılgınlığı - Speedy Gonzales</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786054482757</t>
+          <t>9786053043447</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Aşkım New York</t>
+          <t>Mezarlık Dansı</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786054228164</t>
+          <t>9786053043041</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Antonius ve Kleopatra</t>
+          <t>Küçük Kara Balık (Ciltli)</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>495</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786054482962</t>
+          <t>9786053043355</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Alışverişkolik ve Amerika Rüyası</t>
+          <t>Peanuts Takımı Çiziktirme Kitabı</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>295</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789758733316</t>
+          <t>9786053040316</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Alevlerin Kılıcı Güç Kalıtları 3.Kitap</t>
+          <t>Mia and Me 4 - Beklenmedik Kahraman</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>375</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786050058185</t>
+          <t>9786053042273</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Afyon Çiçeği</t>
+          <t>Meraklı Çocuklar - Terk Edilmiş Ev</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786053046097</t>
+          <t>9786053042501</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa - Kızılca Kıyamet (Ciltli)</t>
+          <t>Snoopy Arkadaşlar Arasında</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>480</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786053047025</t>
+          <t>9786053041849</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Kızılca Kıyamet - Dedektif Kurukafa</t>
+          <t>Sıfır Geçmiş</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>360</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786054377497</t>
+          <t>9786053040033</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>İkinci Bahar</t>
+          <t>Mia and Me - Çiz ve Boya 4</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>295</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786051422671</t>
+          <t>9786053040040</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>İki Kız Kardeşin Hikayesi - Şans Avcıları 4</t>
+          <t>Mia and Me - Çiz ve Boya 3</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>95</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786054560363</t>
+          <t>9786053040026</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>İhtişam</t>
+          <t>Mia and Me - Çiz ve Boya 2</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>260</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786050058772</t>
+          <t>9786053040132</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Aşk İçin</t>
+          <t>Mia and Me 4: Gerçek Bir Elf</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>235</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789944485746</t>
+          <t>9786053041627</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Hava Kararınca</t>
+          <t>Gizli Macera: Gizli Ada</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>270</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789758733392</t>
+          <t>9786053041665</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Güneşefendisi Ateşi Ejderha Prens 3. Kitap</t>
+          <t>Gizli Macera: Gizli Vadi</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786051422695</t>
+          <t>9786051425191</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Havuz - Şans Avcıları 2</t>
+          <t>Bağdat Caddesi Güzeli</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>75</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9759758733371</t>
+          <t>9786051423715</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Gülen Ceset Bir Anita Blake Vampir Avcısı Romanı</t>
+          <t>Sarah Kay Koleksiyon - Biraz Da Ev İşi</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>345</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786054560820</t>
+          <t>9786051423722</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Dünya</t>
+          <t>Sarah Kay Koleksiyon - Büyükannenin Bahçesinde</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>325</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786054228355</t>
+          <t>9786051423708</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Gececiler - Karanlığa Dokunmak</t>
+          <t>Sarah Kay Koleksiyon - Arkadaşlık Ömür Boyu</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>240</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786050058093</t>
+          <t>9786051423555</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Gececiler - Gizli Saat</t>
+          <t>Kuralsız</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>225</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786054228430</t>
+          <t>9786051425238</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Çakıl Gölgesiyle Tanışıyor</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>134.9</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789944485814</t>
+          <t>9786051423302</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Eski Tüfekler</t>
+          <t>Sarah Kay Koleksiyonu 1 : Sarah’ya Mektup</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>385</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789944485456</t>
+          <t>9786051423319</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>En Yakın Arkadaşımın Kızı</t>
+          <t>Sarah Kay Koleksiyonu 2 : Küçük Felaket</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>375</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786054228539</t>
+          <t>9786051429168</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Elizabeth Altın Çağ</t>
+          <t>Winter</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>275</v>
+        <v>595</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786054560417</t>
+          <t>9786051424491</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Karanlık</t>
+          <t>Sır Muhafızı</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>325</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789944485531</t>
+          <t>9786051424521</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Sisler Evi</t>
+          <t>Yandaş</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>350</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789944485609</t>
+          <t>9786051424866</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Sevgilimi Sepetlemek İstiyorum</t>
+          <t>Sarah Kay : Bitki Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>265</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786051420882</t>
+          <t>9786051429205</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Sert Oyun</t>
+          <t>Catwoman ile Saymayı Öğreniyorum</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>666</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786050058406</t>
+          <t>9786051428611</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Sadece Dinle</t>
+          <t>Scooby-Doo - Şekil Gizemi</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>325</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9789758733965</t>
+          <t>9786051428581</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Ruj Ormanı</t>
+          <t>Scooby-Doo - Harf Gizemi</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>395</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789758733569</t>
+          <t>9786051428604</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Risk’in R’si</t>
+          <t>Scooby-Doo -  Sayı Gizemi</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>325</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786051420332</t>
+          <t>9786051426563</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Parlak Gölgeler</t>
+          <t>Dinozor Koyu 8 : Deniz Canavarıyla Yüzmek</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>325</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786054228423</t>
+          <t>9786051427034</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Öteki Kadının Pabucu</t>
+          <t>Komplo 365 : Temmuz</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>375</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786053045137</t>
+          <t>9786051424729</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Her Umut Ortak Arar</t>
+          <t>Moskof Cariye Hürrem</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786053044239</t>
+          <t>9786051423777</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Ben 10 - Ben Herkesi Nakavt Ediyor</t>
+          <t>Londra</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>75</v>
+        <v>695</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786053041344</t>
+          <t>9786051422947</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Öfkeli Beşli - Kung Fu Panda</t>
+          <t>Grimm Kız Kardeşler - Olağandışı Şüpheliler (Ciltli)</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>75</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786053041368</t>
+          <t>9786051428154</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Panda Kasabası'nın Sırları - Kung Fu Panda 3</t>
+          <t>Burcu ve Berk: Dans - Duyguların Hareketli Hali</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>75</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9789944485630</t>
+          <t>9786051426747</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Ne Yapsa Yeridir</t>
+          <t>Ne Yapıyorsun Sam?</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>295</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786054560783</t>
+          <t>9786051424774</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Mezarın Yüzü</t>
+          <t>Altın Cariye Safiye</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>265</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786054377954</t>
+          <t>9786053046141</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Mezara Mahkum</t>
+          <t>Büyük Kütüphane 4: Duman ve Demir</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>320</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786054377770</t>
+          <t>9786054228232</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Makineleri Birinci Kitap : Mekanik Melek (Ciltli)</t>
+          <t>Bikini</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>475</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786054560608</t>
+          <t>9786054228188</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ay Ölümsüz Aşk</t>
+          <t>Beyinsiz</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>235</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786054482368</t>
+          <t>9786050058741</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Marilyn Monroe ve Bilinmeyen Hayatı</t>
+          <t>Beşinci Cadde 1 Numara</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>365</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786050058567</t>
+          <t>9789758733897</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Leydi Macbeth</t>
+          <t>Bergdorf Sarışınları</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>310</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9789944485944</t>
+          <t>9786050058581</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma</t>
+          <t>Başkanlık Yarışı</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>325</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9789944485326</t>
+          <t>9786054560066</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Prens</t>
+          <t>Bale Akademisi 8: Kesişen Adımlar</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>195</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9789758733118</t>
+          <t>9786054560028</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Körbakış</t>
+          <t>Bale Akademisi 4: Parmak Ucunda</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>245</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786050058550</t>
+          <t>9786054482993</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Kirli Zevkler</t>
+          <t>Bale Akademisi 1: Dans Adımları</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>645</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786054482207</t>
+          <t>9786054377459</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Kız ve Kurt</t>
+          <t>Ayrılık Mevsimi</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786051421834</t>
+          <t>9786054482764</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kolye</t>
+          <t>Aşkın Büyülü Kabusu</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>240</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9789758733422</t>
+          <t>9786054482757</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Ustasının Yemini Einarinn’in İkinci Öyküsü</t>
+          <t>Aşkım New York</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>455</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786054560691</t>
+          <t>9786054228164</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Çayırı 5 - Pırıltının Dikenli Arkadaşı</t>
+          <t>Antonius ve Kleopatra</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>75</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786054377169</t>
+          <t>9786054482962</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Köpekler ve... Yalnız Kalpler</t>
+          <t>Alışverişkolik ve Amerika Rüyası</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>360</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786051421216</t>
+          <t>9789758733316</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gül: Ekim Yağmurları</t>
+          <t>Alevlerin Kılıcı Güç Kalıtları 3.Kitap</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>155</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786054560684</t>
+          <t>9786050058185</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Çayırı 4 - Zıpzıp ve Bebek Kelebek</t>
+          <t>Afyon Çiçeği</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>60</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786051420684</t>
+          <t>9786053046097</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Kara Kraliçe Kösem</t>
+          <t>Dedektif Kurukafa - Kızılca Kıyamet (Ciltli)</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>485</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786054482900</t>
+          <t>9786053047025</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Vampir Günlükleri - Dönüş: Geceyarısı</t>
+          <t>Kızılca Kıyamet - Dedektif Kurukafa</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>395</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786054377183</t>
+          <t>9786054377497</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Uzaktaki Tatlı Şey</t>
+          <t>İkinci Bahar</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>500</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786051420516</t>
+          <t>9786051422671</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz Romantik</t>
+          <t>İki Kız Kardeşin Hikayesi - Şans Avcıları 4</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>360</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786051420400</t>
+          <t>9786054560363</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Mezar Zamanı</t>
+          <t>İhtişam</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>295</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786051422732</t>
+          <t>9786050058772</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Şiddetin Tohumu</t>
+          <t>Her Şey Aşk İçin</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>425</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9789944485098</t>
+          <t>9789944485746</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Sarmalı</t>
+          <t>Hava Kararınca</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>375</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786054228003</t>
+          <t>9789758733392</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Oksijen</t>
+          <t>Güneşefendisi Ateşi Ejderha Prens 3. Kitap</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>365</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9789758733330</t>
+          <t>9786051422695</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Prens 1. Kitap</t>
+          <t>Gümüş Havuz - Şans Avcıları 2</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>375</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9789758733699</t>
+          <t>9759758733371</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Efsane Drenai Masalları 1. Bölüm</t>
+          <t>Gülen Ceset Bir Anita Blake Vampir Avcısı Romanı</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>305</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786054482016</t>
+          <t>9786054560820</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Dört Numara Benim</t>
+          <t>Görünmez Dünya</t>
         </is>
       </c>
       <c r="C1111" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786050058291</t>
+          <t>9786054228355</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kızı</t>
+          <t>Gececiler - Karanlığa Dokunmak</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>395</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786050058536</t>
+          <t>9786050058093</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa : Ateşle Oynama (Ciltli)</t>
+          <t>Gececiler - Gizli Saat</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>285</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786054560998</t>
+          <t>9786054228430</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Kitabı</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>395</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786051422299</t>
+          <t>9789944485814</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Ailesi'nin Sihirli Çiftliği (Ciltli)</t>
+          <t>Eski Tüfekler</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786054377022</t>
+          <t>9789944485456</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Cehennemde Aşk Randevuları</t>
+          <t>En Yakın Arkadaşımın Kızı</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>355</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786053046523</t>
+          <t>9786054228539</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 2 - Avonlea</t>
+          <t>Elizabeth Altın Çağ</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>215</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786051428628</t>
+          <t>9786054560417</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Scooby - Doo! - Sinirli Toplamacı Dosyası</t>
+          <t>Sonsuz Karanlık</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>125</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786051427904</t>
+          <t>9789944485531</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Looney Tunes - Eğlenerek Öğrenelim 3</t>
+          <t>Sisler Evi</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786051428574</t>
+          <t>9789944485609</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo! Yemekhanedeki Köftehor Dosyası</t>
+          <t>Sevgilimi Sepetlemek İstiyorum</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>125</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786053042389</t>
+          <t>9786051420882</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Boya ve Eğlen 2</t>
+          <t>Sert Oyun</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>75</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786053045915</t>
+          <t>9786050058406</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Safir</t>
+          <t>Sadece Dinle</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786053048558</t>
+          <t>9789758733965</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Maça Kızı 8 - 1. Kitap Kutulu Set</t>
+          <t>Ruj Ormanı</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>548</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786256205291</t>
+          <t>9789758733569</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Bahse Var Mısın?</t>
+          <t>Risk’in R’si</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786054228287</t>
+          <t>9786051420332</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Sahildeki Evimiz</t>
+          <t>Parlak Gölgeler</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>175</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786053040774</t>
+          <t>9786054228423</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Batman İle Tanışıyorum</t>
+          <t>Öteki Kadının Pabucu</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>135</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786256205307</t>
+          <t>9786053045137</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>İkinci Bir Şans</t>
+          <t>Her Umut Ortak Arar</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786256205253</t>
+          <t>9786053044239</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Ökse Otunun Altında</t>
+          <t>Ben 10 - Ben Herkesi Nakavt Ediyor</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>225</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786256205147</t>
+          <t>9786053041344</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Kızın Doğuşu</t>
+          <t>Öfkeli Beşli - Kung Fu Panda</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>375</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786256205154</t>
+          <t>9786053041368</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Kızın Doğuşu (Ciltli)</t>
+          <t>Panda Kasabası'nın Sırları - Kung Fu Panda 3</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>475</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786256205260</t>
+          <t>9789944485630</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Yalanlar</t>
+          <t>Ne Yapsa Yeridir</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>275</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786256205055</t>
+          <t>9786054560783</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Derslerini Verelim</t>
+          <t>Mezarın Yüzü</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>375</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786256370739</t>
+          <t>9786054377954</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Orman Suyu</t>
+          <t>Mezara Mahkum</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>350</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9986051234568</t>
+          <t>9786054377770</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günlüğü</t>
+          <t>Cehennem Makineleri Birinci Kitap : Mekanik Melek (Ciltli)</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>225</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786256205130</t>
+          <t>9786054560608</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Hırsızların ve Kaosun Kraliçesi (Ciltli)</t>
+          <t>Mavi Ay Ölümsüz Aşk</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>545</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786256205123</t>
+          <t>9786054482368</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Hırsızların ve Kaosun Kraliçesi</t>
+          <t>Marilyn Monroe ve Bilinmeyen Hayatı</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>455</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786256205109</t>
+          <t>9786050058567</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Yanmış Hayaller</t>
+          <t>Leydi Macbeth</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>259</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786256205116</t>
+          <t>9789944485944</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Duvarlarda Bir Fısıltı</t>
+          <t>Kuşatma</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>315</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786256205208</t>
+          <t>9789944485326</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Anında Karma</t>
+          <t>Kurbağa Prens</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786053049999</t>
+          <t>9789758733118</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Ada</t>
+          <t>Körbakış</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>149</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786256205000</t>
+          <t>9786050058550</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Peşinde 1. Cilt</t>
+          <t>Kirli Zevkler</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>195</v>
+        <v>645</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786053049982</t>
+          <t>9786054482207</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Kılıç ve Pislik 1. Cilt</t>
+          <t>Kız ve Kurt</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>149</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786256205185</t>
+          <t>9786051421834</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Operatöre Bağlanıyorsunuz 3 - Yan Boyamalı Bez Çanta Hediyeli Set (Ciltli)</t>
+          <t>Kırmızı Kolye</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>595</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786256205178</t>
+          <t>9789758733422</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Operatöre Bağlanıyorsunuz 3 - Ufukta Aşk Var ( Yan Boyamalı ) (Ciltli)</t>
+          <t>Kılıç Ustasının Yemini Einarinn’in İkinci Öyküsü</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>435</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786256205192</t>
+          <t>9786054560691</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Operatöre Bağlanıyorsunuz 3 - Ufukta Aşk Var (Ciltli)</t>
+          <t>Kelebek Çayırı 5 - Pırıltının Dikenli Arkadaşı</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>385</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786256205161</t>
+          <t>9786054377169</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Operatöre Bağlanıyorsunuz 3 - Ufukta Aşk Var</t>
+          <t>Kayıp Köpekler ve... Yalnız Kalpler</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>325</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786256205093</t>
+          <t>9786051421216</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Güller Çabuk Solar - Günyüzü Vesikalığı (Ciltli - Kutulu Set)</t>
+          <t>Kayıp Gül: Ekim Yağmurları</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>645</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786256205086</t>
+          <t>9786054560684</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Güller Çabuk Solar - Günyüzü Vesikalığı (Ciltli)</t>
+          <t>Kelebek Çayırı 4 - Zıpzıp ve Bebek Kelebek</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>545</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786256205079</t>
+          <t>9786051420684</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Güller Çabuk Solar - Günyüzü Vesikalığı</t>
+          <t>Kara Kraliçe Kösem</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>445</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786053049869</t>
+          <t>9786054482900</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa</t>
+          <t>Vampir Günlükleri - Dönüş: Geceyarısı</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>525</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786256205031</t>
+          <t>9786054377183</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Eflal Serisi Kutulu Set</t>
+          <t>Uzaktaki Tatlı Şey</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>1440</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786256205017</t>
+          <t>9786051420516</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Eflal 4</t>
+          <t>Umutsuz Romantik</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>355</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786256205024</t>
+          <t>9786051420400</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Eflal 4 (Ciltli)</t>
+          <t>Şimdi Mezar Zamanı</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>435</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786053049852</t>
+          <t>9786051422732</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Biz Şimdi Neyiz?</t>
+          <t>Şiddetin Tohumu</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786053049920</t>
+          <t>9789944485098</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Boğazım Açık Bir Mezar</t>
+          <t>Şeytan Sarmalı</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>255</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786053049975</t>
+          <t>9786054228003</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Düşmanlık Arasında</t>
+          <t>Oksijen</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>315</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786053049951</t>
+          <t>9789758733330</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Fantom Etkisi Ölümün Kalbi (Ciltli Kutulu Set)</t>
+          <t>Ejderha Prens 1. Kitap</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>525</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786053049968</t>
+          <t>9789758733699</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Fantom Etkisi Serisi İkili Kutulu Set (Ciltli)</t>
+          <t>Efsane Drenai Masalları 1. Bölüm</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>920</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786053049944</t>
+          <t>9786054482016</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Fantom Etkisi Ölümün Kalbi (Ciltli)</t>
+          <t>Dört Numara Benim</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>425</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786053049937</t>
+          <t>9786050058291</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Fantom Etkisi Ölümün Kalbi</t>
+          <t>Doğa Kızı</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>325</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786053049913</t>
+          <t>9786050058536</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Cemre Düştü</t>
+          <t>Dedektif Kurukafa : Ateşle Oynama (Ciltli)</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>405</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786053049548</t>
+          <t>9786054560998</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Cemre Düştü (Ciltli)</t>
+          <t>Çocukların Kitabı</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>485</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786053049906</t>
+          <t>9786051422299</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Kural Çiğneme Kuralları</t>
+          <t>Çiçek Ailesi'nin Sihirli Çiftliği (Ciltli)</t>
         </is>
       </c>
       <c r="C1163" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786053049890</t>
+          <t>9786054377022</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Yarış Çizgisi</t>
+          <t>Cehennemde Aşk Randevuları</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>395</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786051422886</t>
+          <t>9786053046523</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kız</t>
+          <t>Yeşilin Kızı Anne 2 - Avonlea</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>475</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786053046677</t>
+          <t>9786051428628</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Annelik Yolculuğunda Beslenme</t>
+          <t>Scooby - Doo! - Sinirli Toplamacı Dosyası</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786053049814</t>
+          <t>9786051427904</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Şifacısı Serisi Kutulu Set</t>
+          <t>Looney Tunes - Eğlenerek Öğrenelim 3</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>1215</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786053049876</t>
+          <t>9786051428574</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Aşk &amp; Seul Serisi Kutulu Set</t>
+          <t>Scooby-Doo! Yemekhanedeki Köftehor Dosyası</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>625</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786053049838</t>
+          <t>9786053042389</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Lezzetli Çığlıklar</t>
+          <t>Boya ve Eğlen 2</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>450</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786053049845</t>
+          <t>9786053045915</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Parçalanmış Ruhlar</t>
+          <t>Safir</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>235</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786053049821</t>
+          <t>9786053048558</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Kılıcın Şarkısı</t>
+          <t>Maça Kızı 8 - 1. Kitap Kutulu</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>325</v>
+        <v>578</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786053049784</t>
+          <t>9786256205291</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>İntikam için Binlerce Tarif</t>
+          <t>Bahse Var Mısın?</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>495</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786053049777</t>
+          <t>9786054228287</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Hart ve Mercy’nin Ölüler Şarkısı</t>
+          <t>Sahildeki Evimiz</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>385</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786053049074</t>
+          <t>9786053040774</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük İçin</t>
+          <t>Batman İle Tanışıyorum</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>315</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786053049678</t>
+          <t>9786256205307</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Kabus Serisi Set (Ciltli)</t>
+          <t>İkinci Bir Şans</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>750</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786053049760</t>
+          <t>9786256205253</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Kurt Kralın Laneti</t>
+          <t>Ökse Otunun Altında</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>355</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786053049753</t>
+          <t>9786256205147</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Köpek Balığı Kalbi</t>
+          <t>Savaşçı Kızın Doğuşu</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>395</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786053049623</t>
+          <t>9786256205154</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Kapan</t>
+          <t>Savaşçı Kızın Doğuşu (Ciltli)</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>495</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786053049746</t>
+          <t>9786256205260</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Hiç Değilse Nefret Olsun (Ciltli)</t>
+          <t>Sessiz Yalanlar</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>425</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786053049739</t>
+          <t>9786256205055</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Hiç Değilse Nefret Olsun</t>
+          <t>Derslerini Verelim 1. Cilt</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>345</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786054228584</t>
+          <t>9786256370739</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Bunun Aşkla Ne Alakası Var?</t>
+          <t>Orman Suyu</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>295</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786051421155</t>
+          <t>9986051234568</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Bu Hayat Sizin</t>
+          <t>Okuma Günlüğü</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786051420707</t>
+          <t>9786256205130</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Boleyn Gelini</t>
+          <t>Hırsızların ve Kaosun Kraliçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>350</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786054560219</t>
+          <t>9786256205123</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Boardwalk Empire Rıhtım İmparatorluğu</t>
+          <t>Hırsızların ve Kaosun Kraliçesi</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786051421131</t>
+          <t>9786256205109</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Bir Pırıltıdır Yaşamak</t>
+          <t>Yanmış Hayaller</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786051420318</t>
+          <t>9786256205116</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Bir Hostesin İtirafları</t>
+          <t>Duvarlarda Bir Fısıltı</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786051422787</t>
+          <t>9786256205208</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Bir Cihan Kafes</t>
+          <t>Anında Karma</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>295</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786051422244</t>
+          <t>9786053049999</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Binbaşının İkinci Baharı</t>
+          <t>Ada</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9789944485982</t>
+          <t>9786256205000</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Billy Elliot</t>
+          <t>Gerçeğin Peşinde 1. Cilt</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786050058529</t>
+          <t>9786053049982</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Atlı Prens</t>
+          <t>Kılıç ve Pislik 1. Cilt</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>295</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786054560745</t>
+          <t>9786256205185</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Benim Tatlı Komposto Günlüğüm</t>
+          <t>Operatöre Bağlanıyorsunuz 3 - Yan Boyamalı Bez Çanta Hediyeli Set (Ciltli)</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9789758733828</t>
+          <t>9786256205178</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Beni Sevdiğini Biliyorsun - Dedikoducu Kız</t>
+          <t>Operatöre Bağlanıyorsunuz 3 - Ufukta Aşk Var ( Yan Boyamalı ) (Ciltli)</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>225</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786054560752</t>
+          <t>9786256205192</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Beatrice - Kötü Tohum / Windeacre Üçlemesi</t>
+          <t>Operatöre Bağlanıyorsunuz 3 - Ufukta Aşk Var (Ciltli)</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>515</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786054377237</t>
+          <t>9786256205161</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Baştançıkarılmış</t>
+          <t>Operatöre Bağlanıyorsunuz 3 - Ufukta Aşk Var</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9789944485784</t>
+          <t>9786256205093</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Aşkın Hikayesi</t>
+          <t>Kırmızı Güller Çabuk Solar - Günyüzü Vesikalığı (Ciltli - Kutulu Set)</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>245</v>
+        <v>645</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9789758733910</t>
+          <t>9786256205086</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Barry Trotter ve Utanmaz Parodi</t>
+          <t>Kırmızı Güller Çabuk Solar - Günyüzü Vesikalığı (Ciltli)</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>225</v>
+        <v>595</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9789944485050</t>
+          <t>9786256205079</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Barry Trotter ve Lüzumsuz Devamı Kimsenin Beklemediği Kitap</t>
+          <t>Kırmızı Güller Çabuk Solar - Günyüzü Vesikalığı</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>225</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9789944485395</t>
+          <t>9786053049869</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Barry Trotter Devenin Nalı</t>
+          <t>Dedektif Kurukafa</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>225</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786054560080</t>
+          <t>9786256205031</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Bana Yalan Söylediler</t>
+          <t>Eflal Serisi Kutulu Set</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>325</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786050058444</t>
+          <t>9786256205017</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Bakirenin Aşığı</t>
+          <t>Eflal 4</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9789758733347</t>
+          <t>9786256205024</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Athyra Bir Vlad Taltos Macerası</t>
+          <t>Eflal 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786054377305</t>
+          <t>9786053049852</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Athena</t>
+          <t>Biz Şimdi Neyiz?</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>425</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786051422770</t>
+          <t>9786053049920</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Resmi</t>
+          <t>Boğazım Açık Bir Mezar</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786054228683</t>
+          <t>9786053049975</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Aşk Suçları</t>
+          <t>Aşk ve Düşmanlık Arasında</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9789944485593</t>
+          <t>9786053049951</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Aşk Onların Oldu</t>
+          <t>Fantom Etkisi Ölümün Kalbi (Ciltli Kutulu Set)</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>195</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786054560202</t>
+          <t>9786053049968</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Aşk Notası</t>
+          <t>Fantom Etkisi Serisi İkili Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>195</v>
+        <v>920</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786054377329</t>
+          <t>9786053049944</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Yaz</t>
+          <t>Fantom Etkisi Ölümün Kalbi (Ciltli)</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>225</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786050058710</t>
+          <t>9786053049937</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hakkında Bildiğim Şeyler</t>
+          <t>Fantom Etkisi Ölümün Kalbi</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>175</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786051423203</t>
+          <t>9786053049913</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Aşk Dersi</t>
+          <t>Cemre Düştü</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>225</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786054228775</t>
+          <t>9786053049548</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ve Diğer Olasılıklar</t>
+          <t>Cemre Düştü (Ciltli)</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>175</v>
+        <v>515</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786054228522</t>
+          <t>9786053049906</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Aspasya</t>
+          <t>Kural Çiğneme Kuralları</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9789758733354</t>
+          <t>9786053049890</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Aslında Hepimiz Aynıyız</t>
+          <t>Yarış Çizgisi</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786050058659</t>
+          <t>9786051422886</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Artemis Fowl ve Kayıp Koloni</t>
+          <t>Kayıp Kız</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>295</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9789758733620</t>
+          <t>9786053046677</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Artemis Fowl Opal’in Oyunu</t>
+          <t>Annelik Yolculuğunda Beslenme</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9789758733156</t>
+          <t>9786053049814</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Artemis Fowl Kuzey Kutbu Macerası</t>
+          <t>Hapishane Şifacısı Serisi Kutulu Set</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>295</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786054560271</t>
+          <t>9786053049876</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Artemis Fowl - Zaman Paradoksu</t>
+          <t>Aşk &amp; Seul Serisi Kutulu Set</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>295</v>
+        <v>670</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9789758733002</t>
+          <t>9786053049838</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Artemis Fowl</t>
+          <t>Lezzetli Çığlıklar</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786054560851</t>
+          <t>9786053049845</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlar Arasında - Bir Genç Kızın Gizli Defteri 2</t>
+          <t>Parçalanmış Ruhlar</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786051420905</t>
+          <t>9786053049821</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Altın Zambak</t>
+          <t>Kılıcın Şarkısı</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>485</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786054228553</t>
+          <t>9786053049784</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Alkışlarla Lamia</t>
+          <t>İntikam için Binlerce Tarif</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>375</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786054228959</t>
+          <t>9786053049777</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Alis Harikalar Diyarında</t>
+          <t>Hart ve Mercy’nin Ölüler Şarkısı</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>175</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9789758733927</t>
+          <t>9786053049074</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Alias Çaylak Ajan &amp; Saklı Hayat</t>
+          <t>Özgürlük İçin</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>245</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786051422282</t>
+          <t>9786053049678</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Alex Cross</t>
+          <t>Kabus Serisi Set (Ciltli)</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>275</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9789944485203</t>
+          <t>9786053049760</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Aldatılan Kadının Kılavuzu</t>
+          <t>Kurt Kralın Laneti</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>149</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786054482832</t>
+          <t>9786053049753</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Alçak</t>
+          <t>Köpek Balığı Kalbi</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786051422114</t>
+          <t>9786053049623</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tasarım Dexter</t>
+          <t>Kılıç Kapan</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>365</v>
+        <v>595</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786054377084</t>
+          <t>9786053049746</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Ahmaklar Şöleni</t>
+          <t>Hiç Değilse Nefret Olsun (Ciltli)</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>275</v>
+        <v>515</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786051420455</t>
+          <t>9786053049739</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Çetesi</t>
+          <t>Hiç Değilse Nefret Olsun</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>345</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786050058239</t>
+          <t>9786054228584</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5’ler Serüven Peşinde</t>
+          <t>Bunun Aşkla Ne Alakası Var?</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786054482269</t>
+          <t>9786051421155</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5’ler Gizli Takipte</t>
+          <t>Bu Hayat Sizin</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786054377145</t>
+          <t>9786051420707</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5’ler Gezintiye Çıkıyor</t>
+          <t>Boleyn Gelini</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>275</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786054377725</t>
+          <t>9786054560219</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5’ler Esrarlı Bölgede</t>
+          <t>Boardwalk Empire Rıhtım İmparatorluğu</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786054377718</t>
+          <t>9786051421131</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5’ler Denizler Altında</t>
+          <t>Bir Pırıltıdır Yaşamak</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>245</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786054482252</t>
+          <t>9786051420318</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5’ler Çok Eğleniyor</t>
+          <t>Bir Hostesin İtirafları</t>
         </is>
       </c>
       <c r="C1234" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786054377442</t>
+          <t>9786051422787</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Açlık (Ciltli)</t>
+          <t>Bir Cihan Kafes</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786051420141</t>
+          <t>9786051422244</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>60 Tarifte İdeal Mutfak</t>
+          <t>Binbaşının İkinci Baharı</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786054560813</t>
+          <t>9789944485982</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>60 Günde İdeal Vücut (Kuşe)</t>
+          <t>Billy Elliot</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786054228058</t>
+          <t>9786050058529</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>6 Mesih</t>
+          <t>Beyaz Atlı Prens</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>395</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9789758733736</t>
+          <t>9786054560745</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>4 Sarışın</t>
+          <t>Benim Tatlı Komposto Günlüğüm</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>325</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786050058208</t>
+          <t>9789758733828</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>Beni Sevdiğini Biliyorsun - Dedikoducu Kız</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786054482856</t>
+          <t>9786054560752</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Gece Dünyası No. 1</t>
+          <t>Beatrice - Kötü Tohum / Windeacre Üçlemesi</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>545</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786054228713</t>
+          <t>9786054377237</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Eski Sevgili</t>
+          <t>Baştançıkarılmış</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786050058512</t>
+          <t>9789944485784</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Eski Eşin Yaşam Rehberi</t>
+          <t>Başka Bir Aşkın Hikayesi</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9789758733682</t>
+          <t>9789758733910</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Eleanor Rigby</t>
+          <t>Barry Trotter ve Utanmaz Parodi</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786050058727</t>
+          <t>9789944485050</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Özentilerin İntikamı</t>
+          <t>Barry Trotter ve Lüzumsuz Devamı Kimsenin Beklemediği Kitap</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786051422589</t>
+          <t>9789944485395</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Öpücük</t>
+          <t>Barry Trotter Devenin Nalı</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>385</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786054482870</t>
+          <t>9786054560080</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Öpücüğü</t>
+          <t>Bana Yalan Söylediler</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>265</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786050058673</t>
+          <t>9786050058444</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz ve İadesiz</t>
+          <t>Bakirenin Aşığı</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>195</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786054560509</t>
+          <t>9789758733347</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz ve Huzursuz</t>
+          <t>Athyra Bir Vlad Taltos Macerası</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786054560493</t>
+          <t>9786054377305</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz ve Değersiz</t>
+          <t>Athena</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>195</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786050058260</t>
+          <t>9786051422770</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz ve Çaresiz</t>
+          <t>Aşkın Resmi</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786054377879</t>
+          <t>9786054228683</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Dans</t>
+          <t>Aşk Suçları</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>525</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786054377695</t>
+          <t>9789944485593</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Ölüsü</t>
+          <t>Aşk Onların Oldu</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>345</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786054377855</t>
+          <t>9786054560202</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Kuşağı</t>
+          <t>Aşk Notası</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786054228638</t>
+          <t>9786054377329</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Ölü Kızın Dansı</t>
+          <t>Aşk ve Yaz</t>
         </is>
       </c>
       <c r="C1255" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786051420899</t>
+          <t>9786050058710</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Kadınım</t>
+          <t>Aşk Hakkında Bildiğim Şeyler</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>365</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9789944485777</t>
+          <t>9786051423203</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Kraliçemiz</t>
+          <t>Aşk Dersi</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>365</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786054228690</t>
+          <t>9786054228775</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Onu da Sevdin mi?</t>
+          <t>Aşk Ve Diğer Olasılıklar</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>149</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786051420066</t>
+          <t>9786054228522</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Oliver Nocturne 3 - Kan Bağları</t>
+          <t>Aspasya</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786051420059</t>
+          <t>9789758733354</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Oliver Nocturne 2 - Gün Işığı Cinayetleri</t>
+          <t>Aslında Hepimiz Aynıyız</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786051420042</t>
+          <t>9786050058659</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Oliver Nocturne 1 - Vampirin Fotoğrafı</t>
+          <t>Artemis Fowl ve Kayıp Koloni</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786051420639</t>
+          <t>9789758733620</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Kızları - Kristal Gözyaşları 1. Kitap</t>
+          <t>Artemis Fowl Opal’in Oyunu</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786051422596</t>
+          <t>9789758733156</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Oksa Pollock - Sihirli Kitap (Ciltli)</t>
+          <t>Artemis Fowl Kuzey Kutbu Macerası</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>385</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9789944485975</t>
+          <t>9786054560271</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Ofelya</t>
+          <t>Artemis Fowl - Zaman Paradoksu</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>325</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786050058147</t>
+          <t>9789758733002</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Düşmanlık Ömür Boyu</t>
+          <t>Artemis Fowl</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786051421162</t>
+          <t>9786054560851</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Duyarlı Davranışlar</t>
+          <t>Arkadaşlar Arasında - Bir Genç Kızın Gizli Defteri 2</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>235</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786051422237</t>
+          <t>9786051420905</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Duman ve Kemiğin Kızı</t>
+          <t>Altın Zambak</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>375</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9789758733361</t>
+          <t>9786054228553</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Dönüş Yolu Yeryüzü Çocukları 4</t>
+          <t>Alkışlarla Lamia</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>495</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786051420394</t>
+          <t>9786054228959</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Alis Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786054560837</t>
+          <t>9789758733927</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Dışlanmış</t>
+          <t>Alias Çaylak Ajan &amp; Saklı Hayat</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786054377039</t>
+          <t>9786051422282</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa : Karanlık Günler (Ciltli)</t>
+          <t>Alex Cross</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9789944485869</t>
+          <t>9789944485203</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa (Ciltli)</t>
+          <t>Aldatılan Kadının Kılavuzu</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>425</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786050058703</t>
+          <t>9786054482832</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Dağda Macera</t>
+          <t>Alçak</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9789758733996</t>
+          <t>9786051422114</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Çünkü Ben Buna Değerim - Dedikoducu Kız</t>
+          <t>Akıllı Tasarım Dexter</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>225</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9789758733668</t>
+          <t>9786054377084</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Yüzmek</t>
+          <t>Ahmaklar Şöleni</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>395</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786051429816</t>
+          <t>9786051420455</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Chanel Efsanesi ve Hayatı</t>
+          <t>Afacanlar Çetesi</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>325</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786054377176</t>
+          <t>9786050058239</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Carrie Günlükleri (Ciltli)</t>
+          <t>Afacan 5’ler Serüven Peşinde</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>395</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786054377831</t>
+          <t>9786054482269</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Morgenville Vampirleri Kitap 6: Carpe Corpus</t>
+          <t>Afacan 5’ler Gizli Takipte</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>285</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786054377381</t>
+          <t>9786054377145</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Oyuncaklar Üçüncü Kitap: Camlar Şehri</t>
+          <t>Afacan 5’ler Gezintiye Çıkıyor</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>475</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786054228119</t>
+          <t>9786054377725</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Cam Ev</t>
+          <t>Afacan 5’ler Esrarlı Bölgede</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786050058413</t>
+          <t>9786054377718</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Zamanı</t>
+          <t>Afacan 5’ler Denizler Altında</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786054560646</t>
+          <t>9786054482252</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Cadı ve Sihirbaz (Ciltli)</t>
+          <t>Afacan 5’ler Çok Eğleniyor</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9789758733477</t>
+          <t>9786054377442</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Büyünün Beklentisi Son Hanedan Büyücüsü Üçlemesi 2</t>
+          <t>Açlık (Ciltli)</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>275</v>
+        <v>595</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786053049708</t>
+          <t>9786051420141</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Yabancı</t>
+          <t>60 Tarifte İdeal Mutfak</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>355</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786051420356</t>
+          <t>9786054560813</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Arabaları</t>
+          <t>60 Günde İdeal Vücut (Kuşe)</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>345</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786053049692</t>
+          <t>9786054228058</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Çiftlik</t>
+          <t>6 Mesih</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786053049715</t>
+          <t>9789758733736</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Çalıntı Dokunuşlar</t>
+          <t>4 Sarışın</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>285</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786053048787</t>
+          <t>9786050058208</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>17 Numara Piyes (Ciltli)</t>
+          <t>13</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>495</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786054228812</t>
+          <t>9786054482856</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşkın Tarihi</t>
+          <t>Gece Dünyası No. 1</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>134.9</v>
+        <v>645</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786054228409</t>
+          <t>9786054228713</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Aşka İnanınca</t>
+          <t>Eski Sevgili</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786054228294</t>
+          <t>9786050058512</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Alışverişkolik ve Bebeği</t>
+          <t>Eski Eşin Yaşam Rehberi</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786054228089</t>
+          <t>9789758733682</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Fısıltılar</t>
+          <t>Eleanor Rigby</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786050058888</t>
+          <t>9786050058727</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz ve Bekar</t>
+          <t>Özentilerin İntikamı</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786053049722</t>
+          <t>9786051422589</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Salkım Sokak No: 3</t>
+          <t>Öpücük</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>345</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786053049654</t>
+          <t>9786054482870</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Bir Kabusa Uyanmak</t>
+          <t>Ölümün Öpücüğü</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786053049661</t>
+          <t>9786050058673</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Bir Kabusa Uyanmak (Ciltli)</t>
+          <t>Ölümsüz ve İadesiz</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>375</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786053048305</t>
+          <t>9786054560509</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Cinder’ın Serüveni - Düğüne Yetişmeliyim</t>
+          <t>Ölümsüz ve Huzursuz</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786053049555</t>
+          <t>9786054560493</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Romantik Komedi</t>
+          <t>Ölümsüz ve Değersiz</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>325</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786053045090</t>
+          <t>9786050058260</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Burcu ve Berk - Kendimi Koruyorum</t>
+          <t>Ölümsüz ve Çaresiz</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>335</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786053045656</t>
+          <t>9786054377879</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Burcu ve Berk - Vücudumuz</t>
+          <t>Ölümcül Dans</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>335</v>
+        <v>645</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786053046509</t>
+          <t>9786054377695</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Burcu ve Berk - Sağlıklı Besleniyorum</t>
+          <t>Ölüler Ölüsü</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>335</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786053045083</t>
+          <t>9786054377855</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Burcu ve Berk - Hislerimiz</t>
+          <t>Ölüler Kuşağı</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>335</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786053045755</t>
+          <t>9786054228638</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Burcu ve Berk ile Hayır Diyebilirsin!</t>
+          <t>Ölü Kızın Dansı</t>
         </is>
       </c>
       <c r="C1303" s="1">
         <v>335</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786053045427</t>
+          <t>9786051420899</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Burcu ve Berk - Yabancılar</t>
+          <t>Sevgili Kadınım</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>335</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786053049647</t>
+          <t>9789944485777</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Dolandırıcılar Çetesi</t>
+          <t>Ormandaki Kraliçemiz</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>345</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786053049630</t>
+          <t>9786054228690</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Afife - Mavi Bir Melek</t>
+          <t>Onu da Sevdin mi?</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786053049517</t>
+          <t>9786051420066</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Güneş Tutulması</t>
+          <t>Oliver Nocturne 3 - Kan Bağları</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>375</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786053049524</t>
+          <t>9786051420059</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Güneş Tutulması (Ciltli)</t>
+          <t>Oliver Nocturne 2 - Gün Işığı Cinayetleri</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>455</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786053049562</t>
+          <t>9786051420042</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Delice Aşık</t>
+          <t>Oliver Nocturne 1 - Vampirin Fotoğrafı</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>395</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786053049579</t>
+          <t>9786051420639</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Asap</t>
+          <t>Olimpos Kızları - Kristal Gözyaşları 1. Kitap</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>325</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786051420479</t>
+          <t>9786051422596</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Kamp Arkadaşları</t>
+          <t>Oksa Pollock - Sihirli Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>215</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786053049081</t>
+          <t>9789944485975</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Sefere</t>
+          <t>Ofelya</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>205</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786053049609</t>
+          <t>9786050058147</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Maça Kızı 8 - 3. Kitap (Kutulu Set) (Ciltli)</t>
+          <t>Düşmanlık Ömür Boyu</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>598</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786053049616</t>
+          <t>9786051421162</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Maça Kızı 8 - 3. Kitap (Ciltli)</t>
+          <t>Duyarlı Davranışlar</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>448</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786053049593</t>
+          <t>9786051422237</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Maça Kızı 8 - 3. Kitap</t>
+          <t>Duman ve Kemiğin Kızı</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>378</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786053049531</t>
+          <t>9789758733361</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Güneş Parladıkça</t>
+          <t>Dönüş Yolu Yeryüzü Çocukları 4</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>375</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786054228607</t>
+          <t>9786051420394</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Ahlaksız Teklif</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786054228256</t>
+          <t>9786054560837</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Düğün</t>
+          <t>Dışlanmış</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786053049456</t>
+          <t>9786054377039</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Gölge Hırsızı</t>
+          <t>Dedektif Kurukafa : Karanlık Günler (Ciltli)</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786053049098</t>
+          <t>9789944485869</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Dostlarım Aşklarım</t>
+          <t>Dedektif Kurukafa (Ciltli)</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786053049487</t>
+          <t>9786050058703</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Her Kimsen - İlk Set</t>
+          <t>Dağda Macera</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>305</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786053049494</t>
+          <t>9789758733996</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Her Kimsen - İlk Set (Ciltli)</t>
+          <t>Çünkü Ben Buna Değerim - Dedikoducu Kız</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>405</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786053049449</t>
+          <t>9789758733668</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Birbirimize Söyleyemediğimiz Onca Şey</t>
+          <t>Çıplak Yüzmek</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786053049470</t>
+          <t>9786051429816</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Dikenli Zincir</t>
+          <t>Chanel Efsanesi ve Hayatı</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>615</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786053049067</t>
+          <t>9786054377176</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Sizi Tekrar Görmek</t>
+          <t>Carrie Günlükleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>255</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786053049463</t>
+          <t>9786054377831</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Harabe Sırlar</t>
+          <t>Morgenville Vampirleri Kitap 6: Carpe Corpus</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786053049401</t>
+          <t>9786054377381</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Altın Kafesin Esiri (Ciltli)</t>
+          <t>Ölümcül Oyuncaklar Üçüncü Kitap: Camlar Şehri</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>455</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786053049395</t>
+          <t>9786054228119</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Altın Kafesin Esiri</t>
+          <t>Cam Ev</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>375</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786053049388</t>
+          <t>9786050058413</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bahsi</t>
+          <t>Cadılar Zamanı</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>315</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786053049425</t>
+          <t>9786054560646</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>17 Numara Matem - Ciltli</t>
+          <t>Cadı ve Sihirbaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786053049418</t>
+          <t>9789758733477</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>17 Numara Matem</t>
+          <t>Büyünün Beklentisi Son Hanedan Büyücüsü Üçlemesi 2</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>375</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786053049197</t>
+          <t>9786053049708</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>O Başlattı</t>
+          <t>Merhaba Yabancı</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786053049357</t>
+          <t>9786051420356</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Kan ve Taşın Laneti</t>
+          <t>Tanrıların Arabaları</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786053049364</t>
+          <t>9786053049692</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Kan ve Taşın Laneti (Ciltli)</t>
+          <t>Büyülü Çiftlik</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>505</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786053049012</t>
+          <t>9786053049715</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Bütün Eserleriyle Charles Dıckens (Ciltli)</t>
+          <t>Çalıntı Dokunuşlar</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>950</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786051423326</t>
+          <t>9786053048787</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Koleksiyonu 5 : Babam Kayboldu</t>
+          <t>17 Numara Piyes (Ciltli)</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>275</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786051423388</t>
+          <t>9786054228812</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Sara Kay Koleksiyonu 9 : Ailemize Hoş Geldin</t>
+          <t>Bir Aşkın Tarihi</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786051424545</t>
+          <t>9786054228409</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>#Moda2014</t>
+          <t>Aşka İnanınca</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786053040996</t>
+          <t>9786054228294</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Canavar Lazım</t>
+          <t>Alışverişkolik ve Bebeği</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786053044451</t>
+          <t>9786054228089</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Sadece Tatlı</t>
+          <t>Fısıltılar</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786053044444</t>
+          <t>9786050058888</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Önce Tatlı</t>
+          <t>Ölümsüz ve Bekar</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786053043300</t>
+          <t>9786053049722</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo (Ciltli)</t>
+          <t>Salkım Sokak No: 3</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>425</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786051424859</t>
+          <t>9786053049654</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin Kitabı</t>
+          <t>Bir Kabusa Uyanmak</t>
         </is>
       </c>
       <c r="C1343" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786051424804</t>
+          <t>9786053049661</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Şeker Alice Miranda Denizde</t>
+          <t>Bir Kabusa Uyanmak (Ciltli)</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9789944485371</t>
+          <t>9786053048305</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Aşk Gemisi</t>
+          <t>Cinder’ın Serüveni - Düğüne Yetişmeliyim</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9789944485418</t>
+          <t>9786053049555</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Vezüv Kulübü</t>
+          <t>Romantik Komedi</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>195</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9789944485739</t>
+          <t>9786053045090</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Gölge Adam</t>
+          <t>Burcu ve Berk - Kendimi Koruyorum</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>525</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9789944485487</t>
+          <t>9786053045656</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Maske</t>
+          <t>Burcu ve Berk - Vücudumuz</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786053049289</t>
+          <t>9786053046509</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Medora Günlükleri Serisi</t>
+          <t>Burcu ve Berk - Sağlıklı Besleniyorum</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>1680</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786053049258</t>
+          <t>9786053045083</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Vardaesia</t>
+          <t>Burcu ve Berk - Hislerimiz</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786053049265</t>
+          <t>9786053045755</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Vardaesia (Ciltli)</t>
+          <t>Burcu ve Berk ile Hayır Diyebilirsin!</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>475</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786053049333</t>
+          <t>9786053045427</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Gülen Ceset</t>
+          <t>Burcu ve Berk - Yabancılar</t>
         </is>
       </c>
       <c r="C1352" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786053048947</t>
+          <t>9786053049647</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>İki Yanlış Bir Doğru</t>
+          <t>Dolandırıcılar Çetesi</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786053048961</t>
+          <t>9786053049630</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>İki Yanlış Bir Doğru (Ciltli)</t>
+          <t>Afife - Mavi Bir Melek</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>425</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786051423210</t>
+          <t>9786053049517</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Flört</t>
+          <t>Güneş Tutulması</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>195</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786051429281</t>
+          <t>9786053049524</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Batman ve Superman Dev Aktivite Kitabı 1</t>
+          <t>Güneş Tutulması (Ciltli)</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>195</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786051420998</t>
+          <t>9786053049562</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Dünya - 52 Uyanış Kartı</t>
+          <t>Delice Aşık</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>650</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786054560844</t>
+          <t>9786053049579</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Bir Genç Kızın Gizli Defteri 1</t>
+          <t>Asap</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>345</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786053049319</t>
+          <t>9786051420479</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Fantom Etkisi Doğa Dönüyor</t>
+          <t>Kamp Arkadaşları</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>395</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786053049326</t>
+          <t>9786053049081</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Fantom Etkisi Doğa Dönüyor (Ciltli)</t>
+          <t>Gelecek Sefere</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>495</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786053049302</t>
+          <t>9786053049609</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Son Krallık Serisi 3. Kitap - Kuzeyin Efendileri</t>
+          <t>Maça Kızı 8 - 3. Kitap Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>325</v>
+        <v>598</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786053049296</t>
+          <t>9786053049616</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Brown Kardeşler Serisi</t>
+          <t>Maça Kızı 8 - 3. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>635</v>
+        <v>478</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786053049227</t>
+          <t>9786053049593</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Yaşına Göre Davran, Eve Brown</t>
+          <t>Maça Kızı 8 - 3. Kitap</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>270</v>
+        <v>418</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786053049210</t>
+          <t>9786053049531</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Yaşına Göre Davran, Eve Brown (Ciltli)</t>
+          <t>Güneş Parladıkça</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>375</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786053049050</t>
+          <t>9786054228607</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Huzur Bahşettiği Shantaram (Ciltli)</t>
+          <t>Ahlaksız Teklif</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>645</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786053048572</t>
+          <t>9786054228256</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Bir Kabusa Dalmak (Ciltli)</t>
+          <t>Düğün</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786053048954</t>
+          <t>9786053049456</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Bana Söylediği Son Şey</t>
+          <t>Gölge Hırsızı</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786053049241</t>
+          <t>9786053049098</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Bir Kabusa Dalmak</t>
+          <t>Dostlarım Aşklarım</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786053048930</t>
+          <t>9786053049487</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Hester</t>
+          <t>Her Kimsen - İlk Set</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>325</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786053048015</t>
+          <t>9786053049494</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Amber (Ciltli)</t>
+          <t>Her Kimsen - İlk Set (Ciltli)</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>325</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786053049203</t>
+          <t>9786053049449</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Saklı Gerçekler</t>
+          <t>Birbirimize Söyleyemediğimiz Onca Şey</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786053049029</t>
+          <t>9786053049470</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Ay Eşleşmesi</t>
+          <t>Dikenli Zincir</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>245</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786053049234</t>
+          <t>9786053049067</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Float Suyun Üstünde</t>
+          <t>Sizi Tekrar Görmek</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786053049166</t>
+          <t>9786053049463</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Siyah Pasta</t>
+          <t>Harabe Sırlar</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786053049180</t>
+          <t>9786053049401</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Acımasız İllüzyonlar (Ciltli)</t>
+          <t>Altın Kafesin Esiri (Ciltli)</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>430</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786053049173</t>
+          <t>9786053049395</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Acımasız İllüzyonlar</t>
+          <t>Altın Kafesin Esiri</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>350</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786053048992</t>
+          <t>9786053049388</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Keşke Gerçek Olsa</t>
+          <t>Aşk Bahsi</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786053048640</t>
+          <t>9786053049425</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Ay Çarpması</t>
+          <t>17 Numara Matem (Ciltli)</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>335</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786053049043</t>
+          <t>9786053049418</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Foxglove (Ciltli)</t>
+          <t>17 Numara Matem</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>405</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786053049036</t>
+          <t>9786053049197</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Foxglove</t>
+          <t>O Başlattı</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>325</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786053049142</t>
+          <t>9786053049357</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhlar Şehri</t>
+          <t>Kan ve Taşın Laneti</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>375</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786053049135</t>
+          <t>9786053049364</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Düşmüş Melekler Şehri</t>
+          <t>Kan ve Taşın Laneti (Ciltli)</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>365</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786053049159</t>
+          <t>9786053049012</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Cennet Ateşi Şehri</t>
+          <t>Bütün Eserleriyle Charles Dıckens (Ciltli)</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>445</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786053049128</t>
+          <t>9786051423326</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Camlar Şehri</t>
+          <t>Sarah Kay Koleksiyonu 5 : Babam Kayboldu</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786053049111</t>
+          <t>9786051423388</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Küller Şehri</t>
+          <t>Sara Kay Koleksiyonu 9 : Ailemize Hoş Geldin</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>365</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786053049104</t>
+          <t>9786051424545</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Kemikler Şehri</t>
+          <t>#Moda2014</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>375</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786053048985</t>
+          <t>9786053040996</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Tahta Masa</t>
+          <t>Bana Bir Canavar Lazım</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>135</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786053048824</t>
+          <t>9786053044451</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Maça Kızı 8 - 2. Kitap (Ciltli)</t>
+          <t>Sadece Tatlı</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>478</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786053048817</t>
+          <t>9786053044444</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Maça Kızı 8 - 2. Kitap</t>
+          <t>Önce Tatlı</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>398</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786053049005</t>
+          <t>9786053043300</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Başkalarının Giysileri</t>
+          <t>Pinokyo (Ciltli)</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>275</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786053047278</t>
+          <t>9786051424859</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Ateş Serisi III - İntikam Ateşi</t>
+          <t>Bebeğimin Kitabı</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786053047223</t>
+          <t>9786051424804</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Ateş Serisi II - Kan Ateşi</t>
+          <t>Meraklı Şeker Alice Miranda Denizde</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786053048978</t>
+          <t>9789944485371</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Oda Kuralları</t>
+          <t>Aşk Gemisi</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>270</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786053048909</t>
+          <t>9789944485418</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Leydilerin Masum Sırları - İtibar</t>
+          <t>Vezüv Kulübü</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>235</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786053048916</t>
+          <t>9789944485739</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan</t>
+          <t>Gölge Adam</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>275</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786053048923</t>
+          <t>9789944485487</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Denizin İzinde</t>
+          <t>Tehlikeli Maske</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786053048800</t>
+          <t>9786053049289</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Benden Daha Kötüsü Varsa O da Sensin</t>
+          <t>Medora Günlükleri Serisi</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>275</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786053048732</t>
+          <t>9786053049258</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Şifacısı</t>
+          <t>Vardaesia</t>
         </is>
       </c>
       <c r="C1398" s="1">
         <v>445</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786053048749</t>
+          <t>9786053049265</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Şifacısı (Ciltli)</t>
+          <t>Vardaesia (Ciltli)</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>525</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786053048855</t>
+          <t>9786053049333</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Neydi O?</t>
+          <t>Gülen Ceset</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>149</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9789758733323</t>
+          <t>9786053048947</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Suçlu Zevkler</t>
+          <t>İki Yanlış Bir Doğru</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>345</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786053048763</t>
+          <t>9786053048961</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Graevale Medora Günlükleri 4 (Ciltli)</t>
+          <t>İki Yanlış Bir Doğru (Ciltli)</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>425</v>
+        <v>515</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786053048756</t>
+          <t>9786051423210</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Graevale Medora Günlükleri 4</t>
+          <t>Flört</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>345</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786053047940</t>
+          <t>9786051429281</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Burcu ve Berk İle Cinsellik</t>
+          <t>Batman ve Superman Dev Aktivite Kitabı 1</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>335</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786053048879</t>
+          <t>9786051420998</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Anne</t>
+          <t>Yeni Bir Dünya - 52 Uyanış Kartı</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>265</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786053048862</t>
+          <t>9786054560844</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Oyunu</t>
+          <t>Bir Genç Kızın Gizli Defteri 1</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>325</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786053048725</t>
+          <t>9786053049319</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Pom!</t>
+          <t>Fantom Etkisi Doğa Dönüyor</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>220</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786053048718</t>
+          <t>9786053049326</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Pom! (Ciltli)</t>
+          <t>Fantom Etkisi Doğa Dönüyor (Ciltli)</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>300</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786053048893</t>
+          <t>9786053049302</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Delilah’ın Tüm Renkleri</t>
+          <t>Son Krallık Serisi 3. Kitap - Kuzeyin Efendileri</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786053048886</t>
+          <t>9786053049296</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Delilah’ın Tüm Renkleri (Ciltli)</t>
+          <t>Brown Kardeşler Serisi</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>245</v>
+        <v>635</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786053048794</t>
+          <t>9786053049227</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>17 Numara Piyes</t>
+          <t>Yaşına Göre Davran, Eve Brown</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>375</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786053048831</t>
+          <t>9786053049210</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Kırgın Fısıltılar</t>
+          <t>Yaşına Göre Davran, Eve Brown (Ciltli)</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>215</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786053048671</t>
+          <t>9786053049050</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Gazap ve Alevin Kaderi (Ciltli)</t>
+          <t>Tanrı’nın Huzur Bahşettiği Shantaram (Ciltli)</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>475</v>
+        <v>895</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786053048664</t>
+          <t>9786053048572</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Gazap ve Alevin Kaderi</t>
+          <t>Bir Kabusa Dalmak (Ciltli)</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>395</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786053048633</t>
+          <t>9786053048954</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Buluşmaları</t>
+          <t>Bana Söylediği Son Şey</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786053048770</t>
+          <t>9786053049241</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktaki Bir Kapı</t>
+          <t>Bir Kabusa Dalmak</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>295</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786053048046</t>
+          <t>9786053048930</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Diyar</t>
+          <t>Hester</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786053048701</t>
+          <t>9786053048015</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Ama Gitme Lavinia</t>
+          <t>Amber (Ciltli)</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>670</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786053048626</t>
+          <t>9786053049203</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Gözünü Aç, Danı Brown (Ciltli)</t>
+          <t>Saklı Gerçekler</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786053048619</t>
+          <t>9786053049029</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Gözünü Aç, Danı Brown</t>
+          <t>Ay Eşleşmesi</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>230</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786053045397</t>
+          <t>9786053049234</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Renkgiller Kampta</t>
+          <t>Float Suyun Üstünde</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786053048237</t>
+          <t>9786053049166</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Lia Ve Beckett’in Abrakadabrası</t>
+          <t>Siyah Pasta</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>245</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786053048589</t>
+          <t>9786053049180</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Kaderle Randevu</t>
+          <t>Acımasız İllüzyonlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>275</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786053048596</t>
+          <t>9786053049173</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Violet - Dikenlerin Menekşesi</t>
+          <t>Acımasız İllüzyonlar</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786053048602</t>
+          <t>9786053048992</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Violet - Dikenlerin Menekşesi (Ciltli)</t>
+          <t>Keşke Gerçek Olsa</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786053048244</t>
+          <t>9786053048640</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Özel Koruma</t>
+          <t>Ay Çarpması</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>335</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786053048299</t>
+          <t>9786053049043</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Draekora (Ciltli)</t>
+          <t>Foxglove (Ciltli)</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>405</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786053048282</t>
+          <t>9786053049036</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Draekora</t>
+          <t>Foxglove</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>325</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786053048510</t>
+          <t>9786053049142</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Eflal III</t>
+          <t>Kayıp Ruhlar Şehri</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>325</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786053048527</t>
+          <t>9786053049135</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Eflal III (Ciltli)</t>
+          <t>Düşmüş Melekler Şehri</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>405</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786053048565</t>
+          <t>9786053049159</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Tuvaldeki Yaralar</t>
+          <t>Cennet Ateşi Şehri</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>240</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786053047667</t>
+          <t>9786053049128</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Safir</t>
+          <t>Camlar Şehri</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786053048541</t>
+          <t>9786053049111</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Bunu Sen Oku</t>
+          <t>Küller Şehri</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786053047964</t>
+          <t>9786053049104</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Sağlık ve Paranın Sırrı (Ciltli)</t>
+          <t>Kemikler Şehri</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>595</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786053048497</t>
+          <t>9786053048985</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Küçük Paris Pastanesi</t>
+          <t>Tahta Masa</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>295</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786053048503</t>
+          <t>9786053048824</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Bir Cadıyla Kim Evlenir?</t>
+          <t>Maça Kızı 8 - 2. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>325</v>
+        <v>538</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786053048442</t>
+          <t>9786053048817</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Seoulmates</t>
+          <t>Maça Kızı 8 - 2. Kitap</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>215</v>
+        <v>448</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786053048060</t>
+          <t>9786053049005</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Doğabilimcinin Günlüğü</t>
+          <t>Başkalarının Giysileri</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786053048459</t>
+          <t>9786053047278</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Seoulmates - K-Drama Tadında Bir Hikaye (Ciltli)</t>
+          <t>Ateş Serisi III - İntikam Ateşi</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786053048114</t>
+          <t>9786053047223</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Suyun Altındaki Çiftlik</t>
+          <t>Ateş Serisi II - Kan Ateşi</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786053048473</t>
+          <t>9786053048978</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Ateş Bekçisinin Kızı (Ciltli)</t>
+          <t>Karanlık Oda Kuralları</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786053048466</t>
+          <t>9786053048909</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Ateş Bekçisinin Kızı</t>
+          <t>Leydilerin Masum Sırları - İtibar</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>325</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786053048435</t>
+          <t>9786053048916</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Maça Kızı 8 - 1. Kitap (Ciltli)</t>
+          <t>Sil Baştan</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>468</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786053048428</t>
+          <t>9786053048923</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Maça Kızı 8 - 1. Kitap</t>
+          <t>Yıldızlı Denizin İzinde</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>398</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786053048404</t>
+          <t>9786053048800</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>17 Numara - Katliam</t>
+          <t>Benden Daha Kötüsü Varsa O da Sensin</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786053048411</t>
+          <t>9786053048732</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>17 Numara - Katliam (Ciltli)</t>
+          <t>Hapishane Şifacısı</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>475</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786053048367</t>
+          <t>9786053048749</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Altını</t>
+          <t>Hapishane Şifacısı (Ciltli)</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>325</v>
+        <v>595</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786053048374</t>
+          <t>9786053048855</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Süvarisi</t>
+          <t>Neydi O?</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786053048398</t>
+          <t>9789758733323</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Özgüvene Dair</t>
+          <t>Suçlu Zevkler</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786053048350</t>
+          <t>9786053048763</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Sörfçüler 3</t>
+          <t>Graevale Medora Günlükleri 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>285</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786053048343</t>
+          <t>9786053048756</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Sörfçüler 2 - Deniz Fenerindeki Adam</t>
+          <t>Graevale Medora Günlükleri 4</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>285</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786053048329</t>
+          <t>9786053047940</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Hayatını Yaşa, Chloe Brown (Ciltli)</t>
+          <t>Burcu ve Berk İle Cinsellik</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786053048312</t>
+          <t>9786053048879</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Hayatını Yaşa, Chloe Brown</t>
+          <t>Yeni Nesil Anne</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786053048176</t>
+          <t>9786053048862</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Yanacağız</t>
+          <t>Bir Dilek Oyunu</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>245</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786053048183</t>
+          <t>9786053048725</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Yanacağız (Ciltli)</t>
+          <t>Pom!</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786053048169</t>
+          <t>9786053048718</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Raelia (Ciltli)</t>
+          <t>Pom! (Ciltli)</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>385</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786053048152</t>
+          <t>9786053048893</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Raelia</t>
+          <t>Delilah’ın Tüm Renkleri</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>285</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786053048268</t>
+          <t>9786053048886</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Belladonna</t>
+          <t>Delilah’ın Tüm Renkleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786053048275</t>
+          <t>9786053048794</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Belladonna (Ciltli)</t>
+          <t>17 Numara Piyes</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>405</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786053048107</t>
+          <t>9786053048831</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Saldırıyor - Korkunç Müdür 4</t>
+          <t>Kırgın Fısıltılar</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786053048053</t>
+          <t>9786053048671</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Alev</t>
+          <t>Gazap ve Alevin Kaderi (Ciltli)</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>195</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786053047506</t>
+          <t>9786053048664</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Küçük Brooklyn Fırını</t>
+          <t>Gazap ve Alevin Kaderi</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>295</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786053048220</t>
+          <t>9786053048633</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Sakinlik</t>
+          <t>Gece Yarısı Buluşmaları</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786053048213</t>
+          <t>9786053048770</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Kendini Tanımak</t>
+          <t>Karanlıktaki Bir Kapı</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>195</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786053048190</t>
+          <t>9786053048046</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Bay Yanlış Numara</t>
+          <t>Ölümsüz Diyar</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>249</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786053048084</t>
+          <t>9786053048701</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 8: Rilla</t>
+          <t>Ama Gitme Lavinia</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>215</v>
+        <v>670</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786053048091</t>
+          <t>9786053048626</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 8: Rilla (Ciltli)</t>
+          <t>Gözünü Aç, Danı Brown (Ciltli)</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>245</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786053048138</t>
+          <t>9786053048619</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Ama Gitme Lavinia 2</t>
+          <t>Gözünü Aç, Danı Brown</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786053048145</t>
+          <t>9786053045397</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Ama Gitme Lavinia 2 (Ciltli)</t>
+          <t>Renkgiller Kampta</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>315</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786053048077</t>
+          <t>9786053048237</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Parlak Kanatlar Akademisi Peri Tozu</t>
+          <t>Lia Ve Beckett’in Abrakadabrası</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786053048022</t>
+          <t>9786053048589</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kehribar (Ciltli)</t>
+          <t>Kaderle Randevu</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>260</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786053047919</t>
+          <t>9786053048596</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Çimen (Ciltli)</t>
+          <t>Violet - Dikenlerin Menekşesi</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>450</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786053048039</t>
+          <t>9786053048602</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kehribar</t>
+          <t>Violet - Dikenlerin Menekşesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>180</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786053047902</t>
+          <t>9786053048244</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Çimen</t>
+          <t>Özel Koruma</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786053047889</t>
+          <t>9786053048299</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Şirket Oyunları</t>
+          <t>Draekora (Ciltli)</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>355</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786053047896</t>
+          <t>9786053048282</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Şirket Oyunları (Ciltli)</t>
+          <t>Draekora</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>435</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786053047858</t>
+          <t>9786053048510</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Kız</t>
+          <t>Eflal III</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786053047971</t>
+          <t>9786053048527</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Rus Kafesi</t>
+          <t>Eflal III (Ciltli)</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786053047957</t>
+          <t>9786053048565</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>İkinci Ten</t>
+          <t>Tuvaldeki Yaralar</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>235</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786053047834</t>
+          <t>9786053047667</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Parlak Kanatlar Akademisi - Sonsuza Dek Arkadaşlar</t>
+          <t>Safir</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>165</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786053047988</t>
+          <t>9786053048541</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Bonkis</t>
+          <t>Bunu Sen Oku</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>185</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786053047865</t>
+          <t>9786053047964</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ölmez</t>
+          <t>Sevgi Sağlık ve Paranın Sırrı (Ciltli)</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>175</v>
+        <v>715</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786053047872</t>
+          <t>9786053048497</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Bodrum Terzisi</t>
+          <t>Küçük Paris Pastanesi</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>295</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786053047766</t>
+          <t>9786053048503</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Liste</t>
+          <t>Bir Cadıyla Kim Evlenir?</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>325</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786053047735</t>
+          <t>9786053048442</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Liste</t>
+          <t>Seoulmates</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786053047841</t>
+          <t>9786053048060</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ölüm</t>
+          <t>Genç Bir Doğabilimcinin Günlüğü</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>645</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786053047773</t>
+          <t>9786053048459</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Merhaba! Ben Uzunbacak</t>
+          <t>Seoulmates - K-Drama Tadında Bir Hikaye (Ciltli)</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786053047759</t>
+          <t>9786053048114</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Mekanik Romantizm (Ciltli)</t>
+          <t>Suyun Altındaki Çiftlik</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>305</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786053047742</t>
+          <t>9786053048473</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Mekanik Romantizm</t>
+          <t>Ateş Bekçisinin Kızı (Ciltli)</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786053047629</t>
+          <t>9786053048466</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Son Krallık</t>
+          <t>Ateş Bekçisinin Kızı</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786053047698</t>
+          <t>9786053048435</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Son Ejderha</t>
+          <t>Maça Kızı 8 - 1. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>275</v>
+        <v>468</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786053047827</t>
+          <t>9786053048428</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Gölge ve Işık Krallığı</t>
+          <t>Maça Kızı 8 - 1. Kitap</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>430</v>
+        <v>398</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786053047711</t>
+          <t>9786053048404</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Bulmanın Yolu</t>
+          <t>17 Numara - Katliam</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786053047728</t>
+          <t>9786053048411</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Tartışmalar</t>
+          <t>17 Numara - Katliam (Ciltli)</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>225</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786053047636</t>
+          <t>9786053048367</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Kader Yolu</t>
+          <t>Tanrıların Altını</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786053047810</t>
+          <t>9786053048374</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Oz Diyarı</t>
+          <t>Ölüm Süvarisi</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786053047704</t>
+          <t>9786053048398</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa - Ölü Ya Da Diri (Ciltli)</t>
+          <t>Özgüvene Dair</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>545</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786053047681</t>
+          <t>9786053048350</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 7: Gökkuşağı Vadisi (Ciltli)</t>
+          <t>Çılgın Sörfçüler 3</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786053047674</t>
+          <t>9786053048343</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 7: Gökkuşağı Vadisi</t>
+          <t>Çılgın Sörfçüler 2 - Deniz Fenerindeki Adam</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>215</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786053047780</t>
+          <t>9786053048329</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Eflal 2 (Ciltli)</t>
+          <t>Hayatını Yaşa, Chloe Brown (Ciltli)</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>405</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786053047797</t>
+          <t>9786053048312</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Eflal 2</t>
+          <t>Hayatını Yaşa, Chloe Brown</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>325</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786053046516</t>
+          <t>9786053048176</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Burcu ve Berk Korkmuyorum</t>
+          <t>Birlikte Yanacağız</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>335</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786053047384</t>
+          <t>9786053048183</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Mamaste</t>
+          <t>Birlikte Yanacağız (Ciltli)</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786053047650</t>
+          <t>9786053048169</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Akarnae - Medora Günlükleri 1 (Ciltli)</t>
+          <t>Raelia (Ciltli)</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>410</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786053047643</t>
+          <t>9786053048152</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Akarnae - Medora Günlükleri 1</t>
+          <t>Raelia</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>330</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786053047599</t>
+          <t>9786053048268</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Parlak Kanatlar Akademisi - Gece Yarısı Şöleni</t>
+          <t>Belladonna</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>195</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786053047605</t>
+          <t>9786053048275</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Sen De Başarabilirsin</t>
+          <t>Belladonna (Ciltli)</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>275</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786053047575</t>
+          <t>9786053048107</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kütüphane 5: Kılıç ve Kalem</t>
+          <t>Yeniden Saldırıyor - Korkunç Müdür 4</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>345</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786053047612</t>
+          <t>9786053048053</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dağın Gemisi</t>
+          <t>Zümrüt Alev</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>295</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786053047568</t>
+          <t>9786053047506</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Zor Bir Yıkım - Silahşor Rose Serisi İkinci Kitap</t>
+          <t>Küçük Brooklyn Fırını</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>295</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786053047582</t>
+          <t>9786053048220</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Yükseklere Uçmak - Parlak Kanatlar Akademisi</t>
+          <t>Sakinlik</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786053047520</t>
+          <t>9786053048213</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Neden Yanlış Kişiyle Evleneceksiniz</t>
+          <t>Kendini Tanımak</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786053047513</t>
+          <t>9786053048190</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Gönül Yarası</t>
+          <t>Bay Yanlış Numara</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786053047544</t>
+          <t>9786053048084</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Bekçiler Kurtuluş Yolu - Serisi 3. Kitap</t>
+          <t>Yeşilin Kızı Anne 8: Rilla</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786053047469</t>
+          <t>9786053048091</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Ölü Buz</t>
+          <t>Yeşilin Kızı Anne 8: Rilla (Ciltli)</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>485</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786053047551</t>
+          <t>9786053048138</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kraliçe</t>
+          <t>Ama Gitme Lavinia 2</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786053047537</t>
+          <t>9786053048145</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Park Bulvarı'nda Yaz</t>
+          <t>Ama Gitme Lavinia 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786053047476</t>
+          <t>9786053048077</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Kara Gemiler</t>
+          <t>Parlak Kanatlar Akademisi Peri Tozu</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>365</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786053047483</t>
+          <t>9786053048022</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Satır Aralarında Buluşalım</t>
+          <t>Kızıl Kehribar (Ciltli)</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786053047490</t>
+          <t>9786053047919</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Satır Aralarında Buluşalım (Ciltli)</t>
+          <t>Çimen (Ciltli)</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>305</v>
+        <v>515</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786053047421</t>
+          <t>9786053048039</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 6: Ingleside</t>
+          <t>Kızıl Kehribar</t>
         </is>
       </c>
       <c r="C1521" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786053047438</t>
+          <t>9786053047902</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 6: Ingleside (Ciltli)</t>
+          <t>Çimen</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>255</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786053047445</t>
+          <t>9786053047889</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Xoxo (Ciltli)</t>
+          <t>Şirket Oyunları</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>375</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786053047452</t>
+          <t>9786053047896</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Xoxo</t>
+          <t>Şirket Oyunları (Ciltli)</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786053047377</t>
+          <t>9786053047858</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa 13 Savaş Mevsimleri (Ciltli)</t>
+          <t>Yedinci Kız</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>545</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786053047391</t>
+          <t>9786053047971</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Oturduğunuz Yerde Zayıflamak İster Misiniz?</t>
+          <t>Rus Kafesi</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786053047407</t>
+          <t>9786053047957</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Ama Gitme, Lavinia</t>
+          <t>İkinci Ten</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786053047094</t>
+          <t>9786053047834</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Burcu ve Berk ile Dans</t>
+          <t>Parlak Kanatlar Akademisi - Sonsuza Dek Arkadaşlar</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>335</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786054428267</t>
+          <t>9786053047988</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yediler 6 İyi İş Artemis Çocuk</t>
+          <t>Bonkis</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>235</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786054377923</t>
+          <t>9786053047865</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Vampir Akademisi 6 : Son Fedakarlık</t>
+          <t>Aşk Ölmez</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>420</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786053047360</t>
+          <t>9786053047872</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Demir Zincir (Ciltli)</t>
+          <t>Bodrum Terzisi</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>485</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786053047414</t>
+          <t>9786053047766</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Ama Gitme, Lavinia (Ciltli)</t>
+          <t>Sihirli Liste</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>355</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786053047186</t>
+          <t>9786053047735</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Ateş</t>
+          <t>Sihirli Liste</t>
         </is>
       </c>
       <c r="C1533" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786053047230</t>
+          <t>9786053047841</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Bambi'nin Çocukları</t>
+          <t>Kızıl Ölüm</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>275</v>
+        <v>775</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786053047339</t>
+          <t>9786053047773</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Ben Ada Lovelace</t>
+          <t>Merhaba! Ben Uzunbacak</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786053047308</t>
+          <t>9786053047759</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Büyük Hikayeler: Leonardo Da Vinci</t>
+          <t>Mekanik Romantizm (Ciltli)</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>475</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786053047346</t>
+          <t>9786053047742</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Filmlerden Daha Güzel</t>
+          <t>Mekanik Romantizm</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786053047353</t>
+          <t>9786053047629</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Filmlerden Daha Güzel (Ciltli)</t>
+          <t>Son Krallık</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>475</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786053047247</t>
+          <t>9786053047698</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 5: Rüya Evi</t>
+          <t>Son Ejderha</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>215</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786053047193</t>
+          <t>9786053047827</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kümes Tiyatrosu</t>
+          <t>Gölge ve Işık Krallığı</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>275</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786053047148</t>
+          <t>9786053047711</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Emily - Arayış</t>
+          <t>Aşkı Bulmanın Yolu</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786053047155</t>
+          <t>9786053047728</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Emily Arayış (Ciltli)</t>
+          <t>Tartışmalar</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>235</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786053047049</t>
+          <t>9786053047636</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Bütün Romanlarıyla Jane Austen (Ciltli)</t>
+          <t>Kader Yolu</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>950</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786051429359</t>
+          <t>9786053047810</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler ve Bir Sömestir Macerası</t>
+          <t>Muhteşem Oz Diyarı</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>235</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786053047322</t>
+          <t>9786053047704</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Delilah’ın Üç Rengi (Ciltli)</t>
+          <t>Dedektif Kurukafa - Ölü Ya Da Diri (Ciltli)</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>275</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786053047315</t>
+          <t>9786053047681</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Delilah'ın Üç Rengi</t>
+          <t>Yeşilin Kızı Anne 7: Gökkuşağı Vadisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>215</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786053047261</t>
+          <t>9786053047674</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Aynalar Ülkesi</t>
+          <t>Yeşilin Kızı Anne 7: Gökkuşağı Vadisi</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786053047216</t>
+          <t>9786053047780</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Bekçiler Yalanlar Şehri</t>
+          <t>Eflal 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786053047209</t>
+          <t>9786053047797</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Savaşı</t>
+          <t>Eflal 2</t>
         </is>
       </c>
       <c r="C1549" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786053047254</t>
+          <t>9786053046516</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı 5: Rüya Evi (Ciltli)</t>
+          <t>Burcu ve Berk Korkmuyorum</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>245</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786053047292</t>
+          <t>9786053047384</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Eflal (Ciltli)</t>
+          <t>Mamaste</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>405</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786053047285</t>
+          <t>9786053047650</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Eflal</t>
+          <t>Akarnae - Medora Günlükleri 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>325</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786053046981</t>
+          <t>9786053047643</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Prenses</t>
+          <t>Akarnae - Medora Günlükleri 1</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786053047162</t>
+          <t>9786053047599</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Hakikatler Kulübü</t>
+          <t>Parlak Kanatlar Akademisi - Gece Yarısı Şöleni</t>
         </is>
       </c>
       <c r="C1554" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9786053047179</t>
+          <t>9786053047605</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Bir Tek Sen Anla</t>
+          <t>Sen De Başarabilirsin</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>275</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9786053047131</t>
+          <t>9786053047575</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Aşk</t>
+          <t>Büyük Kütüphane 5: Kılıç ve Kalem</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>375</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786053047056</t>
+          <t>9786053047612</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Proti Adası’nın Esrarı 2 - Zaman</t>
+          <t>Kayıp Dağın Gemisi</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786053046998</t>
+          <t>9786053047568</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Büyük Hikayeler: Dante Alighieri</t>
+          <t>Zor Bir Yıkım - Silahşor Rose Serisi İkinci Kitap</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786053047100</t>
+          <t>9786053047582</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Karayılan</t>
+          <t>Yükseklere Uçmak - Parlak Kanatlar Akademisi</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786053047117</t>
+          <t>9786053047520</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir Gün Bitecek</t>
+          <t>Neden Yanlış Kişiyle Evleneceksiniz</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786053047001</t>
+          <t>9786053047513</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Bizim Yerimizde Olmak İstiyorlar</t>
+          <t>Gönül Yarası</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786053046943</t>
+          <t>9786053047544</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 4</t>
+          <t>Bekçiler Kurtuluş Yolu - Serisi 3. Kitap</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>215</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786053046936</t>
+          <t>9786053047469</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 4 (Ciltli)</t>
+          <t>Ölü Buz</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786053046974</t>
+          <t>9786053047551</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Monako'da Buluşalım</t>
+          <t>Kayıp Kraliçe</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>235</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786053047032</t>
+          <t>9786053047537</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Diriliş - Dedektif Kurukafa</t>
+          <t>Park Bulvarı'nda Yaz</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>455</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786053046929</t>
+          <t>9786053047476</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Emily Başarı Yolunda Ciltli</t>
+          <t>Kara Gemiler</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>235</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786053046967</t>
+          <t>9786053047483</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Yaz Tatili</t>
+          <t>Satır Aralarında Buluşalım</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>295</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786053046813</t>
+          <t>9786053047490</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunlarıyla Shakespeare (Ciltli)</t>
+          <t>Satır Aralarında Buluşalım (Ciltli)</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>950</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786053046912</t>
+          <t>9786053047421</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Emily Başarı Yolunda (Tam Metin)</t>
+          <t>Yeşilin Kızı Anne 6: Ingleside</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786053046950</t>
+          <t>9786053047438</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Peri Diyarı</t>
+          <t>Yeşilin Kızı Anne 6: Ingleside (Ciltli)</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>195</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786053046905</t>
+          <t>9786053047445</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Kanunsuz</t>
+          <t>Xoxo (Ciltli)</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786053046899</t>
+          <t>9786053047452</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Büyük Hikayeler: Nikola Tesla</t>
+          <t>Xoxo</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786053046844</t>
+          <t>9786053047377</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Kanıtları</t>
+          <t>Dedektif Kurukafa 13 Savaş Mevsimleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>295</v>
+        <v>655</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9786053046882</t>
+          <t>9786053047391</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Gurmepedia (Ciltli)</t>
+          <t>Oturduğunuz Yerde Zayıflamak İster Misiniz?</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>750</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786053046691</t>
+          <t>9786053047407</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Okumak İstemeyen Otti</t>
+          <t>Ama Gitme, Lavinia</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>345</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786053046875</t>
+          <t>9786053047094</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Yeniay Çiftliği Emily (Ciltli)</t>
+          <t>Burcu ve Berk ile Dans</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>235</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786053046417</t>
+          <t>9786054428267</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>İclal Aydın Romanları - 4 Kitap Takım</t>
+          <t>Gizli Yediler 6 İyi İş Artemis Çocuk</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>1380</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786053046851</t>
+          <t>9786054377923</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Jason</t>
+          <t>Vampir Akademisi 6 : Son Fedakarlık</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>195</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786053046868</t>
+          <t>9786053047360</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Emily - Yeniay Çiftliği (Tam Metin)</t>
+          <t>Demir Zincir (Ciltli)</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>150</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9786053046837</t>
+          <t>9786053047414</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Aynasını Kendine Çevir</t>
+          <t>Ama Gitme, Lavinia (Ciltli)</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786053046820</t>
+          <t>9786053047186</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Levla</t>
+          <t>Karanlık Ateş</t>
         </is>
       </c>
       <c r="C1581" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786053046806</t>
+          <t>9786053047230</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Claudius</t>
+          <t>Bambi'nin Çocukları</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786053046783</t>
+          <t>9786053047339</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Jack’in Kadını</t>
+          <t>Ben Ada Lovelace</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>375</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786053046776</t>
+          <t>9786053047308</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Eş</t>
+          <t>Karanlık Büyük Hikayeler: Leonardo Da Vinci</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>245</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9786053046745</t>
+          <t>9786053047346</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Hırsızlar Müzesi - Bekçiler Serisi 1. Kitap</t>
+          <t>Filmlerden Daha Güzel</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786053046707</t>
+          <t>9786053047353</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Ada - Yeşilin Kızı Anne 2 (Ciltli)</t>
+          <t>Filmlerden Daha Güzel (Ciltli)</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786053046769</t>
+          <t>9786053047247</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları</t>
+          <t>Yeşilin Kızı Anne 5: Rüya Evi</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>295</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9786053046714</t>
+          <t>9786053047193</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 3 Ada (Tam Metin, Eksiksiz Çeviri)</t>
+          <t>Gizli Kümes Tiyatrosu</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>215</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9786053046738</t>
+          <t>9786053047148</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Yeniden</t>
+          <t>Emily - Arayış</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>159</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9786053046684</t>
+          <t>9786053047155</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Sır (Ciltli)</t>
+          <t>Emily Arayış (Ciltli)</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>695</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786053046424</t>
+          <t>9786053047049</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Bulanık Sular</t>
+          <t>Bütün Romanlarıyla Jane Austen (Ciltli)</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>295</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9786053046646</t>
+          <t>9786051429359</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Elliot ve Son Yeraltı Dünyası Savaşı (3. Kitap) (Ciltli)</t>
+          <t>Afacan Beşler ve Bir Sömestir Macerası</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9786053046721</t>
+          <t>9786053047322</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Söylenmemiş Sözler</t>
+          <t>Delilah’ın Üç Rengi (Ciltli)</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9786053046660</t>
+          <t>9786053047315</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Sandokan Malezya Korsanları</t>
+          <t>Delilah'ın Üç Rengi</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9786053046608</t>
+          <t>9786053047261</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Tek Gerçek Sensin</t>
+          <t>Aynalar Ülkesi</t>
         </is>
       </c>
       <c r="C1595" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9786053046653</t>
+          <t>9786053047216</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Yalancının Çocuğu</t>
+          <t>Bekçiler Yalanlar Şehri</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9786053046585</t>
+          <t>9786053047209</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Proti Adası’nın Esrarı</t>
+          <t>Tanrıların Savaşı</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786053046622</t>
+          <t>9786053047254</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Sophie’nin Yaramazlıkları</t>
+          <t>Yeşilin Kızı 5: Rüya Evi (Ciltli)</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9786053046578</t>
+          <t>9786053047292</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Eskilerin Şöleni - Hayalet Müzik 2</t>
+          <t>Eflal (Ciltli)</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786053046615</t>
+          <t>9786053047285</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Sınırdaki Ev</t>
+          <t>Eflal</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9786053046639</t>
+          <t>9786053046981</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Kraliçenin Terbiyesi</t>
+          <t>Savaşçı Prenses</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>375</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9786053046547</t>
+          <t>9786053047162</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Can Mayası (Ciltli)</t>
+          <t>Hakikatler Kulübü</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>425</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9786053046530</t>
+          <t>9786053047179</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 2 - Avonlea (Ciltli)</t>
+          <t>Bir Tek Sen Anla</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>245</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9786053046486</t>
+          <t>9786053047131</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Tam Metin)</t>
+          <t>Yeni Bir Aşk</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9786053046592</t>
+          <t>9786053047056</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Koyu - Şafak Hırsızının Avı</t>
+          <t>Proti Adası’nın Esrarı 2 - Zaman</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>195</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9786053046493</t>
+          <t>9786053046998</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Kralın Sırdaşı</t>
+          <t>Karanlık Büyük Hikayeler: Dante Alighieri</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>275</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9786053046561</t>
+          <t>9786053047100</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Göz</t>
+          <t>Karayılan</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9786053046479</t>
+          <t>9786053047117</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Taşyaratıklar İş Başında 13</t>
+          <t>Hayat Bir Gün Bitecek</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9786053046431</t>
+          <t>9786053047001</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Dörtleme</t>
+          <t>Bizim Yerimizde Olmak İstiyorlar</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9786053046332</t>
+          <t>9786053046943</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Carmilla</t>
+          <t>Yeşilin Kızı Anne 4</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9786053046455</t>
+          <t>9786053046936</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Dağı İçin Herkes Gemiye</t>
+          <t>Yeşilin Kızı Anne 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>115</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9786053046462</t>
+          <t>9786053046974</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Roma Kahramanı</t>
+          <t>Monako'da Buluşalım</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9786053046370</t>
+          <t>9786053047032</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne (Ciltli)</t>
+          <t>Diriliş - Dedektif Kurukafa</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>245</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9786053046387</t>
+          <t>9786053046929</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne</t>
+          <t>Emily Başarı Yolunda Ciltli</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>215</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9786053046400</t>
+          <t>9786053046967</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>İntikam Peşinde - Korkunç Müdür 3</t>
+          <t>Yaz Tatili</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>195</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9786053046448</t>
+          <t>9786053046813</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ak Kitap</t>
+          <t>Bütün Oyunlarıyla Shakespeare (Ciltli)</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>355</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9786053046394</t>
+          <t>9786053046912</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Yemin</t>
+          <t>Emily Başarı Yolunda (Tam Metin)</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>235</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9786053046325</t>
+          <t>9786053046950</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe (Tam Metin)</t>
+          <t>Peri Diyarı</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9786053046318</t>
+          <t>9786053046905</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Dracula’nın Konuğu</t>
+          <t>Kanunsuz</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>185</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9786053046349</t>
+          <t>9786053046899</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Mutfak Sırları</t>
+          <t>Karanlık Büyük Hikayeler: Nikola Tesla</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>475</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9786053046288</t>
+          <t>9786053046844</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>Vampir Günlükleri - Stefan Günlükleri Vol: 6 İradesiz</t>
+          <t>Tanrıların Kanıtları</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>195</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9786053046295</t>
+          <t>9786053046882</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>39. İpucu Düelloya Davet</t>
+          <t>Gurmepedia (Ciltli)</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>275</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9786053046356</t>
+          <t>9786053046691</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Okumak İstemeyen Otti</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9786053046363</t>
+          <t>9786053046875</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Yeniay Çiftliği Emily (Ciltli)</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>85</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9786053046240</t>
+          <t>9786053046417</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’in Gezileri</t>
+          <t>İclal Aydın Romanları - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>245</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9786053046301</t>
+          <t>9786053046851</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>Seçim</t>
+          <t>Jason</t>
         </is>
       </c>
       <c r="C1626" s="1">
         <v>235</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9786053046264</t>
+          <t>9786053046868</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Gün Işığı</t>
+          <t>Emily - Yeniay Çiftliği (Tam Metin)</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>285</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9786053046257</t>
+          <t>9786053046837</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>Grimm Kardeşler'den Seçme Masallar</t>
+          <t>Yaşam Aynasını Kendine Çevir</t>
         </is>
       </c>
       <c r="C1628" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9786053045885</t>
+          <t>9786053046820</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>Okuyucu ve Canavar</t>
+          <t>Levla</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>365</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9786053045892</t>
+          <t>9786053046806</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Talih ve Kader</t>
+          <t>Claudius</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>295</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9786053046233</t>
+          <t>9786053046783</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>Son Muhafız - Artemis Fowl</t>
+          <t>Kaptan Jack’in Kadını</t>
         </is>
       </c>
       <c r="C1631" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9786053041153</t>
+          <t>9786053046776</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo! İle İngilizce Öğrenin 10.Kitap</t>
+          <t>Altıncı Eş</t>
         </is>
       </c>
       <c r="C1632" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9786053041146</t>
+          <t>9786053046745</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo! İle İngilizce Öğrenin 9.Kitap</t>
+          <t>Hırsızlar Müzesi - Bekçiler Serisi 1. Kitap</t>
         </is>
       </c>
       <c r="C1633" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9786053041108</t>
+          <t>9786053046707</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo! İle İngilizce Öğrenin 5.Kitap</t>
+          <t>Ada - Yeşilin Kızı Anne 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1634" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9786053041092</t>
+          <t>9786053046769</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo! İle İngilizce Öğrenin 4.Kitap</t>
+          <t>Türk Masalları</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>225</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9786053041085</t>
+          <t>9786053046714</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo! İle İngilizce Öğrenin 3.Kitap</t>
+          <t>Yeşilin Kızı Anne 3 Ada (Tam Metin, Eksiksiz Çeviri)</t>
         </is>
       </c>
       <c r="C1636" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9786053041078</t>
+          <t>9786053046738</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo! İle  İngilizce Öğrenin 2.Kitap</t>
+          <t>Mutluluk Yeniden</t>
         </is>
       </c>
       <c r="C1637" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9786053041061</t>
+          <t>9786053046684</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo! ile İngilizce Öğrenin 1.Kitap</t>
+          <t>En Büyük Sır (Ciltli)</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>275</v>
+        <v>835</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9786053041139</t>
+          <t>9786053046424</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo! ile İngilizce Öğrenin - 8.Kitap</t>
+          <t>Bulanık Sular</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9786053041122</t>
+          <t>9786053046646</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo! ile İngilizce Öğrenin - 7.Kitap</t>
+          <t>Elliot ve Son Yeraltı Dünyası Savaşı (3. Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9786053041115</t>
+          <t>9786053046721</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo! ile İngilizce Öğrenin - 6.Kitap</t>
+          <t>Söylenmemiş Sözler</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9786053046226</t>
+          <t>9786053046660</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Söğütlükteki Rüzgar</t>
+          <t>Sandokan Malezya Korsanları</t>
         </is>
       </c>
       <c r="C1642" s="1">
-        <v>195</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9786053046219</t>
+          <t>9786053046608</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>Taht Uğruna</t>
+          <t>Tek Gerçek Sensin</t>
         </is>
       </c>
       <c r="C1643" s="1">
-        <v>295</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9786053046158</t>
+          <t>9786053046653</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Cam Tanrı - Büyülüler Kulübü İkinci Kitap</t>
+          <t>Yalancının Çocuğu</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9786053045304</t>
+          <t>9786053046585</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Bir Tek Sen Varsın</t>
+          <t>Proti Adası’nın Esrarı</t>
         </is>
       </c>
       <c r="C1645" s="1">
-        <v>159</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9786053046066</t>
+          <t>9786053046622</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>Cahide</t>
+          <t>Sophie’nin Yaramazlıkları</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>545</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9786053046134</t>
+          <t>9786053046578</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Ya Bir Bulutsan</t>
+          <t>Eskilerin Şöleni - Hayalet Müzik 2</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9786053045540</t>
+          <t>9786053046615</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>The Secret - Hayatımı Nasıl Değiştirdi (Ciltli)</t>
+          <t>Sınırdaki Ev</t>
         </is>
       </c>
       <c r="C1648" s="1">
-        <v>625</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9786053046165</t>
+          <t>9786053046639</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>Efsane Yaratan - Supernatural</t>
+          <t>Kraliçenin Terbiyesi</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9786053046110</t>
+          <t>9786053046547</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Veda</t>
+          <t>Kalbimin Can Mayası (Ciltli)</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9786053046080</t>
+          <t>9786053046530</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Yeşilin Kızı Anne 2 - Avonlea (Ciltli)</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9786053046059</t>
+          <t>9786053046486</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Fitmuhendisce Tarifler</t>
+          <t>Küçük Prens (Tam Metin)</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9786053046127</t>
+          <t>9786053046592</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare’den Güzel Hikayeler</t>
+          <t>Dinozor Koyu - Şafak Hırsızının Avı</t>
         </is>
       </c>
       <c r="C1653" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9786053046103</t>
+          <t>9786053046493</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>Çırpınış</t>
+          <t>Kralın Sırdaşı</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9786053045946</t>
+          <t>9786053046561</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Kötü Adam</t>
+          <t>Altıncı Göz</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>330</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9786053044949</t>
+          <t>9786053046479</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Saplantısı</t>
+          <t>Taşyaratıklar İş Başında 13</t>
         </is>
       </c>
       <c r="C1656" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9786053045854</t>
+          <t>9786053046431</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Hikayeler</t>
+          <t>Dörtleme</t>
         </is>
       </c>
       <c r="C1657" s="1">
-        <v>235</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9786051427751</t>
+          <t>9786053046332</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Koşucuların Laneti - Dinozor Koyu 15</t>
+          <t>Carmilla</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9786053046073</t>
+          <t>9786053046455</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Başıboş Ruhlar - Büyülüler Kulübü Birinci Kitap</t>
+          <t>Ağrı Dağı İçin Herkes Gemiye</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>375</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9786053046035</t>
+          <t>9786053046462</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Kolay Bir Ölüm - Silahşor Rose Serisi Birinci Kitap</t>
+          <t>Roma Kahramanı</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9786053046004</t>
+          <t>9786053046370</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>Barışa Karşı - Dans Eden Valeler 3 (Ciltli)</t>
+          <t>Yeşilin Kızı Anne (Ciltli)</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9786053045700</t>
+          <t>9786053046387</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Yaz Eğlencesi - Taşyaratıklar</t>
+          <t>Yeşilin Kızı Anne</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9786053048008</t>
+          <t>9786053046400</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Amber</t>
+          <t>İntikam Peşinde - Korkunç Müdür 3</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>245</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9786053045861</t>
+          <t>9786053046448</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Vampir Günlükleri - Stefan Günlükleri Sığınak Vol: 5</t>
+          <t>Kayıp Ak Kitap</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9786053045663</t>
+          <t>9786053046394</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kütüphane 3: Kül ve Tüy</t>
+          <t>Yemin</t>
         </is>
       </c>
       <c r="C1665" s="1">
-        <v>345</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9786053045908</t>
+          <t>9786053046325</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Ateş - Supernatural</t>
+          <t>Gizli Bahçe (Tam Metin)</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9786053046042</t>
+          <t>9786053046318</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Kişiliğin Kaderin mi?</t>
+          <t>Dracula’nın Konuğu</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9786053045878</t>
+          <t>9786053046349</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Ayın Koruyucusu</t>
+          <t>Mutfak Sırları</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>375</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9786053045762</t>
+          <t>9786053046288</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Saf Kan</t>
+          <t>Vampir Günlükleri - Stefan Günlükleri Vol: 6 İradesiz</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9786053045748</t>
+          <t>9786053046295</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Kırık Taçlar - Tecrit Günlükleri 3</t>
+          <t>39. İpucu Düelloya Davet</t>
         </is>
       </c>
       <c r="C1670" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9786053045830</t>
+          <t>9786053046356</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Caligula</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>295</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9786053045472</t>
+          <t>9786053046363</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Taşyaratıklar Yardıma Koşuyor</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>165</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9786053045939</t>
+          <t>9786053046240</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>Ve Başkanın Beyni - Korkunç Müdür 2</t>
+          <t>Gulliver’in Gezileri</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9786053045649</t>
+          <t>9786053046301</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Şeker Alice Miranda Çin’de</t>
+          <t>Seçim</t>
         </is>
       </c>
       <c r="C1674" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9786053045953</t>
+          <t>9786053046264</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>Safir (Ciltli)</t>
+          <t>Merhaba Gün Işığı</t>
         </is>
       </c>
       <c r="C1675" s="1">
-        <v>375</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9786053045106</t>
+          <t>9786053046257</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>Dans Eden Valeler 2 - Uyumsuz ve Asi (Ciltli)</t>
+          <t>Grimm Kardeşler'den Seçme Masallar</t>
         </is>
       </c>
       <c r="C1676" s="1">
-        <v>475</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9786053045687</t>
+          <t>9786053045885</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>Maya Şifresi</t>
+          <t>Okuyucu ve Canavar</t>
         </is>
       </c>
       <c r="C1677" s="1">
-        <v>395</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9786053045670</t>
+          <t>9786053045892</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>Canavar</t>
+          <t>Talih ve Kader</t>
         </is>
       </c>
       <c r="C1678" s="1">
-        <v>415</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9786053045823</t>
+          <t>9786053046233</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Neon Mahkemesi</t>
+          <t>Son Muhafız - Artemis Fowl</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9786053045731</t>
+          <t>9786053041153</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>Son Görüldüğü Yer</t>
+          <t>Scooby-Doo! İle İngilizce Öğrenin 10.Kitap</t>
         </is>
       </c>
       <c r="C1680" s="1">
-        <v>275</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9786053045816</t>
+          <t>9786053041146</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>Kader</t>
+          <t>Scooby-Doo! İle İngilizce Öğrenin 9.Kitap</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>235</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9786053045922</t>
+          <t>9786053041108</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Değişim</t>
+          <t>Scooby-Doo! İle İngilizce Öğrenin 5.Kitap</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9786053045694</t>
+          <t>9786053041092</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Şövalye</t>
+          <t>Scooby-Doo! İle İngilizce Öğrenin 4.Kitap</t>
         </is>
       </c>
       <c r="C1683" s="1">
-        <v>345</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9786053045809</t>
+          <t>9786053041085</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Üç Kardeş Kraliçe</t>
+          <t>Scooby-Doo! İle İngilizce Öğrenin 3.Kitap</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9786053045717</t>
+          <t>9786053041078</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>Etten Heykeller - Supernatural</t>
+          <t>Scooby-Doo! İle  İngilizce Öğrenin 2.Kitap</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9786053045779</t>
+          <t>9786053041061</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>Parlak Gençler</t>
+          <t>Scooby-Doo! ile İngilizce Öğrenin 1.Kitap</t>
         </is>
       </c>
       <c r="C1686" s="1">
-        <v>195</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9786053045625</t>
+          <t>9786053041139</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>Çapkın Centilmen</t>
+          <t>Scooby-Doo! ile İngilizce Öğrenin - 8.Kitap</t>
         </is>
       </c>
       <c r="C1687" s="1">
-        <v>375</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9786053045786</t>
+          <t>9786053041122</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>On Üçüncü Ev</t>
+          <t>Scooby-Doo! ile İngilizce Öğrenin - 7.Kitap</t>
         </is>
       </c>
       <c r="C1688" s="1">
-        <v>395</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
-          <t>9786053045618</t>
+          <t>9786053041115</t>
         </is>
       </c>
       <c r="B1689" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayata Merhaba</t>
+          <t>Scooby-Doo! ile İngilizce Öğrenin - 6.Kitap</t>
         </is>
       </c>
       <c r="C1689" s="1">
-        <v>275</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="1" t="inlineStr">
         <is>
-          <t>9786053045564</t>
+          <t>9786053046226</t>
         </is>
       </c>
       <c r="B1690" s="1" t="inlineStr">
         <is>
-          <t>Saat Ustasının Kızı</t>
+          <t>Söğütlükteki Rüzgar</t>
         </is>
       </c>
       <c r="C1690" s="1">
-        <v>349</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="1" t="inlineStr">
         <is>
-          <t>9786051427744</t>
+          <t>9786053046219</t>
         </is>
       </c>
       <c r="B1691" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Koyu 15 - Aç Devlerin Öfkesi</t>
+          <t>Taht Uğruna</t>
         </is>
       </c>
       <c r="C1691" s="1">
-        <v>195</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="1" t="inlineStr">
         <is>
-          <t>9786053047933</t>
+          <t>9786053046158</t>
         </is>
       </c>
       <c r="B1692" s="1" t="inlineStr">
         <is>
-          <t>Lacivert (Ciltli)</t>
+          <t>Cam Tanrı - Büyülüler Kulübü İkinci Kitap</t>
         </is>
       </c>
       <c r="C1692" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="1" t="inlineStr">
         <is>
-          <t>9786053047926</t>
+          <t>9786053045304</t>
         </is>
       </c>
       <c r="B1693" s="1" t="inlineStr">
         <is>
-          <t>Lacivert</t>
+          <t>Bir Tek Sen Varsın</t>
         </is>
       </c>
       <c r="C1693" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="1" t="inlineStr">
         <is>
-          <t>9786053045601</t>
+          <t>9786053046066</t>
         </is>
       </c>
       <c r="B1694" s="1" t="inlineStr">
         <is>
-          <t>Kerberos’un Gizemi - Çılgın Sörfçüler 3 (Ciltli)</t>
+          <t>Cahide</t>
         </is>
       </c>
       <c r="C1694" s="1">
-        <v>175</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="1" t="inlineStr">
         <is>
-          <t>9786053045595</t>
+          <t>9786053046134</t>
         </is>
       </c>
       <c r="B1695" s="1" t="inlineStr">
         <is>
-          <t>Mistik ve Gezgin</t>
+          <t>Ya Bir Bulutsan</t>
         </is>
       </c>
       <c r="C1695" s="1">
-        <v>295</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="1" t="inlineStr">
         <is>
-          <t>9786053045557</t>
+          <t>9786053045540</t>
         </is>
       </c>
       <c r="B1696" s="1" t="inlineStr">
         <is>
-          <t>Küçük Lord</t>
+          <t>The Secret - Hayatımı Nasıl Değiştirdi (Ciltli)</t>
         </is>
       </c>
       <c r="C1696" s="1">
-        <v>195</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="1" t="inlineStr">
         <is>
-          <t>9786053045526</t>
+          <t>9786053046165</t>
         </is>
       </c>
       <c r="B1697" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Yolcu</t>
+          <t>Efsane Yaratan - Supernatural</t>
         </is>
       </c>
       <c r="C1697" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="1" t="inlineStr">
         <is>
-          <t>9786053045571</t>
+          <t>9786053046110</t>
         </is>
       </c>
       <c r="B1698" s="1" t="inlineStr">
         <is>
-          <t>Vampir Günlükleri - Stefan Günlükleri Avcılar Vol: 4 Karındeşen</t>
+          <t>En Güzel Veda</t>
         </is>
       </c>
       <c r="C1698" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="1" t="inlineStr">
         <is>
-          <t>9786053045533</t>
+          <t>9786053046080</t>
         </is>
       </c>
       <c r="B1699" s="1" t="inlineStr">
         <is>
-          <t>Kafka'nın Kedisi</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C1699" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="1" t="inlineStr">
         <is>
-          <t>9786053045519</t>
+          <t>9786053046059</t>
         </is>
       </c>
       <c r="B1700" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Anılar</t>
+          <t>Fitmuhendisce Tarifler</t>
         </is>
       </c>
       <c r="C1700" s="1">
-        <v>195</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="1" t="inlineStr">
         <is>
-          <t>9786053045434</t>
+          <t>9786053046127</t>
         </is>
       </c>
       <c r="B1701" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Dek Birlikte</t>
+          <t>Shakespeare’den Güzel Hikayeler</t>
         </is>
       </c>
       <c r="C1701" s="1">
-        <v>375</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="1" t="inlineStr">
         <is>
-          <t>9786053045441</t>
+          <t>9786053046103</t>
         </is>
       </c>
       <c r="B1702" s="1" t="inlineStr">
         <is>
-          <t>Kabus Perisi (Ciltli)</t>
+          <t>Çırpınış</t>
         </is>
       </c>
       <c r="C1702" s="1">
-        <v>475</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="1" t="inlineStr">
         <is>
-          <t>9786053045502</t>
+          <t>9786053045946</t>
         </is>
       </c>
       <c r="B1703" s="1" t="inlineStr">
         <is>
-          <t>Kanım Sana Ait</t>
+          <t>Kötü Adam</t>
         </is>
       </c>
       <c r="C1703" s="1">
-        <v>235</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="1" t="inlineStr">
         <is>
-          <t>9786053045458</t>
+          <t>9786053044949</t>
         </is>
       </c>
       <c r="B1704" s="1" t="inlineStr">
         <is>
-          <t>Taze Kan - Supernatural</t>
+          <t>Atlantis Saplantısı</t>
         </is>
       </c>
       <c r="C1704" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" s="1" t="inlineStr">
         <is>
-          <t>9786053045465</t>
+          <t>9786053045854</t>
         </is>
       </c>
       <c r="B1705" s="1" t="inlineStr">
         <is>
-          <t>Cam Ayaklı Kız</t>
+          <t>Neşeli Hikayeler</t>
         </is>
       </c>
       <c r="C1705" s="1">
-        <v>275</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" s="1" t="inlineStr">
         <is>
-          <t>9786053045489</t>
+          <t>9786051427751</t>
         </is>
       </c>
       <c r="B1706" s="1" t="inlineStr">
         <is>
-          <t>Lassie - Yuvaya Dönüş (Tam Metin)</t>
+          <t>Hayalet Koşucuların Laneti - Dinozor Koyu 15</t>
         </is>
       </c>
       <c r="C1706" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" s="1" t="inlineStr">
         <is>
-          <t>9786053045298</t>
+          <t>9786053046073</t>
         </is>
       </c>
       <c r="B1707" s="1" t="inlineStr">
         <is>
-          <t>Burcu ve Berk - Müzik</t>
+          <t>Başıboş Ruhlar - Büyülüler Kulübü Birinci Kitap</t>
         </is>
       </c>
       <c r="C1707" s="1">
-        <v>335</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" s="1" t="inlineStr">
         <is>
-          <t>9786053045380</t>
+          <t>9786053046035</t>
         </is>
       </c>
       <c r="B1708" s="1" t="inlineStr">
         <is>
-          <t>39 İpucu: Fırtına Geliyor</t>
+          <t>Kolay Bir Ölüm - Silahşor Rose Serisi Birinci Kitap</t>
         </is>
       </c>
       <c r="C1708" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" s="1" t="inlineStr">
         <is>
-          <t>9786053045366</t>
+          <t>9786053046004</t>
         </is>
       </c>
       <c r="B1709" s="1" t="inlineStr">
         <is>
-          <t>Meredith Gentry - Kutsal Suçlar</t>
+          <t>Barışa Karşı - Dans Eden Valeler 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C1709" s="1">
-        <v>375</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" s="1" t="inlineStr">
         <is>
-          <t>9786053045335</t>
+          <t>9786053045700</t>
         </is>
       </c>
       <c r="B1710" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Taciri</t>
+          <t>Yaz Eğlencesi - Taşyaratıklar</t>
         </is>
       </c>
       <c r="C1710" s="1">
-        <v>345</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" s="1" t="inlineStr">
         <is>
-          <t>9786053045311</t>
+          <t>9786053048008</t>
         </is>
       </c>
       <c r="B1711" s="1" t="inlineStr">
         <is>
-          <t>Kan ve Hilal</t>
+          <t>Amber</t>
         </is>
       </c>
       <c r="C1711" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" s="1" t="inlineStr">
         <is>
-          <t>9786053045328</t>
+          <t>9786053045861</t>
         </is>
       </c>
       <c r="B1712" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna Mutlu Muydu?</t>
+          <t>Vampir Günlükleri - Stefan Günlükleri Sığınak Vol: 5</t>
         </is>
       </c>
       <c r="C1712" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" s="1" t="inlineStr">
         <is>
-          <t>9786053045250</t>
+          <t>9786053045663</t>
         </is>
       </c>
       <c r="B1713" s="1" t="inlineStr">
         <is>
-          <t>İkimiz De Beni Seviyoruz</t>
+          <t>Büyük Kütüphane 3: Kül ve Tüy</t>
         </is>
       </c>
       <c r="C1713" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" s="1" t="inlineStr">
         <is>
-          <t>9786051429922</t>
+          <t>9786053045908</t>
         </is>
       </c>
       <c r="B1714" s="1" t="inlineStr">
         <is>
-          <t>Wonder Woman - Bir Kahramanın Doğuşu</t>
+          <t>Soğuk Ateş - Supernatural</t>
         </is>
       </c>
       <c r="C1714" s="1">
-        <v>165</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" s="1" t="inlineStr">
         <is>
-          <t>9786053045342</t>
+          <t>9786053046042</t>
         </is>
       </c>
       <c r="B1715" s="1" t="inlineStr">
         <is>
-          <t>Son Yıldız Sönene Kadar (Ciltli)</t>
+          <t>Kişiliğin Kaderin mi?</t>
         </is>
       </c>
       <c r="C1715" s="1">
-        <v>375</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" s="1" t="inlineStr">
         <is>
-          <t>9786053045373</t>
+          <t>9786053045878</t>
         </is>
       </c>
       <c r="B1716" s="1" t="inlineStr">
         <is>
-          <t>Son Yıldız Sönene Kadar</t>
+          <t>Karanlık Ayın Koruyucusu</t>
         </is>
       </c>
       <c r="C1716" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" s="1" t="inlineStr">
         <is>
-          <t>9786053045274</t>
+          <t>9786053045762</t>
         </is>
       </c>
       <c r="B1717" s="1" t="inlineStr">
         <is>
-          <t>Taşyaratıklar Film Çekiyor</t>
+          <t>Saf Kan</t>
         </is>
       </c>
       <c r="C1717" s="1">
-        <v>165</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" s="1" t="inlineStr">
         <is>
-          <t>9786054377138</t>
+          <t>9786053045748</t>
         </is>
       </c>
       <c r="B1718" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5'ler Maceranın Göbeğinde 9. Kitap</t>
+          <t>Kırık Taçlar - Tecrit Günlükleri 3</t>
         </is>
       </c>
       <c r="C1718" s="1">
-        <v>275</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" s="1" t="inlineStr">
         <is>
-          <t>9786053045281</t>
+          <t>9786053045830</t>
         </is>
       </c>
       <c r="B1719" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna Büyüyor (Tam Metin)</t>
+          <t>Caligula</t>
         </is>
       </c>
       <c r="C1719" s="1">
-        <v>245</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" s="1" t="inlineStr">
         <is>
-          <t>9786053045212</t>
+          <t>9786053045472</t>
         </is>
       </c>
       <c r="B1720" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Müdür</t>
+          <t>Taşyaratıklar Yardıma Koşuyor</t>
         </is>
       </c>
       <c r="C1720" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" s="1" t="inlineStr">
         <is>
-          <t>9786053045243</t>
+          <t>9786053045939</t>
         </is>
       </c>
       <c r="B1721" s="1" t="inlineStr">
         <is>
-          <t>Beni Takip Et</t>
+          <t>Ve Başkanın Beyni - Korkunç Müdür 2</t>
         </is>
       </c>
       <c r="C1721" s="1">
-        <v>275</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" s="1" t="inlineStr">
         <is>
-          <t>9786053045236</t>
+          <t>9786053045649</t>
         </is>
       </c>
       <c r="B1722" s="1" t="inlineStr">
         <is>
-          <t>Geçiş Ayini - Supernatural</t>
+          <t>Meraklı Şeker Alice Miranda Çin’de</t>
         </is>
       </c>
       <c r="C1722" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" s="1" t="inlineStr">
         <is>
-          <t>9786053045267</t>
+          <t>9786053045953</t>
         </is>
       </c>
       <c r="B1723" s="1" t="inlineStr">
         <is>
-          <t>Yan Evdeki Çocuk - Genç Maceracılar</t>
+          <t>Safir (Ciltli)</t>
         </is>
       </c>
       <c r="C1723" s="1">
-        <v>235</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" s="1" t="inlineStr">
         <is>
-          <t>9786053045199</t>
+          <t>9786053045106</t>
         </is>
       </c>
       <c r="B1724" s="1" t="inlineStr">
         <is>
-          <t>Cici Bugün Yıkanmasa Ama Yıkanabilir</t>
+          <t>Dans Eden Valeler 2 - Uyumsuz ve Asi (Ciltli)</t>
         </is>
       </c>
       <c r="C1724" s="1">
-        <v>275</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" s="1" t="inlineStr">
         <is>
-          <t>9786053045205</t>
+          <t>9786053045687</t>
         </is>
       </c>
       <c r="B1725" s="1" t="inlineStr">
         <is>
-          <t>Cici Birazdan Yese  Ama Şimdi Yiyebilir</t>
+          <t>Maya Şifresi</t>
         </is>
       </c>
       <c r="C1725" s="1">
-        <v>275</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" s="1" t="inlineStr">
         <is>
-          <t>9786053045182</t>
+          <t>9786053045670</t>
         </is>
       </c>
       <c r="B1726" s="1" t="inlineStr">
         <is>
-          <t>Meredith Gentry - Karanlığın İçinde</t>
+          <t>Canavar</t>
         </is>
       </c>
       <c r="C1726" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" s="1" t="inlineStr">
         <is>
-          <t>9786053045175</t>
+          <t>9786053045823</t>
         </is>
       </c>
       <c r="B1727" s="1" t="inlineStr">
         <is>
-          <t>Gizli Hazine - Genç Maceracılar</t>
+          <t>Neon Mahkemesi</t>
         </is>
       </c>
       <c r="C1727" s="1">
-        <v>235</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" s="1" t="inlineStr">
         <is>
-          <t>9786053045045</t>
+          <t>9786053045731</t>
         </is>
       </c>
       <c r="B1728" s="1" t="inlineStr">
         <is>
-          <t>Zaman Bekçisi - Zamanın Ötesinde 2</t>
+          <t>Son Görüldüğü Yer</t>
         </is>
       </c>
       <c r="C1728" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" s="1" t="inlineStr">
         <is>
-          <t>9786053045144</t>
+          <t>9786053045816</t>
         </is>
       </c>
       <c r="B1729" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Son</t>
+          <t>Kader</t>
         </is>
       </c>
       <c r="C1729" s="1">
-        <v>159</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" s="1" t="inlineStr">
         <is>
-          <t>9786053045113</t>
+          <t>9786053045922</t>
         </is>
       </c>
       <c r="B1730" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Ev</t>
+          <t>Muhteşem Değişim</t>
         </is>
       </c>
       <c r="C1730" s="1">
         <v>235</v>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" s="1" t="inlineStr">
         <is>
-          <t>9786053045120</t>
+          <t>9786053045694</t>
         </is>
       </c>
       <c r="B1731" s="1" t="inlineStr">
         <is>
-          <t>Taşyaratıklar Su Parkında</t>
+          <t>Muhteşem Şövalye</t>
         </is>
       </c>
       <c r="C1731" s="1">
-        <v>165</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" s="1" t="inlineStr">
         <is>
-          <t>9786053045168</t>
+          <t>9786053045809</t>
         </is>
       </c>
       <c r="B1732" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Müzik</t>
+          <t>Üç Kardeş Kraliçe</t>
         </is>
       </c>
       <c r="C1732" s="1">
-        <v>225</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" s="1" t="inlineStr">
         <is>
-          <t>9786053045038</t>
+          <t>9786053045717</t>
         </is>
       </c>
       <c r="B1733" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Çocukları (Tam Metin)</t>
+          <t>Etten Heykeller - Supernatural</t>
         </is>
       </c>
       <c r="C1733" s="1">
-        <v>295</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" s="1" t="inlineStr">
         <is>
-          <t>9786053045151</t>
+          <t>9786053045779</t>
         </is>
       </c>
       <c r="B1734" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Parlak Gençler</t>
         </is>
       </c>
       <c r="C1734" s="1">
-        <v>375</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" s="1" t="inlineStr">
         <is>
-          <t>9786053045052</t>
+          <t>9786053045625</t>
         </is>
       </c>
       <c r="B1735" s="1" t="inlineStr">
         <is>
-          <t>İmparator'un Şifresi - 39 İpucu Sekizinci Kitap</t>
+          <t>Çapkın Centilmen</t>
         </is>
       </c>
       <c r="C1735" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" s="1" t="inlineStr">
         <is>
-          <t>9786053045069</t>
+          <t>9786053045786</t>
         </is>
       </c>
       <c r="B1736" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Valisi</t>
+          <t>On Üçüncü Ev</t>
         </is>
       </c>
       <c r="C1736" s="1">
-        <v>375</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" s="1" t="inlineStr">
         <is>
-          <t>9786053044840</t>
+          <t>9786053045618</t>
         </is>
       </c>
       <c r="B1737" s="1" t="inlineStr">
         <is>
-          <t>Aşk Asla Ölmez - Aşkın Gücü - Ruh Eşi (3 Kitap)</t>
+          <t>Yeni Hayata Merhaba</t>
         </is>
       </c>
       <c r="C1737" s="1">
-        <v>395</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" s="1" t="inlineStr">
         <is>
-          <t>9786053044987</t>
+          <t>9786053045564</t>
         </is>
       </c>
       <c r="B1738" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun Ormanı</t>
+          <t>Saat Ustasının Kızı</t>
         </is>
       </c>
       <c r="C1738" s="1">
-        <v>235</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1739" spans="1:3">
       <c r="A1739" s="1" t="inlineStr">
         <is>
-          <t>9786053045021</t>
+          <t>9786051427744</t>
         </is>
       </c>
       <c r="B1739" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Mucizeleri</t>
+          <t>Dinozor Koyu 15 - Aç Devlerin Öfkesi</t>
         </is>
       </c>
       <c r="C1739" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1740" spans="1:3">
       <c r="A1740" s="1" t="inlineStr">
         <is>
-          <t>9786053045076</t>
+          <t>9786053047933</t>
         </is>
       </c>
       <c r="B1740" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Can Mayası</t>
+          <t>Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C1740" s="1">
-        <v>345</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1741" spans="1:3">
       <c r="A1741" s="1" t="inlineStr">
         <is>
-          <t>9786053044826</t>
+          <t>9786053047926</t>
         </is>
       </c>
       <c r="B1741" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Lal Büyürken - Kanatlar (Poster ve Çıkartma Hediyeli)</t>
+          <t>Lacivert</t>
         </is>
       </c>
       <c r="C1741" s="1">
-        <v>185</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1742" spans="1:3">
       <c r="A1742" s="1" t="inlineStr">
         <is>
-          <t>9786053044819</t>
+          <t>9786053045601</t>
         </is>
       </c>
       <c r="B1742" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Lal Büyürken - Rengarenk (Poster ve Çıkartma Hediyeli)</t>
+          <t>Kerberos’un Gizemi - Çılgın Sörfçüler 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C1742" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1743" spans="1:3">
       <c r="A1743" s="1" t="inlineStr">
         <is>
-          <t>9786053044956</t>
+          <t>9786053045595</t>
         </is>
       </c>
       <c r="B1743" s="1" t="inlineStr">
         <is>
-          <t>Taşyaratıklar Müzede</t>
+          <t>Mistik ve Gezgin</t>
         </is>
       </c>
       <c r="C1743" s="1">
-        <v>165</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1744" spans="1:3">
       <c r="A1744" s="1" t="inlineStr">
         <is>
-          <t>9786053044970</t>
+          <t>9786053045557</t>
         </is>
       </c>
       <c r="B1744" s="1" t="inlineStr">
         <is>
-          <t>Bir Yara Bir Dilsiz Oda</t>
+          <t>Küçük Lord</t>
         </is>
       </c>
       <c r="C1744" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1745" spans="1:3">
       <c r="A1745" s="1" t="inlineStr">
         <is>
-          <t>9786053044932</t>
+          <t>9786053045526</t>
         </is>
       </c>
       <c r="B1745" s="1" t="inlineStr">
         <is>
-          <t>Tılsıma Veda - Kiralık Prenses 3</t>
+          <t>İçimdeki Yolcu</t>
         </is>
       </c>
       <c r="C1745" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1746" spans="1:3">
       <c r="A1746" s="1" t="inlineStr">
         <is>
-          <t>9786053044994</t>
+          <t>9786053045571</t>
         </is>
       </c>
       <c r="B1746" s="1" t="inlineStr">
         <is>
-          <t>Gece Dehşeti - Supernatural</t>
+          <t>Vampir Günlükleri - Stefan Günlükleri Avcılar Vol: 4 Karındeşen</t>
         </is>
       </c>
       <c r="C1746" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1747" spans="1:3">
       <c r="A1747" s="1" t="inlineStr">
         <is>
-          <t>9786053045014</t>
+          <t>9786053045533</t>
         </is>
       </c>
       <c r="B1747" s="1" t="inlineStr">
         <is>
-          <t>Yanan Krallıklar</t>
+          <t>Kafka'nın Kedisi</t>
         </is>
       </c>
       <c r="C1747" s="1">
-        <v>315</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1748" spans="1:3">
       <c r="A1748" s="1" t="inlineStr">
         <is>
-          <t>9786053044901</t>
+          <t>9786053045519</t>
         </is>
       </c>
       <c r="B1748" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Kendine Göre Nedenleri Vardı</t>
+          <t>Unutulmaz Anılar</t>
         </is>
       </c>
       <c r="C1748" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1749" spans="1:3">
       <c r="A1749" s="1" t="inlineStr">
         <is>
-          <t>9786053044895</t>
+          <t>9786053045434</t>
         </is>
       </c>
       <c r="B1749" s="1" t="inlineStr">
         <is>
-          <t>Aziz Sultan</t>
+          <t>Sonsuza Dek Birlikte</t>
         </is>
       </c>
       <c r="C1749" s="1">
-        <v>159</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1750" spans="1:3">
       <c r="A1750" s="1" t="inlineStr">
         <is>
-          <t>9786053044925</t>
+          <t>9786053045441</t>
         </is>
       </c>
       <c r="B1750" s="1" t="inlineStr">
         <is>
-          <t>Diva Afrodit - Tanrıça Kızlar</t>
+          <t>Kabus Perisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1750" s="1">
-        <v>175</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1751" spans="1:3">
       <c r="A1751" s="1" t="inlineStr">
         <is>
-          <t>9786053044888</t>
+          <t>9786053045502</t>
         </is>
       </c>
       <c r="B1751" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Şeker Alice Miranda Kurtarma Görevinde</t>
+          <t>Kanım Sana Ait</t>
         </is>
       </c>
       <c r="C1751" s="1">
-        <v>325</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1752" spans="1:3">
       <c r="A1752" s="1" t="inlineStr">
         <is>
-          <t>9786053044871</t>
+          <t>9786053045458</t>
         </is>
       </c>
       <c r="B1752" s="1" t="inlineStr">
         <is>
-          <t>Şifreli Şarkı - EJ12 Ajan Kız</t>
+          <t>Taze Kan - Supernatural</t>
         </is>
       </c>
       <c r="C1752" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1753" spans="1:3">
       <c r="A1753" s="1" t="inlineStr">
         <is>
-          <t>9786053044918</t>
+          <t>9786053045465</t>
         </is>
       </c>
       <c r="B1753" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Koleksiyoncusu</t>
+          <t>Cam Ayaklı Kız</t>
         </is>
       </c>
       <c r="C1753" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1754" spans="1:3">
       <c r="A1754" s="1" t="inlineStr">
         <is>
-          <t>9786053044864</t>
+          <t>9786053045489</t>
         </is>
       </c>
       <c r="B1754" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Tutku</t>
+          <t>Lassie - Yuvaya Dönüş (Tam Metin)</t>
         </is>
       </c>
       <c r="C1754" s="1">
-        <v>245</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1755" spans="1:3">
       <c r="A1755" s="1" t="inlineStr">
         <is>
-          <t>9786053044857</t>
+          <t>9786053045298</t>
         </is>
       </c>
       <c r="B1755" s="1" t="inlineStr">
         <is>
-          <t>Meredith Gentry - Öldüren Buz</t>
+          <t>Burcu ve Berk - Müzik</t>
         </is>
       </c>
       <c r="C1755" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1756" spans="1:3">
       <c r="A1756" s="1" t="inlineStr">
         <is>
-          <t>9786053044833</t>
+          <t>9786053045380</t>
         </is>
       </c>
       <c r="B1756" s="1" t="inlineStr">
         <is>
-          <t>Yılan Yuvası - 39 İpucu Yedinci Kitap</t>
+          <t>39 İpucu: Fırtına Geliyor</t>
         </is>
       </c>
       <c r="C1756" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1757" spans="1:3">
       <c r="A1757" s="1" t="inlineStr">
         <is>
-          <t>9786053044789</t>
+          <t>9786053045366</t>
         </is>
       </c>
       <c r="B1757" s="1" t="inlineStr">
         <is>
-          <t>Gece Hayatı</t>
+          <t>Meredith Gentry - Kutsal Suçlar</t>
         </is>
       </c>
       <c r="C1757" s="1">
-        <v>235</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1758" spans="1:3">
       <c r="A1758" s="1" t="inlineStr">
         <is>
-          <t>9786053044802</t>
+          <t>9786053045335</t>
         </is>
       </c>
       <c r="B1758" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Yetenek</t>
+          <t>Merhamet Taciri</t>
         </is>
       </c>
       <c r="C1758" s="1">
-        <v>195</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1759" spans="1:3">
       <c r="A1759" s="1" t="inlineStr">
         <is>
-          <t>9786053044772</t>
+          <t>9786053045311</t>
         </is>
       </c>
       <c r="B1759" s="1" t="inlineStr">
         <is>
-          <t>Balkonlu Bakkal</t>
+          <t>Kan ve Hilal</t>
         </is>
       </c>
       <c r="C1759" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1760" spans="1:3">
       <c r="A1760" s="1" t="inlineStr">
         <is>
-          <t>9786053044796</t>
+          <t>9786053045328</t>
         </is>
       </c>
       <c r="B1760" s="1" t="inlineStr">
         <is>
-          <t>Taşyaratıklar 7 - Partide</t>
+          <t>Pollyanna Mutlu Muydu?</t>
         </is>
       </c>
       <c r="C1760" s="1">
-        <v>165</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1761" spans="1:3">
       <c r="A1761" s="1" t="inlineStr">
         <is>
-          <t>9786053044734</t>
+          <t>9786053045250</t>
         </is>
       </c>
       <c r="B1761" s="1" t="inlineStr">
         <is>
-          <t>Seni Düşünürken</t>
+          <t>İkimiz De Beni Seviyoruz</t>
         </is>
       </c>
       <c r="C1761" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1762" spans="1:3">
       <c r="A1762" s="1" t="inlineStr">
         <is>
-          <t>9786053044765</t>
+          <t>9786051429922</t>
         </is>
       </c>
       <c r="B1762" s="1" t="inlineStr">
         <is>
-          <t>Kara Tanrıça</t>
+          <t>Wonder Woman - Bir Kahramanın Doğuşu</t>
         </is>
       </c>
       <c r="C1762" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1763" spans="1:3">
       <c r="A1763" s="1" t="inlineStr">
         <is>
-          <t>9786053044482</t>
+          <t>9786053045342</t>
         </is>
       </c>
       <c r="B1763" s="1" t="inlineStr">
         <is>
-          <t>Çakalın Öpücüğü - Supernatural</t>
+          <t>Son Yıldız Sönene Kadar (Ciltli)</t>
         </is>
       </c>
       <c r="C1763" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1764" spans="1:3">
       <c r="A1764" s="1" t="inlineStr">
         <is>
-          <t>9786053044727</t>
+          <t>9786053045373</t>
         </is>
       </c>
       <c r="B1764" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Son Yıldız Sönene Kadar</t>
         </is>
       </c>
       <c r="C1764" s="1">
-        <v>235</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1765" spans="1:3">
       <c r="A1765" s="1" t="inlineStr">
         <is>
-          <t>9786053044758</t>
+          <t>9786053045274</t>
         </is>
       </c>
       <c r="B1765" s="1" t="inlineStr">
         <is>
-          <t>Tanrıça Kızlar - Bilge Athena</t>
+          <t>Taşyaratıklar Film Çekiyor</t>
         </is>
       </c>
       <c r="C1765" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1766" spans="1:3">
       <c r="A1766" s="1" t="inlineStr">
         <is>
-          <t>9786053044529</t>
+          <t>9786054377138</t>
         </is>
       </c>
       <c r="B1766" s="1" t="inlineStr">
         <is>
-          <t>Cici Şimdi Uyumasa Ama Uyuyabilir</t>
+          <t>Afacan 5'ler Maceranın Göbeğinde 9. Kitap</t>
         </is>
       </c>
       <c r="C1766" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1767" spans="1:3">
       <c r="A1767" s="1" t="inlineStr">
         <is>
-          <t>9786053044741</t>
+          <t>9786053045281</t>
         </is>
       </c>
       <c r="B1767" s="1" t="inlineStr">
         <is>
-          <t>Harika Yolculuk</t>
+          <t>Pollyanna Büyüyor (Tam Metin)</t>
         </is>
       </c>
       <c r="C1767" s="1">
-        <v>235</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1768" spans="1:3">
       <c r="A1768" s="1" t="inlineStr">
         <is>
-          <t>9786053044574</t>
+          <t>9786053045212</t>
         </is>
       </c>
       <c r="B1768" s="1" t="inlineStr">
         <is>
-          <t>Elliot ve Pixie Komplosu (2. Kitap) (Ciltli)</t>
+          <t>Korkunç Müdür</t>
         </is>
       </c>
       <c r="C1768" s="1">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1769" spans="1:3">
       <c r="A1769" s="1" t="inlineStr">
         <is>
-          <t>9786053044703</t>
+          <t>9786053045243</t>
         </is>
       </c>
       <c r="B1769" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Gerilim</t>
+          <t>Beni Takip Et</t>
         </is>
       </c>
       <c r="C1769" s="1">
-        <v>430</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1770" spans="1:3">
       <c r="A1770" s="1" t="inlineStr">
         <is>
-          <t>9786053044659</t>
+          <t>9786053045236</t>
         </is>
       </c>
       <c r="B1770" s="1" t="inlineStr">
         <is>
-          <t>Hava ve Karanlık Kraliçesi (Ciltli)</t>
+          <t>Geçiş Ayini - Supernatural</t>
         </is>
       </c>
       <c r="C1770" s="1">
-        <v>625</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1771" spans="1:3">
       <c r="A1771" s="1" t="inlineStr">
         <is>
-          <t>9786053044710</t>
+          <t>9786053045267</t>
         </is>
       </c>
       <c r="B1771" s="1" t="inlineStr">
         <is>
-          <t>Derinlerde - 39 İpucu Altıncı Kitap</t>
+          <t>Yan Evdeki Çocuk - Genç Maceracılar</t>
         </is>
       </c>
       <c r="C1771" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1772" spans="1:3">
       <c r="A1772" s="1" t="inlineStr">
         <is>
-          <t>9786053044598</t>
+          <t>9786053045199</t>
         </is>
       </c>
       <c r="B1772" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ülke Yeni Hayat</t>
+          <t>Cici Bugün Yıkanmasa Ama Yıkanabilir</t>
         </is>
       </c>
       <c r="C1772" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1773" spans="1:3">
       <c r="A1773" s="1" t="inlineStr">
         <is>
-          <t>9786053044697</t>
+          <t>9786053045205</t>
         </is>
       </c>
       <c r="B1773" s="1" t="inlineStr">
         <is>
-          <t>Cennette Hüzün</t>
+          <t>Cici Birazdan Yese  Ama Şimdi Yiyebilir</t>
         </is>
       </c>
       <c r="C1773" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1774" spans="1:3">
       <c r="A1774" s="1" t="inlineStr">
         <is>
-          <t>9786053043126</t>
+          <t>9786053045182</t>
         </is>
       </c>
       <c r="B1774" s="1" t="inlineStr">
         <is>
-          <t>Martı</t>
+          <t>Meredith Gentry - Karanlığın İçinde</t>
         </is>
       </c>
       <c r="C1774" s="1">
-        <v>150</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1775" spans="1:3">
       <c r="A1775" s="1" t="inlineStr">
         <is>
-          <t>9786053044680</t>
+          <t>9786053045175</t>
         </is>
       </c>
       <c r="B1775" s="1" t="inlineStr">
         <is>
-          <t>Amatör Dedektifler</t>
+          <t>Gizli Hazine - Genç Maceracılar</t>
         </is>
       </c>
       <c r="C1775" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1776" spans="1:3">
       <c r="A1776" s="1" t="inlineStr">
         <is>
-          <t>9786053044635</t>
+          <t>9786053045045</t>
         </is>
       </c>
       <c r="B1776" s="1" t="inlineStr">
         <is>
-          <t>Mutluyken Zaman Hızlı Akar</t>
+          <t>Zaman Bekçisi - Zamanın Ötesinde 2</t>
         </is>
       </c>
       <c r="C1776" s="1">
-        <v>245</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1777" spans="1:3">
       <c r="A1777" s="1" t="inlineStr">
         <is>
-          <t>9786053044628</t>
+          <t>9786053045144</t>
         </is>
       </c>
       <c r="B1777" s="1" t="inlineStr">
         <is>
-          <t>Son Büyü - Cadı Sophie'nin Maceraları 5</t>
+          <t>Mutlu Son</t>
         </is>
       </c>
       <c r="C1777" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1778" spans="1:3">
       <c r="A1778" s="1" t="inlineStr">
         <is>
-          <t>9786053044499</t>
+          <t>9786053045113</t>
         </is>
       </c>
       <c r="B1778" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Öpücüğü</t>
+          <t>Ağaç Ev</t>
         </is>
       </c>
       <c r="C1778" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1779" spans="1:3">
       <c r="A1779" s="1" t="inlineStr">
         <is>
-          <t>9786053044406</t>
+          <t>9786053045120</t>
         </is>
       </c>
       <c r="B1779" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kutu -  Cadı Sophie'nin Maceraları 4</t>
+          <t>Taşyaratıklar Su Parkında</t>
         </is>
       </c>
       <c r="C1779" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1780" spans="1:3">
       <c r="A1780" s="1" t="inlineStr">
         <is>
-          <t>9786053044673</t>
+          <t>9786053045168</t>
         </is>
       </c>
       <c r="B1780" s="1" t="inlineStr">
         <is>
-          <t>Tanrıça Kızlar</t>
+          <t>Hayalet Müzik</t>
         </is>
       </c>
       <c r="C1780" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1781" spans="1:3">
       <c r="A1781" s="1" t="inlineStr">
         <is>
-          <t>9786053044666</t>
+          <t>9786053045038</t>
         </is>
       </c>
       <c r="B1781" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Hayat - Kiralık Prenses 2</t>
+          <t>Demiryolu Çocukları (Tam Metin)</t>
         </is>
       </c>
       <c r="C1781" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1782" spans="1:3">
       <c r="A1782" s="1" t="inlineStr">
         <is>
-          <t>9786053044642</t>
+          <t>9786053045151</t>
         </is>
       </c>
       <c r="B1782" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Şeker Alice Miranda Kayakta</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C1782" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1783" spans="1:3">
       <c r="A1783" s="1" t="inlineStr">
         <is>
-          <t>9786053044581</t>
+          <t>9786053045052</t>
         </is>
       </c>
       <c r="B1783" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ötesinde</t>
+          <t>İmparator'un Şifresi - 39 İpucu Sekizinci Kitap</t>
         </is>
       </c>
       <c r="C1783" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1784" spans="1:3">
       <c r="A1784" s="1" t="inlineStr">
         <is>
-          <t>9786053044550</t>
+          <t>9786053045069</t>
         </is>
       </c>
       <c r="B1784" s="1" t="inlineStr">
         <is>
-          <t>Merve Kült</t>
+          <t>Gece Yarısı Valisi</t>
         </is>
       </c>
       <c r="C1784" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1785" spans="1:3">
       <c r="A1785" s="1" t="inlineStr">
         <is>
-          <t>9786053044604</t>
+          <t>9786053044840</t>
         </is>
       </c>
       <c r="B1785" s="1" t="inlineStr">
         <is>
-          <t>Siyah Halka 39  - İpucu Beşinci Kitap</t>
+          <t>Aşk Asla Ölmez - Aşkın Gücü - Ruh Eşi (3 Kitap)</t>
         </is>
       </c>
       <c r="C1785" s="1">
-        <v>215</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1786" spans="1:3">
       <c r="A1786" s="1" t="inlineStr">
         <is>
-          <t>9786053044611</t>
+          <t>9786053044987</t>
         </is>
       </c>
       <c r="B1786" s="1" t="inlineStr">
         <is>
-          <t>Bir Noel Şarkısı (Tam Metin)</t>
+          <t>Kuzgun Ormanı</t>
         </is>
       </c>
       <c r="C1786" s="1">
-        <v>165</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1787" spans="1:3">
       <c r="A1787" s="1" t="inlineStr">
         <is>
-          <t>9786053044536</t>
+          <t>9786053045021</t>
         </is>
       </c>
       <c r="B1787" s="1" t="inlineStr">
         <is>
-          <t>Meredith Gentry Mistral’in Öpücüğü</t>
+          <t>Tanrıların Mucizeleri</t>
         </is>
       </c>
       <c r="C1787" s="1">
-        <v>235</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1788" spans="1:3">
       <c r="A1788" s="1" t="inlineStr">
         <is>
-          <t>9786053044567</t>
+          <t>9786053045076</t>
         </is>
       </c>
       <c r="B1788" s="1" t="inlineStr">
         <is>
-          <t>Mortlock</t>
+          <t>Kalbimin Can Mayası</t>
         </is>
       </c>
       <c r="C1788" s="1">
-        <v>235</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1789" spans="1:3">
       <c r="A1789" s="1" t="inlineStr">
         <is>
-          <t>9786053044505</t>
+          <t>9786053044826</t>
         </is>
       </c>
       <c r="B1789" s="1" t="inlineStr">
         <is>
-          <t>Felaket</t>
+          <t>Zeynep Lal Büyürken - Kanatlar (Poster ve Çıkartma Hediyeli)</t>
         </is>
       </c>
       <c r="C1789" s="1">
-        <v>505</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1790" spans="1:3">
       <c r="A1790" s="1" t="inlineStr">
         <is>
-          <t>9786053044161</t>
+          <t>9786053044819</t>
         </is>
       </c>
       <c r="B1790" s="1" t="inlineStr">
         <is>
-          <t>Bizi Burada Tutan Şeyler</t>
+          <t>Zeynep Lal Büyürken - Rengarenk (Poster ve Çıkartma Hediyeli)</t>
         </is>
       </c>
       <c r="C1790" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1791" spans="1:3">
       <c r="A1791" s="1" t="inlineStr">
         <is>
-          <t>9786053044543</t>
+          <t>9786053044956</t>
         </is>
       </c>
       <c r="B1791" s="1" t="inlineStr">
         <is>
-          <t>Adanmış</t>
+          <t>Taşyaratıklar Müzede</t>
         </is>
       </c>
       <c r="C1791" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1792" spans="1:3">
       <c r="A1792" s="1" t="inlineStr">
         <is>
-          <t>9786053044147</t>
+          <t>9786053044970</t>
         </is>
       </c>
       <c r="B1792" s="1" t="inlineStr">
         <is>
-          <t>Supernatual - Bir Yıl Sonra</t>
+          <t>Bir Yara Bir Dilsiz Oda</t>
         </is>
       </c>
       <c r="C1792" s="1">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1793" spans="1:3">
       <c r="A1793" s="1" t="inlineStr">
         <is>
-          <t>9786053044512</t>
+          <t>9786053044932</t>
         </is>
       </c>
       <c r="B1793" s="1" t="inlineStr">
         <is>
-          <t>Doremi - Selami</t>
+          <t>Tılsıma Veda - Kiralık Prenses 3</t>
         </is>
       </c>
       <c r="C1793" s="1">
-        <v>275</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1794" spans="1:3">
       <c r="A1794" s="1" t="inlineStr">
         <is>
-          <t>9786053044475</t>
+          <t>9786053044994</t>
         </is>
       </c>
       <c r="B1794" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Gece Dehşeti - Supernatural</t>
         </is>
       </c>
       <c r="C1794" s="1">
-        <v>165</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1795" spans="1:3">
       <c r="A1795" s="1" t="inlineStr">
         <is>
-          <t>9786053044413</t>
+          <t>9786053045014</t>
         </is>
       </c>
       <c r="B1795" s="1" t="inlineStr">
         <is>
-          <t>Tanrıça Kızlar</t>
+          <t>Yanan Krallıklar</t>
         </is>
       </c>
       <c r="C1795" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1796" spans="1:3">
       <c r="A1796" s="1" t="inlineStr">
         <is>
-          <t>9786053044420</t>
+          <t>9786053044901</t>
         </is>
       </c>
       <c r="B1796" s="1" t="inlineStr">
         <is>
-          <t>Sev</t>
+          <t>Kalbimin Kendine Göre Nedenleri Vardı</t>
         </is>
       </c>
       <c r="C1796" s="1">
-        <v>159</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1797" spans="1:3">
       <c r="A1797" s="1" t="inlineStr">
         <is>
-          <t>9786053044437</t>
+          <t>9786053044895</t>
         </is>
       </c>
       <c r="B1797" s="1" t="inlineStr">
         <is>
-          <t>Ziziro</t>
+          <t>Aziz Sultan</t>
         </is>
       </c>
       <c r="C1797" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1798" spans="1:3">
       <c r="A1798" s="1" t="inlineStr">
         <is>
-          <t>9786053044383</t>
+          <t>9786053044925</t>
         </is>
       </c>
       <c r="B1798" s="1" t="inlineStr">
         <is>
-          <t>Ördek Olsun Yüreğim</t>
+          <t>Diva Afrodit - Tanrıça Kızlar</t>
         </is>
       </c>
       <c r="C1798" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1799" spans="1:3">
       <c r="A1799" s="1" t="inlineStr">
         <is>
-          <t>9786053044307</t>
+          <t>9786053044888</t>
         </is>
       </c>
       <c r="B1799" s="1" t="inlineStr">
         <is>
-          <t>Scarlett O'Hara'nın Dünyası</t>
+          <t>Meraklı Şeker Alice Miranda Kurtarma Görevinde</t>
         </is>
       </c>
       <c r="C1799" s="1">
-        <v>475</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1800" spans="1:3">
       <c r="A1800" s="1" t="inlineStr">
         <is>
-          <t>9786053044390</t>
+          <t>9786053044871</t>
         </is>
       </c>
       <c r="B1800" s="1" t="inlineStr">
         <is>
-          <t>Mezarın Ötesinde - 39 İpucu Dördüncü Kitap</t>
+          <t>Şifreli Şarkı - EJ12 Ajan Kız</t>
         </is>
       </c>
       <c r="C1800" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="1801" spans="1:3">
       <c r="A1801" s="1" t="inlineStr">
         <is>
-          <t>9786053044376</t>
+          <t>9786053044918</t>
         </is>
       </c>
       <c r="B1801" s="1" t="inlineStr">
         <is>
-          <t>Ormanın En Karanlık Köşesi</t>
+          <t>Şeytan Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C1801" s="1">
-        <v>295</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1802" spans="1:3">
       <c r="A1802" s="1" t="inlineStr">
         <is>
-          <t>9786053044369</t>
+          <t>9786053044864</t>
         </is>
       </c>
       <c r="B1802" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Günler Bahçesi</t>
+          <t>Tehlikeli Tutku</t>
         </is>
       </c>
       <c r="C1802" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1803" spans="1:3">
       <c r="A1803" s="1" t="inlineStr">
         <is>
-          <t>9786053044291</t>
+          <t>9786053044857</t>
         </is>
       </c>
       <c r="B1803" s="1" t="inlineStr">
         <is>
-          <t>Rhett Butler'in İnsanları</t>
+          <t>Meredith Gentry - Öldüren Buz</t>
         </is>
       </c>
       <c r="C1803" s="1">
-        <v>450</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1804" spans="1:3">
       <c r="A1804" s="1" t="inlineStr">
         <is>
-          <t>9786053044338</t>
+          <t>9786053044833</t>
         </is>
       </c>
       <c r="B1804" s="1" t="inlineStr">
         <is>
-          <t>Doğum</t>
+          <t>Yılan Yuvası - 39 İpucu Yedinci Kitap</t>
         </is>
       </c>
       <c r="C1804" s="1">
-        <v>275</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1805" spans="1:3">
       <c r="A1805" s="1" t="inlineStr">
         <is>
-          <t>9786053044352</t>
+          <t>9786053044789</t>
         </is>
       </c>
       <c r="B1805" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Sırlar - Cadı Sophie'nin Maceraları 3</t>
+          <t>Gece Hayatı</t>
         </is>
       </c>
       <c r="C1805" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1806" spans="1:3">
       <c r="A1806" s="1" t="inlineStr">
         <is>
-          <t>9786053044345</t>
+          <t>9786053044802</t>
         </is>
       </c>
       <c r="B1806" s="1" t="inlineStr">
         <is>
-          <t>İnfazcı - Demir Druid Günlükleri</t>
+          <t>İnanılmaz Yetenek</t>
         </is>
       </c>
       <c r="C1806" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="1807" spans="1:3">
       <c r="A1807" s="1" t="inlineStr">
         <is>
-          <t>9786053044314</t>
+          <t>9786053044772</t>
         </is>
       </c>
       <c r="B1807" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Şeker Alice Miranda Kampta</t>
+          <t>Balkonlu Bakkal</t>
         </is>
       </c>
       <c r="C1807" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1808" spans="1:3">
       <c r="A1808" s="1" t="inlineStr">
         <is>
-          <t>9786053044321</t>
+          <t>9786053044796</t>
         </is>
       </c>
       <c r="B1808" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Şeker Alice Miranda Sarayda</t>
+          <t>Taşyaratıklar 7 - Partide</t>
         </is>
       </c>
       <c r="C1808" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1809" spans="1:3">
       <c r="A1809" s="1" t="inlineStr">
         <is>
-          <t>9786053044178</t>
+          <t>9786053044734</t>
         </is>
       </c>
       <c r="B1809" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa - Gece Yarısı (Ciltli)</t>
+          <t>Seni Düşünürken</t>
         </is>
       </c>
       <c r="C1809" s="1">
-        <v>495</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1810" spans="1:3">
       <c r="A1810" s="1" t="inlineStr">
         <is>
-          <t>9786053043980</t>
+          <t>9786053044765</t>
         </is>
       </c>
       <c r="B1810" s="1" t="inlineStr">
         <is>
-          <t>Hero - The Secret (Ciltli)</t>
+          <t>Kara Tanrıça</t>
         </is>
       </c>
       <c r="C1810" s="1">
-        <v>625</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1811" spans="1:3">
       <c r="A1811" s="1" t="inlineStr">
         <is>
-          <t>9786053044192</t>
+          <t>9786053044482</t>
         </is>
       </c>
       <c r="B1811" s="1" t="inlineStr">
         <is>
-          <t>Göklerin Ötesi</t>
+          <t>Çakalın Öpücüğü - Supernatural</t>
         </is>
       </c>
       <c r="C1811" s="1">
-        <v>159</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1812" spans="1:3">
       <c r="A1812" s="1" t="inlineStr">
         <is>
-          <t>9786053044154</t>
+          <t>9786053044727</t>
         </is>
       </c>
       <c r="B1812" s="1" t="inlineStr">
         <is>
-          <t>Topal Adam - Tuz Üçlemesi 3. Kitap</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C1812" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1813" spans="1:3">
       <c r="A1813" s="1" t="inlineStr">
         <is>
-          <t>9786053044093</t>
+          <t>9786053044758</t>
         </is>
       </c>
       <c r="B1813" s="1" t="inlineStr">
         <is>
-          <t>Soluksuz</t>
+          <t>Tanrıça Kızlar - Bilge Athena</t>
         </is>
       </c>
       <c r="C1813" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1814" spans="1:3">
       <c r="A1814" s="1" t="inlineStr">
         <is>
-          <t>9786053044185</t>
+          <t>9786053044529</t>
         </is>
       </c>
       <c r="B1814" s="1" t="inlineStr">
         <is>
-          <t>Gizli Büyü - Cadı Sophie'nin Maceraları 2</t>
+          <t>Cici Şimdi Uyumasa Ama Uyuyabilir</t>
         </is>
       </c>
       <c r="C1814" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1815" spans="1:3">
       <c r="A1815" s="1" t="inlineStr">
         <is>
-          <t>9786053044109</t>
+          <t>9786053044741</t>
         </is>
       </c>
       <c r="B1815" s="1" t="inlineStr">
         <is>
-          <t>Tanrıça Kızlar</t>
+          <t>Harika Yolculuk</t>
         </is>
       </c>
       <c r="C1815" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1816" spans="1:3">
       <c r="A1816" s="1" t="inlineStr">
         <is>
-          <t>9786053044123</t>
+          <t>9786053044574</t>
         </is>
       </c>
       <c r="B1816" s="1" t="inlineStr">
         <is>
-          <t>Her Mevsimde Kadın Olmak</t>
+          <t>Elliot ve Pixie Komplosu (2. Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C1816" s="1">
-        <v>445</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1817" spans="1:3">
       <c r="A1817" s="1" t="inlineStr">
         <is>
-          <t>9786053044116</t>
+          <t>9786053044703</t>
         </is>
       </c>
       <c r="B1817" s="1" t="inlineStr">
         <is>
-          <t>Tanrıça Kızlar</t>
+          <t>Yüksek Gerilim</t>
         </is>
       </c>
       <c r="C1817" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1818" spans="1:3">
       <c r="A1818" s="1" t="inlineStr">
         <is>
-          <t>9786053044130</t>
+          <t>9786053044659</t>
         </is>
       </c>
       <c r="B1818" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Prenses</t>
+          <t>Hava ve Karanlık Kraliçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1818" s="1">
-        <v>195</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1819" spans="1:3">
       <c r="A1819" s="1" t="inlineStr">
         <is>
-          <t>9786053044031</t>
+          <t>9786053044710</t>
         </is>
       </c>
       <c r="B1819" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Derinlerde - 39 İpucu Altıncı Kitap</t>
         </is>
       </c>
       <c r="C1819" s="1">
-        <v>165</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1820" spans="1:3">
       <c r="A1820" s="1" t="inlineStr">
         <is>
-          <t>9786053044079</t>
+          <t>9786053044598</t>
         </is>
       </c>
       <c r="B1820" s="1" t="inlineStr">
         <is>
-          <t>Yarım Ay Dedektiflik</t>
+          <t>Yeni Ülke Yeni Hayat</t>
         </is>
       </c>
       <c r="C1820" s="1">
-        <v>235</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1821" spans="1:3">
       <c r="A1821" s="1" t="inlineStr">
         <is>
-          <t>9786053044086</t>
+          <t>9786053044697</t>
         </is>
       </c>
       <c r="B1821" s="1" t="inlineStr">
         <is>
-          <t>Cadı Sophie'nin Maceraları</t>
+          <t>Cennette Hüzün</t>
         </is>
       </c>
       <c r="C1821" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="1822" spans="1:3">
       <c r="A1822" s="1" t="inlineStr">
         <is>
-          <t>9786053044055</t>
+          <t>9786053043126</t>
         </is>
       </c>
       <c r="B1822" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Yıkım</t>
+          <t>Martı</t>
         </is>
       </c>
       <c r="C1822" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1823" spans="1:3">
       <c r="A1823" s="1" t="inlineStr">
         <is>
-          <t>9786053044048</t>
+          <t>9786053044680</t>
         </is>
       </c>
       <c r="B1823" s="1" t="inlineStr">
         <is>
-          <t>Uslanmaz Çapkın</t>
+          <t>Amatör Dedektifler</t>
         </is>
       </c>
       <c r="C1823" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1824" spans="1:3">
       <c r="A1824" s="1" t="inlineStr">
         <is>
-          <t>9786053043997</t>
+          <t>9786053044635</t>
         </is>
       </c>
       <c r="B1824" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Canavarları</t>
+          <t>Mutluyken Zaman Hızlı Akar</t>
         </is>
       </c>
       <c r="C1824" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1825" spans="1:3">
       <c r="A1825" s="1" t="inlineStr">
         <is>
-          <t>9786053044024</t>
+          <t>9786053044628</t>
         </is>
       </c>
       <c r="B1825" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Son Büyü - Cadı Sophie'nin Maceraları 5</t>
         </is>
       </c>
       <c r="C1825" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1826" spans="1:3">
       <c r="A1826" s="1" t="inlineStr">
         <is>
-          <t>9786053044000</t>
+          <t>9786053044499</t>
         </is>
       </c>
       <c r="B1826" s="1" t="inlineStr">
         <is>
-          <t>Kırılma</t>
+          <t>Şeytanın Öpücüğü</t>
         </is>
       </c>
       <c r="C1826" s="1">
-        <v>195</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1827" spans="1:3">
       <c r="A1827" s="1" t="inlineStr">
         <is>
-          <t>9786053044017</t>
+          <t>9786053044406</t>
         </is>
       </c>
       <c r="B1827" s="1" t="inlineStr">
         <is>
-          <t>Şifre</t>
+          <t>Sihirli Kutu -  Cadı Sophie'nin Maceraları 4</t>
         </is>
       </c>
       <c r="C1827" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1828" spans="1:3">
       <c r="A1828" s="1" t="inlineStr">
         <is>
-          <t>9786053043812</t>
+          <t>9786053044673</t>
         </is>
       </c>
       <c r="B1828" s="1" t="inlineStr">
         <is>
-          <t>Renkgiller - Kampta</t>
+          <t>Tanrıça Kızlar</t>
         </is>
       </c>
       <c r="C1828" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1829" spans="1:3">
       <c r="A1829" s="1" t="inlineStr">
         <is>
-          <t>9786053043928</t>
+          <t>9786053044666</t>
         </is>
       </c>
       <c r="B1829" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Çılgınlığı</t>
+          <t>Tılsımlı Hayat - Kiralık Prenses 2</t>
         </is>
       </c>
       <c r="C1829" s="1">
-        <v>375</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1830" spans="1:3">
       <c r="A1830" s="1" t="inlineStr">
         <is>
-          <t>9786053043768</t>
+          <t>9786053044642</t>
         </is>
       </c>
       <c r="B1830" s="1" t="inlineStr">
         <is>
-          <t>Meredith Gentry - Gece Yarısı Dokunuşu</t>
+          <t>Meraklı Şeker Alice Miranda Kayakta</t>
         </is>
       </c>
       <c r="C1830" s="1">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1831" spans="1:3">
       <c r="A1831" s="1" t="inlineStr">
         <is>
-          <t>9786053043973</t>
+          <t>9786053044581</t>
         </is>
       </c>
       <c r="B1831" s="1" t="inlineStr">
         <is>
-          <t>Kralın Laneti</t>
+          <t>Zamanın Ötesinde</t>
         </is>
       </c>
       <c r="C1831" s="1">
-        <v>450</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1832" spans="1:3">
       <c r="A1832" s="1" t="inlineStr">
         <is>
-          <t>9786053043621</t>
+          <t>9786053044550</t>
         </is>
       </c>
       <c r="B1832" s="1" t="inlineStr">
         <is>
-          <t>Broadchurch</t>
+          <t>Merve Kült</t>
         </is>
       </c>
       <c r="C1832" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1833" spans="1:3">
       <c r="A1833" s="1" t="inlineStr">
         <is>
-          <t>9786053043966</t>
+          <t>9786053044604</t>
         </is>
       </c>
       <c r="B1833" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prenses (Tam Metin)</t>
+          <t>Siyah Halka 39  - İpucu Beşinci Kitap</t>
         </is>
       </c>
       <c r="C1833" s="1">
-        <v>275</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1834" spans="1:3">
       <c r="A1834" s="1" t="inlineStr">
         <is>
-          <t>9786053043959</t>
+          <t>9786053044611</t>
         </is>
       </c>
       <c r="B1834" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna (Tam Metin)</t>
+          <t>Bir Noel Şarkısı (Tam Metin)</t>
         </is>
       </c>
       <c r="C1834" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1835" spans="1:3">
       <c r="A1835" s="1" t="inlineStr">
         <is>
-          <t>9786053043782</t>
+          <t>9786053044536</t>
         </is>
       </c>
       <c r="B1835" s="1" t="inlineStr">
         <is>
-          <t>Sisli Orman'ın Peri Hayvanları - Tavşan Bella</t>
+          <t>Meredith Gentry Mistral’in Öpücüğü</t>
         </is>
       </c>
       <c r="C1835" s="1">
-        <v>165</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1836" spans="1:3">
       <c r="A1836" s="1" t="inlineStr">
         <is>
-          <t>9786053043775</t>
+          <t>9786053044567</t>
         </is>
       </c>
       <c r="B1836" s="1" t="inlineStr">
         <is>
-          <t>Sisli Orman'ın Peri Hayvanları - Kedi Chloe</t>
+          <t>Mortlock</t>
         </is>
       </c>
       <c r="C1836" s="1">
-        <v>165</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1837" spans="1:3">
       <c r="A1837" s="1" t="inlineStr">
         <is>
-          <t>9786053043751</t>
+          <t>9786053044505</t>
         </is>
       </c>
       <c r="B1837" s="1" t="inlineStr">
         <is>
-          <t>Hevesli Ceset</t>
+          <t>Felaket</t>
         </is>
       </c>
       <c r="C1837" s="1">
-        <v>325</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1838" spans="1:3">
       <c r="A1838" s="1" t="inlineStr">
         <is>
-          <t>9786053043683</t>
+          <t>9786053044161</t>
         </is>
       </c>
       <c r="B1838" s="1" t="inlineStr">
         <is>
-          <t>Eliksir</t>
+          <t>Bizi Burada Tutan Şeyler</t>
         </is>
       </c>
       <c r="C1838" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1839" spans="1:3">
       <c r="A1839" s="1" t="inlineStr">
         <is>
-          <t>9786053043690</t>
+          <t>9786053044543</t>
         </is>
       </c>
       <c r="B1839" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Ötesi</t>
+          <t>Adanmış</t>
         </is>
       </c>
       <c r="C1839" s="1">
-        <v>235</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1840" spans="1:3">
       <c r="A1840" s="1" t="inlineStr">
         <is>
-          <t>9786053043706</t>
+          <t>9786053044147</t>
         </is>
       </c>
       <c r="B1840" s="1" t="inlineStr">
         <is>
-          <t>Gool - Tuz Üçlemesi 2. Kitap</t>
+          <t>Supernatual - Bir Yıl Sonra</t>
         </is>
       </c>
       <c r="C1840" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1841" spans="1:3">
       <c r="A1841" s="1" t="inlineStr">
         <is>
-          <t>9786053043720</t>
+          <t>9786053044512</t>
         </is>
       </c>
       <c r="B1841" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Patenler</t>
+          <t>Doremi - Selami</t>
         </is>
       </c>
       <c r="C1841" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1842" spans="1:3">
       <c r="A1842" s="1" t="inlineStr">
         <is>
-          <t>9786053043713</t>
+          <t>9786053044475</t>
         </is>
       </c>
       <c r="B1842" s="1" t="inlineStr">
         <is>
-          <t>Unutma Beni Çiçeği</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C1842" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1843" spans="1:3">
       <c r="A1843" s="1" t="inlineStr">
         <is>
-          <t>9786053043737</t>
+          <t>9786053044413</t>
         </is>
       </c>
       <c r="B1843" s="1" t="inlineStr">
         <is>
-          <t>Onlar Ya Da Biz</t>
+          <t>Tanrıça Kızlar</t>
         </is>
       </c>
       <c r="C1843" s="1">
-        <v>235</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1844" spans="1:3">
       <c r="A1844" s="1" t="inlineStr">
         <is>
-          <t>9786053043744</t>
+          <t>9786053044420</t>
         </is>
       </c>
       <c r="B1844" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Ararken Seni Buldum</t>
+          <t>Sev</t>
         </is>
       </c>
       <c r="C1844" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1845" spans="1:3">
       <c r="A1845" s="1" t="inlineStr">
         <is>
-          <t>9786053043676</t>
+          <t>9786053044437</t>
         </is>
       </c>
       <c r="B1845" s="1" t="inlineStr">
         <is>
-          <t>BZRK Yeniden (Ciltli)</t>
+          <t>Ziziro</t>
         </is>
       </c>
       <c r="C1845" s="1">
-        <v>415</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1846" spans="1:3">
       <c r="A1846" s="1" t="inlineStr">
         <is>
-          <t>9786053043638</t>
+          <t>9786053044383</t>
         </is>
       </c>
       <c r="B1846" s="1" t="inlineStr">
         <is>
-          <t>Çözümsüz Bilmece - Genç Maceracılar 2</t>
+          <t>Ördek Olsun Yüreğim</t>
         </is>
       </c>
       <c r="C1846" s="1">
-        <v>235</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1847" spans="1:3">
       <c r="A1847" s="1" t="inlineStr">
         <is>
-          <t>9786053043560</t>
+          <t>9786053044307</t>
         </is>
       </c>
       <c r="B1847" s="1" t="inlineStr">
         <is>
-          <t>Cici Karar Veremiyor Ama Verebilir</t>
+          <t>Scarlett O'Hara'nın Dünyası</t>
         </is>
       </c>
       <c r="C1847" s="1">
-        <v>275</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1848" spans="1:3">
       <c r="A1848" s="1" t="inlineStr">
         <is>
-          <t>9786053043645</t>
+          <t>9786053044390</t>
         </is>
       </c>
       <c r="B1848" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yakut - Genç Maceracılar 3</t>
+          <t>Mezarın Ötesinde - 39 İpucu Dördüncü Kitap</t>
         </is>
       </c>
       <c r="C1848" s="1">
-        <v>235</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1849" spans="1:3">
       <c r="A1849" s="1" t="inlineStr">
         <is>
-          <t>9786053043652</t>
+          <t>9786053044376</t>
         </is>
       </c>
       <c r="B1849" s="1" t="inlineStr">
         <is>
-          <t>Tatil Evi'nde - Genç Maceracılar 1</t>
+          <t>Ormanın En Karanlık Köşesi</t>
         </is>
       </c>
       <c r="C1849" s="1">
-        <v>235</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1850" spans="1:3">
       <c r="A1850" s="1" t="inlineStr">
         <is>
-          <t>9786053043591</t>
+          <t>9786053044369</t>
         </is>
       </c>
       <c r="B1850" s="1" t="inlineStr">
         <is>
-          <t>Kara Mücevher</t>
+          <t>Geçmiş Günler Bahçesi</t>
         </is>
       </c>
       <c r="C1850" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="1851" spans="1:3">
       <c r="A1851" s="1" t="inlineStr">
         <is>
-          <t>9786053043584</t>
+          <t>9786053044291</t>
         </is>
       </c>
       <c r="B1851" s="1" t="inlineStr">
         <is>
-          <t>Beşin Düşüşü</t>
+          <t>Rhett Butler'in İnsanları</t>
         </is>
       </c>
       <c r="C1851" s="1">
-        <v>325</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1852" spans="1:3">
       <c r="A1852" s="1" t="inlineStr">
         <is>
-          <t>9786053043607</t>
+          <t>9786053044338</t>
         </is>
       </c>
       <c r="B1852" s="1" t="inlineStr">
         <is>
-          <t>Nöbet</t>
+          <t>Doğum</t>
         </is>
       </c>
       <c r="C1852" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="1853" spans="1:3">
       <c r="A1853" s="1" t="inlineStr">
         <is>
-          <t>9786053043546</t>
+          <t>9786053044352</t>
         </is>
       </c>
       <c r="B1853" s="1" t="inlineStr">
         <is>
-          <t>Dul Bakire</t>
+          <t>Büyülü Sırlar - Cadı Sophie'nin Maceraları 3</t>
         </is>
       </c>
       <c r="C1853" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1854" spans="1:3">
       <c r="A1854" s="1" t="inlineStr">
         <is>
-          <t>9786053043454</t>
+          <t>9786053044345</t>
         </is>
       </c>
       <c r="B1854" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Izdırabı</t>
+          <t>İnfazcı - Demir Druid Günlükleri</t>
         </is>
       </c>
       <c r="C1854" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1855" spans="1:3">
       <c r="A1855" s="1" t="inlineStr">
         <is>
-          <t>9786053043539</t>
+          <t>9786053044314</t>
         </is>
       </c>
       <c r="B1855" s="1" t="inlineStr">
         <is>
-          <t>Gece Mesaisi</t>
+          <t>Meraklı Şeker Alice Miranda Kampta</t>
         </is>
       </c>
       <c r="C1855" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1856" spans="1:3">
       <c r="A1856" s="1" t="inlineStr">
         <is>
-          <t>9786053043423</t>
+          <t>9786053044321</t>
         </is>
       </c>
       <c r="B1856" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Şeker Alice Miranda Japonya'da</t>
+          <t>Meraklı Şeker Alice Miranda Sarayda</t>
         </is>
       </c>
       <c r="C1856" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1857" spans="1:3">
       <c r="A1857" s="1" t="inlineStr">
         <is>
-          <t>9786053043430</t>
+          <t>9786053044178</t>
         </is>
       </c>
       <c r="B1857" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Şeker Alice Miranda İz Peşinde</t>
+          <t>Dedektif Kurukafa - Gece Yarısı (Ciltli)</t>
         </is>
       </c>
       <c r="C1857" s="1">
-        <v>325</v>
+        <v>595</v>
       </c>
     </row>
     <row r="1858" spans="1:3">
       <c r="A1858" s="1" t="inlineStr">
         <is>
-          <t>9786053047124</t>
+          <t>9786053043980</t>
         </is>
       </c>
       <c r="B1858" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Sörfçüler 1 - Denizden Gelen Şifre</t>
+          <t>Hero - The Secret (Ciltli)</t>
         </is>
       </c>
       <c r="C1858" s="1">
-        <v>285</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1859" spans="1:3">
       <c r="A1859" s="1" t="inlineStr">
         <is>
-          <t>9786053043270</t>
+          <t>9786053044192</t>
         </is>
       </c>
       <c r="B1859" s="1" t="inlineStr">
         <is>
-          <t>Meredith Gentry - Baştan Çıkaran Ay Işığı</t>
+          <t>Göklerin Ötesi</t>
         </is>
       </c>
       <c r="C1859" s="1">
-        <v>395</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1860" spans="1:3">
       <c r="A1860" s="1" t="inlineStr">
         <is>
-          <t>9786053043492</t>
+          <t>9786053044154</t>
         </is>
       </c>
       <c r="B1860" s="1" t="inlineStr">
         <is>
-          <t>Unutursun (Ciltli)</t>
+          <t>Topal Adam - Tuz Üçlemesi 3. Kitap</t>
         </is>
       </c>
       <c r="C1860" s="1">
-        <v>475</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1861" spans="1:3">
       <c r="A1861" s="1" t="inlineStr">
         <is>
-          <t>9786053043515</t>
+          <t>9786053044093</t>
         </is>
       </c>
       <c r="B1861" s="1" t="inlineStr">
         <is>
-          <t>Üç Kız Kardeş (Ciltli)</t>
+          <t>Soluksuz</t>
         </is>
       </c>
       <c r="C1861" s="1">
-        <v>375</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1862" spans="1:3">
       <c r="A1862" s="1" t="inlineStr">
         <is>
-          <t>9786053043508</t>
+          <t>9786053044185</t>
         </is>
       </c>
       <c r="B1862" s="1" t="inlineStr">
         <is>
-          <t>Bir Cihan Kafes (Ciltli)</t>
+          <t>Gizli Büyü - Cadı Sophie'nin Maceraları 2</t>
         </is>
       </c>
       <c r="C1862" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1863" spans="1:3">
       <c r="A1863" s="1" t="inlineStr">
         <is>
-          <t>9786053043461</t>
+          <t>9786053044109</t>
         </is>
       </c>
       <c r="B1863" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kütüphane 2: Kağıt ve Ateş</t>
+          <t>Tanrıça Kızlar</t>
         </is>
       </c>
       <c r="C1863" s="1">
-        <v>325</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1864" spans="1:3">
       <c r="A1864" s="1" t="inlineStr">
         <is>
-          <t>9786053043294</t>
+          <t>9786053044123</t>
         </is>
       </c>
       <c r="B1864" s="1" t="inlineStr">
         <is>
-          <t>Ateş Şarkısı</t>
+          <t>Her Mevsimde Kadın Olmak</t>
         </is>
       </c>
       <c r="C1864" s="1">
-        <v>430</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1865" spans="1:3">
       <c r="A1865" s="1" t="inlineStr">
         <is>
-          <t>9786053045410</t>
+          <t>9786053044116</t>
         </is>
       </c>
       <c r="B1865" s="1" t="inlineStr">
         <is>
-          <t>Renkgiller Yollarda</t>
+          <t>Tanrıça Kızlar</t>
         </is>
       </c>
       <c r="C1865" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1866" spans="1:3">
       <c r="A1866" s="1" t="inlineStr">
         <is>
-          <t>9786053043287</t>
+          <t>9786053044130</t>
         </is>
       </c>
       <c r="B1866" s="1" t="inlineStr">
         <is>
-          <t>Viral</t>
+          <t>Kiralık Prenses</t>
         </is>
       </c>
       <c r="C1866" s="1">
-        <v>325</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1867" spans="1:3">
       <c r="A1867" s="1" t="inlineStr">
         <is>
-          <t>9786053043232</t>
+          <t>9786053044031</t>
         </is>
       </c>
       <c r="B1867" s="1" t="inlineStr">
         <is>
-          <t>Hayalci (Ciltli)</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C1867" s="1">
-        <v>475</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1868" spans="1:3">
       <c r="A1868" s="1" t="inlineStr">
         <is>
-          <t>9786053043225</t>
+          <t>9786053044079</t>
         </is>
       </c>
       <c r="B1868" s="1" t="inlineStr">
         <is>
-          <t>Dans Eden Valeler</t>
+          <t>Yarım Ay Dedektiflik</t>
         </is>
       </c>
       <c r="C1868" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1869" spans="1:3">
       <c r="A1869" s="1" t="inlineStr">
         <is>
-          <t>9786053043263</t>
+          <t>9786053044086</t>
         </is>
       </c>
       <c r="B1869" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Çarkı</t>
+          <t>Cadı Sophie'nin Maceraları</t>
         </is>
       </c>
       <c r="C1869" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1870" spans="1:3">
       <c r="A1870" s="1" t="inlineStr">
         <is>
-          <t>9786053043164</t>
+          <t>9786053044055</t>
         </is>
       </c>
       <c r="B1870" s="1" t="inlineStr">
         <is>
-          <t>Vampir Günlükleri - Stefan Günlükleri Vol: 3 - Açlık</t>
+          <t>Kusursuz Yıkım</t>
         </is>
       </c>
       <c r="C1870" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1871" spans="1:3">
       <c r="A1871" s="1" t="inlineStr">
         <is>
-          <t>9786053043218</t>
+          <t>9786053044048</t>
         </is>
       </c>
       <c r="B1871" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Hayal Et</t>
+          <t>Uslanmaz Çapkın</t>
         </is>
       </c>
       <c r="C1871" s="1">
-        <v>159</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1872" spans="1:3">
       <c r="A1872" s="1" t="inlineStr">
         <is>
-          <t>9786053043072</t>
+          <t>9786053043997</t>
         </is>
       </c>
       <c r="B1872" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Ciltli)</t>
+          <t>Amerikan Canavarları</t>
         </is>
       </c>
       <c r="C1872" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1873" spans="1:3">
       <c r="A1873" s="1" t="inlineStr">
         <is>
-          <t>9786053043201</t>
+          <t>9786053044024</t>
         </is>
       </c>
       <c r="B1873" s="1" t="inlineStr">
         <is>
-          <t>Gölgesiz Kız</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C1873" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1874" spans="1:3">
       <c r="A1874" s="1" t="inlineStr">
         <is>
-          <t>9786054228614</t>
+          <t>9786053044000</t>
         </is>
       </c>
       <c r="B1874" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5'ler Kampa Gidiyor</t>
+          <t>Kırılma</t>
         </is>
       </c>
       <c r="C1874" s="1">
-        <v>275</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1875" spans="1:3">
       <c r="A1875" s="1" t="inlineStr">
         <is>
-          <t>9786053043249</t>
+          <t>9786053044017</t>
         </is>
       </c>
       <c r="B1875" s="1" t="inlineStr">
         <is>
-          <t>Üç Kız Kardeş</t>
+          <t>Şifre</t>
         </is>
       </c>
       <c r="C1875" s="1">
-        <v>345</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1876" spans="1:3">
       <c r="A1876" s="1" t="inlineStr">
         <is>
-          <t>9786053042723</t>
+          <t>9786053043812</t>
         </is>
       </c>
       <c r="B1876" s="1" t="inlineStr">
         <is>
-          <t>Ölmek İçin On Üç Sebep (Film Özel Baskısı)</t>
+          <t>Renkgiller - Kampta</t>
         </is>
       </c>
       <c r="C1876" s="1">
-        <v>235</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1877" spans="1:3">
       <c r="A1877" s="1" t="inlineStr">
         <is>
-          <t>9786053043188</t>
+          <t>9786053043928</t>
         </is>
       </c>
       <c r="B1877" s="1" t="inlineStr">
         <is>
-          <t>Hamlet</t>
+          <t>Meleklerin Çılgınlığı</t>
         </is>
       </c>
       <c r="C1877" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1878" spans="1:3">
       <c r="A1878" s="1" t="inlineStr">
         <is>
-          <t>9786053043195</t>
+          <t>9786053043768</t>
         </is>
       </c>
       <c r="B1878" s="1" t="inlineStr">
         <is>
-          <t>Audrey ve Bill</t>
+          <t>Meredith Gentry - Gece Yarısı Dokunuşu</t>
         </is>
       </c>
       <c r="C1878" s="1">
-        <v>325</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1879" spans="1:3">
       <c r="A1879" s="1" t="inlineStr">
         <is>
-          <t>9786053043171</t>
+          <t>9786053043973</t>
         </is>
       </c>
       <c r="B1879" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Kalıntıları</t>
+          <t>Kralın Laneti</t>
         </is>
       </c>
       <c r="C1879" s="1">
-        <v>295</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1880" spans="1:3">
       <c r="A1880" s="1" t="inlineStr">
         <is>
-          <t>9786053042860</t>
+          <t>9786053043621</t>
         </is>
       </c>
       <c r="B1880" s="1" t="inlineStr">
         <is>
-          <t>Suçlu mu?</t>
+          <t>Broadchurch</t>
         </is>
       </c>
       <c r="C1880" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="1881" spans="1:3">
       <c r="A1881" s="1" t="inlineStr">
         <is>
-          <t>9786053043133</t>
+          <t>9786053043966</t>
         </is>
       </c>
       <c r="B1881" s="1" t="inlineStr">
         <is>
-          <t>Meredith Gentry</t>
+          <t>Küçük Prenses (Tam Metin)</t>
         </is>
       </c>
       <c r="C1881" s="1">
-        <v>375</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1882" spans="1:3">
       <c r="A1882" s="1" t="inlineStr">
         <is>
-          <t>9786053043102</t>
+          <t>9786053043959</t>
         </is>
       </c>
       <c r="B1882" s="1" t="inlineStr">
         <is>
-          <t>Karanlık At</t>
+          <t>Pollyanna (Tam Metin)</t>
         </is>
       </c>
       <c r="C1882" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1883" spans="1:3">
       <c r="A1883" s="1" t="inlineStr">
         <is>
-          <t>9786053043119</t>
+          <t>9786053043782</t>
         </is>
       </c>
       <c r="B1883" s="1" t="inlineStr">
         <is>
-          <t>Tuz</t>
+          <t>Sisli Orman'ın Peri Hayvanları - Tavşan Bella</t>
         </is>
       </c>
       <c r="C1883" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1884" spans="1:3">
       <c r="A1884" s="1" t="inlineStr">
         <is>
-          <t>9786053043089</t>
+          <t>9786053043775</t>
         </is>
       </c>
       <c r="B1884" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Şeker Alice Miranda Paris'te</t>
+          <t>Sisli Orman'ın Peri Hayvanları - Kedi Chloe</t>
         </is>
       </c>
       <c r="C1884" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1885" spans="1:3">
       <c r="A1885" s="1" t="inlineStr">
         <is>
-          <t>9786053045403</t>
+          <t>9786053043751</t>
         </is>
       </c>
       <c r="B1885" s="1" t="inlineStr">
         <is>
-          <t>Renkgiller - Oyun Peşinde</t>
+          <t>Hevesli Ceset</t>
         </is>
       </c>
       <c r="C1885" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1886" spans="1:3">
       <c r="A1886" s="1" t="inlineStr">
         <is>
-          <t>9786053043003</t>
+          <t>9786053043683</t>
         </is>
       </c>
       <c r="B1886" s="1" t="inlineStr">
         <is>
-          <t>Kiminleysen Onu Sev</t>
+          <t>Eliksir</t>
         </is>
       </c>
       <c r="C1886" s="1">
-        <v>225</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1887" spans="1:3">
       <c r="A1887" s="1" t="inlineStr">
         <is>
-          <t>9786053042990</t>
+          <t>9786053043690</t>
         </is>
       </c>
       <c r="B1887" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Şans Ver</t>
+          <t>Karanlık Ötesi</t>
         </is>
       </c>
       <c r="C1887" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1888" spans="1:3">
       <c r="A1888" s="1" t="inlineStr">
         <is>
-          <t>9786053043034</t>
+          <t>9786053043706</t>
         </is>
       </c>
       <c r="B1888" s="1" t="inlineStr">
         <is>
-          <t>Anne Olunca Anlarsın Dediler Geldik!</t>
+          <t>Gool - Tuz Üçlemesi 2. Kitap</t>
         </is>
       </c>
       <c r="C1888" s="1">
-        <v>245</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1889" spans="1:3">
       <c r="A1889" s="1" t="inlineStr">
         <is>
-          <t>9786053042976</t>
+          <t>9786053043720</t>
         </is>
       </c>
       <c r="B1889" s="1" t="inlineStr">
         <is>
-          <t>Issız Tepe (Ciltli)</t>
+          <t>Gümüş Patenler</t>
         </is>
       </c>
       <c r="C1889" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1890" spans="1:3">
       <c r="A1890" s="1" t="inlineStr">
         <is>
-          <t>9786053042945</t>
+          <t>9786053043713</t>
         </is>
       </c>
       <c r="B1890" s="1" t="inlineStr">
         <is>
-          <t>Meryl Streep Yine O</t>
+          <t>Unutma Beni Çiçeği</t>
         </is>
       </c>
       <c r="C1890" s="1">
-        <v>395</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1891" spans="1:3">
       <c r="A1891" s="1" t="inlineStr">
         <is>
-          <t>9786053042884</t>
+          <t>9786053043737</t>
         </is>
       </c>
       <c r="B1891" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçilmez Yara Silva</t>
+          <t>Onlar Ya Da Biz</t>
         </is>
       </c>
       <c r="C1891" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1892" spans="1:3">
       <c r="A1892" s="1" t="inlineStr">
         <is>
-          <t>9786053042969</t>
+          <t>9786053043744</t>
         </is>
       </c>
       <c r="B1892" s="1" t="inlineStr">
         <is>
-          <t>Coco ve İgor</t>
+          <t>Kendimi Ararken Seni Buldum</t>
         </is>
       </c>
       <c r="C1892" s="1">
-        <v>345</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1893" spans="1:3">
       <c r="A1893" s="1" t="inlineStr">
         <is>
-          <t>9786053042907</t>
+          <t>9786053043676</t>
         </is>
       </c>
       <c r="B1893" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Rahibe</t>
+          <t>BZRK Yeniden (Ciltli)</t>
         </is>
       </c>
       <c r="C1893" s="1">
-        <v>455</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1894" spans="1:3">
       <c r="A1894" s="1" t="inlineStr">
         <is>
-          <t>9786053042808</t>
+          <t>9786053043638</t>
         </is>
       </c>
       <c r="B1894" s="1" t="inlineStr">
         <is>
-          <t>Deniz</t>
+          <t>Çözümsüz Bilmece - Genç Maceracılar 2</t>
         </is>
       </c>
       <c r="C1894" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1895" spans="1:3">
       <c r="A1895" s="1" t="inlineStr">
         <is>
-          <t>9786053042846</t>
+          <t>9786053043560</t>
         </is>
       </c>
       <c r="B1895" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Hırsızı - 39 İpucu Üçüncü Kitap (Ciltli)</t>
+          <t>Cici Karar Veremiyor Ama Verebilir</t>
         </is>
       </c>
       <c r="C1895" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1896" spans="1:3">
       <c r="A1896" s="1" t="inlineStr">
         <is>
-          <t>9786053042983</t>
+          <t>9786053043645</t>
         </is>
       </c>
       <c r="B1896" s="1" t="inlineStr">
         <is>
-          <t>Kazıkçı</t>
+          <t>Gizemli Yakut - Genç Maceracılar 3</t>
         </is>
       </c>
       <c r="C1896" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1897" spans="1:3">
       <c r="A1897" s="1" t="inlineStr">
         <is>
-          <t>9786053042938</t>
+          <t>9786053043652</t>
         </is>
       </c>
       <c r="B1897" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Lordu - Karanlık Sanatlar İkinci Kitap (Ciltli)</t>
+          <t>Tatil Evi'nde - Genç Maceracılar 1</t>
         </is>
       </c>
       <c r="C1897" s="1">
-        <v>525</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1898" spans="1:3">
       <c r="A1898" s="1" t="inlineStr">
         <is>
-          <t>9786053042822</t>
+          <t>9786053043591</t>
         </is>
       </c>
       <c r="B1898" s="1" t="inlineStr">
         <is>
-          <t>39. İpucu: Yanlış Rota (Ciltli)</t>
+          <t>Kara Mücevher</t>
         </is>
       </c>
       <c r="C1898" s="1">
-        <v>195</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1899" spans="1:3">
       <c r="A1899" s="1" t="inlineStr">
         <is>
-          <t>9786053042839</t>
+          <t>9786053043584</t>
         </is>
       </c>
       <c r="B1899" s="1" t="inlineStr">
         <is>
-          <t>39. İpucu: Kemik Labirent (Ciltli)</t>
+          <t>Beşin Düşüşü</t>
         </is>
       </c>
       <c r="C1899" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1900" spans="1:3">
       <c r="A1900" s="1" t="inlineStr">
         <is>
-          <t>9786053042921</t>
+          <t>9786053043607</t>
         </is>
       </c>
       <c r="B1900" s="1" t="inlineStr">
         <is>
-          <t>Floransa Canavarı</t>
+          <t>Nöbet</t>
         </is>
       </c>
       <c r="C1900" s="1">
-        <v>295</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1901" spans="1:3">
       <c r="A1901" s="1" t="inlineStr">
         <is>
-          <t>9786053042891</t>
+          <t>9786053043546</t>
         </is>
       </c>
       <c r="B1901" s="1" t="inlineStr">
         <is>
-          <t>Sensiz Yaz Olmaz</t>
+          <t>Dul Bakire</t>
         </is>
       </c>
       <c r="C1901" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1902" spans="1:3">
       <c r="A1902" s="1" t="inlineStr">
         <is>
-          <t>9786053042303</t>
+          <t>9786053043454</t>
         </is>
       </c>
       <c r="B1902" s="1" t="inlineStr">
         <is>
-          <t>Boşluk (Ciltli)</t>
+          <t>Çocukların Izdırabı</t>
         </is>
       </c>
       <c r="C1902" s="1">
-        <v>335</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1903" spans="1:3">
       <c r="A1903" s="1" t="inlineStr">
         <is>
-          <t>9786053042877</t>
+          <t>9786053043539</t>
         </is>
       </c>
       <c r="B1903" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Mesaisi</t>
+          <t>Gece Mesaisi</t>
         </is>
       </c>
       <c r="C1903" s="1">
-        <v>325</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1904" spans="1:3">
       <c r="A1904" s="1" t="inlineStr">
         <is>
-          <t>9786053042228</t>
+          <t>9786053043423</t>
         </is>
       </c>
       <c r="B1904" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Doğan</t>
+          <t>Meraklı Şeker Alice Miranda Japonya'da</t>
         </is>
       </c>
       <c r="C1904" s="1">
-        <v>430</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1905" spans="1:3">
       <c r="A1905" s="1" t="inlineStr">
         <is>
-          <t>9786053042792</t>
+          <t>9786053043430</t>
         </is>
       </c>
       <c r="B1905" s="1" t="inlineStr">
         <is>
-          <t>Çöp Çocuk Cinayetleri</t>
+          <t>Meraklı Şeker Alice Miranda İz Peşinde</t>
         </is>
       </c>
       <c r="C1905" s="1">
-        <v>445</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1906" spans="1:3">
       <c r="A1906" s="1" t="inlineStr">
         <is>
-          <t>9786053042815</t>
+          <t>9786053047124</t>
         </is>
       </c>
       <c r="B1906" s="1" t="inlineStr">
         <is>
-          <t>Sıradaki Teşekkürüm Bana Yanlış Yapanlara</t>
+          <t>Çılgın Sörfçüler 1 - Denizden Gelen Şifre</t>
         </is>
       </c>
       <c r="C1906" s="1">
-        <v>225</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1907" spans="1:3">
       <c r="A1907" s="1" t="inlineStr">
         <is>
-          <t>9786053042778</t>
+          <t>9786053043270</t>
         </is>
       </c>
       <c r="B1907" s="1" t="inlineStr">
         <is>
-          <t>The Great Gatsby</t>
+          <t>Meredith Gentry - Baştan Çıkaran Ay Işığı</t>
         </is>
       </c>
       <c r="C1907" s="1">
-        <v>215</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1908" spans="1:3">
       <c r="A1908" s="1" t="inlineStr">
         <is>
-          <t>9786053042730</t>
+          <t>9786053043492</t>
         </is>
       </c>
       <c r="B1908" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tatili</t>
+          <t>Unutursun (Ciltli)</t>
         </is>
       </c>
       <c r="C1908" s="1">
-        <v>245</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1909" spans="1:3">
       <c r="A1909" s="1" t="inlineStr">
         <is>
-          <t>9786053042495</t>
+          <t>9786053043515</t>
         </is>
       </c>
       <c r="B1909" s="1" t="inlineStr">
         <is>
-          <t>Gölge Avcısı Akademisi'nden Hikayeler (Ciltli)</t>
+          <t>Üç Kız Kardeş (Ciltli)</t>
         </is>
       </c>
       <c r="C1909" s="1">
-        <v>525</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1910" spans="1:3">
       <c r="A1910" s="1" t="inlineStr">
         <is>
-          <t>9786053042617</t>
+          <t>9786053043508</t>
         </is>
       </c>
       <c r="B1910" s="1" t="inlineStr">
         <is>
-          <t>35 Çok Güzel Gelsene</t>
+          <t>Bir Cihan Kafes (Ciltli)</t>
         </is>
       </c>
       <c r="C1910" s="1">
-        <v>235</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1911" spans="1:3">
       <c r="A1911" s="1" t="inlineStr">
         <is>
-          <t>9786053042280</t>
+          <t>9786053043461</t>
         </is>
       </c>
       <c r="B1911" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar - Tuhaf Yabancılar</t>
+          <t>Büyük Kütüphane 2: Kağıt ve Ateş</t>
         </is>
       </c>
       <c r="C1911" s="1">
-        <v>235</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1912" spans="1:3">
       <c r="A1912" s="1" t="inlineStr">
         <is>
-          <t>9786053042266</t>
+          <t>9786053043294</t>
         </is>
       </c>
       <c r="B1912" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar - Issız Sahil</t>
+          <t>Ateş Şarkısı</t>
         </is>
       </c>
       <c r="C1912" s="1">
-        <v>235</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1913" spans="1:3">
       <c r="A1913" s="1" t="inlineStr">
         <is>
-          <t>9786053042297</t>
+          <t>9786053045410</t>
         </is>
       </c>
       <c r="B1913" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar - Tıkırtılar Evi</t>
+          <t>Renkgiller Yollarda</t>
         </is>
       </c>
       <c r="C1913" s="1">
-        <v>235</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1914" spans="1:3">
       <c r="A1914" s="1" t="inlineStr">
         <is>
-          <t>9786053042259</t>
+          <t>9786053043287</t>
         </is>
       </c>
       <c r="B1914" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar - Gizemli Panayır</t>
+          <t>Viral</t>
         </is>
       </c>
       <c r="C1914" s="1">
-        <v>235</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1915" spans="1:3">
       <c r="A1915" s="1" t="inlineStr">
         <is>
-          <t>9786053042457</t>
+          <t>9786053043232</t>
         </is>
       </c>
       <c r="B1915" s="1" t="inlineStr">
         <is>
-          <t>Sana Hiçbir Şey Yetmez - Dedikoducu Kız Üçüzler</t>
+          <t>Hayalci (Ciltli)</t>
         </is>
       </c>
       <c r="C1915" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1916" spans="1:3">
       <c r="A1916" s="1" t="inlineStr">
         <is>
-          <t>9786053042464</t>
+          <t>9786053043225</t>
         </is>
       </c>
       <c r="B1916" s="1" t="inlineStr">
         <is>
-          <t>Dövmeci</t>
+          <t>Dans Eden Valeler</t>
         </is>
       </c>
       <c r="C1916" s="1">
-        <v>245</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1917" spans="1:3">
       <c r="A1917" s="1" t="inlineStr">
         <is>
-          <t>9786256205840</t>
+          <t>9786053043263</t>
         </is>
       </c>
       <c r="B1917" s="1" t="inlineStr">
         <is>
-          <t>Kalpsiz</t>
+          <t>Karanlığın Çarkı</t>
         </is>
       </c>
       <c r="C1917" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="1918" spans="1:3">
       <c r="A1918" s="1" t="inlineStr">
         <is>
-          <t>9786053042204</t>
+          <t>9786053043164</t>
         </is>
       </c>
       <c r="B1918" s="1" t="inlineStr">
         <is>
-          <t>Güvercinin Kanatları (Ciltli)</t>
+          <t>Vampir Günlükleri - Stefan Günlükleri Vol: 3 - Açlık</t>
         </is>
       </c>
       <c r="C1918" s="1">
-        <v>485</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1919" spans="1:3">
       <c r="A1919" s="1" t="inlineStr">
         <is>
-          <t>9786053041870</t>
+          <t>9786053043218</t>
         </is>
       </c>
       <c r="B1919" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler - Mutlu Yıllar Beşler</t>
+          <t>Şimdi Hayal Et</t>
         </is>
       </c>
       <c r="C1919" s="1">
-        <v>245</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1920" spans="1:3">
       <c r="A1920" s="1" t="inlineStr">
         <is>
-          <t>9786053042235</t>
+          <t>9786053043072</t>
         </is>
       </c>
       <c r="B1920" s="1" t="inlineStr">
         <is>
-          <t>Karnaval</t>
+          <t>Küçük Prens (Ciltli)</t>
         </is>
       </c>
       <c r="C1920" s="1">
-        <v>445</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1921" spans="1:3">
       <c r="A1921" s="1" t="inlineStr">
         <is>
-          <t>9786053042075</t>
+          <t>9786053043201</t>
         </is>
       </c>
       <c r="B1921" s="1" t="inlineStr">
         <is>
-          <t>Bozgun</t>
+          <t>Gölgesiz Kız</t>
         </is>
       </c>
       <c r="C1921" s="1">
-        <v>335</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1922" spans="1:3">
       <c r="A1922" s="1" t="inlineStr">
         <is>
-          <t>9786053042198</t>
+          <t>9786054228614</t>
         </is>
       </c>
       <c r="B1922" s="1" t="inlineStr">
         <is>
-          <t>Güvercinin Kanatları</t>
+          <t>Afacan 5'ler Kampa Gidiyor</t>
         </is>
       </c>
       <c r="C1922" s="1">
-        <v>385</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1923" spans="1:3">
       <c r="A1923" s="1" t="inlineStr">
         <is>
-          <t>9786053042006</t>
+          <t>9786053043249</t>
         </is>
       </c>
       <c r="B1923" s="1" t="inlineStr">
         <is>
-          <t>Ben Efsaneyim</t>
+          <t>Üç Kız Kardeş</t>
         </is>
       </c>
       <c r="C1923" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1924" spans="1:3">
       <c r="A1924" s="1" t="inlineStr">
         <is>
-          <t>9786053041931</t>
+          <t>9786053042723</t>
         </is>
       </c>
       <c r="B1924" s="1" t="inlineStr">
         <is>
-          <t>Üçüzler: Dedikoducu Kız</t>
+          <t>Ölmek İçin On Üç Sebep (Film Özel Baskısı)</t>
         </is>
       </c>
       <c r="C1924" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1925" spans="1:3">
       <c r="A1925" s="1" t="inlineStr">
         <is>
-          <t>9786053041832</t>
+          <t>9786053043188</t>
         </is>
       </c>
       <c r="B1925" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Şeker Alice Miranda Çiftlikte</t>
+          <t>Hamlet</t>
         </is>
       </c>
       <c r="C1925" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1926" spans="1:3">
       <c r="A1926" s="1" t="inlineStr">
         <is>
-          <t>9786053041894</t>
+          <t>9786053043195</t>
         </is>
       </c>
       <c r="B1926" s="1" t="inlineStr">
         <is>
-          <t>Vampir Günlükleri - Stefan Günlükleri Vol: 2 - Kan Açlığı</t>
+          <t>Audrey ve Bill</t>
         </is>
       </c>
       <c r="C1926" s="1">
-        <v>195</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1927" spans="1:3">
       <c r="A1927" s="1" t="inlineStr">
         <is>
-          <t>9786053041924</t>
+          <t>9786053043171</t>
         </is>
       </c>
       <c r="B1927" s="1" t="inlineStr">
         <is>
-          <t>Yangın</t>
+          <t>Tanrıların Kalıntıları</t>
         </is>
       </c>
       <c r="C1927" s="1">
-        <v>315</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1928" spans="1:3">
       <c r="A1928" s="1" t="inlineStr">
         <is>
-          <t>9786053041801</t>
+          <t>9786053042860</t>
         </is>
       </c>
       <c r="B1928" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Mantık (Ciltli)</t>
+          <t>Suçlu mu?</t>
         </is>
       </c>
       <c r="C1928" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1929" spans="1:3">
       <c r="A1929" s="1" t="inlineStr">
         <is>
-          <t>9786053041917</t>
+          <t>9786053043133</t>
         </is>
       </c>
       <c r="B1929" s="1" t="inlineStr">
         <is>
-          <t>Ben Ölmeden Önce (Filme Özel Baskı)</t>
+          <t>Meredith Gentry</t>
         </is>
       </c>
       <c r="C1929" s="1">
-        <v>495</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1930" spans="1:3">
       <c r="A1930" s="1" t="inlineStr">
         <is>
-          <t>9786053041900</t>
+          <t>9786053043102</t>
         </is>
       </c>
       <c r="B1930" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Yüz Üzüm</t>
+          <t>Karanlık At</t>
         </is>
       </c>
       <c r="C1930" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1931" spans="1:3">
       <c r="A1931" s="1" t="inlineStr">
         <is>
-          <t>9786053041825</t>
+          <t>9786053043119</t>
         </is>
       </c>
       <c r="B1931" s="1" t="inlineStr">
         <is>
-          <t>Kuşadam</t>
+          <t>Tuz</t>
         </is>
       </c>
       <c r="C1931" s="1">
-        <v>295</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1932" spans="1:3">
       <c r="A1932" s="1" t="inlineStr">
         <is>
-          <t>9786053041726</t>
+          <t>9786053043089</t>
         </is>
       </c>
       <c r="B1932" s="1" t="inlineStr">
         <is>
-          <t>Kimyasal Bahçe Üçlemesi - Solgun</t>
+          <t>Meraklı Şeker Alice Miranda Paris'te</t>
         </is>
       </c>
       <c r="C1932" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1933" spans="1:3">
       <c r="A1933" s="1" t="inlineStr">
         <is>
-          <t>9786051426914</t>
+          <t>9786053045403</t>
         </is>
       </c>
       <c r="B1933" s="1" t="inlineStr">
         <is>
-          <t>Psikopat Katil - Gossip Girl</t>
+          <t>Renkgiller - Oyun Peşinde</t>
         </is>
       </c>
       <c r="C1933" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1934" spans="1:3">
       <c r="A1934" s="1" t="inlineStr">
         <is>
-          <t>9786053041696</t>
+          <t>9786053043003</t>
         </is>
       </c>
       <c r="B1934" s="1" t="inlineStr">
         <is>
-          <t>Seninle Bir Ömür</t>
+          <t>Kiminleysen Onu Sev</t>
         </is>
       </c>
       <c r="C1934" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1935" spans="1:3">
       <c r="A1935" s="1" t="inlineStr">
         <is>
-          <t>9786053041702</t>
+          <t>9786053042990</t>
         </is>
       </c>
       <c r="B1935" s="1" t="inlineStr">
         <is>
-          <t>Unutursun</t>
+          <t>Bana Bir Şans Ver</t>
         </is>
       </c>
       <c r="C1935" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1936" spans="1:3">
       <c r="A1936" s="1" t="inlineStr">
         <is>
-          <t>9786053041658</t>
+          <t>9786053043034</t>
         </is>
       </c>
       <c r="B1936" s="1" t="inlineStr">
         <is>
-          <t>Gizli Macera: Gizli Orman</t>
+          <t>Anne Olunca Anlarsın Dediler Geldik!</t>
         </is>
       </c>
       <c r="C1936" s="1">
-        <v>235</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1937" spans="1:3">
       <c r="A1937" s="1" t="inlineStr">
         <is>
-          <t>9786053041641</t>
+          <t>9786053042976</t>
         </is>
       </c>
       <c r="B1937" s="1" t="inlineStr">
         <is>
-          <t>Gizli Macera: Gizli Mağara</t>
+          <t>Issız Tepe (Ciltli)</t>
         </is>
       </c>
       <c r="C1937" s="1">
-        <v>235</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1938" spans="1:3">
       <c r="A1938" s="1" t="inlineStr">
         <is>
-          <t>9786053041481</t>
+          <t>9786053042945</t>
         </is>
       </c>
       <c r="B1938" s="1" t="inlineStr">
         <is>
-          <t>Sarıl Bana</t>
+          <t>Meryl Streep Yine O</t>
         </is>
       </c>
       <c r="C1938" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1939" spans="1:3">
       <c r="A1939" s="1" t="inlineStr">
         <is>
-          <t>9786053041689</t>
+          <t>9786053042884</t>
         </is>
       </c>
       <c r="B1939" s="1" t="inlineStr">
         <is>
-          <t>Ön Cephe</t>
+          <t>Vazgeçilmez Yara Silva</t>
         </is>
       </c>
       <c r="C1939" s="1">
-        <v>375</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1940" spans="1:3">
       <c r="A1940" s="1" t="inlineStr">
         <is>
-          <t>9786053041054</t>
+          <t>9786053042969</t>
         </is>
       </c>
       <c r="B1940" s="1" t="inlineStr">
         <is>
-          <t>İblis Yolu (Ciltli)</t>
+          <t>Coco ve İgor</t>
         </is>
       </c>
       <c r="C1940" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="1941" spans="1:3">
       <c r="A1941" s="1" t="inlineStr">
         <is>
-          <t>9786053041573</t>
+          <t>9786053042907</t>
         </is>
       </c>
       <c r="B1941" s="1" t="inlineStr">
         <is>
-          <t>Bir İz Bırak</t>
+          <t>Karanlık Rahibe</t>
         </is>
       </c>
       <c r="C1941" s="1">
-        <v>425</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1942" spans="1:3">
       <c r="A1942" s="1" t="inlineStr">
         <is>
-          <t>9786051429106</t>
+          <t>9786053042808</t>
         </is>
       </c>
       <c r="B1942" s="1" t="inlineStr">
         <is>
-          <t>Scooby-Doo!</t>
+          <t>Deniz</t>
         </is>
       </c>
       <c r="C1942" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1943" spans="1:3">
       <c r="A1943" s="1" t="inlineStr">
         <is>
-          <t>9786053040835</t>
+          <t>9786053042846</t>
         </is>
       </c>
       <c r="B1943" s="1" t="inlineStr">
         <is>
-          <t>Wonder Woman ile Tanışıyorum</t>
+          <t>Kılıç Hırsızı - 39 İpucu Üçüncü Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C1943" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1944" spans="1:3">
       <c r="A1944" s="1" t="inlineStr">
         <is>
-          <t>9786053040842</t>
+          <t>9786053042983</t>
         </is>
       </c>
       <c r="B1944" s="1" t="inlineStr">
         <is>
-          <t>Zıt Kelimeler</t>
+          <t>Kazıkçı</t>
         </is>
       </c>
       <c r="C1944" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1945" spans="1:3">
       <c r="A1945" s="1" t="inlineStr">
         <is>
-          <t>9786053041580</t>
+          <t>9786053042938</t>
         </is>
       </c>
       <c r="B1945" s="1" t="inlineStr">
         <is>
-          <t>Austen Diyarı’nda Gece Yarısı</t>
+          <t>Gölgelerin Lordu - Karanlık Sanatlar İkinci Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C1945" s="1">
-        <v>295</v>
+        <v>645</v>
       </c>
     </row>
     <row r="1946" spans="1:3">
       <c r="A1946" s="1" t="inlineStr">
         <is>
-          <t>9786053040781</t>
+          <t>9786053042822</t>
         </is>
       </c>
       <c r="B1946" s="1" t="inlineStr">
         <is>
-          <t>Vücudumuzu Tanıyalım</t>
+          <t>39. İpucu: Yanlış Rota (Ciltli)</t>
         </is>
       </c>
       <c r="C1946" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1947" spans="1:3">
       <c r="A1947" s="1" t="inlineStr">
         <is>
-          <t>9786053040828</t>
+          <t>9786053042839</t>
         </is>
       </c>
       <c r="B1947" s="1" t="inlineStr">
         <is>
-          <t>Süper Kötüler</t>
+          <t>39. İpucu: Kemik Labirent (Ciltli)</t>
         </is>
       </c>
       <c r="C1947" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1948" spans="1:3">
       <c r="A1948" s="1" t="inlineStr">
         <is>
-          <t>9786053040811</t>
+          <t>9786053042921</t>
         </is>
       </c>
       <c r="B1948" s="1" t="inlineStr">
         <is>
-          <t>Superman ile Tanışıyorum</t>
+          <t>Floransa Canavarı</t>
         </is>
       </c>
       <c r="C1948" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1949" spans="1:3">
       <c r="A1949" s="1" t="inlineStr">
         <is>
-          <t>9786053040804</t>
+          <t>9786053042891</t>
         </is>
       </c>
       <c r="B1949" s="1" t="inlineStr">
         <is>
-          <t>Renkler Şekiller ve Hareketler</t>
+          <t>Sensiz Yaz Olmaz</t>
         </is>
       </c>
       <c r="C1949" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1950" spans="1:3">
       <c r="A1950" s="1" t="inlineStr">
         <is>
-          <t>9786053040798</t>
+          <t>9786053042303</t>
         </is>
       </c>
       <c r="B1950" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahramanlar Da Uyur</t>
+          <t>Boşluk (Ciltli)</t>
         </is>
       </c>
       <c r="C1950" s="1">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1951" spans="1:3">
       <c r="A1951" s="1" t="inlineStr">
         <is>
-          <t>9786053040736</t>
+          <t>9786053042877</t>
         </is>
       </c>
       <c r="B1951" s="1" t="inlineStr">
         <is>
-          <t>Kız Gücü</t>
+          <t>Gündüz Mesaisi</t>
         </is>
       </c>
       <c r="C1951" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1952" spans="1:3">
       <c r="A1952" s="1" t="inlineStr">
         <is>
-          <t>9786053040767</t>
+          <t>9786053042228</t>
         </is>
       </c>
       <c r="B1952" s="1" t="inlineStr">
         <is>
-          <t>Harfler ve Sayılar</t>
+          <t>Ateşten Doğan</t>
         </is>
       </c>
       <c r="C1952" s="1">
-        <v>225</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1953" spans="1:3">
       <c r="A1953" s="1" t="inlineStr">
         <is>
-          <t>9786053041566</t>
+          <t>9786053042792</t>
         </is>
       </c>
       <c r="B1953" s="1" t="inlineStr">
         <is>
-          <t>Ölü Öpücük</t>
+          <t>Çöp Çocuk Cinayetleri</t>
         </is>
       </c>
       <c r="C1953" s="1">
-        <v>395</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1954" spans="1:3">
       <c r="A1954" s="1" t="inlineStr">
         <is>
-          <t>9786053041559</t>
+          <t>9786053042815</t>
         </is>
       </c>
       <c r="B1954" s="1" t="inlineStr">
         <is>
-          <t>Aptalın Altını</t>
+          <t>Sıradaki Teşekkürüm Bana Yanlış Yapanlara</t>
         </is>
       </c>
       <c r="C1954" s="1">
-        <v>275</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1955" spans="1:3">
       <c r="A1955" s="1" t="inlineStr">
         <is>
-          <t>9786053041535</t>
+          <t>9786053042778</t>
         </is>
       </c>
       <c r="B1955" s="1" t="inlineStr">
         <is>
-          <t>Vampir Günlükleri Kurtuluş Vol 3: Maskesiz</t>
+          <t>The Great Gatsby</t>
         </is>
       </c>
       <c r="C1955" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1956" spans="1:3">
       <c r="A1956" s="1" t="inlineStr">
         <is>
-          <t>9786053041504</t>
+          <t>9786053042730</t>
         </is>
       </c>
       <c r="B1956" s="1" t="inlineStr">
         <is>
-          <t>Alışverişkolik Takipte</t>
+          <t>Aşk Tatili</t>
         </is>
       </c>
       <c r="C1956" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1957" spans="1:3">
       <c r="A1957" s="1" t="inlineStr">
         <is>
-          <t>9786053041177</t>
+          <t>9786053042495</t>
         </is>
       </c>
       <c r="B1957" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Aşkıalem</t>
+          <t>Gölge Avcısı Akademisi'nden Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C1957" s="1">
-        <v>235</v>
+        <v>645</v>
       </c>
     </row>
     <row r="1958" spans="1:3">
       <c r="A1958" s="1" t="inlineStr">
         <is>
-          <t>9786053041023</t>
+          <t>9786053042617</t>
         </is>
       </c>
       <c r="B1958" s="1" t="inlineStr">
         <is>
-          <t>Roma Kulübü</t>
+          <t>35 Çok Güzel Gelsene</t>
         </is>
       </c>
       <c r="C1958" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1959" spans="1:3">
       <c r="A1959" s="1" t="inlineStr">
         <is>
-          <t>9786053040569</t>
+          <t>9786053042280</t>
         </is>
       </c>
       <c r="B1959" s="1" t="inlineStr">
         <is>
-          <t>Geceyarısı Kavşağı</t>
+          <t>Meraklı Çocuklar - Tuhaf Yabancılar</t>
         </is>
       </c>
       <c r="C1959" s="1">
-        <v>305</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1960" spans="1:3">
       <c r="A1960" s="1" t="inlineStr">
         <is>
-          <t>9786053041511</t>
+          <t>9786053042266</t>
         </is>
       </c>
       <c r="B1960" s="1" t="inlineStr">
         <is>
-          <t>Dağ Gölgesi</t>
+          <t>Meraklı Çocuklar - Issız Sahil</t>
         </is>
       </c>
       <c r="C1960" s="1">
-        <v>525</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1961" spans="1:3">
       <c r="A1961" s="1" t="inlineStr">
         <is>
-          <t>9786053041313</t>
+          <t>9786053042297</t>
         </is>
       </c>
       <c r="B1961" s="1" t="inlineStr">
         <is>
-          <t>Uzak Yıldızlar</t>
+          <t>Meraklı Çocuklar - Tıkırtılar Evi</t>
         </is>
       </c>
       <c r="C1961" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1962" spans="1:3">
       <c r="A1962" s="1" t="inlineStr">
         <is>
-          <t>9786053041443</t>
+          <t>9786053042259</t>
         </is>
       </c>
       <c r="B1962" s="1" t="inlineStr">
         <is>
-          <t>Çığlık Sokağı: Mumya Kalbi</t>
+          <t>Meraklı Çocuklar - Gizemli Panayır</t>
         </is>
       </c>
       <c r="C1962" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1963" spans="1:3">
       <c r="A1963" s="1" t="inlineStr">
         <is>
-          <t>9786053040903</t>
+          <t>9786053042457</t>
         </is>
       </c>
       <c r="B1963" s="1" t="inlineStr">
         <is>
-          <t>Mahşerin Kılıcı</t>
+          <t>Sana Hiçbir Şey Yetmez - Dedikoducu Kız Üçüzler</t>
         </is>
       </c>
       <c r="C1963" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1964" spans="1:3">
       <c r="A1964" s="1" t="inlineStr">
         <is>
-          <t>9786053041030</t>
+          <t>9786053042464</t>
         </is>
       </c>
       <c r="B1964" s="1" t="inlineStr">
         <is>
-          <t>Cadı</t>
+          <t>Dövmeci</t>
         </is>
       </c>
       <c r="C1964" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1965" spans="1:3">
       <c r="A1965" s="1" t="inlineStr">
         <is>
-          <t>9786051429786</t>
+          <t>9786256205840</t>
         </is>
       </c>
       <c r="B1965" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Büyü</t>
+          <t>Kalpsiz</t>
         </is>
       </c>
       <c r="C1965" s="1">
-        <v>225</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1966" spans="1:3">
       <c r="A1966" s="1" t="inlineStr">
         <is>
-          <t>9786053041016</t>
+          <t>9786053042204</t>
         </is>
       </c>
       <c r="B1966" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin</t>
+          <t>Güvercinin Kanatları (Ciltli)</t>
         </is>
       </c>
       <c r="C1966" s="1">
-        <v>150</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1967" spans="1:3">
       <c r="A1967" s="1" t="inlineStr">
         <is>
-          <t>9786053041306</t>
+          <t>9786053041870</t>
         </is>
       </c>
       <c r="B1967" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Ölüsü</t>
+          <t>Afacan Beşler - Mutlu Yıllar Beşler</t>
         </is>
       </c>
       <c r="C1967" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1968" spans="1:3">
       <c r="A1968" s="1" t="inlineStr">
         <is>
-          <t>9786053041160</t>
+          <t>9786053042235</t>
         </is>
       </c>
       <c r="B1968" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Kanatları</t>
+          <t>Karnaval</t>
         </is>
       </c>
       <c r="C1968" s="1">
-        <v>195</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1969" spans="1:3">
       <c r="A1969" s="1" t="inlineStr">
         <is>
-          <t>9786053041047</t>
+          <t>9786053042075</t>
         </is>
       </c>
       <c r="B1969" s="1" t="inlineStr">
         <is>
-          <t>Telema</t>
+          <t>Bozgun</t>
         </is>
       </c>
       <c r="C1969" s="1">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1970" spans="1:3">
       <c r="A1970" s="1" t="inlineStr">
         <is>
-          <t>9786053041290</t>
+          <t>9786053042198</t>
         </is>
       </c>
       <c r="B1970" s="1" t="inlineStr">
         <is>
-          <t>Yalan</t>
+          <t>Güvercinin Kanatları</t>
         </is>
       </c>
       <c r="C1970" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1971" spans="1:3">
       <c r="A1971" s="1" t="inlineStr">
         <is>
-          <t>9786051429847</t>
+          <t>9786053042006</t>
         </is>
       </c>
       <c r="B1971" s="1" t="inlineStr">
         <is>
-          <t>Requiem</t>
+          <t>Ben Efsaneyim</t>
         </is>
       </c>
       <c r="C1971" s="1">
-        <v>435</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1972" spans="1:3">
       <c r="A1972" s="1" t="inlineStr">
         <is>
-          <t>3990000082598</t>
+          <t>9786053041931</t>
         </is>
       </c>
       <c r="B1972" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler ve Bir Sömestir Macerası</t>
+          <t>Üçüzler: Dedikoducu Kız</t>
         </is>
       </c>
       <c r="C1972" s="1">
-        <v>25</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1973" spans="1:3">
       <c r="A1973" s="1" t="inlineStr">
         <is>
-          <t>9786053040934</t>
+          <t>9786053041832</t>
         </is>
       </c>
       <c r="B1973" s="1" t="inlineStr">
         <is>
-          <t>Işıltı Sarayı</t>
+          <t>Meraklı Şeker Alice Miranda Çiftlikte</t>
         </is>
       </c>
       <c r="C1973" s="1">
-        <v>485</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1974" spans="1:3">
       <c r="A1974" s="1" t="inlineStr">
         <is>
-          <t>9786053040897</t>
+          <t>9786053041894</t>
         </is>
       </c>
       <c r="B1974" s="1" t="inlineStr">
         <is>
-          <t>Diriliş</t>
+          <t>Vampir Günlükleri - Stefan Günlükleri Vol: 2 - Kan Açlığı</t>
         </is>
       </c>
       <c r="C1974" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1975" spans="1:3">
       <c r="A1975" s="1" t="inlineStr">
         <is>
-          <t>9786051429854</t>
+          <t>9786053041924</t>
         </is>
       </c>
       <c r="B1975" s="1" t="inlineStr">
         <is>
-          <t>Austen Diyarı</t>
+          <t>Yangın</t>
         </is>
       </c>
       <c r="C1975" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1976" spans="1:3">
       <c r="A1976" s="1" t="inlineStr">
         <is>
-          <t>9786053040880</t>
+          <t>9786053041801</t>
         </is>
       </c>
       <c r="B1976" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çocuk</t>
+          <t>Aşk ve Mantık (Ciltli)</t>
         </is>
       </c>
       <c r="C1976" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1977" spans="1:3">
       <c r="A1977" s="1" t="inlineStr">
         <is>
-          <t>9786053040545</t>
+          <t>9786053041917</t>
         </is>
       </c>
       <c r="B1977" s="1" t="inlineStr">
         <is>
-          <t>Konuş</t>
+          <t>Ben Ölmeden Önce (Filme Özel Baskı)</t>
         </is>
       </c>
       <c r="C1977" s="1">
-        <v>235</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1978" spans="1:3">
       <c r="A1978" s="1" t="inlineStr">
         <is>
-          <t>9786053040576</t>
+          <t>9786053041900</t>
         </is>
       </c>
       <c r="B1978" s="1" t="inlineStr">
         <is>
-          <t>Warcraft - Filmin Hikayesi</t>
+          <t>Sekiz Yüz Üzüm</t>
         </is>
       </c>
       <c r="C1978" s="1">
-        <v>245</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1979" spans="1:3">
       <c r="A1979" s="1" t="inlineStr">
         <is>
-          <t>9786053040514</t>
+          <t>9786053041825</t>
         </is>
       </c>
       <c r="B1979" s="1" t="inlineStr">
         <is>
-          <t>Geceyarısı Leydisi - Karanlık Sanatlar (Ciltli)</t>
+          <t>Kuşadam</t>
         </is>
       </c>
       <c r="C1979" s="1">
-        <v>485</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1980" spans="1:3">
       <c r="A1980" s="1" t="inlineStr">
         <is>
-          <t>9786053040521</t>
+          <t>9786053041726</t>
         </is>
       </c>
       <c r="B1980" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Yolculuğu</t>
+          <t>Kimyasal Bahçe Üçlemesi - Solgun</t>
         </is>
       </c>
       <c r="C1980" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1981" spans="1:3">
       <c r="A1981" s="1" t="inlineStr">
         <is>
-          <t>9786053040552</t>
+          <t>9786051426914</t>
         </is>
       </c>
       <c r="B1981" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Aşk</t>
+          <t>Psikopat Katil - Gossip Girl</t>
         </is>
       </c>
       <c r="C1981" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1982" spans="1:3">
       <c r="A1982" s="1" t="inlineStr">
         <is>
-          <t>9786051429762</t>
+          <t>9786053041696</t>
         </is>
       </c>
       <c r="B1982" s="1" t="inlineStr">
         <is>
-          <t>Alev</t>
+          <t>Seninle Bir Ömür</t>
         </is>
       </c>
       <c r="C1982" s="1">
-        <v>430</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1983" spans="1:3">
       <c r="A1983" s="1" t="inlineStr">
         <is>
-          <t>9786051428772</t>
+          <t>9786053041702</t>
         </is>
       </c>
       <c r="B1983" s="1" t="inlineStr">
         <is>
-          <t>Vivienne Westwood (Ciltli)</t>
+          <t>Unutursun</t>
         </is>
       </c>
       <c r="C1983" s="1">
-        <v>525</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1984" spans="1:3">
       <c r="A1984" s="1" t="inlineStr">
         <is>
-          <t>9786051429076</t>
+          <t>9786053041658</t>
         </is>
       </c>
       <c r="B1984" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Seçimi</t>
+          <t>Gizli Macera: Gizli Orman</t>
         </is>
       </c>
       <c r="C1984" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1985" spans="1:3">
       <c r="A1985" s="1" t="inlineStr">
         <is>
-          <t>9786051426624</t>
+          <t>9786053041641</t>
         </is>
       </c>
       <c r="B1985" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Koyu 14 - Canavar Timsahların Savaşı</t>
+          <t>Gizli Macera: Gizli Mağara</t>
         </is>
       </c>
       <c r="C1985" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1986" spans="1:3">
       <c r="A1986" s="1" t="inlineStr">
         <is>
-          <t>9786051426600</t>
+          <t>9786053041481</t>
         </is>
       </c>
       <c r="B1986" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Koyu 12 - Sevimli Canavarların Saldırısı</t>
+          <t>Sarıl Bana</t>
         </is>
       </c>
       <c r="C1986" s="1">
-        <v>195</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1987" spans="1:3">
       <c r="A1987" s="1" t="inlineStr">
         <is>
-          <t>9786051428642</t>
+          <t>9786053041689</t>
         </is>
       </c>
       <c r="B1987" s="1" t="inlineStr">
         <is>
-          <t>Elliot ve Goblin Savaşı 1. Kitap</t>
+          <t>Ön Cephe</t>
         </is>
       </c>
       <c r="C1987" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1988" spans="1:3">
       <c r="A1988" s="1" t="inlineStr">
         <is>
-          <t>9786051428741</t>
+          <t>9786053041054</t>
         </is>
       </c>
       <c r="B1988" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur (Ciltli)</t>
+          <t>İblis Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C1988" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1989" spans="1:3">
       <c r="A1989" s="1" t="inlineStr">
         <is>
-          <t>9786051426594</t>
+          <t>9786053041573</t>
         </is>
       </c>
       <c r="B1989" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Koyu 11 - Kurnaz Dinozoru Bulmak</t>
+          <t>Bir İz Bırak</t>
         </is>
       </c>
       <c r="C1989" s="1">
-        <v>195</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1990" spans="1:3">
       <c r="A1990" s="1" t="inlineStr">
         <is>
-          <t>9786051426587</t>
+          <t>9786051429106</t>
         </is>
       </c>
       <c r="B1990" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Koyu 13 - Oyuncu Dinozoru Arayış</t>
+          <t>Scooby-Doo!</t>
         </is>
       </c>
       <c r="C1990" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1991" spans="1:3">
       <c r="A1991" s="1" t="inlineStr">
         <is>
-          <t>9786051427041</t>
+          <t>9786053040835</t>
         </is>
       </c>
       <c r="B1991" s="1" t="inlineStr">
         <is>
-          <t>The Secret - Gençliğe Güç (Ciltli)</t>
+          <t>Wonder Woman ile Tanışıyorum</t>
         </is>
       </c>
       <c r="C1991" s="1">
-        <v>545</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1992" spans="1:3">
       <c r="A1992" s="1" t="inlineStr">
         <is>
-          <t>9786051428130</t>
+          <t>9786053040842</t>
         </is>
       </c>
       <c r="B1992" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Şeker Alice Miranda New York'ta</t>
+          <t>Zıt Kelimeler</t>
         </is>
       </c>
       <c r="C1992" s="1">
-        <v>275</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1993" spans="1:3">
       <c r="A1993" s="1" t="inlineStr">
         <is>
-          <t>9786051427256</t>
+          <t>9786053041580</t>
         </is>
       </c>
       <c r="B1993" s="1" t="inlineStr">
         <is>
-          <t>Ateş Serisi: Buz</t>
+          <t>Austen Diyarı’nda Gece Yarısı</t>
         </is>
       </c>
       <c r="C1993" s="1">
-        <v>430</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1994" spans="1:3">
       <c r="A1994" s="1" t="inlineStr">
         <is>
-          <t>9786051423661</t>
+          <t>9786053040781</t>
         </is>
       </c>
       <c r="B1994" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa : Dünyanın Sonu (Ciltli)</t>
+          <t>Vücudumuzu Tanıyalım</t>
         </is>
       </c>
       <c r="C1994" s="1">
-        <v>275</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1995" spans="1:3">
       <c r="A1995" s="1" t="inlineStr">
         <is>
-          <t>9786051427645</t>
+          <t>9786053040828</t>
         </is>
       </c>
       <c r="B1995" s="1" t="inlineStr">
         <is>
-          <t>Bane Günlükleri</t>
+          <t>Süper Kötüler</t>
         </is>
       </c>
       <c r="C1995" s="1">
-        <v>375</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1996" spans="1:3">
       <c r="A1996" s="1" t="inlineStr">
         <is>
-          <t>9786051429014</t>
+          <t>9786053040811</t>
         </is>
       </c>
       <c r="B1996" s="1" t="inlineStr">
         <is>
-          <t>Gün Işığı</t>
+          <t>Superman ile Tanışıyorum</t>
         </is>
       </c>
       <c r="C1996" s="1">
-        <v>345</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1997" spans="1:3">
       <c r="A1997" s="1" t="inlineStr">
         <is>
-          <t>9786051428758</t>
+          <t>9786053040804</t>
         </is>
       </c>
       <c r="B1997" s="1" t="inlineStr">
         <is>
-          <t>Levana</t>
+          <t>Renkler Şekiller ve Hareketler</t>
         </is>
       </c>
       <c r="C1997" s="1">
-        <v>255</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1998" spans="1:3">
       <c r="A1998" s="1" t="inlineStr">
         <is>
-          <t>9786051428826</t>
+          <t>9786053040798</t>
         </is>
       </c>
       <c r="B1998" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Listesi</t>
+          <t>Süper Kahramanlar Da Uyur</t>
         </is>
       </c>
       <c r="C1998" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1999" spans="1:3">
       <c r="A1999" s="1" t="inlineStr">
         <is>
-          <t>9786051428666</t>
+          <t>9786053040736</t>
         </is>
       </c>
       <c r="B1999" s="1" t="inlineStr">
         <is>
-          <t>Tuzak Ölüsü</t>
+          <t>Kız Gücü</t>
         </is>
       </c>
       <c r="C1999" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2000" spans="1:3">
       <c r="A2000" s="1" t="inlineStr">
         <is>
-          <t>9786051428192</t>
+          <t>9786053040767</t>
         </is>
       </c>
       <c r="B2000" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa - Armageddon (Ciltli)</t>
+          <t>Harfler ve Sayılar</t>
         </is>
       </c>
       <c r="C2000" s="1">
-        <v>390</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2001" spans="1:3">
       <c r="A2001" s="1" t="inlineStr">
         <is>
-          <t>9786054560585</t>
+          <t>9786053041566</t>
         </is>
       </c>
       <c r="B2001" s="1" t="inlineStr">
         <is>
-          <t>Karakan</t>
+          <t>Ölü Öpücük</t>
         </is>
       </c>
       <c r="C2001" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="2002" spans="1:3">
       <c r="A2002" s="1" t="inlineStr">
         <is>
-          <t>9789944485036</t>
+          <t>9786053041559</t>
         </is>
       </c>
       <c r="B2002" s="1" t="inlineStr">
         <is>
-          <t>Karacamdan Kelebek</t>
+          <t>Aptalın Altını</t>
         </is>
       </c>
       <c r="C2002" s="1">
-        <v>545</v>
+        <v>335</v>
       </c>
     </row>
     <row r="2003" spans="1:3">
       <c r="A2003" s="1" t="inlineStr">
         <is>
-          <t>9786051426952</t>
+          <t>9786053041535</t>
         </is>
       </c>
       <c r="B2003" s="1" t="inlineStr">
         <is>
-          <t>Delilik ve Tedaviler Kitabı</t>
+          <t>Vampir Günlükleri Kurtuluş Vol 3: Maskesiz</t>
         </is>
       </c>
       <c r="C2003" s="1">
-        <v>295</v>
+        <v>265</v>
       </c>
     </row>
     <row r="2004" spans="1:3">
       <c r="A2004" s="1" t="inlineStr">
         <is>
-          <t>9786054377947</t>
+          <t>9786053041504</t>
         </is>
       </c>
       <c r="B2004" s="1" t="inlineStr">
         <is>
-          <t>Mezarın Dibinde</t>
+          <t>Alışverişkolik Takipte</t>
         </is>
       </c>
       <c r="C2004" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2005" spans="1:3">
       <c r="A2005" s="1" t="inlineStr">
         <is>
-          <t>9786054377787</t>
+          <t>9786053041177</t>
         </is>
       </c>
       <c r="B2005" s="1" t="inlineStr">
         <is>
-          <t>Vampir Günlükleri - Dönüş: Gölge Ruhlar</t>
+          <t>Seksen Günde Aşkıalem</t>
         </is>
       </c>
       <c r="C2005" s="1">
-        <v>365</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2006" spans="1:3">
       <c r="A2006" s="1" t="inlineStr">
         <is>
-          <t>9786051428277</t>
+          <t>9786053041023</t>
         </is>
       </c>
       <c r="B2006" s="1" t="inlineStr">
         <is>
-          <t>Emma Sonsuz Kraliçe</t>
+          <t>Roma Kulübü</t>
         </is>
       </c>
       <c r="C2006" s="1">
-        <v>595</v>
+        <v>570</v>
       </c>
     </row>
     <row r="2007" spans="1:3">
       <c r="A2007" s="1" t="inlineStr">
         <is>
-          <t>9786051423890</t>
+          <t>9786053040569</t>
         </is>
       </c>
       <c r="B2007" s="1" t="inlineStr">
         <is>
-          <t>Demir Druid Günlükleri - Büyücü</t>
+          <t>Geceyarısı Kavşağı</t>
         </is>
       </c>
       <c r="C2007" s="1">
-        <v>245</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2008" spans="1:3">
       <c r="A2008" s="1" t="inlineStr">
         <is>
-          <t>9786051423913</t>
+          <t>9786053041511</t>
         </is>
       </c>
       <c r="B2008" s="1" t="inlineStr">
         <is>
-          <t>Demir Druid Günlükleri - Çekiççi</t>
+          <t>Dağ Gölgesi</t>
         </is>
       </c>
       <c r="C2008" s="1">
-        <v>245</v>
+        <v>645</v>
       </c>
     </row>
     <row r="2009" spans="1:3">
       <c r="A2009" s="1" t="inlineStr">
         <is>
-          <t>9786051426631</t>
+          <t>9786053041313</t>
         </is>
       </c>
       <c r="B2009" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Koyu 7 :  Zırhlı Kertenkelenin Kurtarılışı</t>
+          <t>Uzak Yıldızlar</t>
         </is>
       </c>
       <c r="C2009" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2010" spans="1:3">
       <c r="A2010" s="1" t="inlineStr">
         <is>
-          <t>9786051423616</t>
+          <t>9786053041443</t>
         </is>
       </c>
       <c r="B2010" s="1" t="inlineStr">
         <is>
-          <t>Robert Redford</t>
+          <t>Çığlık Sokağı: Mumya Kalbi</t>
         </is>
       </c>
       <c r="C2010" s="1">
-        <v>495</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2011" spans="1:3">
       <c r="A2011" s="1" t="inlineStr">
         <is>
-          <t>9786051427980</t>
+          <t>9786053040903</t>
         </is>
       </c>
       <c r="B2011" s="1" t="inlineStr">
         <is>
-          <t>Nerde Kalmıştık - Bir Genç Kızın Gizli Defteri 12</t>
+          <t>Mahşerin Kılıcı</t>
         </is>
       </c>
       <c r="C2011" s="1">
-        <v>375</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2012" spans="1:3">
       <c r="A2012" s="1" t="inlineStr">
         <is>
-          <t>9786051426976</t>
+          <t>9786053041030</t>
         </is>
       </c>
       <c r="B2012" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Düşüşü</t>
+          <t>Cadı</t>
         </is>
       </c>
       <c r="C2012" s="1">
-        <v>345</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2013" spans="1:3">
       <c r="A2013" s="1" t="inlineStr">
         <is>
-          <t>9786051427003</t>
+          <t>9786051429786</t>
         </is>
       </c>
       <c r="B2013" s="1" t="inlineStr">
         <is>
-          <t>Sen Ancak Sevdiğinsin</t>
+          <t>Karanlık Büyü</t>
         </is>
       </c>
       <c r="C2013" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2014" spans="1:3">
       <c r="A2014" s="1" t="inlineStr">
         <is>
-          <t>9786051426983</t>
+          <t>9786053041016</t>
         </is>
       </c>
       <c r="B2014" s="1" t="inlineStr">
         <is>
-          <t>Sen Ece Ziyagil’sin Topla Kendini</t>
+          <t>Yetişkin</t>
         </is>
       </c>
       <c r="C2014" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2015" spans="1:3">
       <c r="A2015" s="1" t="inlineStr">
         <is>
-          <t>9786051422602</t>
+          <t>9786053041306</t>
         </is>
       </c>
       <c r="B2015" s="1" t="inlineStr">
         <is>
-          <t>Julia - Günahkar Çocuklar</t>
+          <t>Sonsuzluk Ölüsü</t>
         </is>
       </c>
       <c r="C2015" s="1">
-        <v>595</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2016" spans="1:3">
       <c r="A2016" s="1" t="inlineStr">
         <is>
-          <t>9786051428109</t>
+          <t>9786053041160</t>
         </is>
       </c>
       <c r="B2016" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Alacakaranlığı</t>
+          <t>İstanbul'un Kanatları</t>
         </is>
       </c>
       <c r="C2016" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2017" spans="1:3">
       <c r="A2017" s="1" t="inlineStr">
         <is>
-          <t>9786051426990</t>
+          <t>9786053041047</t>
         </is>
       </c>
       <c r="B2017" s="1" t="inlineStr">
         <is>
-          <t>Yakut Çember</t>
+          <t>Telema</t>
         </is>
       </c>
       <c r="C2017" s="1">
-        <v>420</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2018" spans="1:3">
       <c r="A2018" s="1" t="inlineStr">
         <is>
-          <t>9786051427973</t>
+          <t>9786053041290</t>
         </is>
       </c>
       <c r="B2018" s="1" t="inlineStr">
         <is>
-          <t>Kuzenler</t>
+          <t>Yalan</t>
         </is>
       </c>
       <c r="C2018" s="1">
-        <v>225</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2019" spans="1:3">
       <c r="A2019" s="1" t="inlineStr">
         <is>
-          <t>9786051427058</t>
+          <t>9786051429847</t>
         </is>
       </c>
       <c r="B2019" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Dörtler - Denizde Tehlike</t>
+          <t>Requiem</t>
         </is>
       </c>
       <c r="C2019" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="2020" spans="1:3">
       <c r="A2020" s="1" t="inlineStr">
         <is>
-          <t>9786051427065</t>
+          <t>3990000082598</t>
         </is>
       </c>
       <c r="B2020" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Dörtler - Gemide Heyecan</t>
+          <t>Afacan Beşler ve Bir Sömestir Macerası</t>
         </is>
       </c>
       <c r="C2020" s="1">
-        <v>245</v>
+        <v>25</v>
       </c>
     </row>
     <row r="2021" spans="1:3">
       <c r="A2021" s="1" t="inlineStr">
         <is>
-          <t>9786051427072</t>
+          <t>9786053040934</t>
         </is>
       </c>
       <c r="B2021" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Dörtler - Mağarada Tuzak</t>
+          <t>Işıltı Sarayı</t>
         </is>
       </c>
       <c r="C2021" s="1">
-        <v>235</v>
+        <v>575</v>
       </c>
     </row>
     <row r="2022" spans="1:3">
       <c r="A2022" s="1" t="inlineStr">
         <is>
-          <t>9786051426686</t>
+          <t>9786053040897</t>
         </is>
       </c>
       <c r="B2022" s="1" t="inlineStr">
         <is>
-          <t>Macera Çetesi: Kayıp Kolyenin Peşinde</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C2022" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2023" spans="1:3">
       <c r="A2023" s="1" t="inlineStr">
         <is>
-          <t>9786051426648</t>
+          <t>9786051429854</t>
         </is>
       </c>
       <c r="B2023" s="1" t="inlineStr">
         <is>
-          <t>Macera Çetesi : Kaledeki Sırrın Peşinde</t>
+          <t>Austen Diyarı</t>
         </is>
       </c>
       <c r="C2023" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2024" spans="1:3">
       <c r="A2024" s="1" t="inlineStr">
         <is>
-          <t>9786051426921</t>
+          <t>9786053040880</t>
         </is>
       </c>
       <c r="B2024" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Işığı</t>
+          <t>Yeni Çocuk</t>
         </is>
       </c>
       <c r="C2024" s="1">
-        <v>295</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2025" spans="1:3">
       <c r="A2025" s="1" t="inlineStr">
         <is>
-          <t>9786051426938</t>
+          <t>9786053040545</t>
         </is>
       </c>
       <c r="B2025" s="1" t="inlineStr">
         <is>
-          <t>Falan Filan Büyük</t>
+          <t>Konuş</t>
         </is>
       </c>
       <c r="C2025" s="1">
-        <v>195</v>
+        <v>285</v>
       </c>
     </row>
     <row r="2026" spans="1:3">
       <c r="A2026" s="1" t="inlineStr">
         <is>
-          <t>9786051426112</t>
+          <t>9786053040576</t>
         </is>
       </c>
       <c r="B2026" s="1" t="inlineStr">
         <is>
-          <t>Hayatımı Çalan Kadın</t>
+          <t>Warcraft - Filmin Hikayesi</t>
         </is>
       </c>
       <c r="C2026" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2027" spans="1:3">
       <c r="A2027" s="1" t="inlineStr">
         <is>
-          <t>9786051424927</t>
+          <t>9786053040514</t>
         </is>
       </c>
       <c r="B2027" s="1" t="inlineStr">
         <is>
-          <t>Masturi Kabare</t>
+          <t>Geceyarısı Leydisi - Karanlık Sanatlar (Ciltli)</t>
         </is>
       </c>
       <c r="C2027" s="1">
-        <v>195</v>
+        <v>595</v>
       </c>
     </row>
     <row r="2028" spans="1:3">
       <c r="A2028" s="1" t="inlineStr">
         <is>
-          <t>9786051425160</t>
+          <t>9786053040521</t>
         </is>
       </c>
       <c r="B2028" s="1" t="inlineStr">
         <is>
-          <t>Bitli Pileyboy</t>
+          <t>Tanrıların Yolculuğu</t>
         </is>
       </c>
       <c r="C2028" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2029" spans="1:3">
       <c r="A2029" s="1" t="inlineStr">
         <is>
-          <t>9786051426310</t>
+          <t>9786053040552</t>
         </is>
       </c>
       <c r="B2029" s="1" t="inlineStr">
         <is>
-          <t>Buzkentin En Soğuk Kızı</t>
+          <t>Unutulmaz Aşk</t>
         </is>
       </c>
       <c r="C2029" s="1">
-        <v>295</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2030" spans="1:3">
       <c r="A2030" s="1" t="inlineStr">
         <is>
-          <t>9786051426259</t>
+          <t>9786051429762</t>
         </is>
       </c>
       <c r="B2030" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Habercileri</t>
+          <t>Alev</t>
         </is>
       </c>
       <c r="C2030" s="1">
-        <v>225</v>
+        <v>525</v>
       </c>
     </row>
     <row r="2031" spans="1:3">
       <c r="A2031" s="1" t="inlineStr">
         <is>
-          <t>9786051428116</t>
+          <t>9786051428772</t>
         </is>
       </c>
       <c r="B2031" s="1" t="inlineStr">
         <is>
-          <t>Ece Gibi Hisset</t>
+          <t>Vivienne Westwood (Ciltli)</t>
         </is>
       </c>
       <c r="C2031" s="1">
-        <v>295</v>
+        <v>630</v>
       </c>
     </row>
     <row r="2032" spans="1:3">
       <c r="A2032" s="1" t="inlineStr">
         <is>
-          <t>9786051426655</t>
+          <t>9786051429076</t>
         </is>
       </c>
       <c r="B2032" s="1" t="inlineStr">
         <is>
-          <t>Pandemonyum (Ciltli)</t>
+          <t>Aşkın Seçimi</t>
         </is>
       </c>
       <c r="C2032" s="1">
-        <v>425</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2033" spans="1:3">
       <c r="A2033" s="1" t="inlineStr">
         <is>
-          <t>9786051426273</t>
+          <t>9786051426624</t>
         </is>
       </c>
       <c r="B2033" s="1" t="inlineStr">
         <is>
-          <t>Garaj</t>
+          <t>Dinozor Koyu 14 - Canavar Timsahların Savaşı</t>
         </is>
       </c>
       <c r="C2033" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="2034" spans="1:3">
       <c r="A2034" s="1" t="inlineStr">
         <is>
-          <t>9786051426556</t>
+          <t>9786051426600</t>
         </is>
       </c>
       <c r="B2034" s="1" t="inlineStr">
         <is>
-          <t>Cress</t>
+          <t>Dinozor Koyu 12 - Sevimli Canavarların Saldırısı</t>
         </is>
       </c>
       <c r="C2034" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2035" spans="1:3">
       <c r="A2035" s="1" t="inlineStr">
         <is>
-          <t>9786051426662</t>
+          <t>9786051428642</t>
         </is>
       </c>
       <c r="B2035" s="1" t="inlineStr">
         <is>
-          <t>Önce Kadınlar ve Çocuklar</t>
+          <t>Elliot ve Goblin Savaşı 1. Kitap</t>
         </is>
       </c>
       <c r="C2035" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="2036" spans="1:3">
       <c r="A2036" s="1" t="inlineStr">
         <is>
-          <t>9786051426242</t>
+          <t>9786051428741</t>
         </is>
       </c>
       <c r="B2036" s="1" t="inlineStr">
         <is>
-          <t>Türkleri Mutlu Eden Diyet Dukan ve 50 Şampiyon</t>
+          <t>Aşk ve Gurur (Ciltli)</t>
         </is>
       </c>
       <c r="C2036" s="1">
-        <v>275</v>
+        <v>445</v>
       </c>
     </row>
     <row r="2037" spans="1:3">
       <c r="A2037" s="1" t="inlineStr">
         <is>
-          <t>9786051425993</t>
+          <t>9786051426594</t>
         </is>
       </c>
       <c r="B2037" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Aynası</t>
+          <t>Dinozor Koyu 11 - Kurnaz Dinozoru Bulmak</t>
         </is>
       </c>
       <c r="C2037" s="1">
-        <v>365</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2038" spans="1:3">
       <c r="A2038" s="1" t="inlineStr">
         <is>
-          <t>9786051426105</t>
+          <t>9786051426587</t>
         </is>
       </c>
       <c r="B2038" s="1" t="inlineStr">
         <is>
-          <t>Peçe</t>
+          <t>Dinozor Koyu 13 - Oyuncu Dinozoru Arayış</t>
         </is>
       </c>
       <c r="C2038" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2039" spans="1:3">
       <c r="A2039" s="1" t="inlineStr">
         <is>
-          <t>9786054377961</t>
+          <t>9786051427041</t>
         </is>
       </c>
       <c r="B2039" s="1" t="inlineStr">
         <is>
-          <t>Karartma</t>
+          <t>The Secret - Gençliğe Güç (Ciltli)</t>
         </is>
       </c>
       <c r="C2039" s="1">
-        <v>275</v>
+        <v>655</v>
       </c>
     </row>
     <row r="2040" spans="1:3">
       <c r="A2040" s="1" t="inlineStr">
         <is>
-          <t>9786054482795</t>
+          <t>9786051428130</t>
         </is>
       </c>
       <c r="B2040" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Yerler</t>
+          <t>Meraklı Şeker Alice Miranda New York'ta</t>
         </is>
       </c>
       <c r="C2040" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2041" spans="1:3">
       <c r="A2041" s="1" t="inlineStr">
         <is>
-          <t>9786051425542</t>
+          <t>9786051427256</t>
         </is>
       </c>
       <c r="B2041" s="1" t="inlineStr">
         <is>
-          <t>İnsan Takımı</t>
+          <t>Ateş Serisi: Buz</t>
         </is>
       </c>
       <c r="C2041" s="1">
-        <v>225</v>
+        <v>525</v>
       </c>
     </row>
     <row r="2042" spans="1:3">
       <c r="A2042" s="1" t="inlineStr">
         <is>
-          <t>9786054560561</t>
+          <t>9786051423661</t>
         </is>
       </c>
       <c r="B2042" s="1" t="inlineStr">
         <is>
-          <t>Taşyaratıklar 5 - Tiyatro Oyununda</t>
+          <t>Dedektif Kurukafa : Dünyanın Sonu (Ciltli)</t>
         </is>
       </c>
       <c r="C2042" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2043" spans="1:3">
       <c r="A2043" s="1" t="inlineStr">
         <is>
-          <t>9786054560554</t>
+          <t>9786051427645</t>
         </is>
       </c>
       <c r="B2043" s="1" t="inlineStr">
         <is>
-          <t>Taşyaratıklar 4 - Okul Gezisinde</t>
+          <t>Bane Günlükleri</t>
         </is>
       </c>
       <c r="C2043" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2044" spans="1:3">
       <c r="A2044" s="1" t="inlineStr">
         <is>
-          <t>9786054560547</t>
+          <t>9786051429014</t>
         </is>
       </c>
       <c r="B2044" s="1" t="inlineStr">
         <is>
-          <t>Taşyaratıklar 3 - Gece Yarısı Partisinde</t>
+          <t>Gün Işığı</t>
         </is>
       </c>
       <c r="C2044" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="2045" spans="1:3">
       <c r="A2045" s="1" t="inlineStr">
         <is>
-          <t>9786054560530</t>
+          <t>9786051428758</t>
         </is>
       </c>
       <c r="B2045" s="1" t="inlineStr">
         <is>
-          <t>Taşyaratıklar Yaramazlık Peşinde</t>
+          <t>Levana</t>
         </is>
       </c>
       <c r="C2045" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2046" spans="1:3">
       <c r="A2046" s="1" t="inlineStr">
         <is>
-          <t>9786054560523</t>
+          <t>9786051428826</t>
         </is>
       </c>
       <c r="B2046" s="1" t="inlineStr">
         <is>
-          <t>Taşyaratıklar 1 - Eğlence Peşinde</t>
+          <t>Ölüm Listesi</t>
         </is>
       </c>
       <c r="C2046" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="2047" spans="1:3">
       <c r="A2047" s="1" t="inlineStr">
         <is>
-          <t>9786051425986</t>
+          <t>9786051428666</t>
         </is>
       </c>
       <c r="B2047" s="1" t="inlineStr">
         <is>
-          <t>Kuralsız - Film Özel Baskısı (Ciltli)</t>
+          <t>Tuzak Ölüsü</t>
         </is>
       </c>
       <c r="C2047" s="1">
-        <v>475</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2048" spans="1:3">
       <c r="A2048" s="1" t="inlineStr">
         <is>
-          <t>9786051426532</t>
+          <t>9786051428192</t>
         </is>
       </c>
       <c r="B2048" s="1" t="inlineStr">
         <is>
-          <t>Mezardan Uyanan</t>
+          <t>Dedektif Kurukafa - Armageddon (Ciltli)</t>
         </is>
       </c>
       <c r="C2048" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="2049" spans="1:3">
       <c r="A2049" s="1" t="inlineStr">
         <is>
-          <t>9786051426075</t>
+          <t>9786054560585</t>
         </is>
       </c>
       <c r="B2049" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Granit</t>
+          <t>Karakan</t>
         </is>
       </c>
       <c r="C2049" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="2050" spans="1:3">
       <c r="A2050" s="1" t="inlineStr">
         <is>
-          <t>9786051426099</t>
+          <t>9789944485036</t>
         </is>
       </c>
       <c r="B2050" s="1" t="inlineStr">
         <is>
-          <t>Bu Sonu Mutlu Biten Hikayelerden Biri Değil</t>
+          <t>Karacamdan Kelebek</t>
         </is>
       </c>
       <c r="C2050" s="1">
-        <v>195</v>
+        <v>675</v>
       </c>
     </row>
     <row r="2051" spans="1:3">
       <c r="A2051" s="1" t="inlineStr">
         <is>
-          <t>9786051426129</t>
+          <t>9786051426952</t>
         </is>
       </c>
       <c r="B2051" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay ile Bir Yıl (Ciltli)</t>
+          <t>Delilik ve Tedaviler Kitabı</t>
         </is>
       </c>
       <c r="C2051" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2052" spans="1:3">
       <c r="A2052" s="1" t="inlineStr">
         <is>
-          <t>9786051425979</t>
+          <t>9786054377947</t>
         </is>
       </c>
       <c r="B2052" s="1" t="inlineStr">
         <is>
-          <t>Ekranella 2014 Televizyon Yıllığı</t>
+          <t>Mezarın Dibinde</t>
         </is>
       </c>
       <c r="C2052" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2053" spans="1:3">
       <c r="A2053" s="1" t="inlineStr">
         <is>
-          <t>9786051426082</t>
+          <t>9786054377787</t>
         </is>
       </c>
       <c r="B2053" s="1" t="inlineStr">
         <is>
-          <t>Beni Yine Sev</t>
+          <t>Vampir Günlükleri - Dönüş: Gölge Ruhlar</t>
         </is>
       </c>
       <c r="C2053" s="1">
-        <v>245</v>
+        <v>445</v>
       </c>
     </row>
     <row r="2054" spans="1:3">
       <c r="A2054" s="1" t="inlineStr">
         <is>
-          <t>9786051426051</t>
+          <t>9786051428277</t>
         </is>
       </c>
       <c r="B2054" s="1" t="inlineStr">
         <is>
-          <t>Kaptanın Kızı</t>
+          <t>Emma Sonsuz Kraliçe</t>
         </is>
       </c>
       <c r="C2054" s="1">
-        <v>495</v>
+        <v>725</v>
       </c>
     </row>
     <row r="2055" spans="1:3">
       <c r="A2055" s="1" t="inlineStr">
         <is>
-          <t>9786051423975</t>
+          <t>9786051423890</t>
         </is>
       </c>
       <c r="B2055" s="1" t="inlineStr">
         <is>
-          <t>Son Ejderha Günlükleri - İçteki Ateş</t>
+          <t>Demir Druid Günlükleri - Büyücü</t>
         </is>
       </c>
       <c r="C2055" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="2056" spans="1:3">
       <c r="A2056" s="1" t="inlineStr">
         <is>
-          <t>9786051423418</t>
+          <t>9786051423913</t>
         </is>
       </c>
       <c r="B2056" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay - Haydi Eğlenelim (Ciltli)</t>
+          <t>Demir Druid Günlükleri - Çekiççi</t>
         </is>
       </c>
       <c r="C2056" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="2057" spans="1:3">
       <c r="A2057" s="1" t="inlineStr">
         <is>
-          <t>9786051425573</t>
+          <t>9786051426631</t>
         </is>
       </c>
       <c r="B2057" s="1" t="inlineStr">
         <is>
-          <t>Haydi Zıpla - EJ12 Ajan Kız</t>
+          <t>Dinozor Koyu 7 :  Zırhlı Kertenkelenin Kurtarılışı</t>
         </is>
       </c>
       <c r="C2057" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2058" spans="1:3">
       <c r="A2058" s="1" t="inlineStr">
         <is>
-          <t>9786051425511</t>
+          <t>9786051423616</t>
         </is>
       </c>
       <c r="B2058" s="1" t="inlineStr">
         <is>
-          <t>Demir Druid Günlükleri : Avcı</t>
+          <t>Robert Redford</t>
         </is>
       </c>
       <c r="C2058" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="2059" spans="1:3">
       <c r="A2059" s="1" t="inlineStr">
         <is>
-          <t>9786051425566</t>
+          <t>9786051427980</t>
         </is>
       </c>
       <c r="B2059" s="1" t="inlineStr">
         <is>
-          <t>Demir Druid Günlükleri : Tuzakçı</t>
+          <t>Nerde Kalmıştık - Bir Genç Kızın Gizli Defteri 12</t>
         </is>
       </c>
       <c r="C2059" s="1">
-        <v>245</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2060" spans="1:3">
       <c r="A2060" s="1" t="inlineStr">
         <is>
-          <t>9786051425580</t>
+          <t>9786051426976</t>
         </is>
       </c>
       <c r="B2060" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta - EJ12 Ajan Kız</t>
+          <t>Gecenin Düşüşü</t>
         </is>
       </c>
       <c r="C2060" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="2061" spans="1:3">
       <c r="A2061" s="1" t="inlineStr">
         <is>
-          <t>9786051425535</t>
+          <t>9786051427003</t>
         </is>
       </c>
       <c r="B2061" s="1" t="inlineStr">
         <is>
-          <t>Demir Druid Günlükleri : Hileci</t>
+          <t>Sen Ancak Sevdiğinsin</t>
         </is>
       </c>
       <c r="C2061" s="1">
-        <v>245</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2062" spans="1:3">
       <c r="A2062" s="1" t="inlineStr">
         <is>
-          <t>9786051425610</t>
+          <t>9786051426983</t>
         </is>
       </c>
       <c r="B2062" s="1" t="inlineStr">
         <is>
-          <t>Sıcak ve Soğuk - EJ12 Ajan Kız</t>
+          <t>Sen Ece Ziyagil’sin Topla Kendini</t>
         </is>
       </c>
       <c r="C2062" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2063" spans="1:3">
       <c r="A2063" s="1" t="inlineStr">
         <is>
-          <t>9786051421780</t>
+          <t>9786051422602</t>
         </is>
       </c>
       <c r="B2063" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kokusu (Ciltli)</t>
+          <t>Julia - Günahkar Çocuklar</t>
         </is>
       </c>
       <c r="C2063" s="1">
-        <v>225</v>
+        <v>695</v>
       </c>
     </row>
     <row r="2064" spans="1:3">
       <c r="A2064" s="1" t="inlineStr">
         <is>
-          <t>9786054482283</t>
+          <t>9786051428109</t>
         </is>
       </c>
       <c r="B2064" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5’ler Zor Durumda</t>
+          <t>Tanrıların Alacakaranlığı</t>
         </is>
       </c>
       <c r="C2064" s="1">
-        <v>275</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2065" spans="1:3">
       <c r="A2065" s="1" t="inlineStr">
         <is>
-          <t>9786054482320</t>
+          <t>9786051426990</t>
         </is>
       </c>
       <c r="B2065" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5’ler Yine Beraber</t>
+          <t>Yakut Çember</t>
         </is>
       </c>
       <c r="C2065" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="2066" spans="1:3">
       <c r="A2066" s="1" t="inlineStr">
         <is>
-          <t>9786054482276</t>
+          <t>9786051427973</t>
         </is>
       </c>
       <c r="B2066" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5’ler Tepede</t>
+          <t>Kuzenler</t>
         </is>
       </c>
       <c r="C2066" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="2067" spans="1:3">
       <c r="A2067" s="1" t="inlineStr">
         <is>
-          <t>9786050058475</t>
+          <t>9786051427058</t>
         </is>
       </c>
       <c r="B2067" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5’ler Kaçıyor</t>
+          <t>Maceracı Dörtler - Denizde Tehlike</t>
         </is>
       </c>
       <c r="C2067" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="2068" spans="1:3">
       <c r="A2068" s="1" t="inlineStr">
         <is>
-          <t>9786050058604</t>
+          <t>9786051427065</t>
         </is>
       </c>
       <c r="B2068" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5’ler Kaçakçılar Tepesinde</t>
+          <t>Maceracı Dörtler - Gemide Heyecan</t>
         </is>
       </c>
       <c r="C2068" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="2069" spans="1:3">
       <c r="A2069" s="1" t="inlineStr">
         <is>
-          <t>9786054377701</t>
+          <t>9786051427072</t>
         </is>
       </c>
       <c r="B2069" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5’ler Harika Vakit Geçiriyor!</t>
+          <t>Maceracı Dörtler - Mağarada Tuzak</t>
         </is>
       </c>
       <c r="C2069" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="2070" spans="1:3">
       <c r="A2070" s="1" t="inlineStr">
         <is>
-          <t>9786051425559</t>
+          <t>9786051426686</t>
         </is>
       </c>
       <c r="B2070" s="1" t="inlineStr">
         <is>
-          <t>Bir Ay Günlüğü Kitabı : Scarlet</t>
+          <t>Macera Çetesi: Kayıp Kolyenin Peşinde</t>
         </is>
       </c>
       <c r="C2070" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2071" spans="1:3">
       <c r="A2071" s="1" t="inlineStr">
         <is>
-          <t>9786051425528</t>
+          <t>9786051426648</t>
         </is>
       </c>
       <c r="B2071" s="1" t="inlineStr">
         <is>
-          <t>Cinder</t>
+          <t>Macera Çetesi : Kaledeki Sırrın Peşinde</t>
         </is>
       </c>
       <c r="C2071" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2072" spans="1:3">
       <c r="A2072" s="1" t="inlineStr">
         <is>
-          <t>9789944291279</t>
+          <t>9786051426921</t>
         </is>
       </c>
       <c r="B2072" s="1" t="inlineStr">
         <is>
-          <t>Ben Böyle Severim - Bir Dedikoducu Kız</t>
+          <t>Ölüm Işığı</t>
         </is>
       </c>
       <c r="C2072" s="1">
-        <v>225</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2073" spans="1:3">
       <c r="A2073" s="1" t="inlineStr">
         <is>
-          <t>9789944485494</t>
+          <t>9786051426938</t>
         </is>
       </c>
       <c r="B2073" s="1" t="inlineStr">
         <is>
-          <t>Bebekten Sonra</t>
+          <t>Falan Filan Büyük</t>
         </is>
       </c>
       <c r="C2073" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2074" spans="1:3">
       <c r="A2074" s="1" t="inlineStr">
         <is>
-          <t>9786051425504</t>
+          <t>9786051426112</t>
         </is>
       </c>
       <c r="B2074" s="1" t="inlineStr">
         <is>
-          <t>Kaybeden Kraliçe: Mahidevran</t>
+          <t>Hayatımı Çalan Kadın</t>
         </is>
       </c>
       <c r="C2074" s="1">
-        <v>495</v>
+        <v>575</v>
       </c>
     </row>
     <row r="2075" spans="1:3">
       <c r="A2075" s="1" t="inlineStr">
         <is>
-          <t>9786051425481</t>
+          <t>9786051424927</t>
         </is>
       </c>
       <c r="B2075" s="1" t="inlineStr">
         <is>
-          <t>The Secret Circle: Gizli Çember</t>
+          <t>Masturi Kabare</t>
         </is>
       </c>
       <c r="C2075" s="1">
-        <v>275</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2076" spans="1:3">
       <c r="A2076" s="1" t="inlineStr">
         <is>
-          <t>9786051425450</t>
+          <t>9786051425160</t>
         </is>
       </c>
       <c r="B2076" s="1" t="inlineStr">
         <is>
-          <t>Alışverişkolik Yıldızlar Arasında</t>
+          <t>Bitli Pileyboy</t>
         </is>
       </c>
       <c r="C2076" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2077" spans="1:3">
       <c r="A2077" s="1" t="inlineStr">
         <is>
-          <t>9786051424248</t>
+          <t>9786051426310</t>
         </is>
       </c>
       <c r="B2077" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Lejyon Günlükleri 2: Gümüş Kartal</t>
+          <t>Buzkentin En Soğuk Kızı</t>
         </is>
       </c>
       <c r="C2077" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="2078" spans="1:3">
       <c r="A2078" s="1" t="inlineStr">
         <is>
-          <t>9786051425474</t>
+          <t>9786051426259</t>
         </is>
       </c>
       <c r="B2078" s="1" t="inlineStr">
         <is>
-          <t>Duman ve Kemiğin Kızı 2: Kan ve Yıldız Işığı Günleri</t>
+          <t>Fırtına Habercileri</t>
         </is>
       </c>
       <c r="C2078" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2079" spans="1:3">
       <c r="A2079" s="1" t="inlineStr">
         <is>
-          <t>9786051425382</t>
+          <t>9786051428116</t>
         </is>
       </c>
       <c r="B2079" s="1" t="inlineStr">
         <is>
-          <t>Rumi'nin Kitabı</t>
+          <t>Ece Gibi Hisset</t>
         </is>
       </c>
       <c r="C2079" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2080" spans="1:3">
       <c r="A2080" s="1" t="inlineStr">
         <is>
-          <t>9786051425436</t>
+          <t>9786051426655</t>
         </is>
       </c>
       <c r="B2080" s="1" t="inlineStr">
         <is>
-          <t>Astıktan Sonra</t>
+          <t>Pandemonyum (Ciltli)</t>
         </is>
       </c>
       <c r="C2080" s="1">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="2081" spans="1:3">
       <c r="A2081" s="1" t="inlineStr">
         <is>
-          <t>9786051423685</t>
+          <t>9786051426273</t>
         </is>
       </c>
       <c r="B2081" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Güzellik</t>
+          <t>Garaj</t>
         </is>
       </c>
       <c r="C2081" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2082" spans="1:3">
       <c r="A2082" s="1" t="inlineStr">
         <is>
-          <t>9786051425399</t>
+          <t>9786051426556</t>
         </is>
       </c>
       <c r="B2082" s="1" t="inlineStr">
         <is>
-          <t>Sevgilim İstanbul</t>
+          <t>Cress</t>
         </is>
       </c>
       <c r="C2082" s="1">
-        <v>235</v>
+        <v>445</v>
       </c>
     </row>
     <row r="2083" spans="1:3">
       <c r="A2083" s="1" t="inlineStr">
         <is>
-          <t>9786051425429</t>
+          <t>9786051426662</t>
         </is>
       </c>
       <c r="B2083" s="1" t="inlineStr">
         <is>
-          <t>Meredith Gentry</t>
+          <t>Önce Kadınlar ve Çocuklar</t>
         </is>
       </c>
       <c r="C2083" s="1">
-        <v>445</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2084" spans="1:3">
       <c r="A2084" s="1" t="inlineStr">
         <is>
-          <t>9786051424460</t>
+          <t>9786051426242</t>
         </is>
       </c>
       <c r="B2084" s="1" t="inlineStr">
         <is>
-          <t>Papatya Falı</t>
+          <t>Türkleri Mutlu Eden Diyet Dukan ve 50 Şampiyon</t>
         </is>
       </c>
       <c r="C2084" s="1">
-        <v>365</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2085" spans="1:3">
       <c r="A2085" s="1" t="inlineStr">
         <is>
-          <t>9786051424644</t>
+          <t>9786051425993</t>
         </is>
       </c>
       <c r="B2085" s="1" t="inlineStr">
         <is>
-          <t>Malory Kuleleri - 9. Dönem</t>
+          <t>Ruhumun Aynası</t>
         </is>
       </c>
       <c r="C2085" s="1">
-        <v>235</v>
+        <v>440</v>
       </c>
     </row>
     <row r="2086" spans="1:3">
       <c r="A2086" s="1" t="inlineStr">
         <is>
-          <t>9786051424613</t>
+          <t>9786051426105</t>
         </is>
       </c>
       <c r="B2086" s="1" t="inlineStr">
         <is>
-          <t>Malory Kuleleri - 5. Dönem</t>
+          <t>Peçe</t>
         </is>
       </c>
       <c r="C2086" s="1">
-        <v>235</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2087" spans="1:3">
       <c r="A2087" s="1" t="inlineStr">
         <is>
-          <t>9786051424590</t>
+          <t>9786054377961</t>
         </is>
       </c>
       <c r="B2087" s="1" t="inlineStr">
         <is>
-          <t>Malory Kuleleri - 6. Dönem</t>
+          <t>Karartma</t>
         </is>
       </c>
       <c r="C2087" s="1">
-        <v>235</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2088" spans="1:3">
       <c r="A2088" s="1" t="inlineStr">
         <is>
-          <t>9786051429175</t>
+          <t>9786054482795</t>
         </is>
       </c>
       <c r="B2088" s="1" t="inlineStr">
         <is>
-          <t>666 Park Bulvarı</t>
+          <t>Karanlık Yerler</t>
         </is>
       </c>
       <c r="C2088" s="1">
-        <v>295</v>
+        <v>445</v>
       </c>
     </row>
     <row r="2089" spans="1:3">
       <c r="A2089" s="1" t="inlineStr">
         <is>
-          <t>9786051429298</t>
+          <t>9786051425542</t>
         </is>
       </c>
       <c r="B2089" s="1" t="inlineStr">
         <is>
-          <t>Batman ve Superman Dev Aktivite Kitabı 2</t>
+          <t>İnsan Takımı</t>
         </is>
       </c>
       <c r="C2089" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2090" spans="1:3">
       <c r="A2090" s="1" t="inlineStr">
         <is>
-          <t>9786051425405</t>
+          <t>9786054560561</t>
         </is>
       </c>
       <c r="B2090" s="1" t="inlineStr">
         <is>
-          <t>Yıllar Sonra - Bir Genç Kızın Gizli Defteri 11</t>
+          <t>Taşyaratıklar 5 - Tiyatro Oyununda</t>
         </is>
       </c>
       <c r="C2090" s="1">
-        <v>425</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2091" spans="1:3">
       <c r="A2091" s="1" t="inlineStr">
         <is>
-          <t>9786051424156</t>
+          <t>9786054560554</t>
         </is>
       </c>
       <c r="B2091" s="1" t="inlineStr">
         <is>
-          <t>İlk Bakışta Aşk’ın İstatistiksel Olasılığı</t>
+          <t>Taşyaratıklar 4 - Okul Gezisinde</t>
         </is>
       </c>
       <c r="C2091" s="1">
-        <v>195</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2092" spans="1:3">
       <c r="A2092" s="1" t="inlineStr">
         <is>
-          <t>9786051426167</t>
+          <t>9786054560547</t>
         </is>
       </c>
       <c r="B2092" s="1" t="inlineStr">
         <is>
-          <t>Unutma Beni</t>
+          <t>Taşyaratıklar 3 - Gece Yarısı Partisinde</t>
         </is>
       </c>
       <c r="C2092" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2093" spans="1:3">
       <c r="A2093" s="1" t="inlineStr">
         <is>
-          <t>9786051425306</t>
+          <t>9786054560530</t>
         </is>
       </c>
       <c r="B2093" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Düzen</t>
+          <t>Taşyaratıklar Yaramazlık Peşinde</t>
         </is>
       </c>
       <c r="C2093" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2094" spans="1:3">
       <c r="A2094" s="1" t="inlineStr">
         <is>
-          <t>9786051429182</t>
+          <t>9786054560523</t>
         </is>
       </c>
       <c r="B2094" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Ekspres - Lunapark</t>
+          <t>Taşyaratıklar 1 - Eğlence Peşinde</t>
         </is>
       </c>
       <c r="C2094" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2095" spans="1:3">
       <c r="A2095" s="1" t="inlineStr">
         <is>
-          <t>9786051428659</t>
+          <t>9786051425986</t>
         </is>
       </c>
       <c r="B2095" s="1" t="inlineStr">
         <is>
-          <t>Monica’yı Öldürmek</t>
+          <t>Kuralsız - Film Özel Baskısı (Ciltli)</t>
         </is>
       </c>
       <c r="C2095" s="1">
-        <v>275</v>
+        <v>575</v>
       </c>
     </row>
     <row r="2096" spans="1:3">
       <c r="A2096" s="1" t="inlineStr">
         <is>
-          <t>9786051425290</t>
+          <t>9786051426532</t>
         </is>
       </c>
       <c r="B2096" s="1" t="inlineStr">
         <is>
-          <t>Eon</t>
+          <t>Mezardan Uyanan</t>
         </is>
       </c>
       <c r="C2096" s="1">
-        <v>425</v>
+        <v>385</v>
       </c>
     </row>
     <row r="2097" spans="1:3">
       <c r="A2097" s="1" t="inlineStr">
         <is>
-          <t>9786050058284</t>
+          <t>9786051426075</t>
         </is>
       </c>
       <c r="B2097" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina</t>
+          <t>Soğuk Granit</t>
         </is>
       </c>
       <c r="C2097" s="1">
-        <v>495</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2098" spans="1:3">
       <c r="A2098" s="1" t="inlineStr">
         <is>
-          <t>9786054482399</t>
+          <t>9786051426099</t>
         </is>
       </c>
       <c r="B2098" s="1" t="inlineStr">
         <is>
-          <t>Anlaşmalı Evlilik</t>
+          <t>Bu Sonu Mutlu Biten Hikayelerden Biri Değil</t>
         </is>
       </c>
       <c r="C2098" s="1">
-        <v>249</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2099" spans="1:3">
       <c r="A2099" s="1" t="inlineStr">
         <is>
-          <t>9786054228072</t>
+          <t>9786051426129</t>
         </is>
       </c>
       <c r="B2099" s="1" t="inlineStr">
         <is>
-          <t>Anca Rüyanda Görürsün - Dedikoducu Kız</t>
+          <t>Sarah Kay ile Bir Yıl (Ciltli)</t>
         </is>
       </c>
       <c r="C2099" s="1">
-        <v>225</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2100" spans="1:3">
       <c r="A2100" s="1" t="inlineStr">
         <is>
-          <t>9786051422435</t>
+          <t>9786051425979</t>
         </is>
       </c>
       <c r="B2100" s="1" t="inlineStr">
         <is>
-          <t>The Secret - Günlük Öğretiler (Ciltli)</t>
+          <t>Ekranella 2014 Televizyon Yıllığı</t>
         </is>
       </c>
       <c r="C2100" s="1">
-        <v>675</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2101" spans="1:3">
       <c r="A2101" s="1" t="inlineStr">
         <is>
-          <t>9789758733088</t>
+          <t>9786051426082</t>
         </is>
       </c>
       <c r="B2101" s="1" t="inlineStr">
         <is>
-          <t>Yendi Bir Vlad Taltos Macerası</t>
+          <t>Beni Yine Sev</t>
         </is>
       </c>
       <c r="C2101" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2102" spans="1:3">
       <c r="A2102" s="1" t="inlineStr">
         <is>
-          <t>9786054482788</t>
+          <t>9786051426051</t>
         </is>
       </c>
       <c r="B2102" s="1" t="inlineStr">
         <is>
-          <t>Yaz ve Şehir (Ciltli)</t>
+          <t>Kaptanın Kızı</t>
         </is>
       </c>
       <c r="C2102" s="1">
-        <v>395</v>
+        <v>575</v>
       </c>
     </row>
     <row r="2103" spans="1:3">
       <c r="A2103" s="1" t="inlineStr">
         <is>
-          <t>9786051420011</t>
+          <t>9786051423975</t>
         </is>
       </c>
       <c r="B2103" s="1" t="inlineStr">
         <is>
-          <t>Piyano Öğretmeni</t>
+          <t>Son Ejderha Günlükleri - İçteki Ateş</t>
         </is>
       </c>
       <c r="C2103" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2104" spans="1:3">
       <c r="A2104" s="1" t="inlineStr">
         <is>
-          <t>9789758733293</t>
+          <t>9786051423418</t>
         </is>
       </c>
       <c r="B2104" s="1" t="inlineStr">
         <is>
-          <t>Phoenix Bir Vlad Taltos Macerası</t>
+          <t>Sarah Kay - Haydi Eğlenelim (Ciltli)</t>
         </is>
       </c>
       <c r="C2104" s="1">
-        <v>245</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2105" spans="1:3">
       <c r="A2105" s="1" t="inlineStr">
         <is>
-          <t>9786050058932</t>
+          <t>9786051425573</t>
         </is>
       </c>
       <c r="B2105" s="1" t="inlineStr">
         <is>
-          <t>Evli Aşıklar (Ciltli)</t>
+          <t>Haydi Zıpla - EJ12 Ajan Kız</t>
         </is>
       </c>
       <c r="C2105" s="1">
-        <v>395</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2106" spans="1:3">
       <c r="A2106" s="1" t="inlineStr">
         <is>
-          <t>9786051425320</t>
+          <t>9786051425511</t>
         </is>
       </c>
       <c r="B2106" s="1" t="inlineStr">
         <is>
-          <t>Işık</t>
+          <t>Demir Druid Günlükleri : Avcı</t>
         </is>
       </c>
       <c r="C2106" s="1">
-        <v>385</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2107" spans="1:3">
       <c r="A2107" s="1" t="inlineStr">
         <is>
-          <t>9786051425351</t>
+          <t>9786051425566</t>
         </is>
       </c>
       <c r="B2107" s="1" t="inlineStr">
         <is>
-          <t>Kipat</t>
+          <t>Demir Druid Günlükleri : Tuzakçı</t>
         </is>
       </c>
       <c r="C2107" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2108" spans="1:3">
       <c r="A2108" s="1" t="inlineStr">
         <is>
-          <t>9786051425252</t>
+          <t>9786051425580</t>
         </is>
       </c>
       <c r="B2108" s="1" t="inlineStr">
         <is>
-          <t>Vampir Günlükleri Kurtuluş Vol.1: Görünmeyen</t>
+          <t>Karanlıkta - EJ12 Ajan Kız</t>
         </is>
       </c>
       <c r="C2108" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2109" spans="1:3">
       <c r="A2109" s="1" t="inlineStr">
         <is>
-          <t>9786051425177</t>
+          <t>9786051425535</t>
         </is>
       </c>
       <c r="B2109" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa : Ölü Adamların Son Savaşı (Ciltli)</t>
+          <t>Demir Druid Günlükleri : Hileci</t>
         </is>
       </c>
       <c r="C2109" s="1">
-        <v>545</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2110" spans="1:3">
       <c r="A2110" s="1" t="inlineStr">
         <is>
-          <t>9786051424828</t>
+          <t>9786051425610</t>
         </is>
       </c>
       <c r="B2110" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kurtaran Genç Adam Alex Rider - Beyaz Doruk</t>
+          <t>Sıcak ve Soğuk - EJ12 Ajan Kız</t>
         </is>
       </c>
       <c r="C2110" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2111" spans="1:3">
       <c r="A2111" s="1" t="inlineStr">
         <is>
-          <t>9786054377053</t>
+          <t>9786051421780</t>
         </is>
       </c>
       <c r="B2111" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz ve Önemsiz</t>
+          <t>Aşkın Kokusu (Ciltli)</t>
         </is>
       </c>
       <c r="C2111" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2112" spans="1:3">
       <c r="A2112" s="1" t="inlineStr">
         <is>
-          <t>9789944485791</t>
+          <t>9786054482283</t>
         </is>
       </c>
       <c r="B2112" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz ve İşsiz</t>
+          <t>Afacan 5’ler Zor Durumda</t>
         </is>
       </c>
       <c r="C2112" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2113" spans="1:3">
       <c r="A2113" s="1" t="inlineStr">
         <is>
-          <t>9786054228461</t>
+          <t>9786054482320</t>
         </is>
       </c>
       <c r="B2113" s="1" t="inlineStr">
         <is>
-          <t>Buz Öpücük</t>
+          <t>Afacan 5’ler Yine Beraber</t>
         </is>
       </c>
       <c r="C2113" s="1">
-        <v>390</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2114" spans="1:3">
       <c r="A2114" s="1" t="inlineStr">
         <is>
-          <t>9786053046271</t>
+          <t>9786054482276</t>
         </is>
       </c>
       <c r="B2114" s="1" t="inlineStr">
         <is>
-          <t>Burcu ve Berk - Sosyal Yaşam</t>
+          <t>Afacan 5’ler Tepede</t>
         </is>
       </c>
       <c r="C2114" s="1">
-        <v>335</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2115" spans="1:3">
       <c r="A2115" s="1" t="inlineStr">
         <is>
-          <t>9786051424538</t>
+          <t>9786050058475</t>
         </is>
       </c>
       <c r="B2115" s="1" t="inlineStr">
         <is>
-          <t>Tiranozor Kanyonu</t>
+          <t>Afacan 5’ler Kaçıyor</t>
         </is>
       </c>
       <c r="C2115" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2116" spans="1:3">
       <c r="A2116" s="1" t="inlineStr">
         <is>
-          <t>9786051425269</t>
+          <t>9786050058604</t>
         </is>
       </c>
       <c r="B2116" s="1" t="inlineStr">
         <is>
-          <t>Havada Aşk Kokusu</t>
+          <t>Afacan 5’ler Kaçakçılar Tepesinde</t>
         </is>
       </c>
       <c r="C2116" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="2117" spans="1:3">
       <c r="A2117" s="1" t="inlineStr">
         <is>
-          <t>9786051425184</t>
+          <t>9786054377701</t>
         </is>
       </c>
       <c r="B2117" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Laneti</t>
+          <t>Afacan 5’ler Harika Vakit Geçiriyor!</t>
         </is>
       </c>
       <c r="C2117" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2118" spans="1:3">
       <c r="A2118" s="1" t="inlineStr">
         <is>
-          <t>9786051424361</t>
+          <t>9786051425559</t>
         </is>
       </c>
       <c r="B2118" s="1" t="inlineStr">
         <is>
-          <t>Aşk Meselesi</t>
+          <t>Bir Ay Günlüğü Kitabı : Scarlet</t>
         </is>
       </c>
       <c r="C2118" s="1">
-        <v>325</v>
+        <v>390</v>
       </c>
     </row>
     <row r="2119" spans="1:3">
       <c r="A2119" s="1" t="inlineStr">
         <is>
-          <t>9786051424514</t>
+          <t>9786051425528</t>
         </is>
       </c>
       <c r="B2119" s="1" t="inlineStr">
         <is>
-          <t>Ayla</t>
+          <t>Cinder</t>
         </is>
       </c>
       <c r="C2119" s="1">
-        <v>445</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2120" spans="1:3">
       <c r="A2120" s="1" t="inlineStr">
         <is>
-          <t>9786051420462</t>
+          <t>9789944291279</t>
         </is>
       </c>
       <c r="B2120" s="1" t="inlineStr">
         <is>
-          <t>Mektup Arkadaşları</t>
+          <t>Ben Böyle Severim - Bir Dedikoducu Kız</t>
         </is>
       </c>
       <c r="C2120" s="1">
-        <v>185</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2121" spans="1:3">
       <c r="A2121" s="1" t="inlineStr">
         <is>
-          <t>9786051420134</t>
+          <t>9789944485494</t>
         </is>
       </c>
       <c r="B2121" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Makineleri İkinci Kitap: Mekanik Prens (Ciltli)</t>
+          <t>Bebekten Sonra</t>
         </is>
       </c>
       <c r="C2121" s="1">
-        <v>485</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2122" spans="1:3">
       <c r="A2122" s="1" t="inlineStr">
         <is>
-          <t>9786051424941</t>
+          <t>9786051425504</t>
         </is>
       </c>
       <c r="B2122" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Oyuncaklar Serisi Altıncı Kitap: Cennet Ateşi Şehri (Ciltli)</t>
+          <t>Kaybeden Kraliçe: Mahidevran</t>
         </is>
       </c>
       <c r="C2122" s="1">
-        <v>495</v>
+        <v>595</v>
       </c>
     </row>
     <row r="2123" spans="1:3">
       <c r="A2123" s="1" t="inlineStr">
         <is>
-          <t>9786051424682</t>
+          <t>9786051425481</t>
         </is>
       </c>
       <c r="B2123" s="1" t="inlineStr">
         <is>
-          <t>Malory Kuleleri - 10. Dönem</t>
+          <t>The Secret Circle: Gizli Çember</t>
         </is>
       </c>
       <c r="C2123" s="1">
-        <v>235</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2124" spans="1:3">
       <c r="A2124" s="1" t="inlineStr">
         <is>
-          <t>9786051424699</t>
+          <t>9786051425450</t>
         </is>
       </c>
       <c r="B2124" s="1" t="inlineStr">
         <is>
-          <t>Malory Kuleleri - 11. Dönem</t>
+          <t>Alışverişkolik Yıldızlar Arasında</t>
         </is>
       </c>
       <c r="C2124" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2125" spans="1:3">
       <c r="A2125" s="1" t="inlineStr">
         <is>
-          <t>9786051424620</t>
+          <t>9786051424248</t>
         </is>
       </c>
       <c r="B2125" s="1" t="inlineStr">
         <is>
-          <t>Malory Kuleleri - 7. Dönem</t>
+          <t>Unutulmuş Lejyon Günlükleri 2: Gümüş Kartal</t>
         </is>
       </c>
       <c r="C2125" s="1">
-        <v>235</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2126" spans="1:3">
       <c r="A2126" s="1" t="inlineStr">
         <is>
-          <t>9786051424705</t>
+          <t>9786051425474</t>
         </is>
       </c>
       <c r="B2126" s="1" t="inlineStr">
         <is>
-          <t>Malory Kuleleri - 12. Dönem</t>
+          <t>Duman ve Kemiğin Kızı 2: Kan ve Yıldız Işığı Günleri</t>
         </is>
       </c>
       <c r="C2126" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2127" spans="1:3">
       <c r="A2127" s="1" t="inlineStr">
         <is>
-          <t>9786051424637</t>
+          <t>9786051425382</t>
         </is>
       </c>
       <c r="B2127" s="1" t="inlineStr">
         <is>
-          <t>Malory Kuleleri - 8. Dönem</t>
+          <t>Rumi'nin Kitabı</t>
         </is>
       </c>
       <c r="C2127" s="1">
-        <v>235</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2128" spans="1:3">
       <c r="A2128" s="1" t="inlineStr">
         <is>
-          <t>9786051424606</t>
+          <t>9786051425436</t>
         </is>
       </c>
       <c r="B2128" s="1" t="inlineStr">
         <is>
-          <t>Malory Kuleleri - 4. Dönem</t>
+          <t>Astıktan Sonra</t>
         </is>
       </c>
       <c r="C2128" s="1">
-        <v>235</v>
+        <v>575</v>
       </c>
     </row>
     <row r="2129" spans="1:3">
       <c r="A2129" s="1" t="inlineStr">
         <is>
-          <t>9786051424811</t>
+          <t>9786051423685</t>
         </is>
       </c>
       <c r="B2129" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Şeker Alice Miranda İş Başında</t>
+          <t>Tehlikeli Güzellik</t>
         </is>
       </c>
       <c r="C2129" s="1">
-        <v>295</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2130" spans="1:3">
       <c r="A2130" s="1" t="inlineStr">
         <is>
-          <t>9786051424743</t>
+          <t>9786051425399</t>
         </is>
       </c>
       <c r="B2130" s="1" t="inlineStr">
         <is>
-          <t>Cariyenin Kızı Mihrimah</t>
+          <t>Sevgilim İstanbul</t>
         </is>
       </c>
       <c r="C2130" s="1">
-        <v>175</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2131" spans="1:3">
       <c r="A2131" s="1" t="inlineStr">
         <is>
-          <t>9786051424408</t>
+          <t>9786051425429</t>
         </is>
       </c>
       <c r="B2131" s="1" t="inlineStr">
         <is>
-          <t>Burcu ve Berk Kork-mu-yo-rum</t>
+          <t>Meredith Gentry</t>
         </is>
       </c>
       <c r="C2131" s="1">
-        <v>65</v>
+        <v>525</v>
       </c>
     </row>
     <row r="2132" spans="1:3">
       <c r="A2132" s="1" t="inlineStr">
         <is>
-          <t>9786051424163</t>
+          <t>9786051424460</t>
         </is>
       </c>
       <c r="B2132" s="1" t="inlineStr">
         <is>
-          <t>Morganville Vampirleri 12: Kara Şafak</t>
+          <t>Papatya Falı</t>
         </is>
       </c>
       <c r="C2132" s="1">
-        <v>345</v>
+        <v>440</v>
       </c>
     </row>
     <row r="2133" spans="1:3">
       <c r="A2133" s="1" t="inlineStr">
         <is>
-          <t>9786051424392</t>
+          <t>9786051424644</t>
         </is>
       </c>
       <c r="B2133" s="1" t="inlineStr">
         <is>
-          <t>Burcu ve Berk Cinsellik - Cinselliği Keşfediyoruz</t>
+          <t>Malory Kuleleri - 9. Dönem</t>
         </is>
       </c>
       <c r="C2133" s="1">
-        <v>28</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2134" spans="1:3">
       <c r="A2134" s="1" t="inlineStr">
         <is>
-          <t>9786051424712</t>
+          <t>9786051424613</t>
         </is>
       </c>
       <c r="B2134" s="1" t="inlineStr">
         <is>
-          <t>Ece Vahapoğlu ile 21 Günde İyi Hisset - Günlük</t>
+          <t>Malory Kuleleri - 5. Dönem</t>
         </is>
       </c>
       <c r="C2134" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2135" spans="1:3">
       <c r="A2135" s="1" t="inlineStr">
         <is>
-          <t>9786051424576</t>
+          <t>9786051424590</t>
         </is>
       </c>
       <c r="B2135" s="1" t="inlineStr">
         <is>
-          <t>Dido - Bir İzmir Romanı</t>
+          <t>Malory Kuleleri - 6. Dönem</t>
         </is>
       </c>
       <c r="C2135" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2136" spans="1:3">
       <c r="A2136" s="1" t="inlineStr">
         <is>
-          <t>9786051424552</t>
+          <t>9786051429175</t>
         </is>
       </c>
       <c r="B2136" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Çağırınca</t>
+          <t>666 Park Bulvarı</t>
         </is>
       </c>
       <c r="C2136" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2137" spans="1:3">
       <c r="A2137" s="1" t="inlineStr">
         <is>
-          <t>9786051424767</t>
+          <t>9786051429298</t>
         </is>
       </c>
       <c r="B2137" s="1" t="inlineStr">
         <is>
-          <t>Pargalı ve Hatice</t>
+          <t>Batman ve Superman Dev Aktivite Kitabı 2</t>
         </is>
       </c>
       <c r="C2137" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2138" spans="1:3">
       <c r="A2138" s="1" t="inlineStr">
         <is>
-          <t>9786054377909</t>
+          <t>9786051425405</t>
         </is>
       </c>
       <c r="B2138" s="1" t="inlineStr">
         <is>
-          <t>Cariyenin Gelini Nurbanu</t>
+          <t>Yıllar Sonra - Bir Genç Kızın Gizli Defteri 11</t>
         </is>
       </c>
       <c r="C2138" s="1">
-        <v>435</v>
+        <v>425</v>
       </c>
     </row>
     <row r="2139" spans="1:3">
       <c r="A2139" s="1" t="inlineStr">
         <is>
-          <t>9786051424958</t>
+          <t>9786051424156</t>
         </is>
       </c>
       <c r="B2139" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kurtaran Genç Adam Alex Rider - Kartal Darbesi</t>
+          <t>İlk Bakışta Aşk’ın İstatistiksel Olasılığı</t>
         </is>
       </c>
       <c r="C2139" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2140" spans="1:3">
       <c r="A2140" s="1" t="inlineStr">
         <is>
-          <t>9786051424842</t>
+          <t>9786051426167</t>
         </is>
       </c>
       <c r="B2140" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kurtaran Genç Adam Alex Rider - İskelet Anahtar</t>
+          <t>Unutma Beni</t>
         </is>
       </c>
       <c r="C2140" s="1">
-        <v>325</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2141" spans="1:3">
       <c r="A2141" s="1" t="inlineStr">
         <is>
-          <t>9786051424835</t>
+          <t>9786051425306</t>
         </is>
       </c>
       <c r="B2141" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kurtaran Genç Adam Alex Rider - Şimşekkıran</t>
+          <t>Karanlık Düzen</t>
         </is>
       </c>
       <c r="C2141" s="1">
-        <v>285</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2142" spans="1:3">
       <c r="A2142" s="1" t="inlineStr">
         <is>
-          <t>9786051424484</t>
+          <t>9786051429182</t>
         </is>
       </c>
       <c r="B2142" s="1" t="inlineStr">
         <is>
-          <t>Heralde Kız!</t>
+          <t>Cehennem Ekspres - Lunapark</t>
         </is>
       </c>
       <c r="C2142" s="1">
-        <v>195</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2143" spans="1:3">
       <c r="A2143" s="1" t="inlineStr">
         <is>
-          <t>9786051424194</t>
+          <t>9786051428659</t>
         </is>
       </c>
       <c r="B2143" s="1" t="inlineStr">
         <is>
-          <t>Deliryum</t>
+          <t>Monica’yı Öldürmek</t>
         </is>
       </c>
       <c r="C2143" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2144" spans="1:3">
       <c r="A2144" s="1" t="inlineStr">
         <is>
-          <t>9786051424583</t>
+          <t>9786051425290</t>
         </is>
       </c>
       <c r="B2144" s="1" t="inlineStr">
         <is>
-          <t>Ateşli Kalp</t>
+          <t>Eon</t>
         </is>
       </c>
       <c r="C2144" s="1">
-        <v>450</v>
+        <v>525</v>
       </c>
     </row>
     <row r="2145" spans="1:3">
       <c r="A2145" s="1" t="inlineStr">
         <is>
-          <t>9786051424132</t>
+          <t>9786050058284</t>
         </is>
       </c>
       <c r="B2145" s="1" t="inlineStr">
         <is>
-          <t>Gölge Ateşi</t>
+          <t>Anna Karenina</t>
         </is>
       </c>
       <c r="C2145" s="1">
-        <v>450</v>
+        <v>545</v>
       </c>
     </row>
     <row r="2146" spans="1:3">
       <c r="A2146" s="1" t="inlineStr">
         <is>
-          <t>9786051423357</t>
+          <t>9786054482399</t>
         </is>
       </c>
       <c r="B2146" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Koleksiyonu 6 : Kasabada Düğün</t>
+          <t>Anlaşmalı Evlilik</t>
         </is>
       </c>
       <c r="C2146" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2147" spans="1:3">
       <c r="A2147" s="1" t="inlineStr">
         <is>
-          <t>9786051423364</t>
+          <t>9786054228072</t>
         </is>
       </c>
       <c r="B2147" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Koleksiyonu 8 : Kasabada Doğum</t>
+          <t>Anca Rüyanda Görürsün - Dedikoducu Kız</t>
         </is>
       </c>
       <c r="C2147" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2148" spans="1:3">
       <c r="A2148" s="1" t="inlineStr">
         <is>
-          <t>9786051426266</t>
+          <t>9786051422435</t>
         </is>
       </c>
       <c r="B2148" s="1" t="inlineStr">
         <is>
-          <t>Salgın</t>
+          <t>The Secret - Günlük Öğretiler (Ciltli)</t>
         </is>
       </c>
       <c r="C2148" s="1">
-        <v>235</v>
+        <v>950</v>
       </c>
     </row>
     <row r="2149" spans="1:3">
       <c r="A2149" s="1" t="inlineStr">
         <is>
-          <t>9786051424095</t>
+          <t>9789758733088</t>
         </is>
       </c>
       <c r="B2149" s="1" t="inlineStr">
         <is>
-          <t>Meridon - Son Varis</t>
+          <t>Yendi Bir Vlad Taltos Macerası</t>
         </is>
       </c>
       <c r="C2149" s="1">
-        <v>545</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2150" spans="1:3">
       <c r="A2150" s="1" t="inlineStr">
         <is>
-          <t>9789758733859</t>
+          <t>9786054482788</t>
         </is>
       </c>
       <c r="B2150" s="1" t="inlineStr">
         <is>
-          <t>Rüya Tacirleri Odası</t>
+          <t>Yaz ve Şehir (Ciltli)</t>
         </is>
       </c>
       <c r="C2150" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="2151" spans="1:3">
       <c r="A2151" s="1" t="inlineStr">
         <is>
-          <t>9786051422619</t>
+          <t>9786051420011</t>
         </is>
       </c>
       <c r="B2151" s="1" t="inlineStr">
         <is>
-          <t>Rüya Ateşi</t>
+          <t>Piyano Öğretmeni</t>
         </is>
       </c>
       <c r="C2151" s="1">
-        <v>430</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2152" spans="1:3">
       <c r="A2152" s="1" t="inlineStr">
         <is>
-          <t>9786051423586</t>
+          <t>9789758733293</t>
         </is>
       </c>
       <c r="B2152" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Kalp</t>
+          <t>Phoenix Bir Vlad Taltos Macerası</t>
         </is>
       </c>
       <c r="C2152" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2153" spans="1:3">
       <c r="A2153" s="1" t="inlineStr">
         <is>
-          <t>9786051424439</t>
+          <t>9786050058932</t>
         </is>
       </c>
       <c r="B2153" s="1" t="inlineStr">
         <is>
-          <t>Vampir Günlükleri Avcılar Vol. 3: Kaderin Yükselişi</t>
+          <t>Evli Aşıklar (Ciltli)</t>
         </is>
       </c>
       <c r="C2153" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2154" spans="1:3">
       <c r="A2154" s="1" t="inlineStr">
         <is>
-          <t>9786051426969</t>
+          <t>9786051425320</t>
         </is>
       </c>
       <c r="B2154" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Arayışı</t>
+          <t>Işık</t>
         </is>
       </c>
       <c r="C2154" s="1">
-        <v>295</v>
+        <v>445</v>
       </c>
     </row>
     <row r="2155" spans="1:3">
       <c r="A2155" s="1" t="inlineStr">
         <is>
-          <t>9786051425498</t>
+          <t>9786051425351</t>
         </is>
       </c>
       <c r="B2155" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Gölgeler</t>
+          <t>Kipat</t>
         </is>
       </c>
       <c r="C2155" s="1">
-        <v>390</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2156" spans="1:3">
       <c r="A2156" s="1" t="inlineStr">
         <is>
-          <t>9786051424750</t>
+          <t>9786051425252</t>
         </is>
       </c>
       <c r="B2156" s="1" t="inlineStr">
         <is>
-          <t>Cariyenin Gelini Nurbanu</t>
+          <t>Vampir Günlükleri Kurtuluş Vol.1: Görünmeyen</t>
         </is>
       </c>
       <c r="C2156" s="1">
-        <v>175</v>
+        <v>265</v>
       </c>
     </row>
     <row r="2157" spans="1:3">
       <c r="A2157" s="1" t="inlineStr">
         <is>
-          <t>9786051423425</t>
+          <t>9786051425177</t>
         </is>
       </c>
       <c r="B2157" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay - Seni Seviyorum</t>
+          <t>Dedektif Kurukafa : Ölü Adamların Son Savaşı (Ciltli)</t>
         </is>
       </c>
       <c r="C2157" s="1">
-        <v>195</v>
+        <v>675</v>
       </c>
     </row>
     <row r="2158" spans="1:3">
       <c r="A2158" s="1" t="inlineStr">
         <is>
-          <t>9786051424781</t>
+          <t>9786051424828</t>
         </is>
       </c>
       <c r="B2158" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Şeker Alice Miranda Okulda</t>
+          <t>Dünyayı Kurtaran Genç Adam Alex Rider - Beyaz Doruk</t>
         </is>
       </c>
       <c r="C2158" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2159" spans="1:3">
       <c r="A2159" s="1" t="inlineStr">
         <is>
-          <t>9786051423449</t>
+          <t>9786054377053</t>
         </is>
       </c>
       <c r="B2159" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Koleksiyonu - Güzel Bir Gün</t>
+          <t>Ölümsüz ve Önemsiz</t>
         </is>
       </c>
       <c r="C2159" s="1">
-        <v>295</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2160" spans="1:3">
       <c r="A2160" s="1" t="inlineStr">
         <is>
-          <t>9786051424569</t>
+          <t>9789944485791</t>
         </is>
       </c>
       <c r="B2160" s="1" t="inlineStr">
         <is>
-          <t>Grace Kelly Biyografi</t>
+          <t>Ölümsüz ve İşsiz</t>
         </is>
       </c>
       <c r="C2160" s="1">
-        <v>325</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2161" spans="1:3">
       <c r="A2161" s="1" t="inlineStr">
         <is>
-          <t>9786051424477</t>
+          <t>9786054228461</t>
         </is>
       </c>
       <c r="B2161" s="1" t="inlineStr">
         <is>
-          <t>Kurşun</t>
+          <t>Buz Öpücük</t>
         </is>
       </c>
       <c r="C2161" s="1">
-        <v>425</v>
+        <v>475</v>
       </c>
     </row>
     <row r="2162" spans="1:3">
       <c r="A2162" s="1" t="inlineStr">
         <is>
-          <t>9786051423432</t>
+          <t>9786053046271</t>
         </is>
       </c>
       <c r="B2162" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Bölüm 4 - Sevdiklerimin Albümü</t>
+          <t>Burcu ve Berk - Sosyal Yaşam</t>
         </is>
       </c>
       <c r="C2162" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2163" spans="1:3">
       <c r="A2163" s="1" t="inlineStr">
         <is>
-          <t>9786054228720</t>
+          <t>9786051424538</t>
         </is>
       </c>
       <c r="B2163" s="1" t="inlineStr">
         <is>
-          <t>Üç Kalp</t>
+          <t>Tiranozor Kanyonu</t>
         </is>
       </c>
       <c r="C2163" s="1">
-        <v>149</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2164" spans="1:3">
       <c r="A2164" s="1" t="inlineStr">
         <is>
-          <t>9786051424231</t>
+          <t>9786051425269</t>
         </is>
       </c>
       <c r="B2164" s="1" t="inlineStr">
         <is>
-          <t>Patron Ölüsü</t>
+          <t>Havada Aşk Kokusu</t>
         </is>
       </c>
       <c r="C2164" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2165" spans="1:3">
       <c r="A2165" s="1" t="inlineStr">
         <is>
-          <t>9786051422725</t>
+          <t>9786051425184</t>
         </is>
       </c>
       <c r="B2165" s="1" t="inlineStr">
         <is>
-          <t>Bzrk (Ciltli)</t>
+          <t>Kaplan Laneti</t>
         </is>
       </c>
       <c r="C2165" s="1">
-        <v>415</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2166" spans="1:3">
       <c r="A2166" s="1" t="inlineStr">
         <is>
-          <t>9789758733439</t>
+          <t>9786051424361</t>
         </is>
       </c>
       <c r="B2166" s="1" t="inlineStr">
         <is>
-          <t>Büyünün Kuklası Son Hanedan Büyücüsü Üçlemesi - 1</t>
+          <t>Aşk Meselesi</t>
         </is>
       </c>
       <c r="C2166" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2167" spans="1:3">
       <c r="A2167" s="1" t="inlineStr">
         <is>
-          <t>9786054482290</t>
+          <t>9786051424514</t>
         </is>
       </c>
       <c r="B2167" s="1" t="inlineStr">
         <is>
-          <t>Afacan 5’ler Çiftlikte</t>
+          <t>Ayla</t>
         </is>
       </c>
       <c r="C2167" s="1">
-        <v>275</v>
+        <v>575</v>
       </c>
     </row>
     <row r="2168" spans="1:3">
       <c r="A2168" s="1" t="inlineStr">
         <is>
-          <t>9786054560875</t>
+          <t>9786051420462</t>
         </is>
       </c>
       <c r="B2168" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Hayata - Bir Genç Kızın Gizli Defteri 4</t>
+          <t>Mektup Arkadaşları</t>
         </is>
       </c>
       <c r="C2168" s="1">
-        <v>495</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2169" spans="1:3">
       <c r="A2169" s="1" t="inlineStr">
         <is>
-          <t>9786050058000</t>
+          <t>9786051420134</t>
         </is>
       </c>
       <c r="B2169" s="1" t="inlineStr">
         <is>
-          <t>Adada Macera</t>
+          <t>Cehennem Makineleri İkinci Kitap: Mekanik Prens (Ciltli)</t>
         </is>
       </c>
       <c r="C2169" s="1">
-        <v>235</v>
+        <v>575</v>
       </c>
     </row>
     <row r="2170" spans="1:3">
       <c r="A2170" s="1" t="inlineStr">
         <is>
-          <t>9786051423470</t>
+          <t>9786051424941</t>
         </is>
       </c>
       <c r="B2170" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay - Büyük Kitap</t>
+          <t>Ölümcül Oyuncaklar Serisi Altıncı Kitap: Cennet Ateşi Şehri (Ciltli)</t>
         </is>
       </c>
       <c r="C2170" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="2171" spans="1:3">
       <c r="A2171" s="1" t="inlineStr">
         <is>
-          <t>9786051424217</t>
+          <t>9786051424682</t>
         </is>
       </c>
       <c r="B2171" s="1" t="inlineStr">
         <is>
-          <t>Vampir Akademisi Fim Özel Baskısı (Ciltli)</t>
+          <t>Malory Kuleleri - 10. Dönem</t>
         </is>
       </c>
       <c r="C2171" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2172" spans="1:3">
       <c r="A2172" s="1" t="inlineStr">
         <is>
-          <t>9786051424354</t>
+          <t>9786051424699</t>
         </is>
       </c>
       <c r="B2172" s="1" t="inlineStr">
         <is>
-          <t>Fadik ve Kırmızı Bavul</t>
+          <t>Malory Kuleleri - 11. Dönem</t>
         </is>
       </c>
       <c r="C2172" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2173" spans="1:3">
       <c r="A2173" s="1" t="inlineStr">
         <is>
-          <t>9786054560769</t>
+          <t>9786051424620</t>
         </is>
       </c>
       <c r="B2173" s="1" t="inlineStr">
         <is>
-          <t>The Secret Circle: Gizli Çember 1</t>
+          <t>Malory Kuleleri - 7. Dönem</t>
         </is>
       </c>
       <c r="C2173" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="2174" spans="1:3">
       <c r="A2174" s="1" t="inlineStr">
         <is>
-          <t>9786050058369</t>
+          <t>9786051424705</t>
         </is>
       </c>
       <c r="B2174" s="1" t="inlineStr">
         <is>
-          <t>Sahildeki Evimiz</t>
+          <t>Malory Kuleleri - 12. Dönem</t>
         </is>
       </c>
       <c r="C2174" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2175" spans="1:3">
       <c r="A2175" s="1" t="inlineStr">
         <is>
-          <t>9786054377282</t>
+          <t>9786051424637</t>
         </is>
       </c>
       <c r="B2175" s="1" t="inlineStr">
         <is>
-          <t>Safiye</t>
+          <t>Malory Kuleleri - 8. Dönem</t>
         </is>
       </c>
       <c r="C2175" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2176" spans="1:3">
       <c r="A2176" s="1" t="inlineStr">
         <is>
-          <t>9786051422480</t>
+          <t>9786051424606</t>
         </is>
       </c>
       <c r="B2176" s="1" t="inlineStr">
         <is>
-          <t>Doğru Erkeği Bulma Kılavuzu</t>
+          <t>Malory Kuleleri - 4. Dönem</t>
         </is>
       </c>
       <c r="C2176" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2177" spans="1:3">
       <c r="A2177" s="1" t="inlineStr">
         <is>
-          <t>9786051424071</t>
+          <t>9786051424811</t>
         </is>
       </c>
       <c r="B2177" s="1" t="inlineStr">
         <is>
-          <t>Dilnişin</t>
+          <t>Meraklı Şeker Alice Miranda İş Başında</t>
         </is>
       </c>
       <c r="C2177" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2178" spans="1:3">
       <c r="A2178" s="1" t="inlineStr">
         <is>
-          <t>9786051423272</t>
+          <t>9786051424743</t>
         </is>
       </c>
       <c r="B2178" s="1" t="inlineStr">
         <is>
-          <t>Mavi Büyü</t>
+          <t>Cariyenin Kızı Mihrimah</t>
         </is>
       </c>
       <c r="C2178" s="1">
-        <v>425</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2179" spans="1:3">
       <c r="A2179" s="1" t="inlineStr">
         <is>
-          <t>9789758733903</t>
+          <t>9786051424408</t>
         </is>
       </c>
       <c r="B2179" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ay</t>
+          <t>Burcu ve Berk Kork-mu-yo-rum</t>
         </is>
       </c>
       <c r="C2179" s="1">
-        <v>445</v>
+        <v>65</v>
       </c>
     </row>
     <row r="2180" spans="1:3">
       <c r="A2180" s="1" t="inlineStr">
         <is>
-          <t>9786050058161</t>
+          <t>9786051424163</t>
         </is>
       </c>
       <c r="B2180" s="1" t="inlineStr">
         <is>
-          <t>Marzipan’ın Yükselişi</t>
+          <t>Morganville Vampirleri 12: Kara Şafak</t>
         </is>
       </c>
       <c r="C2180" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="2181" spans="1:3">
       <c r="A2181" s="1" t="inlineStr">
         <is>
-          <t>9786051424118</t>
+          <t>9786051424392</t>
         </is>
       </c>
       <c r="B2181" s="1" t="inlineStr">
         <is>
-          <t>Dokuzun Yükselişi</t>
+          <t>Burcu ve Berk Cinsellik - Cinselliği Keşfediyoruz</t>
         </is>
       </c>
       <c r="C2181" s="1">
-        <v>325</v>
+        <v>28</v>
       </c>
     </row>
     <row r="2182" spans="1:3">
       <c r="A2182" s="1" t="inlineStr">
         <is>
-          <t>9786054228034</t>
+          <t>9786051424712</t>
         </is>
       </c>
       <c r="B2182" s="1" t="inlineStr">
         <is>
-          <t>Vampir Akademisi 1 -Gerçek Dost Ölümsüz Düşmandan Korur</t>
+          <t>Ece Vahapoğlu ile 21 Günde İyi Hisset - Günlük</t>
         </is>
       </c>
       <c r="C2182" s="1">
-        <v>390</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2183" spans="1:3">
       <c r="A2183" s="1" t="inlineStr">
         <is>
-          <t>9786050058420</t>
+          <t>9786051424576</t>
         </is>
       </c>
       <c r="B2183" s="1" t="inlineStr">
         <is>
-          <t>Vadide Macera</t>
+          <t>Dido - Bir İzmir Romanı</t>
         </is>
       </c>
       <c r="C2183" s="1">
-        <v>235</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2184" spans="1:3">
       <c r="A2184" s="1" t="inlineStr">
         <is>
-          <t>9786051424040</t>
+          <t>9786051424552</t>
         </is>
       </c>
       <c r="B2184" s="1" t="inlineStr">
         <is>
-          <t>Eva Braun</t>
+          <t>Mevlana Çağırınca</t>
         </is>
       </c>
       <c r="C2184" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2185" spans="1:3">
       <c r="A2185" s="1" t="inlineStr">
         <is>
-          <t>9786051422404</t>
+          <t>9786051424767</t>
         </is>
       </c>
       <c r="B2185" s="1" t="inlineStr">
         <is>
-          <t>Bale Ayakkabıları</t>
+          <t>Pargalı ve Hatice</t>
         </is>
       </c>
       <c r="C2185" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2186" spans="1:3">
       <c r="A2186" s="1" t="inlineStr">
         <is>
-          <t>9786054228737</t>
+          <t>9786054377909</t>
         </is>
       </c>
       <c r="B2186" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Bizi Kavuşturuncaya Kadar</t>
+          <t>Cariyenin Gelini Nurbanu</t>
         </is>
       </c>
       <c r="C2186" s="1">
-        <v>149</v>
+        <v>520</v>
       </c>
     </row>
     <row r="2187" spans="1:3">
       <c r="A2187" s="1" t="inlineStr">
         <is>
-          <t>9786054228782</t>
+          <t>9786051424958</t>
         </is>
       </c>
       <c r="B2187" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Bizi Ayırıncaya Kadar</t>
+          <t>Dünyayı Kurtaran Genç Adam Alex Rider - Kartal Darbesi</t>
         </is>
       </c>
       <c r="C2187" s="1">
-        <v>149</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2188" spans="1:3">
       <c r="A2188" s="1" t="inlineStr">
         <is>
-          <t>9786051422664</t>
+          <t>9786051424842</t>
         </is>
       </c>
       <c r="B2188" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Gücü - Şans Avcıları 5</t>
+          <t>Dünyayı Kurtaran Genç Adam Alex Rider - İskelet Anahtar</t>
         </is>
       </c>
       <c r="C2188" s="1">
-        <v>95</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2189" spans="1:3">
       <c r="A2189" s="1" t="inlineStr">
         <is>
-          <t>9786051423999</t>
+          <t>9786051424835</t>
         </is>
       </c>
       <c r="B2189" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Lord</t>
+          <t>Dünyayı Kurtaran Genç Adam Alex Rider - Şimşekkıran</t>
         </is>
       </c>
       <c r="C2189" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2190" spans="1:3">
       <c r="A2190" s="1" t="inlineStr">
         <is>
-          <t>9786050058543</t>
+          <t>9786051424484</t>
         </is>
       </c>
       <c r="B2190" s="1" t="inlineStr">
         <is>
-          <t>Denizde Macera</t>
+          <t>Heralde Kız!</t>
         </is>
       </c>
       <c r="C2190" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2191" spans="1:3">
       <c r="A2191" s="1" t="inlineStr">
         <is>
-          <t>9789758733637</t>
+          <t>9786051424194</t>
         </is>
       </c>
       <c r="B2191" s="1" t="inlineStr">
         <is>
-          <t>Dedikoducu Kız (Gossip Girl)</t>
+          <t>Deliryum</t>
         </is>
       </c>
       <c r="C2191" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2192" spans="1:3">
       <c r="A2192" s="1" t="inlineStr">
         <is>
-          <t>9786054560974</t>
+          <t>9786051424583</t>
         </is>
       </c>
       <c r="B2192" s="1" t="inlineStr">
         <is>
-          <t>Mayanın Günlüğü - İşte Benim Ailem</t>
+          <t>Ateşli Kalp</t>
         </is>
       </c>
       <c r="C2192" s="1">
-        <v>195</v>
+        <v>545</v>
       </c>
     </row>
     <row r="2193" spans="1:3">
       <c r="A2193" s="1" t="inlineStr">
         <is>
-          <t>9786054560950</t>
+          <t>9786051424132</t>
         </is>
       </c>
       <c r="B2193" s="1" t="inlineStr">
         <is>
-          <t>Mayanın Günlüğü - Haydi Tanışalım</t>
+          <t>Gölge Ateşi</t>
         </is>
       </c>
       <c r="C2193" s="1">
-        <v>225</v>
+        <v>575</v>
       </c>
     </row>
     <row r="2194" spans="1:3">
       <c r="A2194" s="1" t="inlineStr">
         <is>
-          <t>9786054482627</t>
+          <t>9786051423357</t>
         </is>
       </c>
       <c r="B2194" s="1" t="inlineStr">
         <is>
-          <t>Max Flash - Görev 4</t>
+          <t>Sarah Kay Koleksiyonu 6 : Kasabada Düğün</t>
         </is>
       </c>
       <c r="C2194" s="1">
-        <v>195</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2195" spans="1:3">
       <c r="A2195" s="1" t="inlineStr">
         <is>
-          <t>9786054482610</t>
+          <t>9786051423364</t>
         </is>
       </c>
       <c r="B2195" s="1" t="inlineStr">
         <is>
-          <t>Max Flash - Görev 3</t>
+          <t>Sarah Kay Koleksiyonu 8 : Kasabada Doğum</t>
         </is>
       </c>
       <c r="C2195" s="1">
-        <v>195</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2196" spans="1:3">
       <c r="A2196" s="1" t="inlineStr">
         <is>
-          <t>9786051423760</t>
+          <t>9786051426266</t>
         </is>
       </c>
       <c r="B2196" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kay Koleksiyon - Tatlı Kelimeler</t>
+          <t>Salgın</t>
         </is>
       </c>
       <c r="C2196" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2197" spans="1:3">
       <c r="A2197" s="1" t="inlineStr">
         <is>
-          <t>9786051423821</t>
+          <t>9786051424095</t>
         </is>
       </c>
       <c r="B2197" s="1" t="inlineStr">
         <is>
-          <t>Hoşca Kal</t>
+          <t>Meridon - Son Varis</t>
         </is>
       </c>
       <c r="C2197" s="1">
-        <v>175</v>
+        <v>645</v>
       </c>
     </row>
     <row r="2198" spans="1:3">
       <c r="A2198" s="1" t="inlineStr">
         <is>
-          <t>9786051423791</t>
+          <t>9789758733859</t>
         </is>
       </c>
       <c r="B2198" s="1" t="inlineStr">
         <is>
-          <t>Fevkalade Tuhaf</t>
+          <t>Rüya Tacirleri Odası</t>
         </is>
       </c>
       <c r="C2198" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2199" spans="1:3">
       <c r="A2199" s="1" t="inlineStr">
         <is>
-          <t>9786051424002</t>
+          <t>9786051422619</t>
         </is>
       </c>
       <c r="B2199" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Işık</t>
+          <t>Rüya Ateşi</t>
         </is>
       </c>
       <c r="C2199" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="2200" spans="1:3">
       <c r="A2200" s="1" t="inlineStr">
         <is>
-          <t>9786051423968</t>
+          <t>9786051423586</t>
         </is>
       </c>
       <c r="B2200" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Çiçekler</t>
+          <t>Karanlık Kalp</t>
         </is>
       </c>
       <c r="C2200" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2201" spans="1:3">
       <c r="A2201" s="1" t="inlineStr">
         <is>
-          <t>9786051423982</t>
+          <t>9786051424439</t>
         </is>
       </c>
       <c r="B2201" s="1" t="inlineStr">
         <is>
-          <t>Solak Leydi</t>
+          <t>Vampir Günlükleri Avcılar Vol. 3: Kaderin Yükselişi</t>
         </is>
       </c>
       <c r="C2201" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2202" spans="1:3">
       <c r="A2202" s="1" t="inlineStr">
         <is>
-          <t>9786051423951</t>
+          <t>9786051426969</t>
         </is>
       </c>
       <c r="B2202" s="1" t="inlineStr">
         <is>
-          <t>Son Ejderha Günlükleri - Buz Ateşi</t>
+          <t>Kaplan Arayışı</t>
         </is>
       </c>
       <c r="C2202" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2203" spans="1:3">
       <c r="A2203" s="1" t="inlineStr">
         <is>
-          <t>9786051425283</t>
+          <t>9786051425498</t>
         </is>
       </c>
       <c r="B2203" s="1" t="inlineStr">
         <is>
-          <t>Morganville Vampirleri Kitap 13: Acı Kan</t>
+          <t>Gümüş Gölgeler</t>
         </is>
       </c>
       <c r="C2203" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="2204" spans="1:3">
       <c r="A2204" s="1" t="inlineStr">
         <is>
-          <t>9786051423852</t>
+          <t>9786051424750</t>
         </is>
       </c>
       <c r="B2204" s="1" t="inlineStr">
         <is>
-          <t>The Magic</t>
+          <t>Cariyenin Gelini Nurbanu</t>
         </is>
       </c>
       <c r="C2204" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2205" spans="1:3">
       <c r="A2205" s="1" t="inlineStr">
         <is>
-          <t>9786051423692</t>
+          <t>9786051423425</t>
         </is>
       </c>
       <c r="B2205" s="1" t="inlineStr">
         <is>
-          <t>Aslan Gözleri</t>
+          <t>Sarah Kay - Seni Seviyorum</t>
         </is>
       </c>
       <c r="C2205" s="1">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2206" spans="1:3">
       <c r="A2206" s="1" t="inlineStr">
         <is>
-          <t>9786054482979</t>
+          <t>9786051424781</t>
         </is>
       </c>
       <c r="B2206" s="1" t="inlineStr">
         <is>
-          <t>Ejder Yürek - Supernatural</t>
+          <t>Meraklı Şeker Alice Miranda Okulda</t>
         </is>
       </c>
       <c r="C2206" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2207" spans="1:3">
       <c r="A2207" s="1" t="inlineStr">
         <is>
-          <t>9786054377190</t>
+          <t>9786051423449</t>
         </is>
       </c>
       <c r="B2207" s="1" t="inlineStr">
         <is>
-          <t>Cadı Kanyonu - Supernatural</t>
+          <t>Sarah Kay Koleksiyonu - Güzel Bir Gün</t>
         </is>
       </c>
       <c r="C2207" s="1">
-        <v>225</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2208" spans="1:3">
       <c r="A2208" s="1" t="inlineStr">
         <is>
-          <t>9786051423807</t>
+          <t>9786051424569</t>
         </is>
       </c>
       <c r="B2208" s="1" t="inlineStr">
         <is>
-          <t>Korku (Ciltli)</t>
+          <t>Grace Kelly Biyografi</t>
         </is>
       </c>
       <c r="C2208" s="1">
-        <v>450</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2209" spans="1:3">
       <c r="A2209" s="1" t="inlineStr">
         <is>
-          <t>9786051423838</t>
+          <t>9786051424477</t>
         </is>
       </c>
       <c r="B2209" s="1" t="inlineStr">
         <is>
-          <t>Rumi’nin Bildiği Aşk</t>
+          <t>Kurşun</t>
         </is>
       </c>
       <c r="C2209" s="1">
-        <v>175</v>
+        <v>495</v>
       </c>
     </row>
     <row r="2210" spans="1:3">
       <c r="A2210" s="1" t="inlineStr">
         <is>
-          <t>9786051425344</t>
+          <t>9786051423432</t>
         </is>
       </c>
       <c r="B2210" s="1" t="inlineStr">
         <is>
-          <t>Biri Varmış Biri Yokmuş</t>
+          <t>Sarah Kay Bölüm 4 - Sevdiklerimin Albümü</t>
         </is>
       </c>
       <c r="C2210" s="1">
-        <v>195</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2211" spans="1:3">
       <c r="A2211" s="1" t="inlineStr">
         <is>
-          <t>9786051425337</t>
+          <t>9786054228720</t>
         </is>
       </c>
       <c r="B2211" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yüzünden</t>
+          <t>Üç Kalp</t>
         </is>
       </c>
       <c r="C2211" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2212" spans="1:3">
       <c r="A2212" s="1" t="inlineStr">
         <is>
-          <t>9786054228799</t>
+          <t>9786051424231</t>
         </is>
       </c>
       <c r="B2212" s="1" t="inlineStr">
         <is>
-          <t>Zincirlenmiş Narkissos</t>
+          <t>Patron Ölüsü</t>
         </is>
       </c>
       <c r="C2212" s="1">
-        <v>545</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2213" spans="1:3">
       <c r="A2213" s="1" t="inlineStr">
         <is>
-          <t>9786051422527</t>
+          <t>9786051422725</t>
         </is>
       </c>
       <c r="B2213" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları</t>
+          <t>Bzrk (Ciltli)</t>
         </is>
       </c>
       <c r="C2213" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="2214" spans="1:3">
       <c r="A2214" s="1" t="inlineStr">
         <is>
-          <t>9789944485043</t>
+          <t>9789758733439</t>
         </is>
       </c>
       <c r="B2214" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Ovalarda Tango</t>
+          <t>Büyünün Kuklası Son Hanedan Büyücüsü Üçlemesi - 1</t>
         </is>
       </c>
       <c r="C2214" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2215" spans="1:3">
       <c r="A2215" s="1" t="inlineStr">
         <is>
-          <t>9786051422305</t>
+          <t>9786054482290</t>
         </is>
       </c>
       <c r="B2215" s="1" t="inlineStr">
         <is>
-          <t>Yoksa Hayat Gençken Daha mı Zor?</t>
+          <t>Afacan 5’ler Çiftlikte</t>
         </is>
       </c>
       <c r="C2215" s="1">
-        <v>425</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2216" spans="1:3">
       <c r="A2216" s="1" t="inlineStr">
         <is>
-          <t>9786054228324</t>
+          <t>9786054560875</t>
         </is>
       </c>
       <c r="B2216" s="1" t="inlineStr">
         <is>
-          <t>Yoklar (Ciltli)</t>
+          <t>Adım Adım Hayata - Bir Genç Kızın Gizli Defteri 4</t>
         </is>
       </c>
       <c r="C2216" s="1">
-        <v>545</v>
+        <v>575</v>
       </c>
     </row>
     <row r="2217" spans="1:3">
       <c r="A2217" s="1" t="inlineStr">
         <is>
-          <t>9786054482177</t>
+          <t>9786050058000</t>
         </is>
       </c>
       <c r="B2217" s="1" t="inlineStr">
         <is>
-          <t>Yılın Ölüsü</t>
+          <t>Adada Macera</t>
         </is>
       </c>
       <c r="C2217" s="1">
-        <v>325</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2218" spans="1:3">
       <c r="A2218" s="1" t="inlineStr">
         <is>
-          <t>9789944485906</t>
+          <t>9786051423470</t>
         </is>
       </c>
       <c r="B2218" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Tehlike Sardunyaların Gazabı</t>
+          <t>Sarah Kay - Büyük Kitap</t>
         </is>
       </c>
       <c r="C2218" s="1">
-        <v>150</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2219" spans="1:3">
       <c r="A2219" s="1" t="inlineStr">
         <is>
-          <t>9786054482986</t>
+          <t>9786051424217</t>
         </is>
       </c>
       <c r="B2219" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak İçin Kaç</t>
+          <t>Vampir Akademisi Fim Özel Baskısı (Ciltli)</t>
         </is>
       </c>
       <c r="C2219" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="2220" spans="1:3">
       <c r="A2220" s="1" t="inlineStr">
         <is>
-          <t>9786054560943</t>
+          <t>9786051424354</t>
         </is>
       </c>
       <c r="B2220" s="1" t="inlineStr">
         <is>
-          <t>Yaş On Yedi</t>
+          <t>Fadik ve Kırmızı Bavul</t>
         </is>
       </c>
       <c r="C2220" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2221" spans="1:3">
       <c r="A2221" s="1" t="inlineStr">
         <is>
-          <t>9786051421025</t>
+          <t>9786054560769</t>
         </is>
       </c>
       <c r="B2221" s="1" t="inlineStr">
         <is>
-          <t>Yarım Elma Gönül Alma</t>
+          <t>The Secret Circle: Gizli Çember 1</t>
         </is>
       </c>
       <c r="C2221" s="1">
-        <v>265</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2222" spans="1:3">
       <c r="A2222" s="1" t="inlineStr">
         <is>
-          <t>9789944485524</t>
+          <t>9786050058369</t>
         </is>
       </c>
       <c r="B2222" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz!</t>
+          <t>Sahildeki Evimiz</t>
         </is>
       </c>
       <c r="C2222" s="1">
-        <v>225</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2223" spans="1:3">
       <c r="A2223" s="1" t="inlineStr">
         <is>
-          <t>9786054228225</t>
+          <t>9786054377282</t>
         </is>
       </c>
       <c r="B2223" s="1" t="inlineStr">
         <is>
-          <t>Yanık Tende Mayo İzi</t>
+          <t>Safiye</t>
         </is>
       </c>
       <c r="C2223" s="1">
-        <v>275</v>
+        <v>420</v>
       </c>
     </row>
     <row r="2224" spans="1:3">
       <c r="A2224" s="1" t="inlineStr">
         <is>
-          <t>9786054482740</t>
+          <t>9786051422480</t>
         </is>
       </c>
       <c r="B2224" s="1" t="inlineStr">
         <is>
-          <t>Yalanlar (Ciltli)</t>
+          <t>Doğru Erkeği Bulma Kılavuzu</t>
         </is>
       </c>
       <c r="C2224" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2225" spans="1:3">
       <c r="A2225" s="1" t="inlineStr">
         <is>
-          <t>9786050058390</t>
+          <t>9786051424071</t>
         </is>
       </c>
       <c r="B2225" s="1" t="inlineStr">
         <is>
-          <t>Yakışıklılar</t>
+          <t>Dilnişin</t>
         </is>
       </c>
       <c r="C2225" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2226" spans="1:3">
       <c r="A2226" s="1" t="inlineStr">
         <is>
-          <t>9786054560929</t>
+          <t>9786051423272</t>
         </is>
       </c>
       <c r="B2226" s="1" t="inlineStr">
         <is>
-          <t>Ya Sen Olmasaydın - Bir Genç Kızın Gizli Defteri 9</t>
+          <t>Mavi Büyü</t>
         </is>
       </c>
       <c r="C2226" s="1">
-        <v>235</v>
+        <v>495</v>
       </c>
     </row>
     <row r="2227" spans="1:3">
       <c r="A2227" s="1" t="inlineStr">
         <is>
-          <t>9786054377671</t>
+          <t>9789758733903</t>
         </is>
       </c>
       <c r="B2227" s="1" t="inlineStr">
         <is>
-          <t>Winx Club 3D Sihirli Macera - Filmin Kahramanlarıyla Birlikte Sen de Katıl Oyuna</t>
+          <t>Mavi Ay</t>
         </is>
       </c>
       <c r="C2227" s="1">
-        <v>245</v>
+        <v>525</v>
       </c>
     </row>
     <row r="2228" spans="1:3">
       <c r="A2228" s="1" t="inlineStr">
         <is>
-          <t>9786050058222</t>
+          <t>9786050058161</t>
         </is>
       </c>
       <c r="B2228" s="1" t="inlineStr">
         <is>
-          <t>Vişne Seksi Şey</t>
+          <t>Marzipan’ın Yükselişi</t>
         </is>
       </c>
       <c r="C2228" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2229" spans="1:3">
       <c r="A2229" s="1" t="inlineStr">
         <is>
-          <t>9786051423227</t>
+          <t>9786051424118</t>
         </is>
       </c>
       <c r="B2229" s="1" t="inlineStr">
         <is>
-          <t>Vintage Bir Aşk</t>
+          <t>Dokuzun Yükselişi</t>
         </is>
       </c>
       <c r="C2229" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2230" spans="1:3">
       <c r="A2230" s="1" t="inlineStr">
         <is>
-          <t>9789758733774</t>
+          <t>9786054228034</t>
         </is>
       </c>
       <c r="B2230" s="1" t="inlineStr">
         <is>
-          <t>Ve Yağmur Düştü</t>
+          <t>Vampir Akademisi 1 -Gerçek Dost Ölümsüz Düşmandan Korur</t>
         </is>
       </c>
       <c r="C2230" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="2231" spans="1:3">
       <c r="A2231" s="1" t="inlineStr">
         <is>
-          <t>9786054228942</t>
+          <t>9786050058420</t>
         </is>
       </c>
       <c r="B2231" s="1" t="inlineStr">
         <is>
-          <t>Vampir Günlükleri: Öfke ve Karanlık Buluşma</t>
+          <t>Vadide Macera</t>
         </is>
       </c>
       <c r="C2231" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2232" spans="1:3">
       <c r="A2232" s="1" t="inlineStr">
         <is>
-          <t>9786054377152</t>
+          <t>9786051424040</t>
         </is>
       </c>
       <c r="B2232" s="1" t="inlineStr">
         <is>
-          <t>Vampir Günlükleri - Dönüş: Çöken Karanlık</t>
+          <t>Eva Braun</t>
         </is>
       </c>
       <c r="C2232" s="1">
-        <v>365</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2233" spans="1:3">
       <c r="A2233" s="1" t="inlineStr">
         <is>
-          <t>9786051420424</t>
+          <t>9786051422404</t>
         </is>
       </c>
       <c r="B2233" s="1" t="inlineStr">
         <is>
-          <t>Vampir Günlükleri - Avcılar Vol. 1: Fantom</t>
+          <t>Bale Ayakkabıları</t>
         </is>
       </c>
       <c r="C2233" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2234" spans="1:3">
       <c r="A2234" s="1" t="inlineStr">
         <is>
-          <t>9789758733798</t>
+          <t>9786054228737</t>
         </is>
       </c>
       <c r="B2234" s="1" t="inlineStr">
         <is>
-          <t>Üremek Aşkın Kusuru</t>
+          <t>Ölüm Bizi Kavuşturuncaya Kadar</t>
         </is>
       </c>
       <c r="C2234" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2235" spans="1:3">
       <c r="A2235" s="1" t="inlineStr">
         <is>
-          <t>3990000027876</t>
+          <t>9786054228782</t>
         </is>
       </c>
       <c r="B2235" s="1" t="inlineStr">
         <is>
-          <t>Uykudan Önce Masalları (Ciltli)</t>
+          <t>Ölüm Bizi Ayırıncaya Kadar</t>
         </is>
       </c>
       <c r="C2235" s="1">
-        <v>18.52</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2236" spans="1:3">
       <c r="A2236" s="1" t="inlineStr">
         <is>
-          <t>9786050058918</t>
+          <t>9786051422664</t>
         </is>
       </c>
       <c r="B2236" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz</t>
+          <t>Kelebeğin Gücü - Şans Avcıları 5</t>
         </is>
       </c>
       <c r="C2236" s="1">
-        <v>225</v>
+        <v>95</v>
       </c>
     </row>
     <row r="2237" spans="1:3">
       <c r="A2237" s="1" t="inlineStr">
         <is>
-          <t>9786050058062</t>
+          <t>9786051423999</t>
         </is>
       </c>
       <c r="B2237" s="1" t="inlineStr">
         <is>
-          <t>Umarsız</t>
+          <t>Kayıp Lord</t>
         </is>
       </c>
       <c r="C2237" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2238" spans="1:3">
       <c r="A2238" s="1" t="inlineStr">
         <is>
-          <t>9786050058574</t>
+          <t>9786050058543</t>
         </is>
       </c>
       <c r="B2238" s="1" t="inlineStr">
         <is>
-          <t>Uğursuz</t>
+          <t>Denizde Macera</t>
         </is>
       </c>
       <c r="C2238" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2239" spans="1:3">
       <c r="A2239" s="1" t="inlineStr">
         <is>
-          <t>9786051420127</t>
+          <t>9789758733637</t>
         </is>
       </c>
       <c r="B2239" s="1" t="inlineStr">
         <is>
-          <t>Ucubikler Firarda 3. Kitap</t>
+          <t>Dedikoducu Kız (Gossip Girl)</t>
         </is>
       </c>
       <c r="C2239" s="1">
-        <v>165</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2240" spans="1:3">
       <c r="A2240" s="1" t="inlineStr">
         <is>
-          <t>9786051420110</t>
+          <t>9786054560974</t>
         </is>
       </c>
       <c r="B2240" s="1" t="inlineStr">
         <is>
-          <t>Ucubikler Anaokulu 2. Kitap</t>
+          <t>Mayanın Günlüğü - İşte Benim Ailem</t>
         </is>
       </c>
       <c r="C2240" s="1">
-        <v>165</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2241" spans="1:3">
       <c r="A2241" s="1" t="inlineStr">
         <is>
-          <t>9786051420103</t>
+          <t>9786054560950</t>
         </is>
       </c>
       <c r="B2241" s="1" t="inlineStr">
         <is>
-          <t>Ucubikler 1 - Komşular</t>
+          <t>Mayanın Günlüğü - Haydi Tanışalım</t>
         </is>
       </c>
       <c r="C2241" s="1">
-        <v>165</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2242" spans="1:3">
       <c r="A2242" s="1" t="inlineStr">
         <is>
-          <t>9786051422749</t>
+          <t>9786054482627</t>
         </is>
       </c>
       <c r="B2242" s="1" t="inlineStr">
         <is>
-          <t>Selindrella</t>
+          <t>Max Flash - Görev 4</t>
         </is>
       </c>
       <c r="C2242" s="1">
-        <v>175</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2243" spans="1:3">
       <c r="A2243" s="1" t="inlineStr">
         <is>
-          <t>9786054228805</t>
+          <t>9786054482610</t>
         </is>
       </c>
       <c r="B2243" s="1" t="inlineStr">
         <is>
-          <t>Selindrella</t>
+          <t>Max Flash - Görev 3</t>
         </is>
       </c>
       <c r="C2243" s="1">
-        <v>295</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2244" spans="1:3">
       <c r="A2244" s="1" t="inlineStr">
         <is>
-          <t>9786054482375</t>
+          <t>9786051423760</t>
         </is>
       </c>
       <c r="B2244" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Melekler</t>
+          <t>Sarah Kay Koleksiyon - Tatlı Kelimeler</t>
         </is>
       </c>
       <c r="C2244" s="1">
-        <v>295</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2245" spans="1:3">
       <c r="A2245" s="1" t="inlineStr">
         <is>
-          <t>9786054482665</t>
+          <t>9786051423821</t>
         </is>
       </c>
       <c r="B2245" s="1" t="inlineStr">
         <is>
-          <t>The Power (Ciltli)</t>
+          <t>Hoşca Kal</t>
         </is>
       </c>
       <c r="C2245" s="1">
-        <v>795</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2246" spans="1:3">
       <c r="A2246" s="1" t="inlineStr">
         <is>
-          <t>9789758733064</t>
+          <t>9786051423791</t>
         </is>
       </c>
       <c r="B2246" s="1" t="inlineStr">
         <is>
-          <t>Teknokrat Savaşı Maskeli Balo 2. Kitap</t>
+          <t>Fevkalade Tuhaf</t>
         </is>
       </c>
       <c r="C2246" s="1">
-        <v>165</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2247" spans="1:3">
       <c r="A2247" s="1" t="inlineStr">
         <is>
-          <t>9799758733124</t>
+          <t>9786051424002</t>
         </is>
       </c>
       <c r="B2247" s="1" t="inlineStr">
         <is>
-          <t>Teknokrat Savaşı 3. Kitap Kargaşa</t>
+          <t>Karanlık Işık</t>
         </is>
       </c>
       <c r="C2247" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2248" spans="1:3">
       <c r="A2248" s="1" t="inlineStr">
         <is>
-          <t>9789758733934</t>
+          <t>9786051423968</t>
         </is>
       </c>
       <c r="B2248" s="1" t="inlineStr">
         <is>
-          <t>Tek İstediğim Her Şey  - Dedikoducu Kız</t>
+          <t>Esrarengiz Çiçekler</t>
         </is>
       </c>
       <c r="C2248" s="1">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2249" spans="1:3">
       <c r="A2249" s="1" t="inlineStr">
         <is>
-          <t>9786054228591</t>
+          <t>9786051423982</t>
         </is>
       </c>
       <c r="B2249" s="1" t="inlineStr">
         <is>
-          <t>Tek Gecelik Aşk</t>
+          <t>Solak Leydi</t>
         </is>
       </c>
       <c r="C2249" s="1">
-        <v>295</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2250" spans="1:3">
       <c r="A2250" s="1" t="inlineStr">
         <is>
-          <t>9786054228980</t>
+          <t>9786051423951</t>
         </is>
       </c>
       <c r="B2250" s="1" t="inlineStr">
         <is>
-          <t>Tek Ayağı Mezarda</t>
+          <t>Son Ejderha Günlükleri - Buz Ateşi</t>
         </is>
       </c>
       <c r="C2250" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2251" spans="1:3">
       <c r="A2251" s="1" t="inlineStr">
         <is>
-          <t>9786054560578</t>
+          <t>9786051425283</t>
         </is>
       </c>
       <c r="B2251" s="1" t="inlineStr">
         <is>
-          <t>Taşyaratıklar 6 - Lunaparkta</t>
+          <t>Morganville Vampirleri Kitap 13: Acı Kan</t>
         </is>
       </c>
       <c r="C2251" s="1">
-        <v>165</v>
+        <v>425</v>
       </c>
     </row>
     <row r="2252" spans="1:3">
       <c r="A2252" s="1" t="inlineStr">
         <is>
-          <t>9786054560936</t>
+          <t>9786051423852</t>
         </is>
       </c>
       <c r="B2252" s="1" t="inlineStr">
         <is>
-          <t>Taşlar Yerine Otururken - Bir Genç Kızın Gizli Defteri 10</t>
+          <t>The Magic</t>
         </is>
       </c>
       <c r="C2252" s="1">
-        <v>445</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2253" spans="1:3">
       <c r="A2253" s="1" t="inlineStr">
         <is>
-          <t>9786054560233</t>
+          <t>9786051423692</t>
         </is>
       </c>
       <c r="B2253" s="1" t="inlineStr">
         <is>
-          <t>Tarih Koruyucuları - Fırtına Başlıyor</t>
+          <t>Aslan Gözleri</t>
         </is>
       </c>
       <c r="C2253" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="2254" spans="1:3">
       <c r="A2254" s="1" t="inlineStr">
         <is>
-          <t>9786054482825</t>
+          <t>9786054482979</t>
         </is>
       </c>
       <c r="B2254" s="1" t="inlineStr">
         <is>
-          <t>Tapılası</t>
+          <t>Ejder Yürek - Supernatural</t>
         </is>
       </c>
       <c r="C2254" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="2255" spans="1:3">
       <c r="A2255" s="1" t="inlineStr">
         <is>
-          <t>9786054560899</t>
+          <t>9786054377190</t>
         </is>
       </c>
       <c r="B2255" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Düğün Zamanı - Bir Genç Kızın Gizli Defteri 6</t>
+          <t>Cadı Kanyonu - Supernatural</t>
         </is>
       </c>
       <c r="C2255" s="1">
-        <v>575</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2256" spans="1:3">
       <c r="A2256" s="1" t="inlineStr">
         <is>
-          <t>9786054377268</t>
+          <t>9786051423807</t>
         </is>
       </c>
       <c r="B2256" s="1" t="inlineStr">
         <is>
-          <t>Şeytani Düşler</t>
+          <t>Korku (Ciltli)</t>
         </is>
       </c>
       <c r="C2256" s="1">
-        <v>645</v>
+        <v>545</v>
       </c>
     </row>
     <row r="2257" spans="1:3">
       <c r="A2257" s="1" t="inlineStr">
         <is>
-          <t>9786054377107</t>
+          <t>9786051423838</t>
         </is>
       </c>
       <c r="B2257" s="1" t="inlineStr">
         <is>
-          <t>Şerefe Gizli Yediler</t>
+          <t>Rumi’nin Bildiği Aşk</t>
         </is>
       </c>
       <c r="C2257" s="1">
-        <v>245</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2258" spans="1:3">
       <c r="A2258" s="1" t="inlineStr">
         <is>
-          <t>9786054228171</t>
+          <t>9786051425344</t>
         </is>
       </c>
       <c r="B2258" s="1" t="inlineStr">
         <is>
-          <t>Şehir Ölüsü</t>
+          <t>Biri Varmış Biri Yokmuş</t>
         </is>
       </c>
       <c r="C2258" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2259" spans="1:3">
       <c r="A2259" s="1" t="inlineStr">
         <is>
-          <t>9786050058154</t>
+          <t>9786051425337</t>
         </is>
       </c>
       <c r="B2259" s="1" t="inlineStr">
         <is>
-          <t>Şatoda Macera</t>
+          <t>Aşk Yüzünden</t>
         </is>
       </c>
       <c r="C2259" s="1">
-        <v>235</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2260" spans="1:3">
       <c r="A2260" s="1" t="inlineStr">
         <is>
-          <t>9786054228508</t>
+          <t>9786054228799</t>
         </is>
       </c>
       <c r="B2260" s="1" t="inlineStr">
         <is>
-          <t>Şanslı</t>
+          <t>Zincirlenmiş Narkissos</t>
         </is>
       </c>
       <c r="C2260" s="1">
-        <v>225</v>
+        <v>645</v>
       </c>
     </row>
     <row r="2261" spans="1:3">
       <c r="A2261" s="1" t="inlineStr">
         <is>
-          <t>9786051420943</t>
+          <t>9786051422527</t>
         </is>
       </c>
       <c r="B2261" s="1" t="inlineStr">
         <is>
-          <t>Oğullar Savaşı - Supernatural</t>
+          <t>Zaman Yolcuları</t>
         </is>
       </c>
       <c r="C2261" s="1">
-        <v>225</v>
+        <v>415</v>
       </c>
     </row>
     <row r="2262" spans="1:3">
       <c r="A2262" s="1" t="inlineStr">
         <is>
-          <t>9786054482955</t>
+          <t>9789944485043</t>
         </is>
       </c>
       <c r="B2262" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Emanet - Supernatural</t>
+          <t>Yüksek Ovalarda Tango</t>
         </is>
       </c>
       <c r="C2262" s="1">
-        <v>195</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2263" spans="1:3">
       <c r="A2263" s="1" t="inlineStr">
         <is>
-          <t>9759758733326</t>
+          <t>9786051422305</t>
         </is>
       </c>
       <c r="B2263" s="1" t="inlineStr">
         <is>
-          <t>Suçlu Zevkler</t>
+          <t>Yoksa Hayat Gençken Daha mı Zor?</t>
         </is>
       </c>
       <c r="C2263" s="1">
-        <v>175</v>
+        <v>495</v>
       </c>
     </row>
     <row r="2264" spans="1:3">
       <c r="A2264" s="1" t="inlineStr">
         <is>
-          <t>9786054377534</t>
+          <t>9786054228324</t>
         </is>
       </c>
       <c r="B2264" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz</t>
+          <t>Yoklar (Ciltli)</t>
         </is>
       </c>
       <c r="C2264" s="1">
-        <v>235</v>
+        <v>655</v>
       </c>
     </row>
     <row r="2265" spans="1:3">
       <c r="A2265" s="1" t="inlineStr">
         <is>
-          <t>9786054377220</t>
+          <t>9786054482177</t>
         </is>
       </c>
       <c r="B2265" s="1" t="inlineStr">
         <is>
-          <t>Son Şarkı</t>
+          <t>Yılın Ölüsü</t>
         </is>
       </c>
       <c r="C2265" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2266" spans="1:3">
       <c r="A2266" s="1" t="inlineStr">
         <is>
-          <t>3990000031542</t>
+          <t>9789944485906</t>
         </is>
       </c>
       <c r="B2266" s="1" t="inlineStr">
         <is>
-          <t>Vampir Akademisi 6 : Son Fedakarlık</t>
+          <t>Yeşil Tehlike Sardunyaların Gazabı</t>
         </is>
       </c>
       <c r="C2266" s="1">
-        <v>23.15</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2267" spans="1:3">
       <c r="A2267" s="1" t="inlineStr">
         <is>
-          <t>9786054228362</t>
+          <t>9786054482986</t>
         </is>
       </c>
       <c r="B2267" s="1" t="inlineStr">
         <is>
-          <t>Sirkte Macera</t>
+          <t>Yaşamak İçin Kaç</t>
         </is>
       </c>
       <c r="C2267" s="1">
-        <v>235</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2268" spans="1:3">
       <c r="A2268" s="1" t="inlineStr">
         <is>
-          <t>9786054482818</t>
+          <t>9786054560943</t>
         </is>
       </c>
       <c r="B2268" s="1" t="inlineStr">
         <is>
-          <t>Sinsi</t>
+          <t>Yaş On Yedi</t>
         </is>
       </c>
       <c r="C2268" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2269" spans="1:3">
       <c r="A2269" s="1" t="inlineStr">
         <is>
-          <t>9786054228379</t>
+          <t>9786051421025</t>
         </is>
       </c>
       <c r="B2269" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Huzur Bahşettiği Shantaram</t>
+          <t>Yarım Elma Gönül Alma</t>
         </is>
       </c>
       <c r="C2269" s="1">
-        <v>545</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2270" spans="1:3">
       <c r="A2270" s="1" t="inlineStr">
         <is>
-          <t>9786054482771</t>
+          <t>9789944485524</t>
         </is>
       </c>
       <c r="B2270" s="1" t="inlineStr">
         <is>
-          <t>Sevgiliye 50 Büyü</t>
+          <t>Yaramaz!</t>
         </is>
       </c>
       <c r="C2270" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2271" spans="1:3">
       <c r="A2271" s="1" t="inlineStr">
         <is>
-          <t>9786054377640</t>
+          <t>9786054228225</t>
         </is>
       </c>
       <c r="B2271" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Bulmanın 50 Yolu</t>
+          <t>Yanık Tende Mayo İzi</t>
         </is>
       </c>
       <c r="C2271" s="1">
-        <v>295</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2272" spans="1:3">
       <c r="A2272" s="1" t="inlineStr">
         <is>
-          <t>9786054377824</t>
+          <t>9786054482740</t>
         </is>
       </c>
       <c r="B2272" s="1" t="inlineStr">
         <is>
-          <t>Seni Daima Seveceğim - Dedikoducu Kız</t>
+          <t>Yalanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C2272" s="1">
-        <v>325</v>
+        <v>475</v>
       </c>
     </row>
     <row r="2273" spans="1:3">
       <c r="A2273" s="1" t="inlineStr">
         <is>
-          <t>9786054228836</t>
+          <t>9786050058390</t>
         </is>
       </c>
       <c r="B2273" s="1" t="inlineStr">
         <is>
-          <t>Senede Bir Gün</t>
+          <t>Yakışıklılar</t>
         </is>
       </c>
       <c r="C2273" s="1">
-        <v>150</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2274" spans="1:3">
       <c r="A2274" s="1" t="inlineStr">
         <is>
-          <t>9786054228744</t>
+          <t>9786054560929</t>
         </is>
       </c>
       <c r="B2274" s="1" t="inlineStr">
         <is>
-          <t>Sen Uyurken</t>
+          <t>Ya Sen Olmasaydın - Bir Genç Kızın Gizli Defteri 9</t>
         </is>
       </c>
       <c r="C2274" s="1">
-        <v>149</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2275" spans="1:3">
       <c r="A2275" s="1" t="inlineStr">
         <is>
-          <t>9786054377480</t>
+          <t>9786054377671</t>
         </is>
       </c>
       <c r="B2275" s="1" t="inlineStr">
         <is>
-          <t>Selindrella Acilen Evlenmem Lazım</t>
+          <t>Winx Club 3D Sihirli Macera - Filmin Kahramanlarıyla Birlikte Sen de Katıl Oyuna</t>
         </is>
       </c>
       <c r="C2275" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="2276" spans="1:3">
       <c r="A2276" s="1" t="inlineStr">
         <is>
-          <t>9786054377848</t>
+          <t>9786050058222</t>
         </is>
       </c>
       <c r="B2276" s="1" t="inlineStr">
         <is>
-          <t>Satılık Aşk</t>
+          <t>Vişne Seksi Şey</t>
         </is>
       </c>
       <c r="C2276" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2277" spans="1:3">
       <c r="A2277" s="1" t="inlineStr">
         <is>
-          <t>9786054228492</t>
+          <t>9786051423227</t>
         </is>
       </c>
       <c r="B2277" s="1" t="inlineStr">
         <is>
-          <t>Sana Hiç Yalan Söyler miyim? - Dedikoducu Kız</t>
+          <t>Vintage Bir Aşk</t>
         </is>
       </c>
       <c r="C2277" s="1">
-        <v>225</v>
+        <v>390</v>
       </c>
     </row>
     <row r="2278" spans="1:3">
       <c r="A2278" s="1" t="inlineStr">
         <is>
-          <t>9786054377046</t>
+          <t>9789758733774</t>
         </is>
       </c>
       <c r="B2278" s="1" t="inlineStr">
         <is>
-          <t>Sakın Beni Unutma</t>
+          <t>Ve Yağmur Düştü</t>
         </is>
       </c>
       <c r="C2278" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2279" spans="1:3">
       <c r="A2279" s="1" t="inlineStr">
         <is>
-          <t>9786054228768</t>
+          <t>9786054228942</t>
         </is>
       </c>
       <c r="B2279" s="1" t="inlineStr">
         <is>
-          <t>Sahte Öpücük</t>
+          <t>Vampir Günlükleri: Öfke ve Karanlık Buluşma</t>
         </is>
       </c>
       <c r="C2279" s="1">
-        <v>120</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2280" spans="1:3">
       <c r="A2280" s="1" t="inlineStr">
         <is>
-          <t>9786051421179</t>
+          <t>9786054377152</t>
         </is>
       </c>
       <c r="B2280" s="1" t="inlineStr">
         <is>
-          <t>Sabah Pırıltıları</t>
+          <t>Vampir Günlükleri - Dönüş: Çöken Karanlık</t>
         </is>
       </c>
       <c r="C2280" s="1">
-        <v>235</v>
+        <v>445</v>
       </c>
     </row>
     <row r="2281" spans="1:3">
       <c r="A2281" s="1" t="inlineStr">
         <is>
-          <t>9786054377466</t>
+          <t>9786051420424</t>
         </is>
       </c>
       <c r="B2281" s="1" t="inlineStr">
         <is>
-          <t>Ruh Bağı</t>
+          <t>Vampir Günlükleri - Avcılar Vol. 1: Fantom</t>
         </is>
       </c>
       <c r="C2281" s="1">
-        <v>420</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2282" spans="1:3">
       <c r="A2282" s="1" t="inlineStr">
         <is>
-          <t>9789944485296</t>
+          <t>9789758733798</t>
         </is>
       </c>
       <c r="B2282" s="1" t="inlineStr">
         <is>
-          <t>Ruh Avcısı</t>
+          <t>Üremek Aşkın Kusuru</t>
         </is>
       </c>
       <c r="C2282" s="1">
-        <v>445</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2283" spans="1:3">
       <c r="A2283" s="1" t="inlineStr">
         <is>
-          <t>9786051422916</t>
+          <t>3990000027876</t>
         </is>
       </c>
       <c r="B2283" s="1" t="inlineStr">
         <is>
-          <t>Pumalar</t>
+          <t>Uykudan Önce Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C2283" s="1">
-        <v>195</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="2284" spans="1:3">
       <c r="A2284" s="1" t="inlineStr">
         <is>
-          <t>9786051420097</t>
+          <t>9786050058918</t>
         </is>
       </c>
       <c r="B2284" s="1" t="inlineStr">
         <is>
-          <t>Llyr Kalesi - Prydain Günlükleri Kitap 3</t>
+          <t>Unutulmaz</t>
         </is>
       </c>
       <c r="C2284" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2285" spans="1:3">
       <c r="A2285" s="1" t="inlineStr">
         <is>
-          <t>9786051420080</t>
+          <t>9786050058062</t>
         </is>
       </c>
       <c r="B2285" s="1" t="inlineStr">
         <is>
-          <t>Kara Kazan - Prydain Günlükleri Kitap 2</t>
+          <t>Umarsız</t>
         </is>
       </c>
       <c r="C2285" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2286" spans="1:3">
       <c r="A2286" s="1" t="inlineStr">
         <is>
-          <t>9786051420073</t>
+          <t>9786050058574</t>
         </is>
       </c>
       <c r="B2286" s="1" t="inlineStr">
         <is>
-          <t>Prydain Günlükleri Kitap 1 - Üçün Kitabı</t>
+          <t>Uğursuz</t>
         </is>
       </c>
       <c r="C2286" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2287" spans="1:3">
       <c r="A2287" s="1" t="inlineStr">
         <is>
-          <t>9786054377206</t>
+          <t>9786051420127</t>
         </is>
       </c>
       <c r="B2287" s="1" t="inlineStr">
         <is>
-          <t>Pozör 2. Kitap</t>
+          <t>Ucubikler Firarda 3. Kitap</t>
         </is>
       </c>
       <c r="C2287" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2288" spans="1:3">
       <c r="A2288" s="1" t="inlineStr">
         <is>
-          <t>9786054228416</t>
+          <t>9786051420110</t>
         </is>
       </c>
       <c r="B2288" s="1" t="inlineStr">
         <is>
-          <t>Pozör</t>
+          <t>Ucubikler Anaokulu 2. Kitap</t>
         </is>
       </c>
       <c r="C2288" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2289" spans="1:3">
       <c r="A2289" s="1" t="inlineStr">
         <is>
-          <t>9789758733811</t>
+          <t>9786051420103</t>
         </is>
       </c>
       <c r="B2289" s="1" t="inlineStr">
         <is>
-          <t>Politika Üçlü Bir Aşkın Romanı</t>
+          <t>Ucubikler 1 - Komşular</t>
         </is>
       </c>
       <c r="C2289" s="1">
-        <v>249</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2290" spans="1:3">
       <c r="A2290" s="1" t="inlineStr">
         <is>
-          <t>9786051420912</t>
+          <t>9786051422749</t>
         </is>
       </c>
       <c r="B2290" s="1" t="inlineStr">
         <is>
-          <t>Peri Ölüsü</t>
+          <t>Selindrella</t>
         </is>
       </c>
       <c r="C2290" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2291" spans="1:3">
       <c r="A2291" s="1" t="inlineStr">
         <is>
-          <t>9786054377794</t>
+          <t>9786054228805</t>
         </is>
       </c>
       <c r="B2291" s="1" t="inlineStr">
         <is>
-          <t>O, Sen Olmalıydın</t>
+          <t>Selindrella</t>
         </is>
       </c>
       <c r="C2291" s="1">
-        <v>325</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2292" spans="1:3">
       <c r="A2292" s="1" t="inlineStr">
         <is>
-          <t>9789944485463</t>
+          <t>9786054482375</t>
         </is>
       </c>
       <c r="B2292" s="1" t="inlineStr">
         <is>
-          <t>Nikah Yalanları</t>
+          <t>Tuhaf Melekler</t>
         </is>
       </c>
       <c r="C2292" s="1">
-        <v>195</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2293" spans="1:3">
       <c r="A2293" s="1" t="inlineStr">
         <is>
-          <t>9786054560592</t>
+          <t>9786054482665</t>
         </is>
       </c>
       <c r="B2293" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk - Nick Günlükleri 1. Kitap</t>
+          <t>The Power (Ciltli)</t>
         </is>
       </c>
       <c r="C2293" s="1">
-        <v>225</v>
+        <v>895</v>
       </c>
     </row>
     <row r="2294" spans="1:3">
       <c r="A2294" s="1" t="inlineStr">
         <is>
-          <t>9786054228843</t>
+          <t>9789758733064</t>
         </is>
       </c>
       <c r="B2294" s="1" t="inlineStr">
         <is>
-          <t>New York Masalı</t>
+          <t>Teknokrat Savaşı Maskeli Balo 2. Kitap</t>
         </is>
       </c>
       <c r="C2294" s="1">
-        <v>295</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2295" spans="1:3">
       <c r="A2295" s="1" t="inlineStr">
         <is>
-          <t>9786054377060</t>
+          <t>9799758733124</t>
         </is>
       </c>
       <c r="B2295" s="1" t="inlineStr">
         <is>
-          <t>Nehirde Macera</t>
+          <t>Teknokrat Savaşı 3. Kitap Kargaşa</t>
         </is>
       </c>
       <c r="C2295" s="1">
         <v>235</v>
       </c>
     </row>
     <row r="2296" spans="1:3">
       <c r="A2296" s="1" t="inlineStr">
         <is>
-          <t>9786050058482</t>
+          <t>9789758733934</t>
         </is>
       </c>
       <c r="B2296" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Ve Korkunç Güzel</t>
+          <t>Tek İstediğim Her Şey  - Dedikoducu Kız</t>
         </is>
       </c>
       <c r="C2296" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2297" spans="1:3">
       <c r="A2297" s="1" t="inlineStr">
         <is>
-          <t>9786054228751</t>
+          <t>9786054228591</t>
         </is>
       </c>
       <c r="B2297" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Biter</t>
+          <t>Tek Gecelik Aşk</t>
         </is>
       </c>
       <c r="C2297" s="1">
-        <v>95</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2298" spans="1:3">
       <c r="A2298" s="1" t="inlineStr">
         <is>
-          <t>9786051422121</t>
+          <t>9786054228980</t>
         </is>
       </c>
       <c r="B2298" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby (Ciltli)</t>
+          <t>Tek Ayağı Mezarda</t>
         </is>
       </c>
       <c r="C2298" s="1">
-        <v>305</v>
+        <v>390</v>
       </c>
     </row>
     <row r="2299" spans="1:3">
       <c r="A2299" s="1" t="inlineStr">
         <is>
-          <t>9786054377817</t>
+          <t>9786054560578</t>
         </is>
       </c>
       <c r="B2299" s="1" t="inlineStr">
         <is>
-          <t>Metres</t>
+          <t>Taşyaratıklar 6 - Lunaparkta</t>
         </is>
       </c>
       <c r="C2299" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2300" spans="1:3">
       <c r="A2300" s="1" t="inlineStr">
         <is>
-          <t>9786054560981</t>
+          <t>9786054560936</t>
         </is>
       </c>
       <c r="B2300" s="1" t="inlineStr">
         <is>
-          <t>Mayanın Günlüğü - Haydi Oyuna</t>
+          <t>Taşlar Yerine Otururken - Bir Genç Kızın Gizli Defteri 10</t>
         </is>
       </c>
       <c r="C2300" s="1">
-        <v>195</v>
+        <v>545</v>
       </c>
     </row>
     <row r="2301" spans="1:3">
       <c r="A2301" s="1" t="inlineStr">
         <is>
-          <t>9786054560967</t>
+          <t>9786054560233</t>
         </is>
       </c>
       <c r="B2301" s="1" t="inlineStr">
         <is>
-          <t>Mayanın Günlüğü - Güzel Bir Gün (Düz Yazı)</t>
+          <t>Tarih Koruyucuları - Fırtına Başlıyor</t>
         </is>
       </c>
       <c r="C2301" s="1">
-        <v>225</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2302" spans="1:3">
       <c r="A2302" s="1" t="inlineStr">
         <is>
-          <t>9786054482641</t>
+          <t>9786054482825</t>
         </is>
       </c>
       <c r="B2302" s="1" t="inlineStr">
         <is>
-          <t>Max Flash - Görev 6</t>
+          <t>Tapılası</t>
         </is>
       </c>
       <c r="C2302" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2303" spans="1:3">
       <c r="A2303" s="1" t="inlineStr">
         <is>
-          <t>9786054482603</t>
+          <t>9786054560899</t>
         </is>
       </c>
       <c r="B2303" s="1" t="inlineStr">
         <is>
-          <t>Max Flash - Görev 2</t>
+          <t>Şimdi Düğün Zamanı - Bir Genç Kızın Gizli Defteri 6</t>
         </is>
       </c>
       <c r="C2303" s="1">
-        <v>195</v>
+        <v>575</v>
       </c>
     </row>
     <row r="2304" spans="1:3">
       <c r="A2304" s="1" t="inlineStr">
         <is>
-          <t>9786054482597</t>
+          <t>9786054377268</t>
         </is>
       </c>
       <c r="B2304" s="1" t="inlineStr">
         <is>
-          <t>Max Flash - Görev 1</t>
+          <t>Şeytani Düşler</t>
         </is>
       </c>
       <c r="C2304" s="1">
-        <v>195</v>
+        <v>775</v>
       </c>
     </row>
     <row r="2305" spans="1:3">
       <c r="A2305" s="1" t="inlineStr">
         <is>
-          <t>9789758733248</t>
+          <t>9786054377107</t>
         </is>
       </c>
       <c r="B2305" s="1" t="inlineStr">
         <is>
-          <t>Mamut Avcıları Yeryüzü Çocukları 3</t>
+          <t>Şerefe Gizli Yediler</t>
         </is>
       </c>
       <c r="C2305" s="1">
-        <v>475</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2306" spans="1:3">
       <c r="A2306" s="1" t="inlineStr">
         <is>
-          <t>9786051422640</t>
+          <t>9786054228171</t>
         </is>
       </c>
       <c r="B2306" s="1" t="inlineStr">
         <is>
-          <t>Malory Kuleleri - 3. Dönem</t>
+          <t>Şehir Ölüsü</t>
         </is>
       </c>
       <c r="C2306" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2307" spans="1:3">
       <c r="A2307" s="1" t="inlineStr">
         <is>
-          <t>9786051422633</t>
+          <t>9786050058154</t>
         </is>
       </c>
       <c r="B2307" s="1" t="inlineStr">
         <is>
-          <t>Malory Kuleleri - 2. Dönem</t>
+          <t>Şatoda Macera</t>
         </is>
       </c>
       <c r="C2307" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="2308" spans="1:3">
       <c r="A2308" s="1" t="inlineStr">
         <is>
-          <t>9786051422626</t>
+          <t>9786054228508</t>
         </is>
       </c>
       <c r="B2308" s="1" t="inlineStr">
         <is>
-          <t>Malory Kuleleri - 1. Dönem</t>
+          <t>Şanslı</t>
         </is>
       </c>
       <c r="C2308" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="2309" spans="1:3">
       <c r="A2309" s="1" t="inlineStr">
         <is>
-          <t>9789944485678</t>
+          <t>9786051420943</t>
         </is>
       </c>
       <c r="B2309" s="1" t="inlineStr">
         <is>
-          <t>Ma-aile</t>
+          <t>Oğullar Savaşı - Supernatural</t>
         </is>
       </c>
       <c r="C2309" s="1">
-        <v>245</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2310" spans="1:3">
       <c r="A2310" s="1" t="inlineStr">
         <is>
-          <t>9786051421148</t>
+          <t>9786054482955</t>
         </is>
       </c>
       <c r="B2310" s="1" t="inlineStr">
         <is>
-          <t>Lütfen Beni Anla - Anne ve Babama Sevgilerimle</t>
+          <t>Lanetli Emanet - Supernatural</t>
         </is>
       </c>
       <c r="C2310" s="1">
-        <v>295</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2311" spans="1:3">
       <c r="A2311" s="1" t="inlineStr">
         <is>
-          <t>9786050058253</t>
+          <t>9759758733326</t>
         </is>
       </c>
       <c r="B2311" s="1" t="inlineStr">
         <is>
-          <t>Lüks</t>
+          <t>Suçlu Zevkler</t>
         </is>
       </c>
       <c r="C2311" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2312" spans="1:3">
       <c r="A2312" s="1" t="inlineStr">
         <is>
-          <t>9786054377275</t>
+          <t>9786054377534</t>
         </is>
       </c>
       <c r="B2312" s="1" t="inlineStr">
         <is>
-          <t>Leoparadam Micah</t>
+          <t>Sonsuz</t>
         </is>
       </c>
       <c r="C2312" s="1">
-        <v>235</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2313" spans="1:3">
       <c r="A2313" s="1" t="inlineStr">
         <is>
-          <t>9759758733401</t>
+          <t>9786054377220</t>
         </is>
       </c>
       <c r="B2313" s="1" t="inlineStr">
         <is>
-          <t>Lanetliler Sirki</t>
+          <t>Son Şarkı</t>
         </is>
       </c>
       <c r="C2313" s="1">
-        <v>345</v>
+        <v>390</v>
       </c>
     </row>
     <row r="2314" spans="1:3">
       <c r="A2314" s="1" t="inlineStr">
         <is>
-          <t>9786050058970</t>
+          <t>3990000031542</t>
         </is>
       </c>
       <c r="B2314" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Sevgili</t>
+          <t>Vampir Akademisi 6 : Son Fedakarlık</t>
         </is>
       </c>
       <c r="C2314" s="1">
-        <v>395</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="2315" spans="1:3">
       <c r="A2315" s="1" t="inlineStr">
         <is>
-          <t>9786054228447</t>
+          <t>9786054228362</t>
         </is>
       </c>
       <c r="B2315" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Sirkte Macera</t>
         </is>
       </c>
       <c r="C2315" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2316" spans="1:3">
       <c r="A2316" s="1" t="inlineStr">
         <is>
-          <t>9786050058109</t>
+          <t>9786054482818</t>
         </is>
       </c>
       <c r="B2316" s="1" t="inlineStr">
         <is>
-          <t>Kumari Gotham Tanrıçası</t>
+          <t>Sinsi</t>
         </is>
       </c>
       <c r="C2316" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2317" spans="1:3">
       <c r="A2317" s="1" t="inlineStr">
         <is>
-          <t>9786054228577</t>
+          <t>9786054228379</t>
         </is>
       </c>
       <c r="B2317" s="1" t="inlineStr">
         <is>
-          <t>Kulüp Ölüsü</t>
+          <t>Tanrı'nın Huzur Bahşettiği Shantaram</t>
         </is>
       </c>
       <c r="C2317" s="1">
-        <v>345</v>
+        <v>795</v>
       </c>
     </row>
     <row r="2318" spans="1:3">
       <c r="A2318" s="1" t="inlineStr">
         <is>
-          <t>9786051420004</t>
+          <t>9786054482771</t>
         </is>
       </c>
       <c r="B2318" s="1" t="inlineStr">
         <is>
-          <t>Kukla Ustası</t>
+          <t>Sevgiliye 50 Büyü</t>
         </is>
       </c>
       <c r="C2318" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2319" spans="1:3">
       <c r="A2319" s="1" t="inlineStr">
         <is>
-          <t>9786054560639</t>
+          <t>9786054377640</t>
         </is>
       </c>
       <c r="B2319" s="1" t="inlineStr">
         <is>
-          <t>Kötünün Ölüsü</t>
+          <t>Sevgili Bulmanın 50 Yolu</t>
         </is>
       </c>
       <c r="C2319" s="1">
-        <v>325</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2320" spans="1:3">
       <c r="A2320" s="1" t="inlineStr">
         <is>
-          <t>9786054482849</t>
+          <t>9786054377824</t>
         </is>
       </c>
       <c r="B2320" s="1" t="inlineStr">
         <is>
-          <t>Klasik</t>
+          <t>Seni Daima Seveceğim - Dedikoducu Kız</t>
         </is>
       </c>
       <c r="C2320" s="1">
-        <v>215</v>
+        <v>425</v>
       </c>
     </row>
     <row r="2321" spans="1:3">
       <c r="A2321" s="1" t="inlineStr">
         <is>
-          <t>9789944485999</t>
+          <t>9786054228836</t>
         </is>
       </c>
       <c r="B2321" s="1" t="inlineStr">
         <is>
-          <t>Kimse Daha İyisini Yapamaz - Dedikoducu Kız</t>
+          <t>Senede Bir Gün</t>
         </is>
       </c>
       <c r="C2321" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2322" spans="1:3">
       <c r="A2322" s="1" t="inlineStr">
         <is>
-          <t>9786054482726</t>
+          <t>9786054228744</t>
         </is>
       </c>
       <c r="B2322" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Sonsuzluk</t>
+          <t>Sen Uyurken</t>
         </is>
       </c>
       <c r="C2322" s="1">
-        <v>375</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2323" spans="1:3">
       <c r="A2323" s="1" t="inlineStr">
         <is>
-          <t>9786054377374</t>
+          <t>9786054377480</t>
         </is>
       </c>
       <c r="B2323" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalpler Nehri</t>
+          <t>Selindrella Acilen Evlenmem Lazım</t>
         </is>
       </c>
       <c r="C2323" s="1">
-        <v>225</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2324" spans="1:3">
       <c r="A2324" s="1" t="inlineStr">
         <is>
-          <t>9786054560868</t>
+          <t>9786054377848</t>
         </is>
       </c>
       <c r="B2324" s="1" t="inlineStr">
         <is>
-          <t>Kendi Ayakları Üstünde - Bir Genç Kızın Gizli Defteri 3</t>
+          <t>Satılık Aşk</t>
         </is>
       </c>
       <c r="C2324" s="1">
-        <v>475</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2325" spans="1:3">
       <c r="A2325" s="1" t="inlineStr">
         <is>
-          <t>9786054228218</t>
+          <t>9786054228492</t>
         </is>
       </c>
       <c r="B2325" s="1" t="inlineStr">
         <is>
-          <t>Kemikler Şehri</t>
+          <t>Sana Hiç Yalan Söyler miyim? - Dedikoducu Kız</t>
         </is>
       </c>
       <c r="C2325" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2326" spans="1:3">
       <c r="A2326" s="1" t="inlineStr">
         <is>
-          <t>9786054560349</t>
+          <t>9786054377046</t>
         </is>
       </c>
       <c r="B2326" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gül 2: Ölümsüz Kalp</t>
+          <t>Sakın Beni Unutma</t>
         </is>
       </c>
       <c r="C2326" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2327" spans="1:3">
       <c r="A2327" s="1" t="inlineStr">
         <is>
-          <t>9786054228140</t>
+          <t>9786054228768</t>
         </is>
       </c>
       <c r="B2327" s="1" t="inlineStr">
         <is>
-          <t>Karpuz</t>
+          <t>Sahte Öpücük</t>
         </is>
       </c>
       <c r="C2327" s="1">
-        <v>545</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2328" spans="1:3">
       <c r="A2328" s="1" t="inlineStr">
         <is>
-          <t>9786054377367</t>
+          <t>9786051421179</t>
         </is>
       </c>
       <c r="B2328" s="1" t="inlineStr">
         <is>
-          <t>Karmaşanın Efendisi Morganville Vampirleri Kitap 5</t>
+          <t>Sabah Pırıltıları</t>
         </is>
       </c>
       <c r="C2328" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="2329" spans="1:3">
       <c r="A2329" s="1" t="inlineStr">
         <is>
-          <t>9786051420523</t>
+          <t>9786054377466</t>
         </is>
       </c>
       <c r="B2329" s="1" t="inlineStr">
         <is>
-          <t>Karakozak Operasyonu</t>
+          <t>Ruh Bağı</t>
         </is>
       </c>
       <c r="C2329" s="1">
-        <v>195</v>
+        <v>495</v>
       </c>
     </row>
     <row r="2330" spans="1:3">
       <c r="A2330" s="1" t="inlineStr">
         <is>
-          <t>9786050058987</t>
+          <t>9789944485296</t>
         </is>
       </c>
       <c r="B2330" s="1" t="inlineStr">
         <is>
-          <t>Kankolikler</t>
+          <t>Ruh Avcısı</t>
         </is>
       </c>
       <c r="C2330" s="1">
-        <v>325</v>
+        <v>535</v>
       </c>
     </row>
     <row r="2331" spans="1:3">
       <c r="A2331" s="1" t="inlineStr">
         <is>
-          <t>9786054560226</t>
+          <t>9786051422916</t>
         </is>
       </c>
       <c r="B2331" s="1" t="inlineStr">
         <is>
-          <t>Kanbağı</t>
+          <t>Pumalar</t>
         </is>
       </c>
       <c r="C2331" s="1">
-        <v>450</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2332" spans="1:3">
       <c r="A2332" s="1" t="inlineStr">
         <is>
-          <t>9786050058871</t>
+          <t>9786051420097</t>
         </is>
       </c>
       <c r="B2332" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Tehlike ya da İblis’in Ziyareti</t>
+          <t>Llyr Kalesi - Prydain Günlükleri Kitap 3</t>
         </is>
       </c>
       <c r="C2332" s="1">
-        <v>195</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2333" spans="1:3">
       <c r="A2333" s="1" t="inlineStr">
         <is>
-          <t>9786054377350</t>
+          <t>9786051420080</t>
         </is>
       </c>
       <c r="B2333" s="1" t="inlineStr">
         <is>
-          <t>Kan Sözü</t>
+          <t>Kara Kazan - Prydain Günlükleri Kitap 2</t>
         </is>
       </c>
       <c r="C2333" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2334" spans="1:3">
       <c r="A2334" s="1" t="inlineStr">
         <is>
-          <t>9786051420509</t>
+          <t>9786051420073</t>
         </is>
       </c>
       <c r="B2334" s="1" t="inlineStr">
         <is>
-          <t>Kalın Kitap</t>
+          <t>Prydain Günlükleri Kitap 1 - Üçün Kitabı</t>
         </is>
       </c>
       <c r="C2334" s="1">
-        <v>245</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2335" spans="1:3">
       <c r="A2335" s="1" t="inlineStr">
         <is>
-          <t>9789758733835</t>
+          <t>9786054377206</t>
         </is>
       </c>
       <c r="B2335" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Tuvaleti</t>
+          <t>Pozör 2. Kitap</t>
         </is>
       </c>
       <c r="C2335" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2336" spans="1:3">
       <c r="A2336" s="1" t="inlineStr">
         <is>
-          <t>9786051422923</t>
+          <t>9786054228416</t>
         </is>
       </c>
       <c r="B2336" s="1" t="inlineStr">
         <is>
-          <t>Kader Kazası</t>
+          <t>Pozör</t>
         </is>
       </c>
       <c r="C2336" s="1">
-        <v>445</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2337" spans="1:3">
       <c r="A2337" s="1" t="inlineStr">
         <is>
-          <t>9786051422657</t>
+          <t>9789758733811</t>
         </is>
       </c>
       <c r="B2337" s="1" t="inlineStr">
         <is>
-          <t>Kadeh Efsanesi - Şans Avcıları 6</t>
+          <t>Politika Üçlü Bir Aşkın Romanı</t>
         </is>
       </c>
       <c r="C2337" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2338" spans="1:3">
       <c r="A2338" s="1" t="inlineStr">
         <is>
-          <t>9789758733446</t>
+          <t>9786051420912</t>
         </is>
       </c>
       <c r="B2338" s="1" t="inlineStr">
         <is>
-          <t>Kaçık Kafe Bir Anita Blake Vampir Avcısı Romanı</t>
+          <t>Peri Ölüsü</t>
         </is>
       </c>
       <c r="C2338" s="1">
-        <v>375</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2339" spans="1:3">
       <c r="A2339" s="1" t="inlineStr">
         <is>
-          <t>9786050058994</t>
+          <t>9786054377794</t>
         </is>
       </c>
       <c r="B2339" s="1" t="inlineStr">
         <is>
-          <t>Jülyet</t>
+          <t>O, Sen Olmalıydın</t>
         </is>
       </c>
       <c r="C2339" s="1">
-        <v>275</v>
+        <v>425</v>
       </c>
     </row>
     <row r="2340" spans="1:3">
       <c r="A2340" s="1" t="inlineStr">
         <is>
-          <t>9789758733057</t>
+          <t>9789944485463</t>
         </is>
       </c>
       <c r="B2340" s="1" t="inlineStr">
         <is>
-          <t>Jhereg Bir Vlad Taltos Macerası</t>
+          <t>Nikah Yalanları</t>
         </is>
       </c>
       <c r="C2340" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2341" spans="1:3">
       <c r="A2341" s="1" t="inlineStr">
         <is>
-          <t>9786054560615</t>
+          <t>9786054560592</t>
         </is>
       </c>
       <c r="B2341" s="1" t="inlineStr">
         <is>
-          <t>James Dean: Mutant Kral</t>
+          <t>Sonsuzluk - Nick Günlükleri 1. Kitap</t>
         </is>
       </c>
       <c r="C2341" s="1">
-        <v>395</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2342" spans="1:3">
       <c r="A2342" s="1" t="inlineStr">
         <is>
-          <t>9789944485753</t>
+          <t>9786054228843</t>
         </is>
       </c>
       <c r="B2342" s="1" t="inlineStr">
         <is>
-          <t>İyi Eşler</t>
+          <t>New York Masalı</t>
         </is>
       </c>
       <c r="C2342" s="1">
-        <v>325</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2343" spans="1:3">
       <c r="A2343" s="1" t="inlineStr">
         <is>
-          <t>9786054560882</t>
+          <t>9786054377060</t>
         </is>
       </c>
       <c r="B2343" s="1" t="inlineStr">
         <is>
-          <t>İşte Hayat - Bir Genç Kızın Gizli Defteri 5</t>
+          <t>Nehirde Macera</t>
         </is>
       </c>
       <c r="C2343" s="1">
-        <v>495</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2344" spans="1:3">
       <c r="A2344" s="1" t="inlineStr">
         <is>
-          <t>9789944485449</t>
+          <t>9786050058482</t>
         </is>
       </c>
       <c r="B2344" s="1" t="inlineStr">
         <is>
-          <t>İstediğim Sensin - Dedikoducu Kız</t>
+          <t>Müthiş Ve Korkunç Güzel</t>
         </is>
       </c>
       <c r="C2344" s="1">
-        <v>225</v>
+        <v>390</v>
       </c>
     </row>
     <row r="2345" spans="1:3">
       <c r="A2345" s="1" t="inlineStr">
         <is>
-          <t>9786050058123</t>
+          <t>9786054228751</t>
         </is>
       </c>
       <c r="B2345" s="1" t="inlineStr">
         <is>
-          <t>İkinci Şans</t>
+          <t>Mutluluk Biter</t>
         </is>
       </c>
       <c r="C2345" s="1">
-        <v>295</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2346" spans="1:3">
       <c r="A2346" s="1" t="inlineStr">
         <is>
-          <t>9786054560806</t>
+          <t>9786051422121</t>
         </is>
       </c>
       <c r="B2346" s="1" t="inlineStr">
         <is>
-          <t>Isırık Kulübü</t>
+          <t>Muhteşem Gatsby (Ciltli)</t>
         </is>
       </c>
       <c r="C2346" s="1">
-        <v>275</v>
+        <v>365</v>
       </c>
     </row>
     <row r="2347" spans="1:3">
       <c r="A2347" s="1" t="inlineStr">
         <is>
-          <t>9786050058352</t>
+          <t>9786054377817</t>
         </is>
       </c>
       <c r="B2347" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Bizi Bir Arada Tutamaz - Dedikoducu Kız</t>
+          <t>Metres</t>
         </is>
       </c>
       <c r="C2347" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2348" spans="1:3">
       <c r="A2348" s="1" t="inlineStr">
         <is>
-          <t>9786054482887</t>
+          <t>9786054560981</t>
         </is>
       </c>
       <c r="B2348" s="1" t="inlineStr">
         <is>
-          <t>Hepimizin Ölüsü</t>
+          <t>Mayanın Günlüğü - Haydi Oyuna</t>
         </is>
       </c>
       <c r="C2348" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2349" spans="1:3">
       <c r="A2349" s="1" t="inlineStr">
         <is>
-          <t>9786051422145</t>
+          <t>9786054560967</t>
         </is>
       </c>
       <c r="B2349" s="1" t="inlineStr">
         <is>
-          <t>Hep Seni Bekledim</t>
+          <t>Mayanın Günlüğü - Güzel Bir Gün (Düz Yazı)</t>
         </is>
       </c>
       <c r="C2349" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2350" spans="1:3">
       <c r="A2350" s="1" t="inlineStr">
         <is>
-          <t>9786051420349</t>
+          <t>9786054482641</t>
         </is>
       </c>
       <c r="B2350" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Aşkı</t>
+          <t>Max Flash - Görev 6</t>
         </is>
       </c>
       <c r="C2350" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2351" spans="1:3">
       <c r="A2351" s="1" t="inlineStr">
         <is>
-          <t>9786054560905</t>
+          <t>9786054482603</t>
         </is>
       </c>
       <c r="B2351" s="1" t="inlineStr">
         <is>
-          <t>Hayat Devam Ediyor - Bir Genç Kızın Gizli Defteri 7</t>
+          <t>Max Flash - Görev 2</t>
         </is>
       </c>
       <c r="C2351" s="1">
-        <v>395</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2352" spans="1:3">
       <c r="A2352" s="1" t="inlineStr">
         <is>
-          <t>9786054560257</t>
+          <t>9786054482597</t>
         </is>
       </c>
       <c r="B2352" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Şehir</t>
+          <t>Max Flash - Görev 1</t>
         </is>
       </c>
       <c r="C2352" s="1">
-        <v>275</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2353" spans="1:3">
       <c r="A2353" s="1" t="inlineStr">
         <is>
-          <t>9786054482801</t>
+          <t>9789758733248</t>
         </is>
       </c>
       <c r="B2353" s="1" t="inlineStr">
         <is>
-          <t>Harlequin Ölüm Cezası</t>
+          <t>Mamut Avcıları Yeryüzü Çocukları 3</t>
         </is>
       </c>
       <c r="C2353" s="1">
-        <v>465</v>
+        <v>570</v>
       </c>
     </row>
     <row r="2354" spans="1:3">
       <c r="A2354" s="1" t="inlineStr">
         <is>
-          <t>9786054560912</t>
+          <t>9786051422640</t>
         </is>
       </c>
       <c r="B2354" s="1" t="inlineStr">
         <is>
-          <t>Günler Akıp Giderken - Bir Genç Kızın Gizli Defteri 8</t>
+          <t>Malory Kuleleri - 3. Dönem</t>
         </is>
       </c>
       <c r="C2354" s="1">
-        <v>465</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2355" spans="1:3">
       <c r="A2355" s="1" t="inlineStr">
         <is>
-          <t>9786051420370</t>
+          <t>9786051422633</t>
         </is>
       </c>
       <c r="B2355" s="1" t="inlineStr">
         <is>
-          <t>Güneşin İmparatoru Fatih</t>
+          <t>Malory Kuleleri - 2. Dönem</t>
         </is>
       </c>
       <c r="C2355" s="1">
-        <v>475</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2356" spans="1:3">
       <c r="A2356" s="1" t="inlineStr">
         <is>
-          <t>9786050058864</t>
+          <t>9786051422626</t>
         </is>
       </c>
       <c r="B2356" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Ölüsü</t>
+          <t>Malory Kuleleri - 1. Dönem</t>
         </is>
       </c>
       <c r="C2356" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="2357" spans="1:3">
       <c r="A2357" s="1" t="inlineStr">
         <is>
-          <t>9786051422060</t>
+          <t>9789944485678</t>
         </is>
       </c>
       <c r="B2357" s="1" t="inlineStr">
         <is>
-          <t>Günah Pazarı</t>
+          <t>Ma-aile</t>
         </is>
       </c>
       <c r="C2357" s="1">
-        <v>505</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2358" spans="1:3">
       <c r="A2358" s="1" t="inlineStr">
         <is>
-          <t>9786050058628</t>
+          <t>9786051421148</t>
         </is>
       </c>
       <c r="B2358" s="1" t="inlineStr">
         <is>
-          <t>Gucci Kızları</t>
+          <t>Lütfen Beni Anla - Anne ve Babama Sevgilerimle</t>
         </is>
       </c>
       <c r="C2358" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2359" spans="1:3">
       <c r="A2359" s="1" t="inlineStr">
         <is>
-          <t>9786054377008</t>
+          <t>9786050058253</t>
         </is>
       </c>
       <c r="B2359" s="1" t="inlineStr">
         <is>
-          <t>Gölge Öpücük</t>
+          <t>Lüks</t>
         </is>
       </c>
       <c r="C2359" s="1">
-        <v>390</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2360" spans="1:3">
       <c r="A2360" s="1" t="inlineStr">
         <is>
-          <t>9786050058796</t>
+          <t>9786054377275</t>
         </is>
       </c>
       <c r="B2360" s="1" t="inlineStr">
         <is>
-          <t>Gölge Adam</t>
+          <t>Leoparadam Micah</t>
         </is>
       </c>
       <c r="C2360" s="1">
-        <v>175</v>
+        <v>285</v>
       </c>
     </row>
     <row r="2361" spans="1:3">
       <c r="A2361" s="1" t="inlineStr">
         <is>
-          <t>9786054377251</t>
+          <t>9759758733401</t>
         </is>
       </c>
       <c r="B2361" s="1" t="inlineStr">
         <is>
-          <t>Gökmavisi Günahlar</t>
+          <t>Lanetliler Sirki</t>
         </is>
       </c>
       <c r="C2361" s="1">
-        <v>485</v>
+        <v>425</v>
       </c>
     </row>
     <row r="2362" spans="1:3">
       <c r="A2362" s="1" t="inlineStr">
         <is>
-          <t>9786054377756</t>
+          <t>9786050058970</t>
         </is>
       </c>
       <c r="B2362" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yediler Şokta</t>
+          <t>Lanetli Sevgili</t>
         </is>
       </c>
       <c r="C2362" s="1">
-        <v>275</v>
+        <v>475</v>
       </c>
     </row>
     <row r="2363" spans="1:3">
       <c r="A2363" s="1" t="inlineStr">
         <is>
-          <t>9786054377114</t>
+          <t>9786054228447</t>
         </is>
       </c>
       <c r="B2363" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yediler Karmakarışık</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C2363" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2364" spans="1:3">
       <c r="A2364" s="1" t="inlineStr">
         <is>
-          <t>9786050058611</t>
+          <t>9786050058109</t>
         </is>
       </c>
       <c r="B2364" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yediler İz Peşinde</t>
+          <t>Kumari Gotham Tanrıçası</t>
         </is>
       </c>
       <c r="C2364" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="2365" spans="1:3">
       <c r="A2365" s="1" t="inlineStr">
         <is>
-          <t>9786054482245</t>
+          <t>9786054228577</t>
         </is>
       </c>
       <c r="B2365" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yediler İçin Eğlence</t>
+          <t>Kulüp Ölüsü</t>
         </is>
       </c>
       <c r="C2365" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2366" spans="1:3">
       <c r="A2366" s="1" t="inlineStr">
         <is>
-          <t>9786054377091</t>
+          <t>9786051420004</t>
         </is>
       </c>
       <c r="B2366" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yediler Esrarı</t>
+          <t>Kukla Ustası</t>
         </is>
       </c>
       <c r="C2366" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2367" spans="1:3">
       <c r="A2367" s="1" t="inlineStr">
         <is>
-          <t>9786054482238</t>
+          <t>9786054560639</t>
         </is>
       </c>
       <c r="B2367" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yediler Dikkat</t>
+          <t>Kötünün Ölüsü</t>
         </is>
       </c>
       <c r="C2367" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2368" spans="1:3">
       <c r="A2368" s="1" t="inlineStr">
         <is>
-          <t>9786050058895</t>
+          <t>9786054482849</t>
         </is>
       </c>
       <c r="B2368" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yediler Aynen Devam</t>
+          <t>Klasik</t>
         </is>
       </c>
       <c r="C2368" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="2369" spans="1:3">
       <c r="A2369" s="1" t="inlineStr">
         <is>
-          <t>9786050058017</t>
+          <t>9789944485999</t>
         </is>
       </c>
       <c r="B2369" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yediler</t>
+          <t>Kimse Daha İyisini Yapamaz - Dedikoducu Kız</t>
         </is>
       </c>
       <c r="C2369" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2370" spans="1:3">
       <c r="A2370" s="1" t="inlineStr">
         <is>
-          <t>9786054482191</t>
+          <t>9786054482726</t>
         </is>
       </c>
       <c r="B2370" s="1" t="inlineStr">
         <is>
-          <t>Gizli Gelin</t>
+          <t>Kırılgan Sonsuzluk</t>
         </is>
       </c>
       <c r="C2370" s="1">
-        <v>245</v>
+        <v>445</v>
       </c>
     </row>
     <row r="2371" spans="1:3">
       <c r="A2371" s="1" t="inlineStr">
         <is>
-          <t>9786051420691</t>
+          <t>9786054377374</t>
         </is>
       </c>
       <c r="B2371" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Oyuncu</t>
+          <t>Kırık Kalpler Nehri</t>
         </is>
       </c>
       <c r="C2371" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2372" spans="1:3">
       <c r="A2372" s="1" t="inlineStr">
         <is>
-          <t>9786054228041</t>
+          <t>9786054560868</t>
         </is>
       </c>
       <c r="B2372" s="1" t="inlineStr">
         <is>
-          <t>Gemide Macera</t>
+          <t>Kendi Ayakları Üstünde - Bir Genç Kızın Gizli Defteri 3</t>
         </is>
       </c>
       <c r="C2372" s="1">
-        <v>235</v>
+        <v>545</v>
       </c>
     </row>
     <row r="2373" spans="1:3">
       <c r="A2373" s="1" t="inlineStr">
         <is>
-          <t>9786051420035</t>
+          <t>9786054228218</t>
         </is>
       </c>
       <c r="B2373" s="1" t="inlineStr">
         <is>
-          <t>Gelinler ve Nedimeler</t>
+          <t>Kemikler Şehri</t>
         </is>
       </c>
       <c r="C2373" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="2374" spans="1:3">
       <c r="A2374" s="1" t="inlineStr">
         <is>
-          <t>9789944485616</t>
+          <t>9786054560349</t>
         </is>
       </c>
       <c r="B2374" s="1" t="inlineStr">
         <is>
-          <t>Gelin Dalgası</t>
+          <t>Kayıp Gül 2: Ölümsüz Kalp</t>
         </is>
       </c>
       <c r="C2374" s="1">
-        <v>195</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2375" spans="1:3">
       <c r="A2375" s="1" t="inlineStr">
         <is>
-          <t>9786054377077</t>
+          <t>9786054228140</t>
         </is>
       </c>
       <c r="B2375" s="1" t="inlineStr">
         <is>
-          <t>Geceyarısı Çıkmazı</t>
+          <t>Karpuz</t>
         </is>
       </c>
       <c r="C2375" s="1">
-        <v>275</v>
+        <v>645</v>
       </c>
     </row>
     <row r="2376" spans="1:3">
       <c r="A2376" s="1" t="inlineStr">
         <is>
-          <t>9786054228706</t>
+          <t>9786054377367</t>
         </is>
       </c>
       <c r="B2376" s="1" t="inlineStr">
         <is>
-          <t>Gecelik Gelin</t>
+          <t>Karmaşanın Efendisi Morganville Vampirleri Kitap 5</t>
         </is>
       </c>
       <c r="C2376" s="1">
-        <v>149</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2377" spans="1:3">
       <c r="A2377" s="1" t="inlineStr">
         <is>
-          <t>9786054560653</t>
+          <t>9786051420523</t>
         </is>
       </c>
       <c r="B2377" s="1" t="inlineStr">
         <is>
-          <t>Gececiler - Mavi Öğlen</t>
+          <t>Karakozak Operasyonu</t>
         </is>
       </c>
       <c r="C2377" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2378" spans="1:3">
       <c r="A2378" s="1" t="inlineStr">
         <is>
-          <t>9786051422534</t>
+          <t>9786050058987</t>
         </is>
       </c>
       <c r="B2378" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Yolu - Gece Meleği Üçlemesi 1</t>
+          <t>Kankolikler</t>
         </is>
       </c>
       <c r="C2378" s="1">
-        <v>445</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2379" spans="1:3">
       <c r="A2379" s="1" t="inlineStr">
         <is>
-          <t>3990000027877</t>
+          <t>9786054560226</t>
         </is>
       </c>
       <c r="B2379" s="1" t="inlineStr">
         <is>
-          <t>Gece Masalları (Ciltli)</t>
+          <t>Kanbağı</t>
         </is>
       </c>
       <c r="C2379" s="1">
-        <v>18.52</v>
+        <v>575</v>
       </c>
     </row>
     <row r="2380" spans="1:3">
       <c r="A2380" s="1" t="inlineStr">
         <is>
-          <t>9786051429809</t>
+          <t>9786050058871</t>
         </is>
       </c>
       <c r="B2380" s="1" t="inlineStr">
         <is>
-          <t>Vampir Günlükleri Kurtuluş Vol 2: Konuşulmayan</t>
+          <t>Kanatlı Tehlike ya da İblis’in Ziyareti</t>
         </is>
       </c>
       <c r="C2380" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2381" spans="1:3">
       <c r="A2381" s="1" t="inlineStr">
         <is>
-          <t>9786051428840</t>
+          <t>9786054377350</t>
         </is>
       </c>
       <c r="B2381" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kurukafa - Işığın Ölümü (Ciltli)</t>
+          <t>Kan Sözü</t>
         </is>
       </c>
       <c r="C2381" s="1">
-        <v>545</v>
+        <v>495</v>
       </c>
     </row>
     <row r="2382" spans="1:3">
       <c r="A2382" s="1" t="inlineStr">
         <is>
-          <t>9786053045960</t>
+          <t>9786051420509</t>
         </is>
       </c>
       <c r="B2382" s="1" t="inlineStr">
         <is>
-          <t>Burcu ve Berk: Sanat - Sanatın Sınırsızlığında Yolculuk</t>
+          <t>Kalın Kitap</t>
         </is>
       </c>
       <c r="C2382" s="1">
-        <v>335</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2383" spans="1:3">
       <c r="A2383" s="1" t="inlineStr">
         <is>
-          <t>9786051429793</t>
+          <t>9789758733835</t>
         </is>
       </c>
       <c r="B2383" s="1" t="inlineStr">
         <is>
-          <t>Sessizler</t>
+          <t>Kadınlar Tuvaleti</t>
         </is>
       </c>
       <c r="C2383" s="1">
-        <v>390</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2384" spans="1:3">
       <c r="A2384" s="1" t="inlineStr">
         <is>
-          <t>9786051429557</t>
+          <t>9786051422923</t>
         </is>
       </c>
       <c r="B2384" s="1" t="inlineStr">
         <is>
-          <t>Tanrı ve Canavarların Düşleri</t>
+          <t>Kader Kazası</t>
         </is>
       </c>
       <c r="C2384" s="1">
-        <v>450</v>
+        <v>545</v>
       </c>
     </row>
     <row r="2385" spans="1:3">
       <c r="A2385" s="1" t="inlineStr">
         <is>
-          <t>9786051429366</t>
+          <t>9786051422657</t>
         </is>
       </c>
       <c r="B2385" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz İnsanlar</t>
+          <t>Kadeh Efsanesi - Şans Avcıları 6</t>
         </is>
       </c>
       <c r="C2385" s="1">
-        <v>425</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2386" spans="1:3">
       <c r="A2386" s="1" t="inlineStr">
         <is>
-          <t>9786051423623</t>
+          <t>9789758733446</t>
         </is>
       </c>
       <c r="B2386" s="1" t="inlineStr">
         <is>
-          <t>Kelebeklerin Koruyucu Azizi</t>
+          <t>Kaçık Kafe Bir Anita Blake Vampir Avcısı Romanı</t>
         </is>
       </c>
       <c r="C2386" s="1">
-        <v>235</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2387" spans="1:3">
       <c r="A2387" s="1" t="inlineStr">
         <is>
-          <t>9786051429533</t>
+          <t>9786050058994</t>
         </is>
       </c>
       <c r="B2387" s="1" t="inlineStr">
         <is>
-          <t>Büyük İkramiye</t>
+          <t>Jülyet</t>
         </is>
       </c>
       <c r="C2387" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2388" spans="1:3">
       <c r="A2388" s="1" t="inlineStr">
         <is>
-          <t>9786051429540</t>
+          <t>9789758733057</t>
         </is>
       </c>
       <c r="B2388" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yanılıyor</t>
+          <t>Jhereg Bir Vlad Taltos Macerası</t>
         </is>
       </c>
       <c r="C2388" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2389" spans="1:3">
       <c r="A2389" s="1" t="inlineStr">
         <is>
-          <t>9786051423883</t>
+          <t>9786054560615</t>
         </is>
       </c>
       <c r="B2389" s="1" t="inlineStr">
         <is>
-          <t>Yaz Bitmesin</t>
+          <t>James Dean: Mutant Kral</t>
         </is>
       </c>
       <c r="C2389" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="2390" spans="1:3">
       <c r="A2390" s="1" t="inlineStr">
         <is>
-          <t>9786051429427</t>
+          <t>9789944485753</t>
         </is>
       </c>
       <c r="B2390" s="1" t="inlineStr">
         <is>
-          <t>Yandaş</t>
+          <t>İyi Eşler</t>
         </is>
       </c>
       <c r="C2390" s="1">
-        <v>455</v>
+        <v>445</v>
       </c>
     </row>
     <row r="2391" spans="1:3">
       <c r="A2391" s="1" t="inlineStr">
         <is>
-          <t>9786051429304</t>
+          <t>9786054560882</t>
         </is>
       </c>
       <c r="B2391" s="1" t="inlineStr">
         <is>
-          <t>Dört Günlük Bir Aşk Hikayesi</t>
+          <t>İşte Hayat - Bir Genç Kızın Gizli Defteri 5</t>
         </is>
       </c>
       <c r="C2391" s="1">
-        <v>225</v>
+        <v>575</v>
       </c>
     </row>
     <row r="2392" spans="1:3">
       <c r="A2392" s="1" t="inlineStr">
         <is>
-          <t>9786051423845</t>
+          <t>9789944485449</t>
         </is>
       </c>
       <c r="B2392" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Dek Amber</t>
+          <t>İstediğim Sensin - Dedikoducu Kız</t>
         </is>
       </c>
       <c r="C2392" s="1">
-        <v>575</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2393" spans="1:3">
       <c r="A2393" s="1" t="inlineStr">
         <is>
-          <t>9786051423678</t>
+          <t>9786050058123</t>
         </is>
       </c>
       <c r="B2393" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hanımefendi Ajansı - New York</t>
+          <t>İkinci Şans</t>
         </is>
       </c>
       <c r="C2393" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2394" spans="1:3">
       <c r="A2394" s="1" t="inlineStr">
         <is>
-          <t>9786051422909</t>
+          <t>9786054560806</t>
         </is>
       </c>
       <c r="B2394" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hanımefendi Ajansı Erkeği Atma Eğit!</t>
+          <t>Isırık Kulübü</t>
         </is>
       </c>
       <c r="C2394" s="1">
-        <v>395</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2395" spans="1:3">
       <c r="A2395" s="1" t="inlineStr">
         <is>
-          <t>9786051423562</t>
+          <t>9786050058352</t>
         </is>
       </c>
       <c r="B2395" s="1" t="inlineStr">
         <is>
-          <t>Kasetten Canlı</t>
+          <t>Hiçbir Şey Bizi Bir Arada Tutamaz - Dedikoducu Kız</t>
         </is>
       </c>
       <c r="C2395" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2396" spans="1:3">
       <c r="A2396" s="1" t="inlineStr">
         <is>
-          <t>9786051423579</t>
+          <t>9786054482887</t>
         </is>
       </c>
       <c r="B2396" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Makineleri Üçüncü Kitap: Mekanik Prenses (Ciltli)</t>
+          <t>Hepimizin Ölüsü</t>
         </is>
       </c>
       <c r="C2396" s="1">
-        <v>485</v>
+        <v>425</v>
       </c>
     </row>
     <row r="2397" spans="1:3">
       <c r="A2397" s="1" t="inlineStr">
         <is>
-          <t>9786051423630</t>
+          <t>9786051422145</t>
         </is>
       </c>
       <c r="B2397" s="1" t="inlineStr">
         <is>
-          <t>Son Nefes</t>
+          <t>Hep Seni Bekledim</t>
         </is>
       </c>
       <c r="C2397" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2398" spans="1:3">
       <c r="A2398" s="1" t="inlineStr">
         <is>
-          <t>9786051423524</t>
+          <t>9786051420349</t>
         </is>
       </c>
       <c r="B2398" s="1" t="inlineStr">
         <is>
-          <t>Susuzluk ve Tören</t>
+          <t>Hayatımın Aşkı</t>
         </is>
       </c>
       <c r="C2398" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2399" spans="1:3">
       <c r="A2399" s="1" t="inlineStr">
         <is>
+          <t>9786054560905</t>
+        </is>
+      </c>
+      <c r="B2399" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Devam Ediyor - Bir Genç Kızın Gizli Defteri 7</t>
+        </is>
+      </c>
+      <c r="C2399" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="2400" spans="1:3">
+      <c r="A2400" s="1" t="inlineStr">
+        <is>
+          <t>9786054560257</t>
+        </is>
+      </c>
+      <c r="B2400" s="1" t="inlineStr">
+        <is>
+          <t>Hayalet Şehir</t>
+        </is>
+      </c>
+      <c r="C2400" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="2401" spans="1:3">
+      <c r="A2401" s="1" t="inlineStr">
+        <is>
+          <t>9786054482801</t>
+        </is>
+      </c>
+      <c r="B2401" s="1" t="inlineStr">
+        <is>
+          <t>Harlequin Ölüm Cezası</t>
+        </is>
+      </c>
+      <c r="C2401" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="2402" spans="1:3">
+      <c r="A2402" s="1" t="inlineStr">
+        <is>
+          <t>9786054560912</t>
+        </is>
+      </c>
+      <c r="B2402" s="1" t="inlineStr">
+        <is>
+          <t>Günler Akıp Giderken - Bir Genç Kızın Gizli Defteri 8</t>
+        </is>
+      </c>
+      <c r="C2402" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="2403" spans="1:3">
+      <c r="A2403" s="1" t="inlineStr">
+        <is>
+          <t>9786051420370</t>
+        </is>
+      </c>
+      <c r="B2403" s="1" t="inlineStr">
+        <is>
+          <t>Güneşin İmparatoru Fatih</t>
+        </is>
+      </c>
+      <c r="C2403" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="2404" spans="1:3">
+      <c r="A2404" s="1" t="inlineStr">
+        <is>
+          <t>9786050058864</t>
+        </is>
+      </c>
+      <c r="B2404" s="1" t="inlineStr">
+        <is>
+          <t>Gündüz Ölüsü</t>
+        </is>
+      </c>
+      <c r="C2404" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="2405" spans="1:3">
+      <c r="A2405" s="1" t="inlineStr">
+        <is>
+          <t>9786051422060</t>
+        </is>
+      </c>
+      <c r="B2405" s="1" t="inlineStr">
+        <is>
+          <t>Günah Pazarı</t>
+        </is>
+      </c>
+      <c r="C2405" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="2406" spans="1:3">
+      <c r="A2406" s="1" t="inlineStr">
+        <is>
+          <t>9786050058628</t>
+        </is>
+      </c>
+      <c r="B2406" s="1" t="inlineStr">
+        <is>
+          <t>Gucci Kızları</t>
+        </is>
+      </c>
+      <c r="C2406" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="2407" spans="1:3">
+      <c r="A2407" s="1" t="inlineStr">
+        <is>
+          <t>9786054377008</t>
+        </is>
+      </c>
+      <c r="B2407" s="1" t="inlineStr">
+        <is>
+          <t>Gölge Öpücük</t>
+        </is>
+      </c>
+      <c r="C2407" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="2408" spans="1:3">
+      <c r="A2408" s="1" t="inlineStr">
+        <is>
+          <t>9786050058796</t>
+        </is>
+      </c>
+      <c r="B2408" s="1" t="inlineStr">
+        <is>
+          <t>Gölge Adam</t>
+        </is>
+      </c>
+      <c r="C2408" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2409" spans="1:3">
+      <c r="A2409" s="1" t="inlineStr">
+        <is>
+          <t>9786054377251</t>
+        </is>
+      </c>
+      <c r="B2409" s="1" t="inlineStr">
+        <is>
+          <t>Gökmavisi Günahlar</t>
+        </is>
+      </c>
+      <c r="C2409" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="2410" spans="1:3">
+      <c r="A2410" s="1" t="inlineStr">
+        <is>
+          <t>9786054377756</t>
+        </is>
+      </c>
+      <c r="B2410" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Yediler Şokta</t>
+        </is>
+      </c>
+      <c r="C2410" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2411" spans="1:3">
+      <c r="A2411" s="1" t="inlineStr">
+        <is>
+          <t>9786054377114</t>
+        </is>
+      </c>
+      <c r="B2411" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Yediler Karmakarışık</t>
+        </is>
+      </c>
+      <c r="C2411" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2412" spans="1:3">
+      <c r="A2412" s="1" t="inlineStr">
+        <is>
+          <t>9786050058611</t>
+        </is>
+      </c>
+      <c r="B2412" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Yediler İz Peşinde</t>
+        </is>
+      </c>
+      <c r="C2412" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2413" spans="1:3">
+      <c r="A2413" s="1" t="inlineStr">
+        <is>
+          <t>9786054482245</t>
+        </is>
+      </c>
+      <c r="B2413" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Yediler İçin Eğlence</t>
+        </is>
+      </c>
+      <c r="C2413" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2414" spans="1:3">
+      <c r="A2414" s="1" t="inlineStr">
+        <is>
+          <t>9786054377091</t>
+        </is>
+      </c>
+      <c r="B2414" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Yediler Esrarı</t>
+        </is>
+      </c>
+      <c r="C2414" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2415" spans="1:3">
+      <c r="A2415" s="1" t="inlineStr">
+        <is>
+          <t>9786054482238</t>
+        </is>
+      </c>
+      <c r="B2415" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Yediler Dikkat</t>
+        </is>
+      </c>
+      <c r="C2415" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2416" spans="1:3">
+      <c r="A2416" s="1" t="inlineStr">
+        <is>
+          <t>9786050058895</t>
+        </is>
+      </c>
+      <c r="B2416" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Yediler Aynen Devam</t>
+        </is>
+      </c>
+      <c r="C2416" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2417" spans="1:3">
+      <c r="A2417" s="1" t="inlineStr">
+        <is>
+          <t>9786050058017</t>
+        </is>
+      </c>
+      <c r="B2417" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Yediler</t>
+        </is>
+      </c>
+      <c r="C2417" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2418" spans="1:3">
+      <c r="A2418" s="1" t="inlineStr">
+        <is>
+          <t>9786054482191</t>
+        </is>
+      </c>
+      <c r="B2418" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Gelin</t>
+        </is>
+      </c>
+      <c r="C2418" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="2419" spans="1:3">
+      <c r="A2419" s="1" t="inlineStr">
+        <is>
+          <t>9786051420691</t>
+        </is>
+      </c>
+      <c r="B2419" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Oyuncu</t>
+        </is>
+      </c>
+      <c r="C2419" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="2420" spans="1:3">
+      <c r="A2420" s="1" t="inlineStr">
+        <is>
+          <t>9786054228041</t>
+        </is>
+      </c>
+      <c r="B2420" s="1" t="inlineStr">
+        <is>
+          <t>Gemide Macera</t>
+        </is>
+      </c>
+      <c r="C2420" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2421" spans="1:3">
+      <c r="A2421" s="1" t="inlineStr">
+        <is>
+          <t>9786051420035</t>
+        </is>
+      </c>
+      <c r="B2421" s="1" t="inlineStr">
+        <is>
+          <t>Gelinler ve Nedimeler</t>
+        </is>
+      </c>
+      <c r="C2421" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2422" spans="1:3">
+      <c r="A2422" s="1" t="inlineStr">
+        <is>
+          <t>9789944485616</t>
+        </is>
+      </c>
+      <c r="B2422" s="1" t="inlineStr">
+        <is>
+          <t>Gelin Dalgası</t>
+        </is>
+      </c>
+      <c r="C2422" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="2423" spans="1:3">
+      <c r="A2423" s="1" t="inlineStr">
+        <is>
+          <t>9786054377077</t>
+        </is>
+      </c>
+      <c r="B2423" s="1" t="inlineStr">
+        <is>
+          <t>Geceyarısı Çıkmazı</t>
+        </is>
+      </c>
+      <c r="C2423" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2424" spans="1:3">
+      <c r="A2424" s="1" t="inlineStr">
+        <is>
+          <t>9786054228706</t>
+        </is>
+      </c>
+      <c r="B2424" s="1" t="inlineStr">
+        <is>
+          <t>Gecelik Gelin</t>
+        </is>
+      </c>
+      <c r="C2424" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="2425" spans="1:3">
+      <c r="A2425" s="1" t="inlineStr">
+        <is>
+          <t>9786054560653</t>
+        </is>
+      </c>
+      <c r="B2425" s="1" t="inlineStr">
+        <is>
+          <t>Gececiler - Mavi Öğlen</t>
+        </is>
+      </c>
+      <c r="C2425" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="2426" spans="1:3">
+      <c r="A2426" s="1" t="inlineStr">
+        <is>
+          <t>9786051422534</t>
+        </is>
+      </c>
+      <c r="B2426" s="1" t="inlineStr">
+        <is>
+          <t>Gölgelerin Yolu - Gece Meleği Üçlemesi 1</t>
+        </is>
+      </c>
+      <c r="C2426" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="2427" spans="1:3">
+      <c r="A2427" s="1" t="inlineStr">
+        <is>
+          <t>3990000027877</t>
+        </is>
+      </c>
+      <c r="B2427" s="1" t="inlineStr">
+        <is>
+          <t>Gece Masalları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2427" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="2428" spans="1:3">
+      <c r="A2428" s="1" t="inlineStr">
+        <is>
+          <t>9786051429809</t>
+        </is>
+      </c>
+      <c r="B2428" s="1" t="inlineStr">
+        <is>
+          <t>Vampir Günlükleri Kurtuluş Vol 2: Konuşulmayan</t>
+        </is>
+      </c>
+      <c r="C2428" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="2429" spans="1:3">
+      <c r="A2429" s="1" t="inlineStr">
+        <is>
+          <t>9786051428840</t>
+        </is>
+      </c>
+      <c r="B2429" s="1" t="inlineStr">
+        <is>
+          <t>Dedektif Kurukafa - Işığın Ölümü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2429" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="2430" spans="1:3">
+      <c r="A2430" s="1" t="inlineStr">
+        <is>
+          <t>9786053045960</t>
+        </is>
+      </c>
+      <c r="B2430" s="1" t="inlineStr">
+        <is>
+          <t>Burcu ve Berk: Sanat - Sanatın Sınırsızlığında Yolculuk</t>
+        </is>
+      </c>
+      <c r="C2430" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2431" spans="1:3">
+      <c r="A2431" s="1" t="inlineStr">
+        <is>
+          <t>9786051429793</t>
+        </is>
+      </c>
+      <c r="B2431" s="1" t="inlineStr">
+        <is>
+          <t>Sessizler</t>
+        </is>
+      </c>
+      <c r="C2431" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="2432" spans="1:3">
+      <c r="A2432" s="1" t="inlineStr">
+        <is>
+          <t>9786051429557</t>
+        </is>
+      </c>
+      <c r="B2432" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı ve Canavarların Düşleri</t>
+        </is>
+      </c>
+      <c r="C2432" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="2433" spans="1:3">
+      <c r="A2433" s="1" t="inlineStr">
+        <is>
+          <t>9786051429366</t>
+        </is>
+      </c>
+      <c r="B2433" s="1" t="inlineStr">
+        <is>
+          <t>Kusursuz İnsanlar</t>
+        </is>
+      </c>
+      <c r="C2433" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="2434" spans="1:3">
+      <c r="A2434" s="1" t="inlineStr">
+        <is>
+          <t>9786051423623</t>
+        </is>
+      </c>
+      <c r="B2434" s="1" t="inlineStr">
+        <is>
+          <t>Kelebeklerin Koruyucu Azizi</t>
+        </is>
+      </c>
+      <c r="C2434" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="2435" spans="1:3">
+      <c r="A2435" s="1" t="inlineStr">
+        <is>
+          <t>9786051429533</t>
+        </is>
+      </c>
+      <c r="B2435" s="1" t="inlineStr">
+        <is>
+          <t>Büyük İkramiye</t>
+        </is>
+      </c>
+      <c r="C2435" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2436" spans="1:3">
+      <c r="A2436" s="1" t="inlineStr">
+        <is>
+          <t>9786051429540</t>
+        </is>
+      </c>
+      <c r="B2436" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Yanılıyor</t>
+        </is>
+      </c>
+      <c r="C2436" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2437" spans="1:3">
+      <c r="A2437" s="1" t="inlineStr">
+        <is>
+          <t>9786051423883</t>
+        </is>
+      </c>
+      <c r="B2437" s="1" t="inlineStr">
+        <is>
+          <t>Yaz Bitmesin</t>
+        </is>
+      </c>
+      <c r="C2437" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="2438" spans="1:3">
+      <c r="A2438" s="1" t="inlineStr">
+        <is>
+          <t>9786051429427</t>
+        </is>
+      </c>
+      <c r="B2438" s="1" t="inlineStr">
+        <is>
+          <t>Yandaş</t>
+        </is>
+      </c>
+      <c r="C2438" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="2439" spans="1:3">
+      <c r="A2439" s="1" t="inlineStr">
+        <is>
+          <t>9786051429304</t>
+        </is>
+      </c>
+      <c r="B2439" s="1" t="inlineStr">
+        <is>
+          <t>Dört Günlük Bir Aşk Hikayesi</t>
+        </is>
+      </c>
+      <c r="C2439" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2440" spans="1:3">
+      <c r="A2440" s="1" t="inlineStr">
+        <is>
+          <t>9786051423845</t>
+        </is>
+      </c>
+      <c r="B2440" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuza Dek Amber</t>
+        </is>
+      </c>
+      <c r="C2440" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="2441" spans="1:3">
+      <c r="A2441" s="1" t="inlineStr">
+        <is>
+          <t>9786051423678</t>
+        </is>
+      </c>
+      <c r="B2441" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Hanımefendi Ajansı - New York</t>
+        </is>
+      </c>
+      <c r="C2441" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="2442" spans="1:3">
+      <c r="A2442" s="1" t="inlineStr">
+        <is>
+          <t>9786051422909</t>
+        </is>
+      </c>
+      <c r="B2442" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Hanımefendi Ajansı Erkeği Atma Eğit!</t>
+        </is>
+      </c>
+      <c r="C2442" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="2443" spans="1:3">
+      <c r="A2443" s="1" t="inlineStr">
+        <is>
+          <t>9786051423562</t>
+        </is>
+      </c>
+      <c r="B2443" s="1" t="inlineStr">
+        <is>
+          <t>Kasetten Canlı</t>
+        </is>
+      </c>
+      <c r="C2443" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2444" spans="1:3">
+      <c r="A2444" s="1" t="inlineStr">
+        <is>
+          <t>9786051423579</t>
+        </is>
+      </c>
+      <c r="B2444" s="1" t="inlineStr">
+        <is>
+          <t>Cehennem Makineleri Üçüncü Kitap: Mekanik Prenses (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2444" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="2445" spans="1:3">
+      <c r="A2445" s="1" t="inlineStr">
+        <is>
+          <t>9786051423630</t>
+        </is>
+      </c>
+      <c r="B2445" s="1" t="inlineStr">
+        <is>
+          <t>Son Nefes</t>
+        </is>
+      </c>
+      <c r="C2445" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="2446" spans="1:3">
+      <c r="A2446" s="1" t="inlineStr">
+        <is>
+          <t>9786051423524</t>
+        </is>
+      </c>
+      <c r="B2446" s="1" t="inlineStr">
+        <is>
+          <t>Susuzluk ve Tören</t>
+        </is>
+      </c>
+      <c r="C2446" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2447" spans="1:3">
+      <c r="A2447" s="1" t="inlineStr">
+        <is>
           <t>9786051423265</t>
         </is>
       </c>
-      <c r="B2399" s="1" t="inlineStr">
+      <c r="B2447" s="1" t="inlineStr">
         <is>
           <t>Aile Ölüsü</t>
         </is>
       </c>
-      <c r="C2399" s="1">
-        <v>365</v>
+      <c r="C2447" s="1">
+        <v>445</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>