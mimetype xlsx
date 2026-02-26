--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,1255 +85,1480 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259531670</t>
+          <t>9789756959640</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Nilbar Güreş: Kadife Bakış</t>
+          <t>Haset, Husumet, Rezalet</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1250</v>
+        <v>145</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259531663</t>
+          <t>9786059606042</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Under Pressure Above Water</t>
+          <t>Jake ve Dinos Chapman: Anlamsızlık Aleminde / Jake and Dinos Chapman: In the Realm of the Senseless (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1000</v>
+        <v>180</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259531656</t>
+          <t>9789756959831</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Basınç Altında Suyun Üstünde</t>
+          <t>Aynadan İçeri/Through the Looking Glass</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1000</v>
+        <v>180</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259531649</t>
+          <t>9789751736680</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Franz Erhard Walther: Attempt To Be A Sculpture</t>
+          <t>Saklı Limandan Hikayeler - Yenikapı’nın Batıkları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1400</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259531632</t>
+          <t>9789756959589</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Franz Erhard Walther: Heykel Olma Teşebbüsü</t>
+          <t>Berlinde De Bruyckere : Yara - The Wound (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>1400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789756959411</t>
+          <t>9789756959534</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İkinci Sergi - Second Exhibition Kitap 1/2 (Ciltli)</t>
+          <t>Siyaha Özgürlük - Freedom To The Black</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789756959442</t>
+          <t>9789756959350</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İkinci Sergi Kitap 2/2</t>
+          <t>Osmanlı İmparatorluğu’nun Son Döneminden Kadın Giysileri</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789756959497</t>
+          <t>9789756959671</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Beni Bağrına Bas</t>
+          <t>Don't Forget to Remember / Hatirlamayı Unutma</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789756959503</t>
+          <t>9789756959770</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>5 Kişilik Bufet / 5 Person Bufet</t>
+          <t>Düşüşe Dair Bir Başka Hikaye Daha / Yet Another Story About the Fall</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789756959961</t>
+          <t>9789756959978</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bim Bam Bom Çarpınca Kalp / When the Heart Goes Bing Bam Boom (Ciltli)</t>
+          <t>Vertigo</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259531625</t>
+          <t>9789756959992</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>The Skin We Live In</t>
+          <t>Filtresiz Unfiltered (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>1500</v>
+        <v>105</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259531618</t>
+          <t>9786259658520</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İçinde Yaşadığımız Deri</t>
+          <t>Hera Büyüktaşcıyan: Phantom Quartet</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>1500</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057335586</t>
+          <t>9786259658513</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Maarria Wirkkala Karaya Çıkmak Yasaktır</t>
+          <t>Hera Büyüktaşcıyan: Hayalet Kuartet</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057335562</t>
+          <t>9786259658506</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Islak Zemin</t>
+          <t>I Need More Time</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>700</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057335555</t>
+          <t>9786259531694</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Suppose You Are Not (Ciltli)</t>
+          <t>Biraz Daha Zamana İhtiyacım Var</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>1500</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057335548</t>
+          <t>9786259531670</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Farz Et Ki Sen Yoksun</t>
+          <t>Nilbar Güreş: Kadife Bakış</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>1500</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057335524</t>
+          <t>9786259531663</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Nuri Kuzucan: Passage</t>
+          <t>Under Pressure Above Water</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057035448</t>
+          <t>9786259531656</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Arter: Sanat İçin Alan Yaratmak</t>
+          <t>Basınç Altında Suyun Üstünde</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257335531</t>
+          <t>9786259531649</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Nuri Kuzucan: Pasaj</t>
+          <t>Franz Erhard Walther: Attempt To Be A Sculpture</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>500</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056949098</t>
+          <t>9786259531632</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gökcisimleri Üzerine</t>
+          <t>Franz Erhard Walther: Heykel Olma Teşebbüsü</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056948947</t>
+          <t>9789756959411</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>What Time Is It?</t>
+          <t>İkinci Sergi - Second Exhibition Kitap 1/2 (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056948930</t>
+          <t>9789756959442</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Words Are Very Unnecessary</t>
+          <t>İkinci Sergi Kitap 2/2</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056948985</t>
+          <t>9789756959497</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Altan Gürman</t>
+          <t>Beni Bağrına Bas</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056949005</t>
+          <t>9789756959503</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İnci Furni: She Waited for a While</t>
+          <t>5 Kişilik Bufet / 5 Person Bufet</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056948978</t>
+          <t>9789756959961</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ayşe Erkmen: Whitish</t>
+          <t>Bim Bam Bom Çarpınca Kalp / When the Heart Goes Bing Bam Boom (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056948916</t>
+          <t>9786259531625</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sarkis: Çaylak Sokak</t>
+          <t>The Skin We Live In</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9783960984603</t>
+          <t>9786259531618</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>KP Brehmer: Art ≠ Propaganda</t>
+          <t>İçinde Yaşadığımız Deri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>500</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056949029</t>
+          <t>9786057335586</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Cevdet Erek: Bergama Stereotip</t>
+          <t>Maarria Wirkkala Karaya Çıkmak Yasaktır</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056949067</t>
+          <t>9786057335562</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Alev Ebüzziya Siesbye: Repetition</t>
+          <t>Islak Zemin</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056949081</t>
+          <t>9786057335555</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>On Celestial Bodies</t>
+          <t>Suppose You Are Not (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057035400</t>
+          <t>9786057335548</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>For Eyes That Listen</t>
+          <t>Farz Et Ki Sen Yoksun</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057035431</t>
+          <t>9786057335524</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Rainforest V (variation 3)</t>
+          <t>Nuri Kuzucan: Passage</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057035479</t>
+          <t>9786057035448</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Emre Hüner [ELEKTROİZOLASYON]: Unknown Parameter Extro-Record</t>
+          <t>Arter: Sanat İçin Alan Yaratmak</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057035455</t>
+          <t>9786257335531</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Re: [aap_2020]</t>
+          <t>Nuri Kuzucan: Pasaj</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057100801</t>
+          <t>9786056949098</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Candeğer Furtun</t>
+          <t>Gökcisimleri Üzerine</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057100894</t>
+          <t>9786056948947</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Canan Tolon: Loss</t>
+          <t>What Time Is It?</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057100832</t>
+          <t>9786056948930</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bill Fontana: Resounding Io</t>
+          <t>Words Are Very Unnecessary</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057100863</t>
+          <t>9786056948985</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Locus Solus</t>
+          <t>Altan Gürman</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057100887</t>
+          <t>9786056949005</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Doğu İpek: A Halo of Blackness Upon Our Heads</t>
+          <t>İnci Furni: She Waited for a While</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056948923</t>
+          <t>9786056948978</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Saat Kaç?</t>
+          <t>Ayşe Erkmen: Whitish</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786056948954</t>
+          <t>9786056948916</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Pek Gereksiz</t>
+          <t>Sarkis: Çaylak Sokak</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786056948961</t>
+          <t>9783960984603</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İnci Furni: Bir An İçin Durdu</t>
+          <t>KP Brehmer: Art ≠ Propaganda</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056949012</t>
+          <t>9786056949029</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ayşe Erkmen: Beyazımtırak</t>
+          <t>Cevdet Erek: Bergama Stereotip</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789756959367</t>
+          <t>9786056949067</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Starter</t>
+          <t>Alev Ebüzziya Siesbye: Repetition</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789756959565</t>
+          <t>9786056949081</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hala Buradasın - You Are Still Here</t>
+          <t>On Celestial Bodies</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789756959473</t>
+          <t>9786057035400</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Görünmezlik Taktikleri</t>
+          <t>For Eyes That Listen</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789756959596</t>
+          <t>9786057035431</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sophia Pompery : Şeylerin Sessiz Şekli - The Silent Shape of Things</t>
+          <t>Rainforest V (variation 3)</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789756959572</t>
+          <t>9786057035479</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sahne (Ciltli)</t>
+          <t>Emre Hüner [ELEKTROİZOLASYON]: Unknown Parameter Extro-Record</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789756959602</t>
+          <t>9786057035455</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hamle - The Move</t>
+          <t>Re: [aap_2020]</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786056948909</t>
+          <t>9786057100801</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sarkis: Çaylak Sokak</t>
+          <t>Candeğer Furtun</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786056949043</t>
+          <t>9786057100894</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>KP Brehmer: Sanat ≠ Propaganda</t>
+          <t>Canan Tolon: Loss</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786056949036</t>
+          <t>9786057100832</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Cevdet Erek: Bergama Stereotip</t>
+          <t>Bill Fontana: Resounding Io</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786056949050</t>
+          <t>9786057100863</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Alev Ebüzziya Siesbye: Tekerrür</t>
+          <t>Locus Solus</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786056949074</t>
+          <t>9786057100887</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Re: [aap_2019]</t>
+          <t>Ahmet Doğu İpek: A Halo of Blackness Upon Our Heads</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057035417</t>
+          <t>9786056948923</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dinleyen Gözler İçin</t>
+          <t>Saat Kaç?</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057035424</t>
+          <t>9786056948954</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Ormanı V (varyasyon 3)</t>
+          <t>Kelimeler Pek Gereksiz</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057035486</t>
+          <t>9786056948961</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Emre Hüner [ELEKTROİZOLASYON]: Bilinmeyen Parametre Kayıt-Dışı</t>
+          <t>İnci Furni: Bir An İçin Durdu</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057035462</t>
+          <t>9786056949012</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Re: [aap_2020]</t>
+          <t>Ayşe Erkmen: Beyazımtırak</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057100825</t>
+          <t>9789756959367</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Canan Tolon: Hasar</t>
+          <t>Starter</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057035493</t>
+          <t>9789756959565</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Candeğer Furtun</t>
+          <t>Hala Buradasın - You Are Still Here</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057100849</t>
+          <t>9789756959473</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bill Fontana: İo’nun Yeni Sesi</t>
+          <t>Görünmezlik Taktikleri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057100856</t>
+          <t>9789756959596</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Locus Solus</t>
+          <t>Sophia Pompery : Şeylerin Sessiz Şekli - The Silent Shape of Things</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057100870</t>
+          <t>9789756959572</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Doğu İpek: Başımızda Siyahtan Bir Hale</t>
+          <t>Sahne (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057335517</t>
+          <t>9789756959602</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Altan Gürman: Kartpostal Kitabı</t>
+          <t>Hamle - The Move</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789756959985</t>
+          <t>9786056948909</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Devridaim / Flow Through</t>
+          <t>Sarkis: Çaylak Sokak</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789756959947</t>
+          <t>9786056949043</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Spaceliner</t>
+          <t>KP Brehmer: Sanat ≠ Propaganda</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786056948992</t>
+          <t>9786056949036</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Altan Gürman (Ciltli)</t>
+          <t>Cevdet Erek: Bergama Stereotip</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059606134</t>
+          <t>9786056949050</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ada</t>
+          <t>Alev Ebüzziya Siesbye: Tekerrür</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059606141</t>
+          <t>9786056949074</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Boş Ev - Empty House</t>
+          <t>Re: [aap_2019]</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059606080</t>
+          <t>9786057035417</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Canan: Kaf Dağı'nın Ardında</t>
+          <t>Dinleyen Gözler İçin</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059606066</t>
+          <t>9786057035424</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Görme Biçimleri</t>
+          <t>Yağmur Ormanı V (varyasyon 3)</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789756959510</t>
+          <t>9786057035486</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Dramaturjileri / Mesopotamian Dramaturgies</t>
+          <t>Emre Hüner [ELEKTROİZOLASYON]: Bilinmeyen Parametre Kayıt-Dışı</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059606035</t>
+          <t>9786057035462</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler, Sayılar, Çizgiler / Words, Numbers, Lines</t>
+          <t>Re: [aap_2020]</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059606028</t>
+          <t>9786057100825</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kayıt Dışı / Off The Record</t>
+          <t>Canan Tolon: Hasar</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059606011</t>
+          <t>9786057035493</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Her Düşenin Kanadı Yoktur / Not All That Falls Has Wings</t>
+          <t>Candeğer Furtun</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789756959688</t>
+          <t>9786057100849</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Mat Collishaw: Hayalet Görüntü / Mat Collishaw: Afterimage</t>
+          <t>Bill Fontana: İo’nun Yeni Sesi</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756959756</t>
+          <t>9786057100856</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sarkis: Cage/Ryoanji Yorumu</t>
+          <t>Locus Solus</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789756959657</t>
+          <t>9786057100870</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Haset, Husumet, Rezalet 2/2</t>
+          <t>Ahmet Doğu İpek: Başımızda Siyahtan Bir Hale</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789756959800</t>
+          <t>9786057335517</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Aklın Uykusu / The Sleep of Reason</t>
+          <t>Altan Gürman: Kartpostal Kitabı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789756959909</t>
+          <t>9789756959985</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Göçebe Bakış: Güneydoğu Asya’dan Çağdaş Sanat / The Roving Eye: Contemporary Art from Southeast Asia</t>
+          <t>Devridaim / Flow Through</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
+          <t>9789756959947</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Spaceliner</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786056948992</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Altan Gürman (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786059606134</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Ada</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786059606141</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Boş Ev - Empty House</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786059606080</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Canan: Kaf Dağı'nın Ardında</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786059606066</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Görme Biçimleri</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9789756959510</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Mezopotamya Dramaturjileri / Mesopotamian Dramaturgies</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786059606035</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler, Sayılar, Çizgiler / Words, Numbers, Lines</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786059606028</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Kayıt Dışı / Off The Record</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786059606011</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Her Düşenin Kanadı Yoktur / Not All That Falls Has Wings</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9789756959688</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Mat Collishaw: Hayalet Görüntü / Mat Collishaw: Afterimage</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9789756959756</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Sarkis: Cage/Ryoanji Yorumu</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9789756959657</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Haset, Husumet, Rezalet 2/2</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9789756959800</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Aklın Uykusu / The Sleep of Reason</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789756959909</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Göçebe Bakış: Güneydoğu Asya’dan Çağdaş Sanat / The Roving Eye: Contemporary Art from Southeast Asia</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
           <t>9789756959930</t>
         </is>
       </c>
-      <c r="B82" s="1" t="inlineStr">
+      <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Zamancı/Timemaker</t>
         </is>
       </c>
-      <c r="C82" s="1">
+      <c r="C97" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>