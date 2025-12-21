--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,1705 +85,1735 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255631565</t>
+          <t>9786255631534</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Fikrimin Sanat Yolculuğu</t>
+          <t>Harflerin Fısıltısı</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256179305</t>
+          <t>9786255631923</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Gavur</t>
+          <t>Mazi'nin ve Ati'nin Peşinde</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255631459</t>
+          <t>9786255631565</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Maviye Sürgün</t>
+          <t>Fikrimin Sanat Yolculuğu</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255631541</t>
+          <t>9786256179305</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Munire</t>
+          <t>Gavur</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255631381</t>
+          <t>9786255631459</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Sesi</t>
+          <t>Maviye Sürgün</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255631374</t>
+          <t>9786255631541</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Zincirleri Kıranlar</t>
+          <t>Munire</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255631213</t>
+          <t>9786255631381</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Söyle O Dürzü Kocana</t>
+          <t>Kalbimin Sesi</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256179738</t>
+          <t>9786255631374</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Suskudaki Düş Evreni</t>
+          <t>Zincirleri Kıranlar</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255631220</t>
+          <t>9786255631213</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dante Verona'da</t>
+          <t>Söyle O Dürzü Kocana</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255631206</t>
+          <t>9786256179738</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mavera</t>
+          <t>Suskudaki Düş Evreni</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256731394</t>
+          <t>9786255631220</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Taksi Maceraları</t>
+          <t>Dante Verona'da</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255631114</t>
+          <t>9786255631206</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yaşarken Sırlandık</t>
+          <t>Mavera</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255631138</t>
+          <t>9786256731394</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Alev ve Kül</t>
+          <t>Taksi Maceraları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255631176</t>
+          <t>9786255631114</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sanat Söylemleri</t>
+          <t>Yaşarken Sırlandık</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256731134</t>
+          <t>9786255631138</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Senyör'ün Son Saati</t>
+          <t>Alev ve Kül</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255631091</t>
+          <t>9786255631176</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Nihan</t>
+          <t>Sanat Söylemleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255631190</t>
+          <t>9786256731134</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İçimde Bir Oda</t>
+          <t>Senyör'ün Son Saati</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255631145</t>
+          <t>9786255631091</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bohem Şairler Antolojisi</t>
+          <t>Nihan</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255631169</t>
+          <t>9786255631190</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Diyalektiği Mevsimsiz</t>
+          <t>İçimde Bir Oda</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256179899</t>
+          <t>9786255631145</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Kıyısında</t>
+          <t>Bohem Şairler Antolojisi</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256179837</t>
+          <t>9786255631169</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Askıda Sevgi</t>
+          <t>Aşkın Diyalektiği Mevsimsiz</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255631084</t>
+          <t>9786256179899</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Her Kalbin Bir Şifresi Vardır</t>
+          <t>Mutluluğun Kıyısında</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256179806</t>
+          <t>9786256179837</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Şiir Divanı Defteri</t>
+          <t>Askıda Sevgi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256731646</t>
+          <t>9786255631084</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 47. Sayı</t>
+          <t>Her Kalbin Bir Şifresi Vardır</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258053104</t>
+          <t>9786256179806</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 35. Sayı</t>
+          <t>Şiir Divanı Defteri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>25</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>3990000032927</t>
+          <t>9786256731646</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 21. Sayı</t>
+          <t>Papirüs 47. Sayı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>9.9</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>3990000032718</t>
+          <t>9786258053104</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 23. Sayı</t>
+          <t>Papirüs 35. Sayı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>9.9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055102685</t>
+          <t>3990000032927</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 13. Sayı</t>
+          <t>Papirüs 21. Sayı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>5.56</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789989879784</t>
+          <t>3990000032718</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 5. Sayı</t>
+          <t>Papirüs 23. Sayı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>4.63</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789898897497</t>
+          <t>9786055102685</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 6. Sayı</t>
+          <t>Papirüs 13. Sayı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>4.63</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055102166</t>
+          <t>9789989879784</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 9. Sayı</t>
+          <t>Papirüs 5. Sayı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>5.56</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>3990000032166</t>
+          <t>9789898897497</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 11. Sayı</t>
+          <t>Papirüs 6. Sayı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>5.56</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>3990000032165</t>
+          <t>9786055102166</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 12. Sayı</t>
+          <t>Papirüs 9. Sayı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>5.94</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>3990000031603</t>
+          <t>3990000032166</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 14. Sayı</t>
+          <t>Papirüs 11. Sayı</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>5.56</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>3990000032089</t>
+          <t>3990000032165</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 33. Sayı</t>
+          <t>Papirüs 12. Sayı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>20</v>
+        <v>5.94</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257063869</t>
+          <t>3990000031603</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 29. Sayı</t>
+          <t>Papirüs 14. Sayı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>20</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>3990000030274</t>
+          <t>3990000032089</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 34. Sayı</t>
+          <t>Papirüs 33. Sayı</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>3990000094587</t>
+          <t>9786257063869</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 28. Sayı</t>
+          <t>Papirüs 29. Sayı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257063289</t>
+          <t>3990000030274</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 26. Sayı</t>
+          <t>Papirüs 34. Sayı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>3990000094580</t>
+          <t>3990000094587</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 30. Sayı</t>
+          <t>Papirüs 28. Sayı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257655262</t>
+          <t>9786257063289</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 31. Sayı</t>
+          <t>Papirüs 26. Sayı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>3990000031987</t>
+          <t>3990000094580</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 32. Sayı</t>
+          <t>Papirüs 30. Sayı</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258053531</t>
+          <t>9786257655262</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 37. Sayı</t>
+          <t>Papirüs 31. Sayı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257655866</t>
+          <t>3990000031987</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 34. Sayı</t>
+          <t>Papirüs 32. Sayı</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>3990000083708</t>
+          <t>9786258053531</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 19. Sayı</t>
+          <t>Papirüs 37. Sayı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>3990000032918</t>
+          <t>9786257655866</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 22. Sayı</t>
+          <t>Papirüs 34. Sayı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>9.9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>3990000032082</t>
+          <t>3990000083708</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 15. Sayı</t>
+          <t>Papirüs 19. Sayı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>3990000040354</t>
+          <t>3990000032918</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 16. Sayı</t>
+          <t>Papirüs 22. Sayı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>5.56</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>3990000033802</t>
+          <t>3990000032082</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 18. Sayı</t>
+          <t>Papirüs 15. Sayı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>9.26</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>3990000038626</t>
+          <t>3990000040354</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 17. Sayı</t>
+          <t>Papirüs 16. Sayı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>9.26</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054600038</t>
+          <t>3990000033802</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 8. Sayı</t>
+          <t>Papirüs 18. Sayı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>3990000026751</t>
+          <t>3990000038626</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 3. Sayı</t>
+          <t>Papirüs 17. Sayı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>3995874582561</t>
+          <t>9786054600038</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 25. Sayı</t>
+          <t>Papirüs 8. Sayı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>3990000099718</t>
+          <t>3990000026751</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 24. Sayı</t>
+          <t>Papirüs 3. Sayı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>15</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257655408</t>
+          <t>3995874582561</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 32. Sayı</t>
+          <t>Papirüs 25. Sayı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055102227</t>
+          <t>3990000099718</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 10. Sayı</t>
+          <t>Papirüs 24. Sayı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>5.56</v>
+        <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789989879944</t>
+          <t>9786257655408</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 4. Sayı</t>
+          <t>Papirüs 32. Sayı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>4.63</v>
+        <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>3990000029279</t>
+          <t>9786055102227</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 2. Sayı</t>
+          <t>Papirüs 10. Sayı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>4.63</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789989878251</t>
+          <t>9789989879944</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 1. Sayı</t>
+          <t>Papirüs 4. Sayı</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789894793090</t>
+          <t>3990000029279</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Papirüs 2. Sayı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>5.84</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>3990000002000</t>
+          <t>9789989878251</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 27. Sayı</t>
+          <t>Papirüs 1. Sayı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>15</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256179950</t>
+          <t>9789894793090</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yanan İnsanlık</t>
+          <t>Papirüs 2. Sayı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>5.84</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256179882</t>
+          <t>3990000002000</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Fısıldayan Fotoğraflar</t>
+          <t>Papirüs 27. Sayı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256179707</t>
+          <t>9786256179950</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Gülbahar</t>
+          <t>Yanan İnsanlık</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256179851</t>
+          <t>9786256179882</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mükemmeli Ararken</t>
+          <t>Fısıldayan Fotoğraflar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256179721</t>
+          <t>9786256179707</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Benim Kralım</t>
+          <t>Gülbahar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256179813</t>
+          <t>9786256179851</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik Kitabı</t>
+          <t>Mükemmeli Ararken</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256179820</t>
+          <t>9786256179721</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kalbimde Bir Lunapark Taklası</t>
+          <t>Benim Kralım</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256179776</t>
+          <t>9786256179813</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İtirafçı Gölgeler Müzesi</t>
+          <t>Sessizlik Kitabı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256179790</t>
+          <t>9786256179820</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 49. Sayı</t>
+          <t>Kalbimde Bir Lunapark Taklası</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256179783</t>
+          <t>9786256179776</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gülden Geliyorum</t>
+          <t>İtirafçı Gölgeler Müzesi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256179486</t>
+          <t>9786256179790</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Gönül Yurdumdan Mektuplar</t>
+          <t>Papirüs 49. Sayı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256179714</t>
+          <t>9786256179783</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bir Çağ Masalı</t>
+          <t>Gülden Geliyorum</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256179677</t>
+          <t>9786256179486</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dünya Bir Portakal Kadar Mavi</t>
+          <t>Gönül Yurdumdan Mektuplar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256179684</t>
+          <t>9786256179714</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Teröristinin Notları</t>
+          <t>Bir Çağ Masalı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256179691</t>
+          <t>9786256179677</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kivi’nin Güncesi ve Kivi’ye 41 Haiku</t>
+          <t>Dünya Bir Portakal Kadar Mavi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256179745</t>
+          <t>9786256179684</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Nalsız Koştum Yollarda</t>
+          <t>Bir Şiir Teröristinin Notları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256484757</t>
+          <t>9786256179691</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Amerikan Tiyatrosu</t>
+          <t>Kivi’nin Güncesi ve Kivi’ye 41 Haiku</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256179608</t>
+          <t>9786256179745</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kendini Koyverme Bastıran Geceye</t>
+          <t>Nalsız Koştum Yollarda</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256179615</t>
+          <t>9786256484757</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>25 Kadın 25 Öykü</t>
+          <t>Türkiye’de Amerikan Tiyatrosu</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256179493</t>
+          <t>9786256179608</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Su Uykusu</t>
+          <t>Kendini Koyverme Bastıran Geceye</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256731547</t>
+          <t>9786256179615</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Serap</t>
+          <t>25 Kadın 25 Öykü</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256179431</t>
+          <t>9786256179493</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İnsan Dediğin</t>
+          <t>Su Uykusu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256179554</t>
+          <t>9786256731547</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Unutturamadıkları</t>
+          <t>Serap</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256179578</t>
+          <t>9786256179431</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Hayatlar</t>
+          <t>İnsan Dediğin</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256179592</t>
+          <t>9786256179554</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kirpi 17 - Seçki</t>
+          <t>Yaşamın Unutturamadıkları</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256179530</t>
+          <t>9786256179578</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Şiirin İntikamı</t>
+          <t>Zamansız Hayatlar</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256179561</t>
+          <t>9786256179592</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutam Hayat</t>
+          <t>Kirpi 17 - Seçki</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256179547</t>
+          <t>9786256179530</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Boğaz'da Kara Gölgeler</t>
+          <t>Şiirin İntikamı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256179585</t>
+          <t>9786256179561</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Maria Callas Aşk Mektupları</t>
+          <t>Bir Tutam Hayat</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256179394</t>
+          <t>9786256179547</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Mührü</t>
+          <t>Boğaz'da Kara Gölgeler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256179516</t>
+          <t>9786256179585</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Fay Kesiği Yara</t>
+          <t>Maria Callas Aşk Mektupları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256179462</t>
+          <t>9786256179394</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Mardin'di Her Şey</t>
+          <t>Özgürlüğün Mührü</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256179448</t>
+          <t>9786256179516</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 48. Sayı</t>
+          <t>Fay Kesiği Yara</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256179325</t>
+          <t>9786256179462</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşmeler</t>
+          <t>Bir Gün Mardin'di Her Şey</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256179400</t>
+          <t>9786256179448</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kum Çölü</t>
+          <t>Papirüs 48. Sayı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789944493734</t>
+          <t>9786256179325</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Gidersem, Beni Sana Sorarlar Şimdi</t>
+          <t>Yüzleşmeler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>6.39</v>
+        <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256179387</t>
+          <t>9786256179400</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Venedik Galerileri</t>
+          <t>Kum Çölü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256179035</t>
+          <t>9789944493734</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Melek Kız</t>
+          <t>Gidersem, Beni Sana Sorarlar Şimdi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>150</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256731905</t>
+          <t>9786256179387</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Aklın Karanlık Labirentleri</t>
+          <t>Venedik Galerileri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256179363</t>
+          <t>9786256179035</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Öteki: Arzu</t>
+          <t>Melek Kız</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256731820</t>
+          <t>9786256731905</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bir Beni Adem'den</t>
+          <t>Aklın Karanlık Labirentleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256731578</t>
+          <t>9786256179363</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Günlük</t>
+          <t>Aynadaki Öteki: Arzu</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256731936</t>
+          <t>9786256731820</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kantemir'in Çığlığı</t>
+          <t>Bir Beni Adem'den</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256731950</t>
+          <t>9786256731578</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ahdım Olsun</t>
+          <t>Günlük</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256731967</t>
+          <t>9786256731936</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kanegem'den Geliyorum ve Hiçbir Şey Bilmiyorum</t>
+          <t>Kantemir'in Çığlığı</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256731790</t>
+          <t>9786256731950</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Zalha</t>
+          <t>Ahdım Olsun</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256731851</t>
+          <t>9786256731967</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yelesi Geceden Kara</t>
+          <t>Kanegem'den Geliyorum ve Hiçbir Şey Bilmiyorum</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256731844</t>
+          <t>9786256731790</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Gözlerin Eylül</t>
+          <t>Zalha</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256731745</t>
+          <t>9786256731851</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Fail Hem Kurban</t>
+          <t>Yelesi Geceden Kara</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
+          <t>9786256731844</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Gözlerin Eylül</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786256731745</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Fail Hem Kurban</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
           <t>9786256731165</t>
         </is>
       </c>
-      <c r="B112" s="1" t="inlineStr">
+      <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Dağarcık</t>
         </is>
       </c>
-      <c r="C112" s="1">
+      <c r="C114" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>