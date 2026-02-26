--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,1735 +85,15835 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255631534</t>
+          <t>9786258553024</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Harflerin Fısıltısı</t>
+          <t>Yüce Aşk</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255631923</t>
+          <t>9786255631992</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mazi'nin ve Ati'nin Peşinde</t>
+          <t>Fesleğen Zamanıydı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255631565</t>
+          <t>9786255631954</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Fikrimin Sanat Yolculuğu</t>
+          <t>Nietzshe ve Ahlak</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256179305</t>
+          <t>9786255631947</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gavur</t>
+          <t>Cennetin Süsü Enheduanna</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255631459</t>
+          <t>9786255631930</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Maviye Sürgün</t>
+          <t>Efsanenin Peşinde</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255631541</t>
+          <t>9286255631966</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Munire</t>
+          <t>Burkuntu - Toplu Şiiirler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255631381</t>
+          <t>9786255631893</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Sesi</t>
+          <t>Kendine Yolculuk</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255631374</t>
+          <t>9786256179523</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Zincirleri Kıranlar</t>
+          <t>Varoluş Yolu/ The Road Of Being</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255631213</t>
+          <t>9786256179424</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Söyle O Dürzü Kocana</t>
+          <t>Ah' Sen</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256179738</t>
+          <t>9786256179509</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Suskudaki Düş Evreni</t>
+          <t>Hayyam'dan Bu Yana</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255631220</t>
+          <t>9786256731875</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dante Verona'da</t>
+          <t>Son Şiirler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255631206</t>
+          <t>9786256731868</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mavera</t>
+          <t>Geceye Üç Şarkı ve Yarım Kalmış Şiirler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256731394</t>
+          <t>9786256731653</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Taksi Maceraları</t>
+          <t>Bir Elmanın Diğer Yarısı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255631114</t>
+          <t>9786256731660</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yaşarken Sırlandık</t>
+          <t>Temize Çekme</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255631138</t>
+          <t>9786256731417</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Alev ve Kül</t>
+          <t>Yalanın Dibi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255631176</t>
+          <t>9786256731523</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sanat Söylemleri</t>
+          <t>Sterken Çiya</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256731134</t>
+          <t>9786256731592</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Senyör'ün Son Saati</t>
+          <t>Bulutlar Yalnız Ağlamaz</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255631091</t>
+          <t>9786256731608</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Nihan</t>
+          <t>Merdan</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255631190</t>
+          <t>9786256731691</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İçimde Bir Oda</t>
+          <t>Gül Süremi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255631145</t>
+          <t>9786256731684</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bohem Şairler Antolojisi</t>
+          <t>Gezi Tadında Öyküler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255631169</t>
+          <t>9786256731585</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Diyalektiği Mevsimsiz</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256179899</t>
+          <t>9786256731530</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Kıyısında</t>
+          <t>Yaşam Yolculuğu</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256179837</t>
+          <t>9786256731516</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Askıda Sevgi</t>
+          <t>Meleğin Gölgesinde</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255631084</t>
+          <t>9786256731387</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Her Kalbin Bir Şifresi Vardır</t>
+          <t>Yeni Bir Şey Yok</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256179806</t>
+          <t>9786256731349</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Şiir Divanı Defteri</t>
+          <t>Senlikler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256731646</t>
+          <t>9786256731233</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 47. Sayı</t>
+          <t>Düşlenen Zaman</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258053104</t>
+          <t>9786256731424</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 35. Sayı</t>
+          <t>Hünsa</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>25</v>
+        <v>125</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>3990000032927</t>
+          <t>9786256731196</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 21. Sayı</t>
+          <t>Hovarda'nın Kirazları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>9.9</v>
+        <v>70</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>3990000032718</t>
+          <t>9786256484238</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 23. Sayı</t>
+          <t>Sarı Buğday Mavi Umut</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>9.9</v>
+        <v>240</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055102685</t>
+          <t>9786256484863</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 13. Sayı</t>
+          <t>Gizemli Kıyısız Zamanlar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>5.56</v>
+        <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789989879784</t>
+          <t>9786256731219</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 5. Sayı</t>
+          <t>24 Kadın 24 Öykü</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>4.63</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789898897497</t>
+          <t>9786256731202</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 6. Sayı</t>
+          <t>Kitapsız</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>4.63</v>
+        <v>125</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055102166</t>
+          <t>9786256484993</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 9. Sayı</t>
+          <t>Gök</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>5.56</v>
+        <v>80</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>3990000032166</t>
+          <t>9786256731240</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 11. Sayı</t>
+          <t>Tinin Teleği</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>5.56</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>3990000032165</t>
+          <t>9786256484917</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 12. Sayı</t>
+          <t>Cumhuriyetimizin 100. Yılında Şiir Serpintileri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>5.94</v>
+        <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>3990000031603</t>
+          <t>9786258224740</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 14. Sayı</t>
+          <t>Esra'rengiz Şeyler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>5.56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>3990000032089</t>
+          <t>9786256731080</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 33. Sayı</t>
+          <t>Rüzgarların Masalıydım</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>20</v>
+        <v>125</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257063869</t>
+          <t>9786256484399</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 29. Sayı</t>
+          <t>Şiir Aktarı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>3990000030274</t>
+          <t>9786256731110</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 34. Sayı</t>
+          <t>Lotus'a Övgü</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>3990000094587</t>
+          <t>9786256484542</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 28. Sayı</t>
+          <t>Bir Kadına İki Günce</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>15</v>
+        <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257063289</t>
+          <t>9786256731127</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 26. Sayı</t>
+          <t>Menekşe Kız</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>15</v>
+        <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>3990000094580</t>
+          <t>9786256484894</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 30. Sayı</t>
+          <t>Hayvanlarla Dostluk Hikayeleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257655262</t>
+          <t>9786256484962</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 31. Sayı</t>
+          <t>Me Kend Fola - Kiminle Konuştum</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>20</v>
+        <v>80</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>3990000031987</t>
+          <t>9786256484160</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 32. Sayı</t>
+          <t>Ahenk Kapısı - Onuncu Yıl Özel Baskısı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258053531</t>
+          <t>9786259484726</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 37. Sayı</t>
+          <t>Beyaz Gülüm - Benim Türkülerim</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257655866</t>
+          <t>9786256731028</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 34. Sayı</t>
+          <t>Toplu Şiirler 1 - Akış ve Arayış</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>20</v>
+        <v>125</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>3990000083708</t>
+          <t>9786256731011</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 19. Sayı</t>
+          <t>Oyunbaz - Her Kadın Bir Hikaye</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>9.26</v>
+        <v>80</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>3990000032918</t>
+          <t>9786256484030</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 22. Sayı</t>
+          <t>İçimdeki Karakutu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>9.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>3990000032082</t>
+          <t>9786256484344</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 15. Sayı</t>
+          <t>Melce - Sığınak</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>5.56</v>
+        <v>50</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>3990000040354</t>
+          <t>9786256484610</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 16. Sayı</t>
+          <t>Kadın Hakları Mı? Hani?</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>5.56</v>
+        <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>3990000033802</t>
+          <t>9786256484870</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 18. Sayı</t>
+          <t>Şiirlerle Dijital Çağ Tarihi - Bilişim Çağı İnsanlığı Bekleyen Gelecek Bugünden Yarına Yolculuk</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>9.26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>3990000038626</t>
+          <t>9786256484313</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 17. Sayı</t>
+          <t>Beş Şiir Dersi ve Şairler Sözlüğü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>9.26</v>
+        <v>50</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054600038</t>
+          <t>9786256484214</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 8. Sayı</t>
+          <t>Lahit - Gizemli Hazine</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>11.11</v>
+        <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>3990000026751</t>
+          <t>9786258224931</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 3. Sayı</t>
+          <t>Gece</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>4.63</v>
+        <v>50</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>3995874582561</t>
+          <t>9786256484740</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 25. Sayı</t>
+          <t>Fanus Yaşamlı Şehirler - Şiirler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>15</v>
+        <v>75</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>3990000099718</t>
+          <t>9786256484573</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 24. Sayı</t>
+          <t>Gıcırdayan Tekerlekler - Taksi Öyküleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>15</v>
+        <v>75</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257655408</t>
+          <t>9786256484603</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 32. Sayı</t>
+          <t>Büyüklük Peşinde</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>20</v>
+        <v>75</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055102227</t>
+          <t>9786256484597</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 10. Sayı</t>
+          <t>Alazlanmış Yürekler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>5.56</v>
+        <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789989879944</t>
+          <t>9786256484061</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 4. Sayı</t>
+          <t>Emirgan'ın Muhteşem Kadınları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>4.63</v>
+        <v>50</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>3990000029279</t>
+          <t>9786258224788</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 2. Sayı</t>
+          <t>Poetika Etütleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>4.63</v>
+        <v>50</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789989878251</t>
+          <t>9786258224825</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 1. Sayı</t>
+          <t>Benim Hikayelerim</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>4.63</v>
+        <v>60</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789894793090</t>
+          <t>9786258224771</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 2. Sayı</t>
+          <t>23 Kadın 23 Öykü</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>5.84</v>
+        <v>50</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>3990000002000</t>
+          <t>9786258224801</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 27. Sayı</t>
+          <t>Cevher</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256179950</t>
+          <t>9786058355491</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yanan İnsanlık</t>
+          <t>Sürela</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256179882</t>
+          <t>9786258224405</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Fısıldayan Fotoğraflar</t>
+          <t>Bir İstanbul Rüyası</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256179707</t>
+          <t>9786258224238</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Gülbahar</t>
+          <t>Kimse Okumazsa Ben Okurum</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256179851</t>
+          <t>9786258224061</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mükemmeli Ararken</t>
+          <t>İki Yeni Mesajınız Var</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256179721</t>
+          <t>9786258053937</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Benim Kralım</t>
+          <t>Dil Ucundan Kalem Ucuna</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256179813</t>
+          <t>9786258053920</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik Kitabı</t>
+          <t>Dalgalar ve Zambak</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256179820</t>
+          <t>9786258224153</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kalbimde Bir Lunapark Taklası</t>
+          <t>Samuel Taylor Coleridge: Shakespeare Üzerine Konferanslar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256179776</t>
+          <t>9786258224252</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İtirafçı Gölgeler Müzesi</t>
+          <t>Gurbetten Kars'a Gönül Köprüsü</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256179790</t>
+          <t>9786258224146</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 49. Sayı</t>
+          <t>Şiirlerle Dünya Tarihi - Ortaçağ</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>140</v>
+        <v>50</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256179783</t>
+          <t>9786258053845</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Gülden Geliyorum</t>
+          <t>Beni Hatırlamayı Unutma</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256179486</t>
+          <t>9786258224092</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Gönül Yurdumdan Mektuplar</t>
+          <t>Ayvalık Düşlerim</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256179714</t>
+          <t>9786258224054</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bir Çağ Masalı</t>
+          <t>Kavgamın Çiçeği Karanfil</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256179677</t>
+          <t>9786258224016</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Dünya Bir Portakal Kadar Mavi</t>
+          <t>Şiirlerle Dünya Tarihi - Tarih Öncesi ve İlk Çağ</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256179684</t>
+          <t>9786258224023</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Teröristinin Notları</t>
+          <t>Kemal Kargül - Yazılar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256179691</t>
+          <t>9786258053876</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kivi’nin Güncesi ve Kivi’ye 41 Haiku</t>
+          <t>Umut Yolcuları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>45</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256179745</t>
+          <t>9786258053906</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Nalsız Koştum Yollarda</t>
+          <t>Ezelden Yaralı - Şiirler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256484757</t>
+          <t>9786258224009</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Amerikan Tiyatrosu</t>
+          <t>Islık Çalan Çocuk</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256179608</t>
+          <t>9786258053838</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kendini Koyverme Bastıran Geceye</t>
+          <t>Hayat Kumbarası</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256179615</t>
+          <t>9786258053883</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>25 Kadın 25 Öykü</t>
+          <t>Opak Bayırlar Bahçesi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256179493</t>
+          <t>9786258053777</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Su Uykusu</t>
+          <t>Bir Fıkra Bir Kahkaha II</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256731547</t>
+          <t>9786258053494</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Serap</t>
+          <t>Ay Işığında Saklı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256179431</t>
+          <t>9786258053098</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İnsan Dediğin</t>
+          <t>Alacakaranlık Yalnızlıkları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256179554</t>
+          <t>9786258053746</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Unutturamadıkları</t>
+          <t>Kirpi ve Edebiyat Düşün Dergisi Üç Aylık Edebiyat Seçkisi Kitap 10 Temmuz - Ağustos - Eylül 2022</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256179578</t>
+          <t>9786258053760</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Hayatlar</t>
+          <t>Kim Korkar Hain Corona'dan?!</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256179592</t>
+          <t>9786258053708</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kirpi 17 - Seçki</t>
+          <t>Dilimde Yılan Isırığı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256179530</t>
+          <t>9786258053616</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Şiirin İntikamı</t>
+          <t>Hiçlik Makamı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256179561</t>
+          <t>9786258053715</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutam Hayat</t>
+          <t>Beni Gülüşümle Hatırlayın</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256179547</t>
+          <t>9786258053678</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Boğaz'da Kara Gölgeler</t>
+          <t>Yarası Güzel</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256179585</t>
+          <t>9786258053654</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Maria Callas Aşk Mektupları</t>
+          <t>Alex’in Bilinmeyenleri 2</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256179394</t>
+          <t>9786258053661</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Mührü</t>
+          <t>Ben Savaşçı Değil Gül Yetiştiriciyim</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>40</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256179516</t>
+          <t>9786258053647</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Fay Kesiği Yara</t>
+          <t>Baykuşlar Gece Ağlar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256179462</t>
+          <t>9786258053579</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Mardin'di Her Şey</t>
+          <t>Parmağımı Bırakma</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256179448</t>
+          <t>9786258053562</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Papirüs 48. Sayı</t>
+          <t>İyi Ki</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>140</v>
+        <v>35</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256179325</t>
+          <t>9786258053630</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşmeler</t>
+          <t>İnsanlık Mesaisi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256179400</t>
+          <t>9786258053623</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kum Çölü</t>
+          <t>İki Kadın</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944493734</t>
+          <t>9786258053548</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Gidersem, Beni Sana Sorarlar Şimdi</t>
+          <t>Kirpi 09</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>6.39</v>
+        <v>25</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256179387</t>
+          <t>9786258053586</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Venedik Galerileri</t>
+          <t>Mutlu Bir Hikaye İstiyorum</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256179035</t>
+          <t>9786258053517</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Melek Kız</t>
+          <t>Arsız Otlar Baladı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256731905</t>
+          <t>9786258053593</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Aklın Karanlık Labirentleri</t>
+          <t>Bahçelerden Eksilen</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256179363</t>
+          <t>9786258053555</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Öteki: Arzu</t>
+          <t>Reyhan</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256731820</t>
+          <t>9786258053487</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bir Beni Adem'den</t>
+          <t>1915 Kör Bıçak</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256731578</t>
+          <t>9786258053500</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Günlük</t>
+          <t>Gavurun Kızı Elena</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256731936</t>
+          <t>9786258053524</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kantemir'in Çığlığı</t>
+          <t>Alex'in Bilinmeyenleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256731950</t>
+          <t>9786258053333</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ahdım Olsun</t>
+          <t>Türkiş Dekameron</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256731967</t>
+          <t>9786258053470</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kanegem'den Geliyorum ve Hiçbir Şey Bilmiyorum</t>
+          <t>Son Uçuş</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256731790</t>
+          <t>9786258053463</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Zalha</t>
+          <t>Anya</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>100</v>
+        <v>35</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256731851</t>
+          <t>9786257655989</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yelesi Geceden Kara</t>
+          <t>Babil Edebiyat Seçkisi Sayı 3 Kasım-Aralık 2021</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256731844</t>
+          <t>9786258053128</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Gözlerin Eylül</t>
+          <t>Mavi Rota - Blue Route Sayı 1 Ocak 2022</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256731745</t>
+          <t>9786258053449</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Fail Hem Kurban</t>
+          <t>Yokdilli</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
+          <t>9786258053418</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Emeğim Yüreğim Kızım</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786258053425</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Zamanın Çapağı</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786258053302</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Zeynebe</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786258053401</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Yakamoz</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786258053371</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Kalp Yazısı</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786258053388</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Kadim Sinop Yemekleri</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786258053357</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Aşk</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786258053364</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Tamer Levent Sanataevet Defteri</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786258053395</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Dişi / Geçmiş Zaman</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786258053319</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>22 Kadın 22 Öykü</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786258053265</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Sana Çiçek Topladım</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786258053012</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Leyla Mevsimi</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786258053197</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Baharın Yazı Öptüğü Yerde</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786258053180</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Şehrin Tuzu</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789944493376</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Buz Defteri</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786258053258</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Para Toplumu</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786258053241</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Umuda Yolculuk Mukaddes</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786258053272</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 36</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786258053203</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzüne Bakma Anne</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786258053234</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Kirpi Edebiyat ve Düşün Dergisi 8</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786258053227</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>İz Bırakan Ustalar</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786258053210</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Yokuşu</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786258053159</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Dün Anılarda Kaldı</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786258053166</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Güneş Tutkunları</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786258053009</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Jüliet’in Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786258053173</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Dağlanan Küller</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786258053074</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Şiirin Kesik Damarları 2</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786257655880</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Tandır Ekmeğinin Çıtırları</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786258053050</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Lal Balıklar</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786258053081</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Değişen İklim Dönüşen İnsan</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786257655965</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Küskün Kaleme</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786057903365</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Yolun Düşerse Toplarım</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786057903280</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Esir</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786057903341</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Hayal ve Fırtına</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786057903327</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Sevdiğimi Haykırsam Anadolu'ma</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786057903303</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Hamster Tedirginliği</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786057903259</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Bir Göçün Haritası</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786059668422</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Bulgur Tarifleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786059668569</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Zarif Boşluk</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9789752426887</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Geçilmez 1915</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9789752426672</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Veda</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9789752426665</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Yıllara</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9789752426900</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Dicem Tebüle</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9789752426979</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Nehirlere Bakamam</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>2789785984153</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Yeşilçam'dan Serpintiler</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>36.94</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9789756038475</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Yazların Isırdığı Sarı</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786052179437</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>101 Gece Şiirleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786052179352</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Beni Çok Sev</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786052179383</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Kızıldı Mavi Düşler</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786052179307</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Ruh Döngüsü</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786052179369</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Dilimdeki Kuşlar</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786054600526</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Görenkalp'ten Dörtlükler - Bin Bir</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786056261855</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Glass / Cam</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786055102692</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Jazz Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786055102708</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Tragedyalar</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786055102616</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Bir Uzak Kıyıda</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786055102203</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Yağmur Yağabilir</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786054600267</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Azize</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>12.87</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786055102135</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Ateşin Dili</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9789756038024</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Aşk</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>3990000097468</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Yunanlı 4 Kadın Ozandan Sevgi Dizeleri</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786054600816</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Tavşancıklar / Bunnies</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786054600830</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Aşka Ölmez / Love Survives</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786055102067</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Gezi</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786054600946</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Sen Cici Ben Cüce</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786055102043</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Yere Dökülen Ağaç (Haikular)</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9789756038420</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Melek Kanadında Aşk</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786055102500</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Şiirin Ruhu ve Kendimden Nağmeler Ya da Sözün Suyu, Söyleyişin Kanı</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786055102630</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Gözyüzü</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786054600656</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Kötü Kalpli Bordo</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>6.9</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786055102654</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Her Şeyi Fetheder</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786054600953</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Histerik Ada</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9789756038642</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Göğü Okuyorum</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9789989879920</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Dersleri</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786054600908</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Yenile Beni</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786054600915</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Menekşe</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786054600700</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Bedel</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>3990000249195</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Rumca Küstüm Türkçe Kırıldım</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9789756038499</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Denizde Gece</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786055102005</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Sıradan Sözler</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786055102289</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Sevgiye Durmak</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786055102265</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Pazarcık</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>11.94</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786055102104</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Rosetta Word Literatura 03</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786055102074</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul'un Gözleri</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786055102111</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Denizleri</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786055102142</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Bir Zenciyi Sevebilmek</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786055102029</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Usulca Geldin Usulca Gitti Hiç</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786055102036</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Resim Defteri</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786054600991</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Sensiz Bir Su Yosunu Oluyorum</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786054600885</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Boyalı Çalgı</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786055102241</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Dediğin Aforizmalar</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9789752426351</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Yeryüzüne İndirilmiş Gölgeler</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786056883934</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Dürnaz'a Şiirler</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786058106000</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Emirgan - Geçmişten Geleceğe Esintilerle</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9789752426863</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Yağmuru Kışkırtma</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9789752426955</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Fosforos</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9789752426924</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Köşeli Gökyüzü</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9789752426580</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Ezgi / Melodie Silencieuse</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9789752426627</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Yitik Belleği Rüzgarın</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786058277830</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Yola Bakan Pencere</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786058277816</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlık Benim Saltanatımdır</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786058277847</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Keder Atlası - The Atlas Of Sorrow</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786058277823</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Ben Salome</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786059668590</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Kara Kutu</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786059668613</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Kara Delikler</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786058355484</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Ağdalı Maymunlar</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786059668521</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Tavan-Başka Yerlerdeki Kısa Filmler</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786059668484</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Ada Sıcaklığı İçin Çizimler</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786059668651</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Duvarlarda Gözlerim Üşüyor</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>3990000065879</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Sürela</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786059668675</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Hangi Felsefe Tedavi Eder Yaralarımı</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786059668682</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Şu Sinema Dedikleri</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9789752426283</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Aksak Fabl</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9789752426184</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Şatom</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9789752426191</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Sözleri</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786059668262</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Zambak ve Gölge</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786059668415</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Tutkunun Kanatlarında</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786059668101</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Sönüyor Al Kanatları Günbatımının</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9789752426290</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Topal Martı</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9789752426146</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Hindistan Kumpanyası</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9789752426054</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Serçe Telaşı</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9789752426092</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Şuur Defterinden Bir Gazel</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9789752426269</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Paris</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9789752426214</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Aslında Bendim Öteki</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9789752426160</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Toz Bile Değilken</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9789752626034</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Haziran</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9789752426085</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Üzümün Sevinci</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9789752426108</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Devrim Günlerinde Aşk</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>3990000030723</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Absent / Üç Aylık Kültür ve Sanat Dergisi Sayı: 4 / İlkbahar 2017</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786052179284</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Vapur Dediğin</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786052179260</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Cılavuz Yolu</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786052179277</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Gökkır'ın Bahar Dansı</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786052179253</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Sürüyor Gökyüzünü Rüzgarın Pulluğu</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9789756038160</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Salyangoz İzi</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>3990000087123</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Kalkırmızı</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>9.9</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9789756038413</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Özden Günlükler</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786055102647</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Varsın Ölüm Beklesin Bizi</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786057903068</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Menüde Şiir Var</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786057903082</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Benim Güzel İnsanlarım</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9789752426511</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Toprak Sanatlarında Teknik Terimler Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9789752426689</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Diren! Ey Kalbim - Toplu Şiirler 1 (1960-1980)</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9759782426843</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Bin Sevmek</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9789752426948</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Aynen Abi! İyi Geceler...</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9789752426818</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Okunmamış Kitabın Çözülmemiş Diliyle</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786052179130</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Yeniden Bağışlayalım Yağmuru</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9789752426215</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Hoyu</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9789752426764</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Kahvaltı</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786052179154</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Gece Varyasyonları</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786052179116</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Ve...</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786052179239</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Mısralarda Sevda Notaları</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786052179246</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Serçe Yürek</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786052179222</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Koyu Üşümeler</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9789752426139</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Mandalina</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9789752426344</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Düşleri Kaldı</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786058277854</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Erguvanlar Ağlıyor</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9789752426313</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Yasalara Aykırı</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9789752426368</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Karıncaların Şekeri ve Şahitler Meyhanesi</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9789752426337</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Dağın Ardı</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9789752426221</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Bir Cumhuriyet Kadını Nevin Dağlı</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786058277885</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Yaralı Kuş İzleri</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9789752426306</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Umuda Açılan Kanatlar</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9789752426245</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Sürekli Bir Bahar</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786057903099</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Baharı Bekliyorum</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786058106017</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Tayf</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786057903006</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Şiire Dökülsün Sözler</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786057903105</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Aynen Abi! Uğrar Alırım...</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786056883958</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Yeryüzü Ağrısı</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786052179086</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Keder Eğiriyor Analar</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786052179147</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Deruni</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9789752426962</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Bir İlkbahar</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786052179161</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Işıklar Kenti</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786052179123</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Sarı Zarf</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786052179062</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Zerdüşt ve Kırlangıç</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786059668767</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Ağır Taç</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786059668606</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Ben İllegal Yağmur Damlası</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786052179413</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Poetik Meditasyonlar</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786056874741</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Haziran Çocukları</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786052179451</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Denizin Sesiyle - With The Sound Of Sea</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786056874720</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Dilekistan Öyküleri</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786056874710</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Dilekistan</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786257655422</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Yan</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786257655323</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuzluk Solukları</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786257655309</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Vefalı Dost</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>3990000087976</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Herkeste Bir Gece Vardır</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786059668538</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Taşa Masal</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786059668439</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Dalgın Bahçe</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786056883972</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Aforizmalar</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786056883941</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Ur</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786056883996</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Can Cana</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786056874758</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Milenyumda Şiir</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786059668637</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Hasta Aşk</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9789752426658</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Yalınayak</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9789752426719</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Niteliğe Veda</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9789752426504</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Yarısı Yarım</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9789752426573</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Senin İçin Bekledim</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9789752426641</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Sessizliğin Laneti</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9789752426528</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Bakire Sevinci</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9789752426498</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Mor Alfabeli Kadınlar</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9789752426566</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Periler Aşka Uçar</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9789752426542</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Dün Ağrısı</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9789752426696</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Bizim Hatay</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9789752426603</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Öksüz Kelimeler</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9789752426535</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Dalgın</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9789752426405</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Ay Dansı</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9789752426474</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Ana'nın Hikayesi</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9789752426702</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Hüznün Alıngan Öyküleri</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9789752426757</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Hasarlı Aşklar Tarihi</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9789752426726</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık “Sığ”mıyor Geceye</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>3990000054899</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Absent / Üç Aylık Kültür ve Sanat Dergisi Sayı: 5 / Yaz 2017</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9789752426382</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Saklıçöl</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9789752426412</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Gelmek Gazeli</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9789752426597</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Yalpa</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786055102272</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Rosetta World Literatura 05</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786059668149</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Suyun Kalbi</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786055102587</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Konuşma Sanatı</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>3990000032083</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Absent / Üç Aylık Kültür ve Sanat Dergisi Sayı: 2 / Kış 2016</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786055102586</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Umutsuzluk Bir Yöntem Değildir!</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786055102623</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Düşünüyorum; O Halde Gülüyorum</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9789752426559</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Hırkamda Şiir Lekeleri</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9789752426153</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>İyi Şans</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9789752426115</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Daha Yaşım 22</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>13.88</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9789756038260</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Sahafın Keçisi 1</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9789989879753</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Yoksulluğun ve Baharın 25. Sokağı</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9789756038215</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Mühür</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>5.9</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786059668316</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Sular Kuruyunca</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786059668309</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Cennetime Bakarken</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786059668323</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Küskünleri</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9756038292009</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Cehennem Kuşu</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786055102760</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Nurhak</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786055102753</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Çifte Yürekler</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786055102739</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Uzak Yazılarda</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9789442493748</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Ç.N. Sayı: 5 - Çeviri Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9789756038819</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Ç.N. Sayı: 3 - Çeviri Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>3990000002676</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Ç.N. Sayı: 14 - Çeviri Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9789756038529</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Ç.N. Sayı: 1 - Çeviri Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9789944249393</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Ç.N. Sayı: 6 - Çeviri Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9789756038635</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>A.S. Puşkin Aşk Şiirleri</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786059668835</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Penceresi Olmayan Eve Mektuplar</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786059668750</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Çamur Prenses</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786059668743</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Kahraman</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786059668828</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Şehri Terk Eden Hayalet</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786059668705</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Güneşe En Yakın</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786059668576</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Yaramın Kan Kardeşi</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786059668798</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Çığlığın Yankısı</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786059668071</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Istanbul Şarkısı</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786059668088</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Kağıttan Kapılar</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786059668064</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Güneş mi Öfkeli Olan</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786059668057</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Rengarengin</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786059668446</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Denizi Arayan Sokak / La Rue Qui Cherche La Mer</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786059668040</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Patiska</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786059668774</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Hasar Tespiti</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786059668712</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Avuntu</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786059668729</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Yok</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786055102593</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Uygunsuz İçerik</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9789752426078</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Oluşum ve İnsan</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9789752426047</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Lia</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9789752426122</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Gözleri Yağmur Yurdum</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786058277892</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Anka</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786054600373</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Matruşka</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786059668736</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Aynen Abi! Dediğin Gibi</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786058366541</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Yeryüzü Düşleri Yıl : 1 Sayı: 2 Temmuz-Agustos 2016</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786059668026</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Yeraltında Gülme Krizi</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786059668002</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Budapeşte Radyosu</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786059668019</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Sus Alfabesi</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786055102777</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Karakız</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>3990000029158</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Absent/ Üç Aylık Kültür ve Sanat Dergisi Sayı:1 /Sonbahar 2015</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786055102258</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Her Şair Bir Şiirbaz</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786059668804</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Atavistiğe Karşı Direniş Notları</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786059668859</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs Şiirleri Antolojisi</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786059668507</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Reiz</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786059668668</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Günörtüsü</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786059668811</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Bölünmüş Ahşap Zamanımız</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786059668552</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Yolculuk</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9789756038451</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Bülbülün Ölümü</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>7.9</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786054600687</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Çin Şizofreni</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>5.9</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9789989878305</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs Mitoloji Havarileri</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>5.9</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9789756038130</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Toprağı</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>11.02</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786059668163</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Son Ustalar</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786059668170</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Eşkiya</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786059668132</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Gözleri Muhacir</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9789756038536</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Dar Zaman</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786059668194</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Suskun Sözler Ülkesi</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786055102524</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>K'özlü Sözler</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786055102012</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Rosetta Word Literatura 02</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786055102302</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>An'lardan An İtibariyle</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>9.9</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786055102395</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Gezi Direnişi Şiir Antolojisi</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786055102333</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Pelerinli Şiirler</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786055102319</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Kuğular Ölürken Şarkı Söylemez</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786059668293</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Adı Yok Cennetimin</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786059668095</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Memduş</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786059668125</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Bir Subayın Anatomisi</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>32.41</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786055102425</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Mevsimsel Halleri</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786055102432</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Küba Mavisi</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786055102456</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Hoş Bulduk Londra</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786054600823</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Kaktüs Dallarında Umutlar Büyüttüm</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9789756038277</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Kehanet Kitapları 1</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9789756038321</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Kehanet Kitapları 2</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9789756038444</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Cennet</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>8.24</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9756038250009</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Masumiyet ve Deneyim Şarkıları</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>6.9</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9789756038185</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Yitik Dünyadan Resimler</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786055102210</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Ödünç Gözyaşları Seçilmiş Şiirler</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786055102159</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Odessa'da Dans</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786054600779</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Her Sabah Yeniden</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786059668248</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Şair Sokağı Söyleşileri</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786059668347</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Aydınlanma Savaşçısı: İsmet Kemal Karadayı</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786059668354</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Buz Çölü</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>3990000084695</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Şiirler</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786059668187</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Bipolar</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786059668156</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Çiy Taneleri</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>3990000045445</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Absent/ Üç Aylık Kültür ve Sanat Dergisi Sayı:3 /İlkbahar 2016</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786055102340</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Ralph Waldo Seçilmiş Şiirler</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786051020501</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Ahenk Kapısı</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9789756038567</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Sen Sanırdım Her Baharı</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>11.94</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786055102517</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>En "Gebe"li Yollar</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9789894893707</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Renkli İp Masalları</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786055102814</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Kömür Yarası</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786055102807</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Bu Fotoğrafı Ben Çektim</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786054600809</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Boş Kadehler ve Boş Masalar</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9789989879791</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Yapıtlar Arasında</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786051020983</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam, Ölüm ve Sözcükler</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9789756038048</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Calligrammes : Çizgi Şiirler</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>12.87</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9789756038789</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>57 Model Chevrolet ya da Küçük Caz Şarkıları</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9789756038376</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Bilitis'in Şarkıları</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>8.24</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786257655781</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Babil Edebiyat Seçkisi Sayı: 2 Eylül-Ekim 2021</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786257655590</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Yıllara Veda (2 Cilt Kutulu)</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9756038284004</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Kilitli Kapılar</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>5.9</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786257655187</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Trajik Ekran Çağı</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786257655835</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Kalem İzi</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786257655828</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Kendine Mahkum Mırıldanmalar</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786257063913</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Öz</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786257655149</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Çektirilmemiş Fotoğraflar</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786257655644</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgar Yakası</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786257655729</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat ve Üretimde Kadın</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786057903273</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzünün Öteki Yüzü</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786257063883</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Seçenek</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786257063692</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Mimoza Yangını</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786257063890</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Coronada Aşk</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786257063821</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>384 Geldiği Gibi</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786257063593</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Az Ye Çok Çalış</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786257063876</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Nakavt</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786257063814</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Düzyazılar</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786257063791</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Ruhun Sefareti</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786257063937</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Korun Koronodan</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786257063920</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız Sineması Destanı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786257063760</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Patetik Senfoni</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786257063852</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Aklıevvel</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786257655255</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Vicdan Kuaförü</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9789898897367</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Zem ve Sahi</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9789989784163</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Zelenika</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786257655897</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Ömür Defteri</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786257655637</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Türkü Ektim Dağlara Dılamın</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786257655378</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Babamın Kadınları</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786257063487</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Dokunuş</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786257063562</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Topraksız Mezarlar</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786257063517</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Dağların Dağlarıma Benzer</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786257063296</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Kirpi Edebiyat ve Düşün Dergisi Üç Aylık Edebiyat Seçkisi Kitap 02 Haziran-Temmuz-Ağustos 2020</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786257063401</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Zamanlar</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786257063425</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Kitab-ı Zulmet (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786257063548</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Karanlığımdaki Işık: Zeynep</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9789894793632</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Zaviyesi Yıkık Gönye</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786257655613</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Kuşun Son Sözü</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786257655903</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Çağın Sesleri</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786257655668</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Leyl(a)</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786257655606</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlık Sezonu</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786257655552</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Kum Saati Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786051020815</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Taşrada Valiz Sesleri</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9789756038192</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Boynu Vurulmuş Güneş Seçilmiş Şiirler</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>3990056874765</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Barışı Önce Çocuklara Tattırmalı</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786257063654</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Sensiz Geceler</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786257063708</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Düşleri Güneşe Aşık Ustalar</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786257063647</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Covid-19 Türkiye'de</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786257655705</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Gün Işığı Gecede Doğdu</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786057903488</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Geçti Kaç Bahar</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786257655439</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Rotamızdaki Kadınlar</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786257655446</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Anılarla  Anadolu'yu Yaşadım</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786054600939</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Sesli Düşünmek</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786058106031</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Ürperişler Kitabı</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786257063715</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Harabe</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786257063036</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Sülünler Çığlık Çığlığa</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786257063739</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Bipolardım Yalnızdım</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786257063333</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Söylemleri</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786257063609</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Atatürkçe</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786257655248</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Buluta Astım Resmini</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786257655873</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Kirpi Üç Aylık Edebiyat ve Düşün Dergisi Sayı: 07 Ekim-Kasım-Aralık 2021</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786257655842</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Yarasıdır</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786257655811</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Ötekinin Çığlığı</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786257655859</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Rothea</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786257655576</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Hakikat</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786257655545</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>"Niçin Tiyatro"dan "Sanataevet"e</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786257655750</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Barışa Güzelleme</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786257655767</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Ay Geceye Matem</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786257655798</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Hayattır İyilik Kurtuluştur</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786054600847</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>The Lives of Durs and the Lives of Others / Bizim Yaşamlarımız ve Başkalarının Yaşamları</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786054600618</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Kükreyiş ve Sessizlik</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786257063685</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Yarın Günlerden Umut</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786257063678</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Özlü Sözler</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786257655675</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Lal</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786257655774</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Adem'in İzleri</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786257655651</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Rahatsız Öyküler Kitabı</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786257655712</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişe Dönmüşken Yüzüm</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786257655620</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Ukde</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786257655682</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Kahve Molasında İki Öykü</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786257655743</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Denge</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786257655279</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Daima - Bahar Seçkisi Sayı: 01 Nisan 2021</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786054600984</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Kuyu</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9789894793144</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>İsmini Söylemeyen Çocuk Sana Mecnunum</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>8.24</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9789894793014</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Mühürdar Yolcusu</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786257063951</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Kirpi Edebiyat ve Düşün Dergisi Üç Aylık Edebiyat Seçkisi Kitap 04 Ocak-Şubat-Mart 2021</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786257655002</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlük, O Çıplak Gelir</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786257063944</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Ulusal Kurtuluş Savaşı</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786257655507</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Zamansız Bir Sonbahar</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786257655033</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Ay Öpünce Suları</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786257655026</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Cam Valiz</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786257655019</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Kaçmayalım Cehennemden</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9789989878381</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Azelya</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9789894793250</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Aynanın Yalnızlığı</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>6.9</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9789894893974</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Avuçlarımda Kalan Çiçekler</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>12.87</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9789894893790</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Ateşin Türküsü</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786054600014</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Dili Olsa</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9789989878442</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Aşka Çırak Ölüme Usta</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9789894893899</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Yamacındaki Ateş</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9789989878336</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Lirikleri</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9789944249522</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Aslında Erkek Diye Bir Şey Yok</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>16.57</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9789989879500</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Aslı Gibidir</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>3990000003427</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Artshop Çeviri 3 / Kitap 3 / 2009 Ekim</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9789894893745</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Artshop Çeviri 1 / Kitap 1 / 2009 Şubat</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786054600465</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Ap Cano</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>3990000025861</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Anne de Olabilir İnsan Hayatta Aşık da</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9789898897534</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Ama Ben Bir İnsanım</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786054600441</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Adaletin Yoksa Eğer</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9789756038949</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Adaklar ve Şarkılar</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9789944493710</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Adada Ay Kokusu Var...</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>10.09</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9789989879685</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Açık Acı</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>5.9</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9789989878459</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>2’yim Şimdi</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>5.9</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786257655071</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Barbarlar Çağı</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9789442493977</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Aşksızım</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786257063142</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Tendeki Gölge</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786257063302</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Tutsaklık - Kıskaç</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9789944249515</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Vajina Monologları</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786257063968</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>İlhan Berk Şiirinde İmge</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786257063906</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Anlamın Yaşı Küçük</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786057903020</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Yollar Karlıydı</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786257063418</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Sadıkname</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786257063722</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Geçek</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786257063746</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Beneylül</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786257063777</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Aradım</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786257063807</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Yolculuk (Blue Voyage)</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786257063753</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamdan İzler</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786257655163</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Sen Hiç Mavi Ateş Böceği Gördün Mü?</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786257655095</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Zamanın Birinde</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786257655101</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Üst Üste Giydirdiler Beni</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786257655484</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Meltem Şarkılarını Söylerken</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786257655477</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Yarı Yarıya Olacaksın</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786257655361</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Kırık Terazi</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>3990000058585</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Babil Edebiyat Seçkisi Sayı 1 Temmuz-Ağustos 2021</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786257655491</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Nökerler ve Ağalar</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786057903853</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Gülüşler</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786257655132</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Değişim, Değişeyim, Değiştireyim</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786257063531</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>An</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786257063524</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Aşık Rıza Temel</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786257063159</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Ay Geceyi Öperken</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786257063500</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Parmakların Gizemi ve Sinestezi</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786257063210</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Suyun Sınırları</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9786257063258</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Fora</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9786257063241</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>Çöl Zambağı</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9786257063272</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Mis</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9786257063265</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Mağlup</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786257063203</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Duygulara Teslim Olma</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9789944249478</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Bozlar</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9786057903884</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>Tadımlık Şiirler</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9786057903563</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Korku Madalyası</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9786057903907</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>İstanbulca</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9786057903891</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>Cemal Süreya’nın Ölümünün 30. Yılı Anısına Şiir Seçkisi</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9786057903136</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Kartal Öyküleri</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9786057903129</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>İkizler Nasıl Büyürler?</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786057903167</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Dilemma</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9786057903150</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Cem</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9786057903174</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Beşibiryerde</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9789756038758</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>Yüzünün Arkasında Mayıs Macar Kadın Şiirinden Seçmeler</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9789898897374</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>Yüzü Avuçlarında Solgun Bir Gül</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9789442493847</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>Yüze Su Vurmak</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9789894793823</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Yürek ki Paramparça</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>11.02</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786056261886</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Yol İzleri</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9789989784064</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>Yoktur Belki Ahmet Ada Diye Birisi</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>14.72</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9789756038062</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>Yokluğunla Çoğalarak</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9789894793687</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız Kovalayan Tel</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9789944249539</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>Yıl 1900 Sevgili</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9789894793083</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Yevgeniy Onegin</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>14.72</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9789894793519</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Yerçekimine İnat</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9789894793953</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Yedi Numaralı Radyo</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9789944493666</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>Yedi İklimden</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9789989879975</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Yavruağzı</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9789894893783</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam ve İlişki Cadısı</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9789894793120</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Yas Yüzükleri</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9789989879999</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Yarım</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786054600151</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Yancının Aşkı</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9789756038710</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Yakılacak Kentlerden</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>11.02</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9789989784040</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Yağmurdaki Güzel Ölüm</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9789756038840</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Yağmur ve Her Şey</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9789944493659</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>We Will Rebuild Everything</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9789442493953</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Veda Kuşları</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9789989879982</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>Ve Tanrı Öl Dedi İnsana</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9789756038802</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Ve Rüzgar</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>5.9</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9789442493663</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Vaziyetname</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9789989878084</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Üşümez Mi Sandın Meşe Ağacı Soğukta</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9789894793199</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Üryan ve İsyan</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9789894793625</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Üç Tanrıça</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9789442493670</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Uzun Gemide Akşam</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>8.24</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>3990000002132</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Uzayı Terkeden Dünya</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9789989878190</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Uzak İklimler Sokağı</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9789756038826</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Uzak</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9789989784088</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Umut Defteri</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9786054600281</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Uçurum Otu</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9789944493789</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Tutkulu Patiler</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9789756038666</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>Tutku Denizi Seçilmiş Mektuplar</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>9.9</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9789898897480</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Tiyatroda Ayna Var</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>10.09</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9789989878244</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>The Poet - Şair</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9789894793618</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Ten Telaşı</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9789944249423</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Taşın İnceliği</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9789894793885</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Kadının Bedeninde Parçalanır</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>10.09</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9789894793151</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Tanrılar ve Tanrıçalar</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9789756038369</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Sanatı</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786054600274</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Dediğin Birkaç İmge mi?</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9786054600182</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Cin/ayetleri</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9789756038222</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>Şairin Ölümü</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9786054600472</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Şahmeran ve Lokman Hekim</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9786054600434</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>Su Üzerine Şiirler</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9789944249874</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Sonra Edebiyat 5</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9789989879890</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Solgun Orospu Kırmızısı</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9789442493946</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>Sokağa Çıkma Yüzü</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9789894793977</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Siyah ve Gümüş</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9789944493758</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>Sincabın Gölgesi</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9789756038796</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>Seninle Bir Yastıkta Fransız Aşk Şiirleri Antolojisi</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>8.24</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9789756038895</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>Senden Sonra Hiç Ağlamadım</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9786054600410</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>Sürgünlü Sokak Fani Dünya</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9789894793649</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>Sen İçerde Uyurken</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9789989879937</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>Sürgün</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9789944249898</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>Suyun Rüyası</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9789898897404</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>Suskunluğa Gizlediklerim</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>3990000003657</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Suskun Dinle</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9786257655460</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>Kirpi Üç Aylık Edebiyat ve Düşün Dergisi Sayı: 06 Temmuz-Ağustos-Eylül 2021</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9789989879906</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>Sazıyla Sevişen Adam</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9789989878398</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>Sardunyanın Kehribar Zamanı</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>3990000010634</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>Sana Bakıyorum - I Look at You</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>9789894793786</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>Sahafın Keçisi Şiir Seçkisi Kitap 3</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>9789895893805</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>Sahafın Keçisi 2</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9789894793052</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>Sağanak, Şimdi!</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>5.9</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9789894793205</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>Saflık Örtüsü</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>8.24</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>9789756038970</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>Revan</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9789894793533</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>Quadro Della Fotografia</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9789989878138</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>Promethe’nin Işığında Bir Ömür: Vecihi Timuroğlu</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9789894793397</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Peryavşan</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9789894793892</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Pervazda</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>3990000003656</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>Pencereler</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9789756038925</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>Parantezlerdeki Ritsos</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>8.24</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>9789989879807</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>Para Şiiri Pul Edemez</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9789442493878</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>Panayır Zamanı</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9789894793137</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>Paçalı Bulut</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>9789894793847</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t>Özkan Mert Bütün Şiirleri 4</t>
+        </is>
+      </c>
+      <c r="C672" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="673" spans="1:3">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>9789894793854</t>
+        </is>
+      </c>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t>Özkan Mert Bütün Şiirleri 3</t>
+        </is>
+      </c>
+      <c r="C673" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="674" spans="1:3">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>9789894793861</t>
+        </is>
+      </c>
+      <c r="B674" s="1" t="inlineStr">
+        <is>
+          <t>Özkan Mert Bütün Şiirleri 2</t>
+        </is>
+      </c>
+      <c r="C674" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="675" spans="1:3">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>9789894793878</t>
+        </is>
+      </c>
+      <c r="B675" s="1" t="inlineStr">
+        <is>
+          <t>Özkan Mert Bütün Şiirleri 1</t>
+        </is>
+      </c>
+      <c r="C675" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="676" spans="1:3">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>9786054600106</t>
+        </is>
+      </c>
+      <c r="B676" s="1" t="inlineStr">
+        <is>
+          <t>Öykünün Nar Suyu</t>
+        </is>
+      </c>
+      <c r="C676" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="677" spans="1:3">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>9789895893775</t>
+        </is>
+      </c>
+      <c r="B677" s="1" t="inlineStr">
+        <is>
+          <t>Ölümün Anayurdu</t>
+        </is>
+      </c>
+      <c r="C677" s="1">
+        <v>8.24</v>
+      </c>
+    </row>
+    <row r="678" spans="1:3">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>9789756038765</t>
+        </is>
+      </c>
+      <c r="B678" s="1" t="inlineStr">
+        <is>
+          <t>Oyun Sayı: 2</t>
+        </is>
+      </c>
+      <c r="C678" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="679" spans="1:3">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>3990000002133</t>
+        </is>
+      </c>
+      <c r="B679" s="1" t="inlineStr">
+        <is>
+          <t>Oyun 6 Tiyatroyla İlgili Her Şey...</t>
+        </is>
+      </c>
+      <c r="C679" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="680" spans="1:3">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>9789442493991</t>
+        </is>
+      </c>
+      <c r="B680" s="1" t="inlineStr">
+        <is>
+          <t>Oyun 5</t>
+        </is>
+      </c>
+      <c r="C680" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="681" spans="1:3">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>9789756038118</t>
+        </is>
+      </c>
+      <c r="B681" s="1" t="inlineStr">
+        <is>
+          <t>Oyun 4</t>
+        </is>
+      </c>
+      <c r="C681" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="682" spans="1:3">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>9789756038864</t>
+        </is>
+      </c>
+      <c r="B682" s="1" t="inlineStr">
+        <is>
+          <t>Oyun 3 Tiyatro Hakkında Her Şey</t>
+        </is>
+      </c>
+      <c r="C682" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="683" spans="1:3">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>9789894793076</t>
+        </is>
+      </c>
+      <c r="B683" s="1" t="inlineStr">
+        <is>
+          <t>Orada Olmayan Adam</t>
+        </is>
+      </c>
+      <c r="C683" s="1">
+        <v>5.79</v>
+      </c>
+    </row>
+    <row r="684" spans="1:3">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>9786054600403</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t>Okul</t>
+        </is>
+      </c>
+      <c r="C684" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="685" spans="1:3">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>9789894893776</t>
+        </is>
+      </c>
+      <c r="B685" s="1" t="inlineStr">
+        <is>
+          <t>Neşvan</t>
+        </is>
+      </c>
+      <c r="C685" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="686" spans="1:3">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>9789989879760</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t>Neredeyse Siyah</t>
+        </is>
+      </c>
+      <c r="C686" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="687" spans="1:3">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>9789442493694</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t>Necatigül</t>
+        </is>
+      </c>
+      <c r="C687" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="688" spans="1:3">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>9789944493697</t>
+        </is>
+      </c>
+      <c r="B688" s="1" t="inlineStr">
+        <is>
+          <t>Nazım Hikmet Yahşi Güzel</t>
+        </is>
+      </c>
+      <c r="C688" s="1">
+        <v>8.24</v>
+      </c>
+    </row>
+    <row r="689" spans="1:3">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>9789944249881</t>
+        </is>
+      </c>
+      <c r="B689" s="1" t="inlineStr">
+        <is>
+          <t>Nar Meseli</t>
+        </is>
+      </c>
+      <c r="C689" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="690" spans="1:3">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>9789756038345</t>
+        </is>
+      </c>
+      <c r="B690" s="1" t="inlineStr">
+        <is>
+          <t>Mürekkep Acısı</t>
+        </is>
+      </c>
+      <c r="C690" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="691" spans="1:3">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>9789989879517</t>
+        </is>
+      </c>
+      <c r="B691" s="1" t="inlineStr">
+        <is>
+          <t>Mest</t>
+        </is>
+      </c>
+      <c r="C691" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="692" spans="1:3">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>9786054600359</t>
+        </is>
+      </c>
+      <c r="B692" s="1" t="inlineStr">
+        <is>
+          <t>Mesai İncili</t>
+        </is>
+      </c>
+      <c r="C692" s="1">
+        <v>11.94</v>
+      </c>
+    </row>
+    <row r="693" spans="1:3">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
+          <t>9786056261817</t>
+        </is>
+      </c>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t>New York’un Arabı</t>
+        </is>
+      </c>
+      <c r="C693" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="694" spans="1:3">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>9789894793045</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t>Meleklerin Fısıldadığı</t>
+        </is>
+      </c>
+      <c r="C694" s="1">
+        <v>5.9</v>
+      </c>
+    </row>
+    <row r="695" spans="1:3">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>9789895893751</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t>Mehmetçik</t>
+        </is>
+      </c>
+      <c r="C695" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="696" spans="1:3">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>9789756038741</t>
+        </is>
+      </c>
+      <c r="B696" s="1" t="inlineStr">
+        <is>
+          <t>Mayıs Sevgili Un Amour De Mai</t>
+        </is>
+      </c>
+      <c r="C696" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="697" spans="1:3">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>9789989878503</t>
+        </is>
+      </c>
+      <c r="B697" s="1" t="inlineStr">
+        <is>
+          <t>Mayıs Islığı</t>
+        </is>
+      </c>
+      <c r="C697" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="698" spans="1:3">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>9789894793748</t>
+        </is>
+      </c>
+      <c r="B698" s="1" t="inlineStr">
+        <is>
+          <t>Mavi’nin Kırmızısı</t>
+        </is>
+      </c>
+      <c r="C698" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="699" spans="1:3">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>9789898897398</t>
+        </is>
+      </c>
+      <c r="B699" s="1" t="inlineStr">
+        <is>
+          <t>Mahizar</t>
+        </is>
+      </c>
+      <c r="C699" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="700" spans="1:3">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
+          <t>9789989878046</t>
+        </is>
+      </c>
+      <c r="B700" s="1" t="inlineStr">
+        <is>
+          <t>Lisanı Zor Hikaye</t>
+        </is>
+      </c>
+      <c r="C700" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="701" spans="1:3">
+      <c r="A701" s="1" t="inlineStr">
+        <is>
+          <t>9786054600427</t>
+        </is>
+      </c>
+      <c r="B701" s="1" t="inlineStr">
+        <is>
+          <t>Lipsos’un Kavuşma Şarkısı</t>
+        </is>
+      </c>
+      <c r="C701" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="702" spans="1:3">
+      <c r="A702" s="1" t="inlineStr">
+        <is>
+          <t>9786057903389</t>
+        </is>
+      </c>
+      <c r="B702" s="1" t="inlineStr">
+        <is>
+          <t>Lilith ve Şems</t>
+        </is>
+      </c>
+      <c r="C702" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="703" spans="1:3">
+      <c r="A703" s="1" t="inlineStr">
+        <is>
+          <t>9789894793441</t>
+        </is>
+      </c>
+      <c r="B703" s="1" t="inlineStr">
+        <is>
+          <t>Lakuna</t>
+        </is>
+      </c>
+      <c r="C703" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="704" spans="1:3">
+      <c r="A704" s="1" t="inlineStr">
+        <is>
+          <t>9789894893981</t>
+        </is>
+      </c>
+      <c r="B704" s="1" t="inlineStr">
+        <is>
+          <t>Kutsanmış Hüzünler Atlası</t>
+        </is>
+      </c>
+      <c r="C704" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="705" spans="1:3">
+      <c r="A705" s="1" t="inlineStr">
+        <is>
+          <t>9789756038000</t>
+        </is>
+      </c>
+      <c r="B705" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Savaş</t>
+        </is>
+      </c>
+      <c r="C705" s="1">
+        <v>8.24</v>
+      </c>
+    </row>
+    <row r="706" spans="1:3">
+      <c r="A706" s="1" t="inlineStr">
+        <is>
+          <t>9789894893769</t>
+        </is>
+      </c>
+      <c r="B706" s="1" t="inlineStr">
+        <is>
+          <t>Kuşatma Durumu</t>
+        </is>
+      </c>
+      <c r="C706" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="707" spans="1:3">
+      <c r="A707" s="1" t="inlineStr">
+        <is>
+          <t>9789989879777</t>
+        </is>
+      </c>
+      <c r="B707" s="1" t="inlineStr">
+        <is>
+          <t>Kuş Kıyamet</t>
+        </is>
+      </c>
+      <c r="C707" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="708" spans="1:3">
+      <c r="A708" s="1" t="inlineStr">
+        <is>
+          <t>9789756038550</t>
+        </is>
+      </c>
+      <c r="B708" s="1" t="inlineStr">
+        <is>
+          <t>Kucak Gibi Açılmış Gözlerle</t>
+        </is>
+      </c>
+      <c r="C708" s="1">
+        <v>8.24</v>
+      </c>
+    </row>
+    <row r="709" spans="1:3">
+      <c r="A709" s="1" t="inlineStr">
+        <is>
+          <t>9789989878466</t>
+        </is>
+      </c>
+      <c r="B709" s="1" t="inlineStr">
+        <is>
+          <t>Kör Bakkalın Gözleri</t>
+        </is>
+      </c>
+      <c r="C709" s="1">
+        <v>11.02</v>
+      </c>
+    </row>
+    <row r="710" spans="1:3">
+      <c r="A710" s="1" t="inlineStr">
+        <is>
+          <t>9789894793113</t>
+        </is>
+      </c>
+      <c r="B710" s="1" t="inlineStr">
+        <is>
+          <t>Kin Divanı</t>
+        </is>
+      </c>
+      <c r="C710" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="711" spans="1:3">
+      <c r="A711" s="1" t="inlineStr">
+        <is>
+          <t>9789895893973</t>
+        </is>
+      </c>
+      <c r="B711" s="1" t="inlineStr">
+        <is>
+          <t>Kırık Kadınlar Solosu</t>
+        </is>
+      </c>
+      <c r="C711" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="712" spans="1:3">
+      <c r="A712" s="1" t="inlineStr">
+        <is>
+          <t>9789442493861</t>
+        </is>
+      </c>
+      <c r="B712" s="1" t="inlineStr">
+        <is>
+          <t>Keramet-i Kadında / Keramet Nerde Bilemedim</t>
+        </is>
+      </c>
+      <c r="C712" s="1">
+        <v>14.72</v>
+      </c>
+    </row>
+    <row r="713" spans="1:3">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>9789894793458</t>
+        </is>
+      </c>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t>Kendine Kıvrılan Ok</t>
+        </is>
+      </c>
+      <c r="C713" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="714" spans="1:3">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>9789750077333</t>
+        </is>
+      </c>
+      <c r="B714" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Zaman Defteri</t>
+        </is>
+      </c>
+      <c r="C714" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="715" spans="1:3">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>9789944249454</t>
+        </is>
+      </c>
+      <c r="B715" s="1" t="inlineStr">
+        <is>
+          <t>Katran</t>
+        </is>
+      </c>
+      <c r="C715" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="716" spans="1:3">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>9789895893782</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t>Karnaval</t>
+        </is>
+      </c>
+      <c r="C716" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="717" spans="1:3">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
+          <t>9789756038857</t>
+        </is>
+      </c>
+      <c r="B717" s="1" t="inlineStr">
+        <is>
+          <t>Kaptan Müsait Yerde</t>
+        </is>
+      </c>
+      <c r="C717" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="718" spans="1:3">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>9789944249430</t>
+        </is>
+      </c>
+      <c r="B718" s="1" t="inlineStr">
+        <is>
+          <t>Kapalı Kapının Önünde</t>
+        </is>
+      </c>
+      <c r="C718" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="719" spans="1:3">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>9789944493642</t>
+        </is>
+      </c>
+      <c r="B719" s="1" t="inlineStr">
+        <is>
+          <t>Kanımla Döllenen Zaman</t>
+        </is>
+      </c>
+      <c r="C719" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="720" spans="1:3">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>9789894893714</t>
+        </is>
+      </c>
+      <c r="B720" s="1" t="inlineStr">
+        <is>
+          <t>Kalp Şarkıları</t>
+        </is>
+      </c>
+      <c r="C720" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="721" spans="1:3">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>9789989879692</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t>Kalem Niye Susuyorsun?</t>
+        </is>
+      </c>
+      <c r="C721" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="722" spans="1:3">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>9789756038833</t>
+        </is>
+      </c>
+      <c r="B722" s="1" t="inlineStr">
+        <is>
+          <t>Kabus</t>
+        </is>
+      </c>
+      <c r="C722" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="723" spans="1:3">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>9789989784385</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t>İyi Kalpli Seri Katil</t>
+        </is>
+      </c>
+      <c r="C723" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="724" spans="1:3">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>9786054600489</t>
+        </is>
+      </c>
+      <c r="B724" s="1" t="inlineStr">
+        <is>
+          <t>İtin Tekiydi Yoldaşlarım</t>
+        </is>
+      </c>
+      <c r="C724" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="725" spans="1:3">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>9789894893738</t>
+        </is>
+      </c>
+      <c r="B725" s="1" t="inlineStr">
+        <is>
+          <t>Land Of Smiles / Gülümsemeler Ülkesi</t>
+        </is>
+      </c>
+      <c r="C725" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="726" spans="1:3">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>3990000025862</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t>İsveçli Kadın Şairlerin Aşk Şiirleri</t>
+        </is>
+      </c>
+      <c r="C726" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="727" spans="1:3">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
+          <t>9789989879968</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>İstanbullu Bulgarlar ve Eski İstanbul</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9789989784392</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>İnce Sus</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9789756038581</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>İmzamı Bıraktım Teninde</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9789894793694</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>İkiden Büyük Bir</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9789756038956</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>İhbarlı Gül</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>8.24</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9789944493680</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>I Too Went To The Hunt Of A Deer</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9789989784095</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>Hüzünkar</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9789944493765</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>Hoşçakal Yeterli Zaman</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9789894793038</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>Hiçliğimdeki Yırtık</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>9786054600311</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>Hiçliğe Prova</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>3990000025863</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>Hezeyan Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9789944249867</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Hep ile Hiç Arasında</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9789989784057</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>Harflerinde Yürüdüm Zamanımı Ekerek</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9789442493724</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>Harf Divanı</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9789895893768</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>Halka Oyunu</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9789989878275</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>Güz Tutulmaları</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9789894793069</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>Gül Taştan Ağır</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9789894793106</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>Gözaltı</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9789989878350</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>Göz Sesleri</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9789756038598</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Görenkalp’ten Dörtlükler Rubailer</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9789894793243</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>Gör-Düğüm</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>9789895893812</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>Gölgeler Galerisi 2</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9789894793816</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzüne Düşerken Melekler</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>11.94</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9789895893980</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>Gökliman</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9789442493731</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Özne</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>3990000003428</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>Gitmeler Üzerine Bir Sonbahar</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9789894793809</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>Genç Zamanlar</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9789894893868</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>Geda</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9789894793168</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>Gardenya Çıkmazı</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9789756038772</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Galatalı Bir Şair</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>9789989878145</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>Fotoğraftaki Çocuk</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9789894793021</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>Fotoğraf Arabası</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9789894793793</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>Eşikte</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9789894793656</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Esrik</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>9786054600021</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t>Esmer En</t>
+        </is>
+      </c>
+      <c r="C761" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>9789442493687</t>
+        </is>
+      </c>
+      <c r="B762" s="1" t="inlineStr">
+        <is>
+          <t>Eski Kırmızı</t>
+        </is>
+      </c>
+      <c r="C762" s="1">
+        <v>8.24</v>
+      </c>
+    </row>
+    <row r="763" spans="1:3">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>9786054600304</t>
+        </is>
+      </c>
+      <c r="B763" s="1" t="inlineStr">
+        <is>
+          <t>Ertesi Gün Hapı</t>
+        </is>
+      </c>
+      <c r="C763" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="764" spans="1:3">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>9786054600175</t>
+        </is>
+      </c>
+      <c r="B764" s="1" t="inlineStr">
+        <is>
+          <t>Erotoman</t>
+        </is>
+      </c>
+      <c r="C764" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="765" spans="1:3">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>9789898897473</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t>Emine Hatun</t>
+        </is>
+      </c>
+      <c r="C765" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="766" spans="1:3">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
+          <t>9786054600113</t>
+        </is>
+      </c>
+      <c r="B766" s="1" t="inlineStr">
+        <is>
+          <t>Elma Ağacında Kör Kuşlar</t>
+        </is>
+      </c>
+      <c r="C766" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="767" spans="1:3">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>9789989878273</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t>Ellerimi Büyüttüm Önce</t>
+        </is>
+      </c>
+      <c r="C767" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="768" spans="1:3">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>9786054600083</t>
+        </is>
+      </c>
+      <c r="B768" s="1" t="inlineStr">
+        <is>
+          <t>Eftelyam</t>
+        </is>
+      </c>
+      <c r="C768" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="769" spans="1:3">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>9789895893997</t>
+        </is>
+      </c>
+      <c r="B769" s="1" t="inlineStr">
+        <is>
+          <t>İç İçe</t>
+        </is>
+      </c>
+      <c r="C769" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="770" spans="1:3">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>9786054600663</t>
+        </is>
+      </c>
+      <c r="B770" s="1" t="inlineStr">
+        <is>
+          <t>Düzen</t>
+        </is>
+      </c>
+      <c r="C770" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="771" spans="1:3">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>9789989878473</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t>Düz Yazılar Ters Yazılar</t>
+        </is>
+      </c>
+      <c r="C771" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="772" spans="1:3">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>9789989879883</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t>Düşler Yanarken</t>
+        </is>
+      </c>
+      <c r="C772" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="773" spans="1:3">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>3990000033325</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t>Düşleğen Kokusu</t>
+        </is>
+      </c>
+      <c r="C773" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="774" spans="1:3">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>9789894893721</t>
+        </is>
+      </c>
+      <c r="B774" s="1" t="inlineStr">
+        <is>
+          <t>Düş Çocukları</t>
+        </is>
+      </c>
+      <c r="C774" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="775" spans="1:3">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>9789894793908</t>
+        </is>
+      </c>
+      <c r="B775" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Seherlerinde</t>
+        </is>
+      </c>
+      <c r="C775" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="776" spans="1:3">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>9789894793830</t>
+        </is>
+      </c>
+      <c r="B776" s="1" t="inlineStr">
+        <is>
+          <t>Durgun Yaşamın Şarkısı</t>
+        </is>
+      </c>
+      <c r="C776" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="777" spans="1:3">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>9789989878091</t>
+        </is>
+      </c>
+      <c r="B777" s="1" t="inlineStr">
+        <is>
+          <t>Dudaklarım Sünnetsiz</t>
+        </is>
+      </c>
+      <c r="C777" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="778" spans="1:3">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>9786056261831</t>
+        </is>
+      </c>
+      <c r="B778" s="1" t="inlineStr">
+        <is>
+          <t>Dramatik Sayı: 1</t>
+        </is>
+      </c>
+      <c r="C778" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="779" spans="1:3">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>9786054600342</t>
+        </is>
+      </c>
+      <c r="B779" s="1" t="inlineStr">
+        <is>
+          <t>Dilsiz ve Ağır</t>
+        </is>
+      </c>
+      <c r="C779" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="780" spans="1:3">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>9789756038543</t>
+        </is>
+      </c>
+      <c r="B780" s="1" t="inlineStr">
+        <is>
+          <t>Der ki Ağaçlar Sultanı</t>
+        </is>
+      </c>
+      <c r="C780" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="781" spans="1:3">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>9789894793670</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>Denizin Üvey Kızı</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9789898897527</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>Deniz</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9789944249980</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>Dekor ve Kostümlü Anılar</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>46.3</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9786054600854</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>Damla Damla</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9789989784101</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Dağ Çiçekleri</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>8.24</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9789442493854</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Çöl Kapısı</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9786054600380</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>Çilekler Üşürken</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9789894793731</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>Çıra Işığı</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9789894793915</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Yunan Şiiri Antolojisi</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>14.72</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>9786054600731</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>Islak Bir Sürgündür Anılar</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9789894793922</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Amerikan Şiiri Antolojisi</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>16.57</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>3990000005495</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>Ç.N. Sayı: 15 - Çeviri Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9789756038680</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>Ç.N. Sayı: 4 - Çeviri Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>3990000027478</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet Dönemi Türk Gösteri Sanatları Öncü Sahne Tasarımcıları</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9789756038604</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>Cinlerin Karıştığı Amerikan Şiiri Antolojisi</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9789442493963</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>Cesur Acı</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>9789894793274</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Cenk</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9789894793595</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>Cellatlar ve Soytarılar</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9789989878480</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>Canrüba</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9789989784187</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>Canım Sıkılıyor</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9789894793663</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Yolculuk</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>9789944249843</t>
+        </is>
+      </c>
+      <c r="B802" s="1" t="inlineStr">
+        <is>
+          <t>Bucaksız</t>
+        </is>
+      </c>
+      <c r="C802" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="803" spans="1:3">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>9786054600069</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t>Biriken</t>
+        </is>
+      </c>
+      <c r="C803" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="804" spans="1:3">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>9789944493611</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şiirsin Sen</t>
+        </is>
+      </c>
+      <c r="C804" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="805" spans="1:3">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>9786054600601</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ömür Bir Kum Saati</t>
+        </is>
+      </c>
+      <c r="C805" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="806" spans="1:3">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>9789989878169</t>
+        </is>
+      </c>
+      <c r="B806" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kuşu Dilinden Öpmek</t>
+        </is>
+      </c>
+      <c r="C806" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="807" spans="1:3">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>9789756038468</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kadına Dokunmayı Özlüyorum</t>
+        </is>
+      </c>
+      <c r="C807" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="808" spans="1:3">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>3990000010442</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t>Bir Doğu Uykusu</t>
+        </is>
+      </c>
+      <c r="C808" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="809" spans="1:3">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>9789894793700</t>
+        </is>
+      </c>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bir Daha Kaç Eder</t>
+        </is>
+      </c>
+      <c r="C809" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="810" spans="1:3">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>9789442493960</t>
+        </is>
+      </c>
+      <c r="B810" s="1" t="inlineStr">
+        <is>
+          <t>Benzede</t>
+        </is>
+      </c>
+      <c r="C810" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="811" spans="1:3">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>9789989878121</t>
+        </is>
+      </c>
+      <c r="B811" s="1" t="inlineStr">
+        <is>
+          <t>Beni Utancına Sakla</t>
+        </is>
+      </c>
+      <c r="C811" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="812" spans="1:3">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>9789756038987</t>
+        </is>
+      </c>
+      <c r="B812" s="1" t="inlineStr">
+        <is>
+          <t>Beni Nereye Götür</t>
+        </is>
+      </c>
+      <c r="C812" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="813" spans="1:3">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>9789756038574</t>
+        </is>
+      </c>
+      <c r="B813" s="1" t="inlineStr">
+        <is>
+          <t>Beklerken Soldu An</t>
+        </is>
+      </c>
+      <c r="C813" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="814" spans="1:3">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>9789894793526</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>Ben Ne Aşklardan Geldim</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="815" spans="1:3">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>9786257655057</t>
+        </is>
+      </c>
+      <c r="B815" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yudum Hayat</t>
+        </is>
+      </c>
+      <c r="C815" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="816" spans="1:3">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>9786257655088</t>
+        </is>
+      </c>
+      <c r="B816" s="1" t="inlineStr">
+        <is>
+          <t>2021 Unesco Dünya Şiir Günü Etkinlikleri Seçkisi</t>
+        </is>
+      </c>
+      <c r="C816" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="817" spans="1:3">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>9786257655064</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t>21 Kadın 21 Öykü</t>
+        </is>
+      </c>
+      <c r="C817" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="818" spans="1:3">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>9786257655125</t>
+        </is>
+      </c>
+      <c r="B818" s="1" t="inlineStr">
+        <is>
+          <t>Beyoğlu Erenköyü Hattı</t>
+        </is>
+      </c>
+      <c r="C818" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="819" spans="1:3">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>9789989784309</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t>Esmera</t>
+        </is>
+      </c>
+      <c r="C819" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="820" spans="1:3">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>9789898897541</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t>Dokunduğum Yaralar</t>
+        </is>
+      </c>
+      <c r="C820" s="1">
+        <v>5.9</v>
+      </c>
+    </row>
+    <row r="821" spans="1:3">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>9789944249447</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t>Doğacı</t>
+        </is>
+      </c>
+      <c r="C821" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="822" spans="1:3">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>9786257063357</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>Benidorm İstanbul 2020 Türk Şairler Seçkisi</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9786057903556</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>Turaç Gelinin Türküsü</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9789756038390</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>Büyü</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9786057903655</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>Boşlukta Nakış</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>9786057903600</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>Aşka ve Barışa Susamışken - While Being Thirsty For Love And Peace</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9786057903662</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>Ay Işığı Nasıl Tarif Edilir Görmeyen Gözlere - How You Can Depict The Moonligt To The Blind Eyes</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>9789756038703</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>Aynı Güneşin Çocukları</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>8.11</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>9786257063630</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>Sancı</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>9789894793410</t>
+        </is>
+      </c>
+      <c r="B830" s="1" t="inlineStr">
+        <is>
+          <t>İçinden Tren Geçen Şehir</t>
+        </is>
+      </c>
+      <c r="C830" s="1">
+        <v>8.24</v>
+      </c>
+    </row>
+    <row r="831" spans="1:3">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>9789989878114</t>
+        </is>
+      </c>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t>Saatleri Ayarlama Vakti</t>
+        </is>
+      </c>
+      <c r="C831" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="832" spans="1:3">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>9789894793182</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgarı Öpen Çocuklar</t>
+        </is>
+      </c>
+      <c r="C832" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="833" spans="1:3">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>9786054600533</t>
+        </is>
+      </c>
+      <c r="B833" s="1" t="inlineStr">
+        <is>
+          <t>Şahibe</t>
+        </is>
+      </c>
+      <c r="C833" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="834" spans="1:3">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>9771308795004</t>
+        </is>
+      </c>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t>Ç.N. Sayı: 12-13 - Çeviri Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C834" s="1">
+        <v>9.9</v>
+      </c>
+    </row>
+    <row r="835" spans="1:3">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
+          <t>9786257655316</t>
+        </is>
+      </c>
+      <c r="B835" s="1" t="inlineStr">
+        <is>
+          <t>İntihar Eden Şairler Kitabı - Şiirin Kesik Damarları 1</t>
+        </is>
+      </c>
+      <c r="C835" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="836" spans="1:3">
+      <c r="A836" s="1" t="inlineStr">
+        <is>
+          <t>9786257655194</t>
+        </is>
+      </c>
+      <c r="B836" s="1" t="inlineStr">
+        <is>
+          <t>Güne Uyan</t>
+        </is>
+      </c>
+      <c r="C836" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="837" spans="1:3">
+      <c r="A837" s="1" t="inlineStr">
+        <is>
+          <t>9786257655217</t>
+        </is>
+      </c>
+      <c r="B837" s="1" t="inlineStr">
+        <is>
+          <t>Yeni ve Seçme Şiirler</t>
+        </is>
+      </c>
+      <c r="C837" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="838" spans="1:3">
+      <c r="A838" s="1" t="inlineStr">
+        <is>
+          <t>9786057903969</t>
+        </is>
+      </c>
+      <c r="B838" s="1" t="inlineStr">
+        <is>
+          <t>Şarkla Şamal Arası</t>
+        </is>
+      </c>
+      <c r="C838" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="839" spans="1:3">
+      <c r="A839" s="1" t="inlineStr">
+        <is>
+          <t>3990000099475</t>
+        </is>
+      </c>
+      <c r="B839" s="1" t="inlineStr">
+        <is>
+          <t>Cemal Süreya Hasretiyle 30 Yıl</t>
+        </is>
+      </c>
+      <c r="C839" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="840" spans="1:3">
+      <c r="A840" s="1" t="inlineStr">
+        <is>
+          <t>3990000095571</t>
+        </is>
+      </c>
+      <c r="B840" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlığın Başkenti</t>
+        </is>
+      </c>
+      <c r="C840" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="841" spans="1:3">
+      <c r="A841" s="1" t="inlineStr">
+        <is>
+          <t>9786057903976</t>
+        </is>
+      </c>
+      <c r="B841" s="1" t="inlineStr">
+        <is>
+          <t>Aşkı Yaram Ettim</t>
+        </is>
+      </c>
+      <c r="C841" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="842" spans="1:3">
+      <c r="A842" s="1" t="inlineStr">
+        <is>
+          <t>9786057903037</t>
+        </is>
+      </c>
+      <c r="B842" s="1" t="inlineStr">
+        <is>
+          <t>Seni Yaşamak</t>
+        </is>
+      </c>
+      <c r="C842" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="843" spans="1:3">
+      <c r="A843" s="1" t="inlineStr">
+        <is>
+          <t>9786057903778</t>
+        </is>
+      </c>
+      <c r="B843" s="1" t="inlineStr">
+        <is>
+          <t>Seçilmiş Şiirler</t>
+        </is>
+      </c>
+      <c r="C843" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="844" spans="1:3">
+      <c r="A844" s="1" t="inlineStr">
+        <is>
+          <t>9786057903785</t>
+        </is>
+      </c>
+      <c r="B844" s="1" t="inlineStr">
+        <is>
+          <t>Beni Topla Anılardan</t>
+        </is>
+      </c>
+      <c r="C844" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="845" spans="1:3">
+      <c r="A845" s="1" t="inlineStr">
+        <is>
+          <t>9786057903730</t>
+        </is>
+      </c>
+      <c r="B845" s="1" t="inlineStr">
+        <is>
+          <t>Size Bakmanın Tarihi - Hilmi Yavuz Sempozyumu Kitabı</t>
+        </is>
+      </c>
+      <c r="C845" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="846" spans="1:3">
+      <c r="A846" s="1" t="inlineStr">
+        <is>
+          <t>9786057903754</t>
+        </is>
+      </c>
+      <c r="B846" s="1" t="inlineStr">
+        <is>
+          <t>Derin Umutlar</t>
+        </is>
+      </c>
+      <c r="C846" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="847" spans="1:3">
+      <c r="A847" s="1" t="inlineStr">
+        <is>
+          <t>9786057903686</t>
+        </is>
+      </c>
+      <c r="B847" s="1" t="inlineStr">
+        <is>
+          <t>Afrin Tünelleri</t>
+        </is>
+      </c>
+      <c r="C847" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="848" spans="1:3">
+      <c r="A848" s="1" t="inlineStr">
+        <is>
+          <t>9786057903679</t>
+        </is>
+      </c>
+      <c r="B848" s="1" t="inlineStr">
+        <is>
+          <t>Dağlarca'yla Türkçe Katında</t>
+        </is>
+      </c>
+      <c r="C848" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="849" spans="1:3">
+      <c r="A849" s="1" t="inlineStr">
+        <is>
+          <t>9786057903860</t>
+        </is>
+      </c>
+      <c r="B849" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ayrılığın Pandomimi</t>
+        </is>
+      </c>
+      <c r="C849" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="850" spans="1:3">
+      <c r="A850" s="1" t="inlineStr">
+        <is>
+          <t>9786057903747</t>
+        </is>
+      </c>
+      <c r="B850" s="1" t="inlineStr">
+        <is>
+          <t>Larva</t>
+        </is>
+      </c>
+      <c r="C850" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="851" spans="1:3">
+      <c r="A851" s="1" t="inlineStr">
+        <is>
+          <t>9786057903723</t>
+        </is>
+      </c>
+      <c r="B851" s="1" t="inlineStr">
+        <is>
+          <t>Sevdaya Dair Şiirler</t>
+        </is>
+      </c>
+      <c r="C851" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="852" spans="1:3">
+      <c r="A852" s="1" t="inlineStr">
+        <is>
+          <t>9786057903761</t>
+        </is>
+      </c>
+      <c r="B852" s="1" t="inlineStr">
+        <is>
+          <t>Umutlar Yeşil Açardı</t>
+        </is>
+      </c>
+      <c r="C852" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="853" spans="1:3">
+      <c r="A853" s="1" t="inlineStr">
+        <is>
+          <t>9786057903693</t>
+        </is>
+      </c>
+      <c r="B853" s="1" t="inlineStr">
+        <is>
+          <t>Uzaktan Gelen Esintiler</t>
+        </is>
+      </c>
+      <c r="C853" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="854" spans="1:3">
+      <c r="A854" s="1" t="inlineStr">
+        <is>
+          <t>9786057903792</t>
+        </is>
+      </c>
+      <c r="B854" s="1" t="inlineStr">
+        <is>
+          <t>Nihilist Alarm</t>
+        </is>
+      </c>
+      <c r="C854" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="855" spans="1:3">
+      <c r="A855" s="1" t="inlineStr">
+        <is>
+          <t>9786257063470</t>
+        </is>
+      </c>
+      <c r="B855" s="1" t="inlineStr">
+        <is>
+          <t>Aşka Dair</t>
+        </is>
+      </c>
+      <c r="C855" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="856" spans="1:3">
+      <c r="A856" s="1" t="inlineStr">
+        <is>
+          <t>9786257063456</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t>Mut</t>
+        </is>
+      </c>
+      <c r="C856" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="857" spans="1:3">
+      <c r="A857" s="1" t="inlineStr">
+        <is>
+          <t>9786257063463</t>
+        </is>
+      </c>
+      <c r="B857" s="1" t="inlineStr">
+        <is>
+          <t>Eylül'de Şah İle Mat</t>
+        </is>
+      </c>
+      <c r="C857" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="858" spans="1:3">
+      <c r="A858" s="1" t="inlineStr">
+        <is>
+          <t>9786257063104</t>
+        </is>
+      </c>
+      <c r="B858" s="1" t="inlineStr">
+        <is>
+          <t>İyi Öpüşmek Aşkın Yarısıdır</t>
+        </is>
+      </c>
+      <c r="C858" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="859" spans="1:3">
+      <c r="A859" s="1" t="inlineStr">
+        <is>
+          <t>9786257063197</t>
+        </is>
+      </c>
+      <c r="B859" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Ağıt Sarıkamış</t>
+        </is>
+      </c>
+      <c r="C859" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="860" spans="1:3">
+      <c r="A860" s="1" t="inlineStr">
+        <is>
+          <t>9786257063029</t>
+        </is>
+      </c>
+      <c r="B860" s="1" t="inlineStr">
+        <is>
+          <t>Yiğit Kızlar</t>
+        </is>
+      </c>
+      <c r="C860" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="861" spans="1:3">
+      <c r="A861" s="1" t="inlineStr">
+        <is>
+          <t>9786257063081</t>
+        </is>
+      </c>
+      <c r="B861" s="1" t="inlineStr">
+        <is>
+          <t>Temelli Döncem</t>
+        </is>
+      </c>
+      <c r="C861" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="862" spans="1:3">
+      <c r="A862" s="1" t="inlineStr">
+        <is>
+          <t>9786057903914</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t>Yaseminlere Su Vermeliyim</t>
+        </is>
+      </c>
+      <c r="C862" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="863" spans="1:3">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>9786257063043</t>
+        </is>
+      </c>
+      <c r="B863" s="1" t="inlineStr">
+        <is>
+          <t>Paslı Deniz</t>
+        </is>
+      </c>
+      <c r="C863" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="864" spans="1:3">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>9786057903396</t>
+        </is>
+      </c>
+      <c r="B864" s="1" t="inlineStr">
+        <is>
+          <t>Silgi İzi</t>
+        </is>
+      </c>
+      <c r="C864" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="865" spans="1:3">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>9786057903402</t>
+        </is>
+      </c>
+      <c r="B865" s="1" t="inlineStr">
+        <is>
+          <t>Aşka ve Barışa Susamışken</t>
+        </is>
+      </c>
+      <c r="C865" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="866" spans="1:3">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>9786057903372</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t>Tezus</t>
+        </is>
+      </c>
+      <c r="C866" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="867" spans="1:3">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
+          <t>9786057903334</t>
+        </is>
+      </c>
+      <c r="B867" s="1" t="inlineStr">
+        <is>
+          <t>Gitmek İstedim</t>
+        </is>
+      </c>
+      <c r="C867" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="868" spans="1:3">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>9786057903358</t>
+        </is>
+      </c>
+      <c r="B868" s="1" t="inlineStr">
+        <is>
+          <t>Kaynana Şekeri</t>
+        </is>
+      </c>
+      <c r="C868" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="869" spans="1:3">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>9786057903310</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t>Ademin Defteri</t>
+        </is>
+      </c>
+      <c r="C869" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="870" spans="1:3">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>9786059668330</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>12 Eylül'e Kadar</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9786059668385</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>Köşeli Parantez</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>9786257063579</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>Kirpi Edebiyat ve Düşün Dergisi Üç Aylık Edebiyat Seçkisi Kitap 03 Eylül - Ekim - Kasım 2020</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9786257063555</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>Umuda Yolculuk</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>9786257063623</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>1970’Den 2020’Ye... Gerçekler</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>9786257655156</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t>Sen ve Ben</t>
+        </is>
+      </c>
+      <c r="C875" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="876" spans="1:3">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>9786257655170</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t>Aklın Havadaysa...</t>
+        </is>
+      </c>
+      <c r="C876" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="877" spans="1:3">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>9786257655118</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t>Çakma Hırsız</t>
+        </is>
+      </c>
+      <c r="C877" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="878" spans="1:3">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>9786257063616</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Su Nar</t>
+        </is>
+      </c>
+      <c r="C878" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="879" spans="1:3">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>9786257063695</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t>Toprağın Elleri</t>
+        </is>
+      </c>
+      <c r="C879" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="880" spans="1:3">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
+          <t>9786257063005</t>
+        </is>
+      </c>
+      <c r="B880" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Oyunları</t>
+        </is>
+      </c>
+      <c r="C880" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="881" spans="1:3">
+      <c r="A881" s="1" t="inlineStr">
+        <is>
+          <t>2789785850229</t>
+        </is>
+      </c>
+      <c r="B881" s="1" t="inlineStr">
+        <is>
+          <t>Safran ve Hüzün</t>
+        </is>
+      </c>
+      <c r="C881" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="882" spans="1:3">
+      <c r="A882" s="1" t="inlineStr">
+        <is>
+          <t>9786257655354</t>
+        </is>
+      </c>
+      <c r="B882" s="1" t="inlineStr">
+        <is>
+          <t>Mızrak ve Yol</t>
+        </is>
+      </c>
+      <c r="C882" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="883" spans="1:3">
+      <c r="A883" s="1" t="inlineStr">
+        <is>
+          <t>9786257655392</t>
+        </is>
+      </c>
+      <c r="B883" s="1" t="inlineStr">
+        <is>
+          <t>Boz Yılanın Fate Aşkı</t>
+        </is>
+      </c>
+      <c r="C883" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="884" spans="1:3">
+      <c r="A884" s="1" t="inlineStr">
+        <is>
+          <t>9786257655200</t>
+        </is>
+      </c>
+      <c r="B884" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Ağacı</t>
+        </is>
+      </c>
+      <c r="C884" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="885" spans="1:3">
+      <c r="A885" s="1" t="inlineStr">
+        <is>
+          <t>9786257063234</t>
+        </is>
+      </c>
+      <c r="B885" s="1" t="inlineStr">
+        <is>
+          <t>1940’larda Yükselen Nazizm’in Türk Edebiyatına Etkileri</t>
+        </is>
+      </c>
+      <c r="C885" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="886" spans="1:3">
+      <c r="A886" s="1" t="inlineStr">
+        <is>
+          <t>9786257655231</t>
+        </is>
+      </c>
+      <c r="B886" s="1" t="inlineStr">
+        <is>
+          <t>Kirpi Üç Aylık Edebiyat ve Düşün Dergisi Sayı: 05 Nisan-Mayıs-Haziran 2021</t>
+        </is>
+      </c>
+      <c r="C886" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="887" spans="1:3">
+      <c r="A887" s="1" t="inlineStr">
+        <is>
+          <t>9786057903433</t>
+        </is>
+      </c>
+      <c r="B887" s="1" t="inlineStr">
+        <is>
+          <t>Elvira Kujovic - Akram Saffan</t>
+        </is>
+      </c>
+      <c r="C887" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="888" spans="1:3">
+      <c r="A888" s="1" t="inlineStr">
+        <is>
+          <t>9786057903440</t>
+        </is>
+      </c>
+      <c r="B888" s="1" t="inlineStr">
+        <is>
+          <t>Cennet Adaları</t>
+        </is>
+      </c>
+      <c r="C888" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="889" spans="1:3">
+      <c r="A889" s="1" t="inlineStr">
+        <is>
+          <t>9786057903426</t>
+        </is>
+      </c>
+      <c r="B889" s="1" t="inlineStr">
+        <is>
+          <t>Söğe</t>
+        </is>
+      </c>
+      <c r="C889" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="890" spans="1:3">
+      <c r="A890" s="1" t="inlineStr">
+        <is>
+          <t>9786057903419</t>
+        </is>
+      </c>
+      <c r="B890" s="1" t="inlineStr">
+        <is>
+          <t>Afel / Günöte</t>
+        </is>
+      </c>
+      <c r="C890" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="891" spans="1:3">
+      <c r="A891" s="1" t="inlineStr">
+        <is>
+          <t>9789756038338</t>
+        </is>
+      </c>
+      <c r="B891" s="1" t="inlineStr">
+        <is>
+          <t>Hiçbir Yerde Hiçbir Zaman</t>
+        </is>
+      </c>
+      <c r="C891" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="892" spans="1:3">
+      <c r="A892" s="1" t="inlineStr">
+        <is>
+          <t>9789756038437</t>
+        </is>
+      </c>
+      <c r="B892" s="1" t="inlineStr">
+        <is>
+          <t>Minti Name</t>
+        </is>
+      </c>
+      <c r="C892" s="1">
+        <v>5.85</v>
+      </c>
+    </row>
+    <row r="893" spans="1:3">
+      <c r="A893" s="1" t="inlineStr">
+        <is>
+          <t>9786257063388</t>
+        </is>
+      </c>
+      <c r="B893" s="1" t="inlineStr">
+        <is>
+          <t>Şehir Yanıyor</t>
+        </is>
+      </c>
+      <c r="C893" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="894" spans="1:3">
+      <c r="A894" s="1" t="inlineStr">
+        <is>
+          <t>9786257063340</t>
+        </is>
+      </c>
+      <c r="B894" s="1" t="inlineStr">
+        <is>
+          <t>Aslı Akyüz'ün Kanat Çalışmaları İçin</t>
+        </is>
+      </c>
+      <c r="C894" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="895" spans="1:3">
+      <c r="A895" s="1" t="inlineStr">
+        <is>
+          <t>9786257063364</t>
+        </is>
+      </c>
+      <c r="B895" s="1" t="inlineStr">
+        <is>
+          <t>Güneşin Yaprakları</t>
+        </is>
+      </c>
+      <c r="C895" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="896" spans="1:3">
+      <c r="A896" s="1" t="inlineStr">
+        <is>
+          <t>9786257063371</t>
+        </is>
+      </c>
+      <c r="B896" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Duygu Seli</t>
+        </is>
+      </c>
+      <c r="C896" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="897" spans="1:3">
+      <c r="A897" s="1" t="inlineStr">
+        <is>
+          <t>9786057903983</t>
+        </is>
+      </c>
+      <c r="B897" s="1" t="inlineStr">
+        <is>
+          <t>Sen + Ben = Biz Aile</t>
+        </is>
+      </c>
+      <c r="C897" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="898" spans="1:3">
+      <c r="A898" s="1" t="inlineStr">
+        <is>
+          <t>9786057903990</t>
+        </is>
+      </c>
+      <c r="B898" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Çığlık</t>
+        </is>
+      </c>
+      <c r="C898" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="899" spans="1:3">
+      <c r="A899" s="1" t="inlineStr">
+        <is>
+          <t>9786057903822</t>
+        </is>
+      </c>
+      <c r="B899" s="1" t="inlineStr">
+        <is>
+          <t>Zamana Dokunan Sözler</t>
+        </is>
+      </c>
+      <c r="C899" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="900" spans="1:3">
+      <c r="A900" s="1" t="inlineStr">
+        <is>
+          <t>9786057903952</t>
+        </is>
+      </c>
+      <c r="B900" s="1" t="inlineStr">
+        <is>
+          <t>Devrim Kalem Park</t>
+        </is>
+      </c>
+      <c r="C900" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="901" spans="1:3">
+      <c r="A901" s="1" t="inlineStr">
+        <is>
+          <t>9786057903013</t>
+        </is>
+      </c>
+      <c r="B901" s="1" t="inlineStr">
+        <is>
+          <t>Olympos Mektupları - Olympos Letters</t>
+        </is>
+      </c>
+      <c r="C901" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="902" spans="1:3">
+      <c r="A902" s="1" t="inlineStr">
+        <is>
+          <t>9786058106024</t>
+        </is>
+      </c>
+      <c r="B902" s="1" t="inlineStr">
+        <is>
+          <t>Işığın Nefesi</t>
+        </is>
+      </c>
+      <c r="C902" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="903" spans="1:3">
+      <c r="A903" s="1" t="inlineStr">
+        <is>
+          <t>9786058106086</t>
+        </is>
+      </c>
+      <c r="B903" s="1" t="inlineStr">
+        <is>
+          <t>Yeniay Mahvı</t>
+        </is>
+      </c>
+      <c r="C903" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="904" spans="1:3">
+      <c r="A904" s="1" t="inlineStr">
+        <is>
+          <t>9786057903051</t>
+        </is>
+      </c>
+      <c r="B904" s="1" t="inlineStr">
+        <is>
+          <t>Bu Türkü Söylenmeli</t>
+        </is>
+      </c>
+      <c r="C904" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="905" spans="1:3">
+      <c r="A905" s="1" t="inlineStr">
+        <is>
+          <t>9786057903044</t>
+        </is>
+      </c>
+      <c r="B905" s="1" t="inlineStr">
+        <is>
+          <t>Kal Son Defa Öyle Git</t>
+        </is>
+      </c>
+      <c r="C905" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="906" spans="1:3">
+      <c r="A906" s="1" t="inlineStr">
+        <is>
+          <t>3990000087548</t>
+        </is>
+      </c>
+      <c r="B906" s="1" t="inlineStr">
+        <is>
+          <t>Soğuk Yıllar</t>
+        </is>
+      </c>
+      <c r="C906" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="907" spans="1:3">
+      <c r="A907" s="1" t="inlineStr">
+        <is>
+          <t>9786056883927</t>
+        </is>
+      </c>
+      <c r="B907" s="1" t="inlineStr">
+        <is>
+          <t>Tedirgin Duygular</t>
+        </is>
+      </c>
+      <c r="C907" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="908" spans="1:3">
+      <c r="A908" s="1" t="inlineStr">
+        <is>
+          <t>9786257063982</t>
+        </is>
+      </c>
+      <c r="B908" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızı Kayıp Düşen</t>
+        </is>
+      </c>
+      <c r="C908" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="909" spans="1:3">
+      <c r="A909" s="1" t="inlineStr">
+        <is>
+          <t>9786057903464</t>
+        </is>
+      </c>
+      <c r="B909" s="1" t="inlineStr">
+        <is>
+          <t>Unutulmuş Aryalar</t>
+        </is>
+      </c>
+      <c r="C909" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="910" spans="1:3">
+      <c r="A910" s="1" t="inlineStr">
+        <is>
+          <t>9786057903457</t>
+        </is>
+      </c>
+      <c r="B910" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Kokusu</t>
+        </is>
+      </c>
+      <c r="C910" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="911" spans="1:3">
+      <c r="A911" s="1" t="inlineStr">
+        <is>
+          <t>9786057903471</t>
+        </is>
+      </c>
+      <c r="B911" s="1" t="inlineStr">
+        <is>
+          <t>Köşe Başında Beklerken</t>
+        </is>
+      </c>
+      <c r="C911" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="912" spans="1:3">
+      <c r="A912" s="1" t="inlineStr">
+        <is>
+          <t>9786057903501</t>
+        </is>
+      </c>
+      <c r="B912" s="1" t="inlineStr">
+        <is>
+          <t>Dedem ve Ben</t>
+        </is>
+      </c>
+      <c r="C912" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="913" spans="1:3">
+      <c r="A913" s="1" t="inlineStr">
+        <is>
+          <t>9786057903525</t>
+        </is>
+      </c>
+      <c r="B913" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Kültür Sanat</t>
+        </is>
+      </c>
+      <c r="C913" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="914" spans="1:3">
+      <c r="A914" s="1" t="inlineStr">
+        <is>
+          <t>9786057903495</t>
+        </is>
+      </c>
+      <c r="B914" s="1" t="inlineStr">
+        <is>
+          <t>Mevsimlik Şiirler 1</t>
+        </is>
+      </c>
+      <c r="C914" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="915" spans="1:3">
+      <c r="A915" s="1" t="inlineStr">
+        <is>
+          <t>9786057903518</t>
+        </is>
+      </c>
+      <c r="B915" s="1" t="inlineStr">
+        <is>
+          <t>Bir Aşk Uğruna</t>
+        </is>
+      </c>
+      <c r="C915" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="916" spans="1:3">
+      <c r="A916" s="1" t="inlineStr">
+        <is>
+          <t>9786057903266</t>
+        </is>
+      </c>
+      <c r="B916" s="1" t="inlineStr">
+        <is>
+          <t>Turuncu Gemi</t>
+        </is>
+      </c>
+      <c r="C916" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="917" spans="1:3">
+      <c r="A917" s="1" t="inlineStr">
+        <is>
+          <t>9786057903211</t>
+        </is>
+      </c>
+      <c r="B917" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Mucizeler</t>
+        </is>
+      </c>
+      <c r="C917" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="918" spans="1:3">
+      <c r="A918" s="1" t="inlineStr">
+        <is>
+          <t>9786057903242</t>
+        </is>
+      </c>
+      <c r="B918" s="1" t="inlineStr">
+        <is>
+          <t>Hakikatler Kitabı</t>
+        </is>
+      </c>
+      <c r="C918" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="919" spans="1:3">
+      <c r="A919" s="1" t="inlineStr">
+        <is>
+          <t>9786057903228</t>
+        </is>
+      </c>
+      <c r="B919" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayla Çektirilmiş Hiç Resmim Yok Benim</t>
+        </is>
+      </c>
+      <c r="C919" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="920" spans="1:3">
+      <c r="A920" s="1" t="inlineStr">
+        <is>
+          <t>9786052179390</t>
+        </is>
+      </c>
+      <c r="B920" s="1" t="inlineStr">
+        <is>
+          <t>Medusa Bakışı</t>
+        </is>
+      </c>
+      <c r="C920" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="921" spans="1:3">
+      <c r="A921" s="1" t="inlineStr">
+        <is>
+          <t>9786057903112</t>
+        </is>
+      </c>
+      <c r="B921" s="1" t="inlineStr">
+        <is>
+          <t>Aylin Uyar ile Kahramanın Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C921" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="922" spans="1:3">
+      <c r="A922" s="1" t="inlineStr">
+        <is>
+          <t>9786057903198</t>
+        </is>
+      </c>
+      <c r="B922" s="1" t="inlineStr">
+        <is>
+          <t>Şimdi Yanma Zamanı</t>
+        </is>
+      </c>
+      <c r="C922" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="923" spans="1:3">
+      <c r="A923" s="1" t="inlineStr">
+        <is>
+          <t>9786052179376</t>
+        </is>
+      </c>
+      <c r="B923" s="1" t="inlineStr">
+        <is>
+          <t>Günörgüsü 2</t>
+        </is>
+      </c>
+      <c r="C923" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="924" spans="1:3">
+      <c r="A924" s="1" t="inlineStr">
+        <is>
+          <t>9786052179321</t>
+        </is>
+      </c>
+      <c r="B924" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamın Rosetta Taşı Yok</t>
+        </is>
+      </c>
+      <c r="C924" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="925" spans="1:3">
+      <c r="A925" s="1" t="inlineStr">
+        <is>
+          <t>9786052179000</t>
+        </is>
+      </c>
+      <c r="B925" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Işıkları</t>
+        </is>
+      </c>
+      <c r="C925" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="926" spans="1:3">
+      <c r="A926" s="1" t="inlineStr">
+        <is>
+          <t>9789752426825</t>
+        </is>
+      </c>
+      <c r="B926" s="1" t="inlineStr">
+        <is>
+          <t>Tenuçumu</t>
+        </is>
+      </c>
+      <c r="C926" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="927" spans="1:3">
+      <c r="A927" s="1" t="inlineStr">
+        <is>
+          <t>9789752426740</t>
+        </is>
+      </c>
+      <c r="B927" s="1" t="inlineStr">
+        <is>
+          <t>Bi’laf Üstü Kuru Gürültü</t>
+        </is>
+      </c>
+      <c r="C927" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="928" spans="1:3">
+      <c r="A928" s="1" t="inlineStr">
+        <is>
+          <t>9789752426986</t>
+        </is>
+      </c>
+      <c r="B928" s="1" t="inlineStr">
+        <is>
+          <t>Parmağımı Bırakma</t>
+        </is>
+      </c>
+      <c r="C928" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="929" spans="1:3">
+      <c r="A929" s="1" t="inlineStr">
+        <is>
+          <t>9789756038208</t>
+        </is>
+      </c>
+      <c r="B929" s="1" t="inlineStr">
+        <is>
+          <t>Bademlerden Say Beni</t>
+        </is>
+      </c>
+      <c r="C929" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="930" spans="1:3">
+      <c r="A930" s="1" t="inlineStr">
+        <is>
+          <t>9786057903549</t>
+        </is>
+      </c>
+      <c r="B930" s="1" t="inlineStr">
+        <is>
+          <t>Hocalarıma Vefa Borcum</t>
+        </is>
+      </c>
+      <c r="C930" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="931" spans="1:3">
+      <c r="A931" s="1" t="inlineStr">
+        <is>
+          <t>9786057903532</t>
+        </is>
+      </c>
+      <c r="B931" s="1" t="inlineStr">
+        <is>
+          <t>Batı'nın Çirkin Yüzü</t>
+        </is>
+      </c>
+      <c r="C931" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="932" spans="1:3">
+      <c r="A932" s="1" t="inlineStr">
+        <is>
+          <t>9786057903297</t>
+        </is>
+      </c>
+      <c r="B932" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğimin Yağmurları</t>
+        </is>
+      </c>
+      <c r="C932" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="933" spans="1:3">
+      <c r="A933" s="1" t="inlineStr">
+        <is>
+          <t>9786052179178</t>
+        </is>
+      </c>
+      <c r="B933" s="1" t="inlineStr">
+        <is>
+          <t>Pathos 1</t>
+        </is>
+      </c>
+      <c r="C933" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="934" spans="1:3">
+      <c r="A934" s="1" t="inlineStr">
+        <is>
+          <t>9786052179406</t>
+        </is>
+      </c>
+      <c r="B934" s="1" t="inlineStr">
+        <is>
+          <t>Mor Mahzen</t>
+        </is>
+      </c>
+      <c r="C934" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="935" spans="1:3">
+      <c r="A935" s="1" t="inlineStr">
+        <is>
+          <t>9786059668392</t>
+        </is>
+      </c>
+      <c r="B935" s="1" t="inlineStr">
+        <is>
+          <t>Şiirler</t>
+        </is>
+      </c>
+      <c r="C935" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="936" spans="1:3">
+      <c r="A936" s="1" t="inlineStr">
+        <is>
+          <t>9786056883989</t>
+        </is>
+      </c>
+      <c r="B936" s="1" t="inlineStr">
+        <is>
+          <t>Kalbimdeki İz</t>
+        </is>
+      </c>
+      <c r="C936" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="937" spans="1:3">
+      <c r="A937" s="1" t="inlineStr">
+        <is>
+          <t>9786058106055</t>
+        </is>
+      </c>
+      <c r="B937" s="1" t="inlineStr">
+        <is>
+          <t>Bambaşka Şiirler</t>
+        </is>
+      </c>
+      <c r="C937" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="938" spans="1:3">
+      <c r="A938" s="1" t="inlineStr">
+        <is>
+          <t>9786056874734</t>
+        </is>
+      </c>
+      <c r="B938" s="1" t="inlineStr">
+        <is>
+          <t>Düşüncelerin Kaynağı</t>
+        </is>
+      </c>
+      <c r="C938" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="939" spans="1:3">
+      <c r="A939" s="1" t="inlineStr">
+        <is>
+          <t>9786058106093</t>
+        </is>
+      </c>
+      <c r="B939" s="1" t="inlineStr">
+        <is>
+          <t>Şairler de Yanar</t>
+        </is>
+      </c>
+      <c r="C939" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="940" spans="1:3">
+      <c r="A940" s="1" t="inlineStr">
+        <is>
+          <t>9786255631626</t>
+        </is>
+      </c>
+      <c r="B940" s="1" t="inlineStr">
+        <is>
+          <t>Şiirin Yüksek Oktavları</t>
+        </is>
+      </c>
+      <c r="C940" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="941" spans="1:3">
+      <c r="A941" s="1" t="inlineStr">
+        <is>
+          <t>9786258553116</t>
+        </is>
+      </c>
+      <c r="B941" s="1" t="inlineStr">
+        <is>
+          <t>Çağ Yorgunuyuz</t>
+        </is>
+      </c>
+      <c r="C941" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="942" spans="1:3">
+      <c r="A942" s="1" t="inlineStr">
+        <is>
+          <t>9786255631534</t>
+        </is>
+      </c>
+      <c r="B942" s="1" t="inlineStr">
+        <is>
+          <t>Harflerin Fısıltısı</t>
+        </is>
+      </c>
+      <c r="C942" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="943" spans="1:3">
+      <c r="A943" s="1" t="inlineStr">
+        <is>
+          <t>9786255631923</t>
+        </is>
+      </c>
+      <c r="B943" s="1" t="inlineStr">
+        <is>
+          <t>Mazi'nin ve Ati'nin Peşinde</t>
+        </is>
+      </c>
+      <c r="C943" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="944" spans="1:3">
+      <c r="A944" s="1" t="inlineStr">
+        <is>
+          <t>9786255631565</t>
+        </is>
+      </c>
+      <c r="B944" s="1" t="inlineStr">
+        <is>
+          <t>Fikrimin Sanat Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C944" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="945" spans="1:3">
+      <c r="A945" s="1" t="inlineStr">
+        <is>
+          <t>9786256179305</t>
+        </is>
+      </c>
+      <c r="B945" s="1" t="inlineStr">
+        <is>
+          <t>Gavur</t>
+        </is>
+      </c>
+      <c r="C945" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="946" spans="1:3">
+      <c r="A946" s="1" t="inlineStr">
+        <is>
+          <t>9786255631459</t>
+        </is>
+      </c>
+      <c r="B946" s="1" t="inlineStr">
+        <is>
+          <t>Maviye Sürgün</t>
+        </is>
+      </c>
+      <c r="C946" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="947" spans="1:3">
+      <c r="A947" s="1" t="inlineStr">
+        <is>
+          <t>9786255631541</t>
+        </is>
+      </c>
+      <c r="B947" s="1" t="inlineStr">
+        <is>
+          <t>Munire</t>
+        </is>
+      </c>
+      <c r="C947" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="948" spans="1:3">
+      <c r="A948" s="1" t="inlineStr">
+        <is>
+          <t>9786255631381</t>
+        </is>
+      </c>
+      <c r="B948" s="1" t="inlineStr">
+        <is>
+          <t>Kalbimin Sesi</t>
+        </is>
+      </c>
+      <c r="C948" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="949" spans="1:3">
+      <c r="A949" s="1" t="inlineStr">
+        <is>
+          <t>9786255631374</t>
+        </is>
+      </c>
+      <c r="B949" s="1" t="inlineStr">
+        <is>
+          <t>Zincirleri Kıranlar</t>
+        </is>
+      </c>
+      <c r="C949" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="950" spans="1:3">
+      <c r="A950" s="1" t="inlineStr">
+        <is>
+          <t>9786255631213</t>
+        </is>
+      </c>
+      <c r="B950" s="1" t="inlineStr">
+        <is>
+          <t>Söyle O Dürzü Kocana</t>
+        </is>
+      </c>
+      <c r="C950" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="951" spans="1:3">
+      <c r="A951" s="1" t="inlineStr">
+        <is>
+          <t>9786256179738</t>
+        </is>
+      </c>
+      <c r="B951" s="1" t="inlineStr">
+        <is>
+          <t>Suskudaki Düş Evreni</t>
+        </is>
+      </c>
+      <c r="C951" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="952" spans="1:3">
+      <c r="A952" s="1" t="inlineStr">
+        <is>
+          <t>9786255631220</t>
+        </is>
+      </c>
+      <c r="B952" s="1" t="inlineStr">
+        <is>
+          <t>Dante Verona'da</t>
+        </is>
+      </c>
+      <c r="C952" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="953" spans="1:3">
+      <c r="A953" s="1" t="inlineStr">
+        <is>
+          <t>9786255631206</t>
+        </is>
+      </c>
+      <c r="B953" s="1" t="inlineStr">
+        <is>
+          <t>Mavera</t>
+        </is>
+      </c>
+      <c r="C953" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="954" spans="1:3">
+      <c r="A954" s="1" t="inlineStr">
+        <is>
+          <t>9786256731394</t>
+        </is>
+      </c>
+      <c r="B954" s="1" t="inlineStr">
+        <is>
+          <t>Taksi Maceraları</t>
+        </is>
+      </c>
+      <c r="C954" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="955" spans="1:3">
+      <c r="A955" s="1" t="inlineStr">
+        <is>
+          <t>9786255631114</t>
+        </is>
+      </c>
+      <c r="B955" s="1" t="inlineStr">
+        <is>
+          <t>Yaşarken Sırlandık</t>
+        </is>
+      </c>
+      <c r="C955" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="956" spans="1:3">
+      <c r="A956" s="1" t="inlineStr">
+        <is>
+          <t>9786255631138</t>
+        </is>
+      </c>
+      <c r="B956" s="1" t="inlineStr">
+        <is>
+          <t>Alev ve Kül</t>
+        </is>
+      </c>
+      <c r="C956" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="957" spans="1:3">
+      <c r="A957" s="1" t="inlineStr">
+        <is>
+          <t>9786255631176</t>
+        </is>
+      </c>
+      <c r="B957" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Söylemleri</t>
+        </is>
+      </c>
+      <c r="C957" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="958" spans="1:3">
+      <c r="A958" s="1" t="inlineStr">
+        <is>
+          <t>9786256731134</t>
+        </is>
+      </c>
+      <c r="B958" s="1" t="inlineStr">
+        <is>
+          <t>Senyör'ün Son Saati</t>
+        </is>
+      </c>
+      <c r="C958" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="959" spans="1:3">
+      <c r="A959" s="1" t="inlineStr">
+        <is>
+          <t>9786255631091</t>
+        </is>
+      </c>
+      <c r="B959" s="1" t="inlineStr">
+        <is>
+          <t>Nihan</t>
+        </is>
+      </c>
+      <c r="C959" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="960" spans="1:3">
+      <c r="A960" s="1" t="inlineStr">
+        <is>
+          <t>9786255631190</t>
+        </is>
+      </c>
+      <c r="B960" s="1" t="inlineStr">
+        <is>
+          <t>İçimde Bir Oda</t>
+        </is>
+      </c>
+      <c r="C960" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="961" spans="1:3">
+      <c r="A961" s="1" t="inlineStr">
+        <is>
+          <t>9786255631145</t>
+        </is>
+      </c>
+      <c r="B961" s="1" t="inlineStr">
+        <is>
+          <t>Bohem Şairler Antolojisi</t>
+        </is>
+      </c>
+      <c r="C961" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="962" spans="1:3">
+      <c r="A962" s="1" t="inlineStr">
+        <is>
+          <t>9786255631169</t>
+        </is>
+      </c>
+      <c r="B962" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Diyalektiği Mevsimsiz</t>
+        </is>
+      </c>
+      <c r="C962" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="963" spans="1:3">
+      <c r="A963" s="1" t="inlineStr">
+        <is>
+          <t>9786256179899</t>
+        </is>
+      </c>
+      <c r="B963" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluğun Kıyısında</t>
+        </is>
+      </c>
+      <c r="C963" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="964" spans="1:3">
+      <c r="A964" s="1" t="inlineStr">
+        <is>
+          <t>9786256179837</t>
+        </is>
+      </c>
+      <c r="B964" s="1" t="inlineStr">
+        <is>
+          <t>Askıda Sevgi</t>
+        </is>
+      </c>
+      <c r="C964" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="965" spans="1:3">
+      <c r="A965" s="1" t="inlineStr">
+        <is>
+          <t>9786255631084</t>
+        </is>
+      </c>
+      <c r="B965" s="1" t="inlineStr">
+        <is>
+          <t>Her Kalbin Bir Şifresi Vardır</t>
+        </is>
+      </c>
+      <c r="C965" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="966" spans="1:3">
+      <c r="A966" s="1" t="inlineStr">
+        <is>
+          <t>9786256179806</t>
+        </is>
+      </c>
+      <c r="B966" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Divanı Defteri</t>
+        </is>
+      </c>
+      <c r="C966" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="967" spans="1:3">
+      <c r="A967" s="1" t="inlineStr">
+        <is>
+          <t>9786256731646</t>
+        </is>
+      </c>
+      <c r="B967" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 47. Sayı</t>
+        </is>
+      </c>
+      <c r="C967" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="968" spans="1:3">
+      <c r="A968" s="1" t="inlineStr">
+        <is>
+          <t>9786258053104</t>
+        </is>
+      </c>
+      <c r="B968" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 35. Sayı</t>
+        </is>
+      </c>
+      <c r="C968" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="969" spans="1:3">
+      <c r="A969" s="1" t="inlineStr">
+        <is>
+          <t>3990000032927</t>
+        </is>
+      </c>
+      <c r="B969" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 21. Sayı</t>
+        </is>
+      </c>
+      <c r="C969" s="1">
+        <v>9.9</v>
+      </c>
+    </row>
+    <row r="970" spans="1:3">
+      <c r="A970" s="1" t="inlineStr">
+        <is>
+          <t>3990000032718</t>
+        </is>
+      </c>
+      <c r="B970" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 23. Sayı</t>
+        </is>
+      </c>
+      <c r="C970" s="1">
+        <v>9.9</v>
+      </c>
+    </row>
+    <row r="971" spans="1:3">
+      <c r="A971" s="1" t="inlineStr">
+        <is>
+          <t>9786055102685</t>
+        </is>
+      </c>
+      <c r="B971" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 13. Sayı</t>
+        </is>
+      </c>
+      <c r="C971" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="972" spans="1:3">
+      <c r="A972" s="1" t="inlineStr">
+        <is>
+          <t>9789989879784</t>
+        </is>
+      </c>
+      <c r="B972" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 5. Sayı</t>
+        </is>
+      </c>
+      <c r="C972" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="973" spans="1:3">
+      <c r="A973" s="1" t="inlineStr">
+        <is>
+          <t>9789898897497</t>
+        </is>
+      </c>
+      <c r="B973" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 6. Sayı</t>
+        </is>
+      </c>
+      <c r="C973" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="974" spans="1:3">
+      <c r="A974" s="1" t="inlineStr">
+        <is>
+          <t>9786055102166</t>
+        </is>
+      </c>
+      <c r="B974" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 9. Sayı</t>
+        </is>
+      </c>
+      <c r="C974" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="975" spans="1:3">
+      <c r="A975" s="1" t="inlineStr">
+        <is>
+          <t>3990000032166</t>
+        </is>
+      </c>
+      <c r="B975" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 11. Sayı</t>
+        </is>
+      </c>
+      <c r="C975" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="976" spans="1:3">
+      <c r="A976" s="1" t="inlineStr">
+        <is>
+          <t>3990000032165</t>
+        </is>
+      </c>
+      <c r="B976" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 12. Sayı</t>
+        </is>
+      </c>
+      <c r="C976" s="1">
+        <v>5.94</v>
+      </c>
+    </row>
+    <row r="977" spans="1:3">
+      <c r="A977" s="1" t="inlineStr">
+        <is>
+          <t>3990000031603</t>
+        </is>
+      </c>
+      <c r="B977" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 14. Sayı</t>
+        </is>
+      </c>
+      <c r="C977" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="978" spans="1:3">
+      <c r="A978" s="1" t="inlineStr">
+        <is>
+          <t>3990000032089</t>
+        </is>
+      </c>
+      <c r="B978" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 33. Sayı</t>
+        </is>
+      </c>
+      <c r="C978" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="979" spans="1:3">
+      <c r="A979" s="1" t="inlineStr">
+        <is>
+          <t>9786257063869</t>
+        </is>
+      </c>
+      <c r="B979" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 29. Sayı</t>
+        </is>
+      </c>
+      <c r="C979" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="980" spans="1:3">
+      <c r="A980" s="1" t="inlineStr">
+        <is>
+          <t>3990000030274</t>
+        </is>
+      </c>
+      <c r="B980" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 34. Sayı</t>
+        </is>
+      </c>
+      <c r="C980" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="981" spans="1:3">
+      <c r="A981" s="1" t="inlineStr">
+        <is>
+          <t>3990000094587</t>
+        </is>
+      </c>
+      <c r="B981" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 28. Sayı</t>
+        </is>
+      </c>
+      <c r="C981" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="982" spans="1:3">
+      <c r="A982" s="1" t="inlineStr">
+        <is>
+          <t>9786257063289</t>
+        </is>
+      </c>
+      <c r="B982" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 26. Sayı</t>
+        </is>
+      </c>
+      <c r="C982" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="983" spans="1:3">
+      <c r="A983" s="1" t="inlineStr">
+        <is>
+          <t>3990000094580</t>
+        </is>
+      </c>
+      <c r="B983" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 30. Sayı</t>
+        </is>
+      </c>
+      <c r="C983" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="984" spans="1:3">
+      <c r="A984" s="1" t="inlineStr">
+        <is>
+          <t>9786257655262</t>
+        </is>
+      </c>
+      <c r="B984" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 31. Sayı</t>
+        </is>
+      </c>
+      <c r="C984" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="985" spans="1:3">
+      <c r="A985" s="1" t="inlineStr">
+        <is>
+          <t>3990000031987</t>
+        </is>
+      </c>
+      <c r="B985" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 32. Sayı</t>
+        </is>
+      </c>
+      <c r="C985" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="986" spans="1:3">
+      <c r="A986" s="1" t="inlineStr">
+        <is>
+          <t>9786258053531</t>
+        </is>
+      </c>
+      <c r="B986" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 37. Sayı</t>
+        </is>
+      </c>
+      <c r="C986" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="987" spans="1:3">
+      <c r="A987" s="1" t="inlineStr">
+        <is>
+          <t>9786257655866</t>
+        </is>
+      </c>
+      <c r="B987" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 34. Sayı</t>
+        </is>
+      </c>
+      <c r="C987" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="988" spans="1:3">
+      <c r="A988" s="1" t="inlineStr">
+        <is>
+          <t>3990000083708</t>
+        </is>
+      </c>
+      <c r="B988" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 19. Sayı</t>
+        </is>
+      </c>
+      <c r="C988" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="989" spans="1:3">
+      <c r="A989" s="1" t="inlineStr">
+        <is>
+          <t>3990000032918</t>
+        </is>
+      </c>
+      <c r="B989" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 22. Sayı</t>
+        </is>
+      </c>
+      <c r="C989" s="1">
+        <v>9.9</v>
+      </c>
+    </row>
+    <row r="990" spans="1:3">
+      <c r="A990" s="1" t="inlineStr">
+        <is>
+          <t>3990000032082</t>
+        </is>
+      </c>
+      <c r="B990" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 15. Sayı</t>
+        </is>
+      </c>
+      <c r="C990" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="991" spans="1:3">
+      <c r="A991" s="1" t="inlineStr">
+        <is>
+          <t>3990000040354</t>
+        </is>
+      </c>
+      <c r="B991" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 16. Sayı</t>
+        </is>
+      </c>
+      <c r="C991" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="992" spans="1:3">
+      <c r="A992" s="1" t="inlineStr">
+        <is>
+          <t>3990000033802</t>
+        </is>
+      </c>
+      <c r="B992" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 18. Sayı</t>
+        </is>
+      </c>
+      <c r="C992" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="993" spans="1:3">
+      <c r="A993" s="1" t="inlineStr">
+        <is>
+          <t>3990000038626</t>
+        </is>
+      </c>
+      <c r="B993" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 17. Sayı</t>
+        </is>
+      </c>
+      <c r="C993" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="994" spans="1:3">
+      <c r="A994" s="1" t="inlineStr">
+        <is>
+          <t>9786054600038</t>
+        </is>
+      </c>
+      <c r="B994" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 8. Sayı</t>
+        </is>
+      </c>
+      <c r="C994" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="995" spans="1:3">
+      <c r="A995" s="1" t="inlineStr">
+        <is>
+          <t>3990000026751</t>
+        </is>
+      </c>
+      <c r="B995" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 3. Sayı</t>
+        </is>
+      </c>
+      <c r="C995" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="996" spans="1:3">
+      <c r="A996" s="1" t="inlineStr">
+        <is>
+          <t>3995874582561</t>
+        </is>
+      </c>
+      <c r="B996" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 25. Sayı</t>
+        </is>
+      </c>
+      <c r="C996" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="997" spans="1:3">
+      <c r="A997" s="1" t="inlineStr">
+        <is>
+          <t>3990000099718</t>
+        </is>
+      </c>
+      <c r="B997" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 24. Sayı</t>
+        </is>
+      </c>
+      <c r="C997" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="998" spans="1:3">
+      <c r="A998" s="1" t="inlineStr">
+        <is>
+          <t>9786257655408</t>
+        </is>
+      </c>
+      <c r="B998" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 32. Sayı</t>
+        </is>
+      </c>
+      <c r="C998" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="999" spans="1:3">
+      <c r="A999" s="1" t="inlineStr">
+        <is>
+          <t>9786055102227</t>
+        </is>
+      </c>
+      <c r="B999" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 10. Sayı</t>
+        </is>
+      </c>
+      <c r="C999" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:3">
+      <c r="A1000" s="1" t="inlineStr">
+        <is>
+          <t>9789989879944</t>
+        </is>
+      </c>
+      <c r="B1000" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 4. Sayı</t>
+        </is>
+      </c>
+      <c r="C1000" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:3">
+      <c r="A1001" s="1" t="inlineStr">
+        <is>
+          <t>3990000029279</t>
+        </is>
+      </c>
+      <c r="B1001" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 2. Sayı</t>
+        </is>
+      </c>
+      <c r="C1001" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:3">
+      <c r="A1002" s="1" t="inlineStr">
+        <is>
+          <t>9789989878251</t>
+        </is>
+      </c>
+      <c r="B1002" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 1. Sayı</t>
+        </is>
+      </c>
+      <c r="C1002" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:3">
+      <c r="A1003" s="1" t="inlineStr">
+        <is>
+          <t>9789894793090</t>
+        </is>
+      </c>
+      <c r="B1003" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 2. Sayı</t>
+        </is>
+      </c>
+      <c r="C1003" s="1">
+        <v>5.84</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:3">
+      <c r="A1004" s="1" t="inlineStr">
+        <is>
+          <t>3990000002000</t>
+        </is>
+      </c>
+      <c r="B1004" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 27. Sayı</t>
+        </is>
+      </c>
+      <c r="C1004" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:3">
+      <c r="A1005" s="1" t="inlineStr">
+        <is>
+          <t>9786256179950</t>
+        </is>
+      </c>
+      <c r="B1005" s="1" t="inlineStr">
+        <is>
+          <t>Yanan İnsanlık</t>
+        </is>
+      </c>
+      <c r="C1005" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:3">
+      <c r="A1006" s="1" t="inlineStr">
+        <is>
+          <t>9786256179882</t>
+        </is>
+      </c>
+      <c r="B1006" s="1" t="inlineStr">
+        <is>
+          <t>Fısıldayan Fotoğraflar</t>
+        </is>
+      </c>
+      <c r="C1006" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:3">
+      <c r="A1007" s="1" t="inlineStr">
+        <is>
+          <t>9786256179707</t>
+        </is>
+      </c>
+      <c r="B1007" s="1" t="inlineStr">
+        <is>
+          <t>Gülbahar</t>
+        </is>
+      </c>
+      <c r="C1007" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:3">
+      <c r="A1008" s="1" t="inlineStr">
+        <is>
+          <t>9786256179851</t>
+        </is>
+      </c>
+      <c r="B1008" s="1" t="inlineStr">
+        <is>
+          <t>Mükemmeli Ararken</t>
+        </is>
+      </c>
+      <c r="C1008" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:3">
+      <c r="A1009" s="1" t="inlineStr">
+        <is>
+          <t>9786256179721</t>
+        </is>
+      </c>
+      <c r="B1009" s="1" t="inlineStr">
+        <is>
+          <t>Benim Kralım</t>
+        </is>
+      </c>
+      <c r="C1009" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:3">
+      <c r="A1010" s="1" t="inlineStr">
+        <is>
+          <t>9786256179813</t>
+        </is>
+      </c>
+      <c r="B1010" s="1" t="inlineStr">
+        <is>
+          <t>Sessizlik Kitabı</t>
+        </is>
+      </c>
+      <c r="C1010" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:3">
+      <c r="A1011" s="1" t="inlineStr">
+        <is>
+          <t>9786256179820</t>
+        </is>
+      </c>
+      <c r="B1011" s="1" t="inlineStr">
+        <is>
+          <t>Kalbimde Bir Lunapark Taklası</t>
+        </is>
+      </c>
+      <c r="C1011" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:3">
+      <c r="A1012" s="1" t="inlineStr">
+        <is>
+          <t>9786256179776</t>
+        </is>
+      </c>
+      <c r="B1012" s="1" t="inlineStr">
+        <is>
+          <t>İtirafçı Gölgeler Müzesi</t>
+        </is>
+      </c>
+      <c r="C1012" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:3">
+      <c r="A1013" s="1" t="inlineStr">
+        <is>
+          <t>9786256179790</t>
+        </is>
+      </c>
+      <c r="B1013" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 49. Sayı</t>
+        </is>
+      </c>
+      <c r="C1013" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:3">
+      <c r="A1014" s="1" t="inlineStr">
+        <is>
+          <t>9786256179783</t>
+        </is>
+      </c>
+      <c r="B1014" s="1" t="inlineStr">
+        <is>
+          <t>Gülden Geliyorum</t>
+        </is>
+      </c>
+      <c r="C1014" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:3">
+      <c r="A1015" s="1" t="inlineStr">
+        <is>
+          <t>9786256179486</t>
+        </is>
+      </c>
+      <c r="B1015" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Yurdumdan Mektuplar</t>
+        </is>
+      </c>
+      <c r="C1015" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:3">
+      <c r="A1016" s="1" t="inlineStr">
+        <is>
+          <t>9786256179714</t>
+        </is>
+      </c>
+      <c r="B1016" s="1" t="inlineStr">
+        <is>
+          <t>Bir Çağ Masalı</t>
+        </is>
+      </c>
+      <c r="C1016" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:3">
+      <c r="A1017" s="1" t="inlineStr">
+        <is>
+          <t>9786256179677</t>
+        </is>
+      </c>
+      <c r="B1017" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Bir Portakal Kadar Mavi</t>
+        </is>
+      </c>
+      <c r="C1017" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:3">
+      <c r="A1018" s="1" t="inlineStr">
+        <is>
+          <t>9786256179684</t>
+        </is>
+      </c>
+      <c r="B1018" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şiir Teröristinin Notları</t>
+        </is>
+      </c>
+      <c r="C1018" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:3">
+      <c r="A1019" s="1" t="inlineStr">
+        <is>
+          <t>9786256179691</t>
+        </is>
+      </c>
+      <c r="B1019" s="1" t="inlineStr">
+        <is>
+          <t>Kivi’nin Güncesi ve Kivi’ye 41 Haiku</t>
+        </is>
+      </c>
+      <c r="C1019" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:3">
+      <c r="A1020" s="1" t="inlineStr">
+        <is>
+          <t>9786256179745</t>
+        </is>
+      </c>
+      <c r="B1020" s="1" t="inlineStr">
+        <is>
+          <t>Nalsız Koştum Yollarda</t>
+        </is>
+      </c>
+      <c r="C1020" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:3">
+      <c r="A1021" s="1" t="inlineStr">
+        <is>
+          <t>9786256484757</t>
+        </is>
+      </c>
+      <c r="B1021" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Amerikan Tiyatrosu</t>
+        </is>
+      </c>
+      <c r="C1021" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:3">
+      <c r="A1022" s="1" t="inlineStr">
+        <is>
+          <t>9786256179608</t>
+        </is>
+      </c>
+      <c r="B1022" s="1" t="inlineStr">
+        <is>
+          <t>Kendini Koyverme Bastıran Geceye</t>
+        </is>
+      </c>
+      <c r="C1022" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:3">
+      <c r="A1023" s="1" t="inlineStr">
+        <is>
+          <t>9786256179615</t>
+        </is>
+      </c>
+      <c r="B1023" s="1" t="inlineStr">
+        <is>
+          <t>25 Kadın 25 Öykü</t>
+        </is>
+      </c>
+      <c r="C1023" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:3">
+      <c r="A1024" s="1" t="inlineStr">
+        <is>
+          <t>9786256179493</t>
+        </is>
+      </c>
+      <c r="B1024" s="1" t="inlineStr">
+        <is>
+          <t>Su Uykusu</t>
+        </is>
+      </c>
+      <c r="C1024" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:3">
+      <c r="A1025" s="1" t="inlineStr">
+        <is>
+          <t>9786256731547</t>
+        </is>
+      </c>
+      <c r="B1025" s="1" t="inlineStr">
+        <is>
+          <t>Serap</t>
+        </is>
+      </c>
+      <c r="C1025" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:3">
+      <c r="A1026" s="1" t="inlineStr">
+        <is>
+          <t>9786256179431</t>
+        </is>
+      </c>
+      <c r="B1026" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Dediğin</t>
+        </is>
+      </c>
+      <c r="C1026" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:3">
+      <c r="A1027" s="1" t="inlineStr">
+        <is>
+          <t>9786256179554</t>
+        </is>
+      </c>
+      <c r="B1027" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamın Unutturamadıkları</t>
+        </is>
+      </c>
+      <c r="C1027" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:3">
+      <c r="A1028" s="1" t="inlineStr">
+        <is>
+          <t>9786256179578</t>
+        </is>
+      </c>
+      <c r="B1028" s="1" t="inlineStr">
+        <is>
+          <t>Zamansız Hayatlar</t>
+        </is>
+      </c>
+      <c r="C1028" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:3">
+      <c r="A1029" s="1" t="inlineStr">
+        <is>
+          <t>9786256179592</t>
+        </is>
+      </c>
+      <c r="B1029" s="1" t="inlineStr">
+        <is>
+          <t>Kirpi 17 - Seçki</t>
+        </is>
+      </c>
+      <c r="C1029" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:3">
+      <c r="A1030" s="1" t="inlineStr">
+        <is>
+          <t>9786256179530</t>
+        </is>
+      </c>
+      <c r="B1030" s="1" t="inlineStr">
+        <is>
+          <t>Şiirin İntikamı</t>
+        </is>
+      </c>
+      <c r="C1030" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:3">
+      <c r="A1031" s="1" t="inlineStr">
+        <is>
+          <t>9786256179561</t>
+        </is>
+      </c>
+      <c r="B1031" s="1" t="inlineStr">
+        <is>
+          <t>Bir Tutam Hayat</t>
+        </is>
+      </c>
+      <c r="C1031" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:3">
+      <c r="A1032" s="1" t="inlineStr">
+        <is>
+          <t>9786256179547</t>
+        </is>
+      </c>
+      <c r="B1032" s="1" t="inlineStr">
+        <is>
+          <t>Boğaz'da Kara Gölgeler</t>
+        </is>
+      </c>
+      <c r="C1032" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:3">
+      <c r="A1033" s="1" t="inlineStr">
+        <is>
+          <t>9786256179585</t>
+        </is>
+      </c>
+      <c r="B1033" s="1" t="inlineStr">
+        <is>
+          <t>Maria Callas Aşk Mektupları</t>
+        </is>
+      </c>
+      <c r="C1033" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:3">
+      <c r="A1034" s="1" t="inlineStr">
+        <is>
+          <t>9786256179394</t>
+        </is>
+      </c>
+      <c r="B1034" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlüğün Mührü</t>
+        </is>
+      </c>
+      <c r="C1034" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:3">
+      <c r="A1035" s="1" t="inlineStr">
+        <is>
+          <t>9786256179516</t>
+        </is>
+      </c>
+      <c r="B1035" s="1" t="inlineStr">
+        <is>
+          <t>Fay Kesiği Yara</t>
+        </is>
+      </c>
+      <c r="C1035" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:3">
+      <c r="A1036" s="1" t="inlineStr">
+        <is>
+          <t>9786256179462</t>
+        </is>
+      </c>
+      <c r="B1036" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gün Mardin'di Her Şey</t>
+        </is>
+      </c>
+      <c r="C1036" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:3">
+      <c r="A1037" s="1" t="inlineStr">
+        <is>
+          <t>9786256179448</t>
+        </is>
+      </c>
+      <c r="B1037" s="1" t="inlineStr">
+        <is>
+          <t>Papirüs 48. Sayı</t>
+        </is>
+      </c>
+      <c r="C1037" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:3">
+      <c r="A1038" s="1" t="inlineStr">
+        <is>
+          <t>9786256179325</t>
+        </is>
+      </c>
+      <c r="B1038" s="1" t="inlineStr">
+        <is>
+          <t>Yüzleşmeler</t>
+        </is>
+      </c>
+      <c r="C1038" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:3">
+      <c r="A1039" s="1" t="inlineStr">
+        <is>
+          <t>9786256179400</t>
+        </is>
+      </c>
+      <c r="B1039" s="1" t="inlineStr">
+        <is>
+          <t>Kum Çölü</t>
+        </is>
+      </c>
+      <c r="C1039" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:3">
+      <c r="A1040" s="1" t="inlineStr">
+        <is>
+          <t>9789944493734</t>
+        </is>
+      </c>
+      <c r="B1040" s="1" t="inlineStr">
+        <is>
+          <t>Gidersem, Beni Sana Sorarlar Şimdi</t>
+        </is>
+      </c>
+      <c r="C1040" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:3">
+      <c r="A1041" s="1" t="inlineStr">
+        <is>
+          <t>9786256179387</t>
+        </is>
+      </c>
+      <c r="B1041" s="1" t="inlineStr">
+        <is>
+          <t>Venedik Galerileri</t>
+        </is>
+      </c>
+      <c r="C1041" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:3">
+      <c r="A1042" s="1" t="inlineStr">
+        <is>
+          <t>9786256179035</t>
+        </is>
+      </c>
+      <c r="B1042" s="1" t="inlineStr">
+        <is>
+          <t>Melek Kız</t>
+        </is>
+      </c>
+      <c r="C1042" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:3">
+      <c r="A1043" s="1" t="inlineStr">
+        <is>
+          <t>9786256731905</t>
+        </is>
+      </c>
+      <c r="B1043" s="1" t="inlineStr">
+        <is>
+          <t>Aklın Karanlık Labirentleri</t>
+        </is>
+      </c>
+      <c r="C1043" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:3">
+      <c r="A1044" s="1" t="inlineStr">
+        <is>
+          <t>9786256179363</t>
+        </is>
+      </c>
+      <c r="B1044" s="1" t="inlineStr">
+        <is>
+          <t>Aynadaki Öteki: Arzu</t>
+        </is>
+      </c>
+      <c r="C1044" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:3">
+      <c r="A1045" s="1" t="inlineStr">
+        <is>
+          <t>9786256731820</t>
+        </is>
+      </c>
+      <c r="B1045" s="1" t="inlineStr">
+        <is>
+          <t>Bir Beni Adem'den</t>
+        </is>
+      </c>
+      <c r="C1045" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:3">
+      <c r="A1046" s="1" t="inlineStr">
+        <is>
+          <t>9786256731578</t>
+        </is>
+      </c>
+      <c r="B1046" s="1" t="inlineStr">
+        <is>
+          <t>Günlük</t>
+        </is>
+      </c>
+      <c r="C1046" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:3">
+      <c r="A1047" s="1" t="inlineStr">
+        <is>
+          <t>9786256731936</t>
+        </is>
+      </c>
+      <c r="B1047" s="1" t="inlineStr">
+        <is>
+          <t>Kantemir'in Çığlığı</t>
+        </is>
+      </c>
+      <c r="C1047" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:3">
+      <c r="A1048" s="1" t="inlineStr">
+        <is>
+          <t>9786256731950</t>
+        </is>
+      </c>
+      <c r="B1048" s="1" t="inlineStr">
+        <is>
+          <t>Ahdım Olsun</t>
+        </is>
+      </c>
+      <c r="C1048" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:3">
+      <c r="A1049" s="1" t="inlineStr">
+        <is>
+          <t>9786256731967</t>
+        </is>
+      </c>
+      <c r="B1049" s="1" t="inlineStr">
+        <is>
+          <t>Kanegem'den Geliyorum ve Hiçbir Şey Bilmiyorum</t>
+        </is>
+      </c>
+      <c r="C1049" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:3">
+      <c r="A1050" s="1" t="inlineStr">
+        <is>
+          <t>9786256731790</t>
+        </is>
+      </c>
+      <c r="B1050" s="1" t="inlineStr">
+        <is>
+          <t>Zalha</t>
+        </is>
+      </c>
+      <c r="C1050" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:3">
+      <c r="A1051" s="1" t="inlineStr">
+        <is>
+          <t>9786256731851</t>
+        </is>
+      </c>
+      <c r="B1051" s="1" t="inlineStr">
+        <is>
+          <t>Yelesi Geceden Kara</t>
+        </is>
+      </c>
+      <c r="C1051" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:3">
+      <c r="A1052" s="1" t="inlineStr">
+        <is>
+          <t>9786256731844</t>
+        </is>
+      </c>
+      <c r="B1052" s="1" t="inlineStr">
+        <is>
+          <t>Gözlerin Eylül</t>
+        </is>
+      </c>
+      <c r="C1052" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:3">
+      <c r="A1053" s="1" t="inlineStr">
+        <is>
+          <t>9786256731745</t>
+        </is>
+      </c>
+      <c r="B1053" s="1" t="inlineStr">
+        <is>
+          <t>Fail Hem Kurban</t>
+        </is>
+      </c>
+      <c r="C1053" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:3">
+      <c r="A1054" s="1" t="inlineStr">
+        <is>
           <t>9786256731165</t>
         </is>
       </c>
-      <c r="B114" s="1" t="inlineStr">
+      <c r="B1054" s="1" t="inlineStr">
         <is>
           <t>Dağarcık</t>
         </is>
       </c>
-      <c r="C114" s="1">
+      <c r="C1054" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>