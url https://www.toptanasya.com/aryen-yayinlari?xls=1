--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,1570 +85,1870 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256274280</t>
+          <t>9786259969800</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Werane</t>
+          <t>Heval 2</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256274273</t>
+          <t>9786057393937</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Raywaniya Çekuyane Mi - 1985-2025</t>
+          <t>Umut ve Mavi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256274266</t>
+          <t>9786058134874</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Cihu Sebareya Zindane - I</t>
+          <t>Mağaradaki İz</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256274297</t>
+          <t>9786058198777</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Arvin</t>
+          <t>Hespe Şeyten</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256274303</t>
+          <t>9786056932403</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Anılarım</t>
+          <t>Bitmeyen Bir Fetih</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256274242</t>
+          <t>9786058198722</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Irkçı Bir Psişe Türkomani</t>
+          <t>Yaşamın Kıyısından Umuda</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>280</v>
+        <v>80</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256274228</t>
+          <t>9786058304314</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kortika Filehan</t>
+          <t>Sarı Hüzün</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256274235</t>
+          <t>9786058304390</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dupişk</t>
+          <t>Halkların Zamanı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256274211</t>
+          <t>9786058304376</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Adressiz Mektuplar</t>
+          <t>Meşa Jiyane</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>360</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256274259</t>
+          <t>9786058304352</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ji Zaroken Çiye Bager</t>
+          <t>Hüzün ve Mavi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259969831</t>
+          <t>9786058304338</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dersim’in Gözyaşları</t>
+          <t>Çirüskek Ji Berxwedana Kobane</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>280</v>
+        <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259969817</t>
+          <t>9786050604580</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çeme Stranan - Gotin, Nota u Çiroken Stranan</t>
+          <t>Kürt Mitolojisi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>340</v>
+        <v>700</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057320018</t>
+          <t>9786057478221</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Patika</t>
+          <t>Gün Işırken</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050604597</t>
+          <t>9786050604504</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sistemi ve Afrika</t>
+          <t>Göçmen Kuşlar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057478269</t>
+          <t>9786056932427</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Anarşizm Lafın Gelişi</t>
+          <t>Mirov</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>280</v>
+        <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256274174</t>
+          <t>9786056932472</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Şikefta Çirokan</t>
+          <t>Masumiyet Utandı Kendinden</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>260</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256274198</t>
+          <t>9786256274310</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Ayini</t>
+          <t>Rizgar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256274181</t>
+          <t>9786256274389</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kula Faykeye Spi</t>
+          <t>Mirjîn</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256274150</t>
+          <t>9786256274327</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıçlar Geldiğinde</t>
+          <t>Çiroken Geleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256274204</t>
+          <t>9786256274372</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Daye Koban</t>
+          <t>Kızıl Çit Mavi Geçit</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256274167</t>
+          <t>9786256274280</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Enwer Newaya Hevretiye</t>
+          <t>Werane</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256274129</t>
+          <t>9786256274273</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Zimane Me Asta Destpeke - Pirtüka Xebate</t>
+          <t>Raywaniya Çekuyane Mi - 1985-2025</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256274143</t>
+          <t>9786256274266</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Zindane</t>
+          <t>Cihu Sebareya Zindane - I</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256274136</t>
+          <t>9786256274297</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Rezimana Kurdi - Asta Destpeke</t>
+          <t>Arvin</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058134805</t>
+          <t>9786256274303</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sinor</t>
+          <t>Anılarım</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256274105</t>
+          <t>9786256274242</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Zimanê Me - Asta Destpêkê</t>
+          <t>Irkçı Bir Psişe Türkomani</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>460</v>
+        <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256274099</t>
+          <t>9786256274228</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bavê Min ê Mitirb</t>
+          <t>Kortika Filehan</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256274112</t>
+          <t>9786256274235</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Güney Savaşı - Batufa Cephesi</t>
+          <t>Dupişk</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256274082</t>
+          <t>9786256274211</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kürt’ün Deneme Tarzı Kısa Şiirsel Güncesi</t>
+          <t>Adressiz Mektuplar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256274044</t>
+          <t>9786256274259</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Şairin Kavgası</t>
+          <t>Ji Zaroken Çiye Bager</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256274051</t>
+          <t>9786259969831</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Rosîda'yı Beklerken</t>
+          <t>Dersim’in Gözyaşları</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256274037</t>
+          <t>9786259969817</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kolanen Birindar</t>
+          <t>Çeme Stranan - Gotin, Nota u Çiroken Stranan</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256274068</t>
+          <t>9786057320018</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Deli Ejma</t>
+          <t>Kırmızı Patika</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256274075</t>
+          <t>9786050604597</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Aşe Dinan</t>
+          <t>Dünya Sistemi ve Afrika</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256274013</t>
+          <t>9786057478269</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Siwaren Demani Siya Sedaran</t>
+          <t>Anarşizm Lafın Gelişi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256274020</t>
+          <t>9786256274174</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Piyanosu</t>
+          <t>Şikefta Çirokan</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256274006</t>
+          <t>9786256274198</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sekerat</t>
+          <t>Renklerin Ayini</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056932465</t>
+          <t>9786256274181</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hep Mavi Kal</t>
+          <t>Kula Faykeye Spi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786058304369</t>
+          <t>9786256274150</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Umuda Bir Ülke</t>
+          <t>Kırlangıçlar Geldiğinde</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259969848</t>
+          <t>9786256274204</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Newaya Berxwedane - Zaroken Mala Heci Emer 2 Kitap Takım</t>
+          <t>Daye Koban</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>900</v>
+        <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259969879</t>
+          <t>9786256274167</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Reşo - Yüreği Şefkat Dolu Bir Devrimci</t>
+          <t>Enwer Newaya Hevretiye</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259969893</t>
+          <t>9786256274129</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Heval 3</t>
+          <t>Zimane Me Asta Destpeke - Pirtüka Xebate</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259969886</t>
+          <t>9786256274143</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Modern Kürt Tarihi</t>
+          <t>Çiroken Zindane</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>900</v>
+        <v>280</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259969824</t>
+          <t>9786256274136</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Komünal Kişilik Analizi Olarak İnsan Doğasına Genel Bir Bakış</t>
+          <t>Rezimana Kurdi - Asta Destpeke</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057320070</t>
+          <t>9786058134805</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mirxas</t>
+          <t>Sinor</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057320063</t>
+          <t>9786256274105</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Reza u Çolo</t>
+          <t>Zimanê Me - Asta Destpêkê</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>180</v>
+        <v>460</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057320094</t>
+          <t>9786256274099</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Guliyen Ji Behna Şimamokan</t>
+          <t>Bavê Min ê Mitirb</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057320087</t>
+          <t>9786256274112</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Heval</t>
+          <t>Güney Savaşı - Batufa Cephesi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057320056</t>
+          <t>9786256274082</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bakur Notları</t>
+          <t>Kürt’ün Deneme Tarzı Kısa Şiirsel Güncesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057320049</t>
+          <t>9786256274044</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gidene Notlar</t>
+          <t>Şairin Kavgası</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057320025</t>
+          <t>9786256274051</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Şarkısı</t>
+          <t>Rosîda'yı Beklerken</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057320032</t>
+          <t>9786256274037</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çağın İzinde</t>
+          <t>Kolanen Birindar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057393944</t>
+          <t>9786256274068</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Topa Xwede</t>
+          <t>Deli Ejma</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057393982</t>
+          <t>9786256274075</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Zagroslarda Bir Ceylan</t>
+          <t>Aşe Dinan</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057393968</t>
+          <t>9786256274013</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Xwinze</t>
+          <t>Siwaren Demani Siya Sedaran</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057393951</t>
+          <t>9786256274020</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Direnişe Çağrı Manifestosu (… Rağmen, Sessiz Kalıyorsan!)</t>
+          <t>Yağmur Piyanosu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057393975</t>
+          <t>9786256274006</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Esargeya Şemuge</t>
+          <t>Sekerat</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057393999</t>
+          <t>9786056932465</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Gulxunava Delal</t>
+          <t>Hep Mavi Kal</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057320001</t>
+          <t>9786058304369</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Sınırında</t>
+          <t>Umuda Bir Ülke</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057393920</t>
+          <t>9786259969848</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çand ü Folklora Kurdi</t>
+          <t>Newaya Berxwedane - Zaroken Mala Heci Emer 2 Kitap Takım</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>500</v>
+        <v>900</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057393913</t>
+          <t>9786259969879</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Düşsel Kaçışı</t>
+          <t>Reşo - Yüreği Şefkat Dolu Bir Devrimci</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057393906</t>
+          <t>9786259969893</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sömürgeciliğin Psikopatolojisi</t>
+          <t>Heval 3</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057478283</t>
+          <t>9786259969886</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Telebe</t>
+          <t>Modern Kürt Tarihi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>900</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057478290</t>
+          <t>9786259969824</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sol</t>
+          <t>Komünal Kişilik Analizi Olarak İnsan Doğasına Genel Bir Bakış</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057478276</t>
+          <t>9786057320070</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Tazi</t>
+          <t>Mirxas</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057478238</t>
+          <t>9786057320063</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Siya’nın Güncesi</t>
+          <t>Reza u Çolo</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057478245</t>
+          <t>9786057320094</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Li Ser Bircen Dile Min Reqsa Perperokan</t>
+          <t>Guliyen Ji Behna Şimamokan</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057478252</t>
+          <t>9786057320087</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kürtler ve Kürdistan</t>
+          <t>Heval</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057478214</t>
+          <t>9786057320056</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kenbaz</t>
+          <t>Bakur Notları</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057478207</t>
+          <t>9786057320049</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bir İntihar Öyküsünün Bitmesidir Bu</t>
+          <t>Gidene Notlar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786050604566</t>
+          <t>9786057320025</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Temenen Li Ber Bahoze</t>
+          <t>Kuşların Şarkısı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786050604573</t>
+          <t>9786057320032</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dizen Nasnameyan</t>
+          <t>Kayıp Çağın İzinde</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786050604559</t>
+          <t>9786057393944</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hüzünsüz Veda Törenleri</t>
+          <t>Topa Xwede</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786050604535</t>
+          <t>9786057393982</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Rewingi</t>
+          <t>Zagroslarda Bir Ceylan</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786050604542</t>
+          <t>9786057393968</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Avahiya Keviri ü En Din</t>
+          <t>Xwinze</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050604528</t>
+          <t>9786057393951</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kürt Edebiyatının Sosyo-Politik Analizi</t>
+          <t>Direnişe Çağrı Manifestosu (… Rağmen, Sessiz Kalıyorsan!)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786056932489</t>
+          <t>9786057393975</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Söz Kısa Kalsın - Anılarım</t>
+          <t>Esargeya Şemuge</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050604511</t>
+          <t>9786057393999</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ra Hanorya</t>
+          <t>Gulxunava Delal</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786056932496</t>
+          <t>9786057320001</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dilopek Ji Ava Jine</t>
+          <t>Yalnızlığın Sınırında</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786056932441</t>
+          <t>9786057393920</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Külde Güllenen Şarkılar</t>
+          <t>Çand ü Folklora Kurdi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786056932458</t>
+          <t>9786057393913</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Gök Yüzünü Döktü</t>
+          <t>Edebiyatın Düşsel Kaçışı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786056932434</t>
+          <t>9786057393906</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kene Anahita</t>
+          <t>Sömürgeciliğin Psikopatolojisi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786056932410</t>
+          <t>9786057478283</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Divane Bir Şin</t>
+          <t>Telebe</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058134881</t>
+          <t>9786057478290</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yaratılmamış ve Yaratılmış Işıklar</t>
+          <t>Sol</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058134898</t>
+          <t>9786057478276</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Tarih Kuramı</t>
+          <t>Tazi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786058134867</t>
+          <t>9786057478238</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Zirgewre</t>
+          <t>Siya’nın Güncesi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786058134843</t>
+          <t>9786057478245</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Çiçeka Jiyana Min</t>
+          <t>Li Ser Bircen Dile Min Reqsa Perperokan</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786058134850</t>
+          <t>9786057478252</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Malzaroka Jindar</t>
+          <t>Kürtler ve Kürdistan</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786058134829</t>
+          <t>9786057478214</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Mirzaye Biçuk</t>
+          <t>Kenbaz</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786058134812</t>
+          <t>9786057478207</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kevok Ya Da Özgürlük</t>
+          <t>Bir İntihar Öyküsünün Bitmesidir Bu</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786058198791</t>
+          <t>9786050604566</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tarikoj</t>
+          <t>Temenen Li Ber Bahoze</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786058198784</t>
+          <t>9786050604573</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Zerdeşt Pexember (Rüpelen Diroka Windabüyi)</t>
+          <t>Dizen Nasnameyan</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786058198753</t>
+          <t>9786050604559</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Şengal - Vejina Çilmeran</t>
+          <t>Hüzünsüz Veda Törenleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786058198760</t>
+          <t>9786050604535</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gülümse Ölüm Utansın 2</t>
+          <t>Rewingi</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786058198746</t>
+          <t>9786050604542</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ava Ti</t>
+          <t>Avahiya Keviri ü En Din</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786058198739</t>
+          <t>9786050604528</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kaniya Xezalan</t>
+          <t>Kürt Edebiyatının Sosyo-Politik Analizi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786058198715</t>
+          <t>9786056932489</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Diwana Hestiyan</t>
+          <t>Söz Kısa Kalsın - Anılarım</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786058198708</t>
+          <t>9786050604511</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ciweyna</t>
+          <t>Ra Hanorya</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786058304383</t>
+          <t>9786056932496</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Dağların Şarkıları</t>
+          <t>Dilopek Ji Ava Jine</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786058304345</t>
+          <t>9786056932441</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Komünalist Ekonomi</t>
+          <t>Külde Güllenen Şarkılar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786058304321</t>
+          <t>9786056932458</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Gece Saçlı Kırlangıçlar</t>
+          <t>Gök Yüzünü Döktü</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
+          <t>9786056932434</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Kene Anahita</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786056932410</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Divane Bir Şin</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786058134881</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Yaratılmamış ve Yaratılmış Işıklar</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786058134898</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Evrensel Tarih Kuramı</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786058134867</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Zirgewre</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786058134843</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Çiçeka Jiyana Min</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786058134850</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Malzaroka Jindar</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786058134829</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Mirzaye Biçuk</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786058134812</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Kevok Ya Da Özgürlük</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786058198791</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Tarikoj</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786058198784</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Zerdeşt Pexember (Rüpelen Diroka Windabüyi)</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786058198753</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Şengal - Vejina Çilmeran</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786058198760</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Gülümse Ölüm Utansın 2</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786058198746</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Ava Ti</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786058198739</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Kaniya Xezalan</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786058198715</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Diwana Hestiyan</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786058198708</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Ciweyna</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786058304383</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Dağların Şarkıları</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786058304345</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Komünalist Ekonomi</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786058304321</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Gece Saçlı Kırlangıçlar</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
           <t>9786058304307</t>
         </is>
       </c>
-      <c r="B103" s="1" t="inlineStr">
+      <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Gülümse Ölüm Utansın</t>
         </is>
       </c>
-      <c r="C103" s="1">
+      <c r="C123" s="1">
         <v>360</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>