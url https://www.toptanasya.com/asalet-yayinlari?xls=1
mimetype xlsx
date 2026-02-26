--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,4345 +85,4885 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259736990</t>
+          <t>2770000057615</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kudüs ve Filistin Dersleri</t>
+          <t>Ramazan: İnsanı İnşa Eden Mübarek Ay</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255637307</t>
+          <t>9786255637383</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>A’lamu Mealim fi Tarik’it-Tenvir</t>
+          <t>Usul al-Harb al-‘Askariyya Dirasa Mawdu‘iyya fi Daw’ al-Sunna al-Nabawiyya</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255637321</t>
+          <t>9786256250666</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ümit ve Zafer Ayetleri Işığında Filistin Mücadelemiz</t>
+          <t>Peygamberlik Hakikati ve Hz. Muhammed’in (s.a.v.) Peygamberliği</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255637314</t>
+          <t>9786256752061</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Müslümanlarındır</t>
+          <t>Nahve Tefsir Makasidi Li’l-Kur’âni’l-Kerim</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255637291</t>
+          <t>9786258336245</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çağlara Işık Tutan Nebevî Dersler: Hikmetten Hayata</t>
+          <t>Nahwa Takhtit Daavi (نحو تخطيط دعوي فاعل)</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256752481</t>
+          <t>2770000041249</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mazbaha Sicnu Abo Salem</t>
+          <t>Mefahim fi binai'l-Vaiy ve's-Saiyi (4 Cilt)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>450</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>2770000043632</t>
+          <t>9786257297639</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kıssalarla İman Eğitimi Serisi - 1</t>
+          <t>Ameliyyatu Fecri Libya (عملية فجر ليبيا)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256752412</t>
+          <t>9786257297523</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tevrat İncil Kuran</t>
+          <t>Attesviku's-Siyasi (التسويق السياسي)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>275</v>
+        <v>130</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256752313</t>
+          <t>9786057416810</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Al-irtika Min Makasidi Sharia (Ciltli)</t>
+          <t>Hayatuna Bade'l-mavt</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>800</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258336641</t>
+          <t>9786257297387</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>سيرة الشيج ملا صديق بن ملا صالح</t>
+          <t>Al-Atasi Fi'l-Ahdi'l-Osmani (آل أتّاسي في عهد العثماني ) (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258336603</t>
+          <t>2770000024549</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Modernist Bir Düşüncenin Eleştirisi</t>
+          <t>İslami Kültür Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>4440000001946</t>
+          <t>9786056828911</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dr. Mehmet Sürmeli Seti - 4 Kitap Takım</t>
+          <t>El İmanu Evvelan ve Keyfe Nebdeu Bihi (الإيمان أولاً فكيف نبدأ به)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>1800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257297721</t>
+          <t>9786067721020</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Al-Mafahem Fi Binai'l-Vaiy 3 (Ciltli)</t>
+          <t>Mezheplere Göre Bütün Yönleriyle Kadın ve Aile Fıkhı Ansiklopedisi (15 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>350</v>
+        <v>16500</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257297592</t>
+          <t>9786057721372</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Al-Mafahem Fi Binai'l-Vaiy 2 (Ciltli)</t>
+          <t>Zadu'n ala't Tarik (زاد علي الطريق)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257297752</t>
+          <t>9786057721990</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Al-Mafahem Fi Binai'l-Vaiy 4</t>
+          <t>Mukavvimatu'l Reculi'l Akide Ala Tariki'd Daveti (مقوِّمات رجل العقيدة علي طريق الدعوة)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>2770000041089</t>
+          <t>9786056667640</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hadis Seti (4 Kitap)</t>
+          <t>İnsanlarla İyi Geçinmenin Usulleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>2000</v>
+        <v>34</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9780000039095</t>
+          <t>2770000039093</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ebul Hasen Ali en-Nedvi Seti (4 Kitap Takım)</t>
+          <t>Er-Risale (Arapça 2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056667657</t>
+          <t>9786057721464</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Rehberi</t>
+          <t>Ehl-i Sünnet İnancının Temel Prensipleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258336689</t>
+          <t>9786056917363</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Zikrayat La Tunsa (الدعم المجتمعي للنساء الأرامل)</t>
+          <t>Risaleler Mecmuası (رسالىله ر مجموعه سي) (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255637284</t>
+          <t>9786056917349</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mukaddimatun Fi’l-Fikri Ve’t-Tasavvufi Veduati’l-Islah</t>
+          <t>El Mustakbel Lihaza'd Din (مستقبل هذا الدين)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255637260</t>
+          <t>9786056917332</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Al-Misak Al-İslami Li’l-ittihad</t>
+          <t>Haza'd Din (هذا الدين)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255637253</t>
+          <t>9786056917325</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yavmiyyat Dr. Ahmed Matar</t>
+          <t>Siretu Caban el Kurdi ve İbnuhu Meymun bin Caban (r.anhuma) (سيرة الصحابي جابان الكردي)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>500</v>
+        <v>175</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255637222</t>
+          <t>2770000032971</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Malamihu min Mesirati Al-Macmai’l Fıkhi’l-İslami 2 Cilt (Ciltli)</t>
+          <t>Asil Kitap Seti (23 Kitap Takım)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>1500</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255637161</t>
+          <t>9786257297127</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Şeyh İzzeddin el-Kassam</t>
+          <t>Riyadetu'l-A'mal (ريادة الأعمال) (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255637154</t>
+          <t>9786257297165</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Suriye Direnişi</t>
+          <t>El-Kuvvetu’t-Turkiyet’un-Naime (القوة التركية الناعمة) (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256250505</t>
+          <t>9786057721242</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>At-Tahlilatu’t-Tecvidiyye fi Şerh El-Mukaddimeti’l-Cezeriyye</t>
+          <t>Mealimun Fi't Tarik (معالم في الطريق)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>580</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256250598</t>
+          <t>2770000021456</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Soltan Abdulhamed as-Sani</t>
+          <t>Müslümanlar ve Filistin Davası (Özel Ayraç İlaveli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256752139</t>
+          <t>9786255637376</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Muaviya b. Sufyan (Ciltli)</t>
+          <t>Al-Ictihad Al-Makasidi Inda Al-Shakh Ali Al-Karadagi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>750</v>
+        <v>680</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256250741</t>
+          <t>9786255637390</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Al-Vasatiyye fi’l-Kur’ani’l-Kerim (Ciltli)</t>
+          <t>Said Nursi'nin Hadis Anlayışı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256250758</t>
+          <t>9786255637345</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Muhammed İbrahim Al-Hasinyani (Ciltli)</t>
+          <t>Geçmişten Günümüze Kur’an Eksenli Tartışmalar 2</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>1650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256250703</t>
+          <t>9786257297189</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ulumu’l-Kur’an Nazaratu'n Cedide (Ciltli)</t>
+          <t>Suud ve Sukut Tanzimu'd-Devle Fi Siirt (صعود وسقوط تنظيم الدولة في سرت)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>1500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>2770000039097</t>
+          <t>9786056667664</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gönüllere Işık Tutan İman Serisi - 4 Kitap</t>
+          <t>El-Mesurat Arapça (Cep Boy) Dua ve Zikirler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>525</v>
+        <v>60</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256250604</t>
+          <t>9786255637369</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Al-Usre ve’l-Mer’a</t>
+          <t>Asaru Al-İttifakiyyati’d-Devliyyati Fi Sukuti’Devleti’l-Osmaniyyati</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>470</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256250635</t>
+          <t>9786255637338</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Al-Islah ve’t-Tecdid Fi Fikri Muhammed Reşid Rıza (Ciltli)</t>
+          <t>Al-Heykel Al-Mez’um</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>900</v>
+        <v>400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256250734</t>
+          <t>9786256250475</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Repentance in the Qur’an</t>
+          <t>Şurutu Nuhudu’l-Hadari Talimu’l-Mar’ati</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256250697</t>
+          <t>9786256250765</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yunus Aleyhissalam</t>
+          <t>Fikhunnasr Ve't-Temkin (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>380</v>
+        <v>750</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256250482</t>
+          <t>9786259736990</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Eyyûb Aleyhissalam</t>
+          <t>Kudüs ve Filistin Dersleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>275</v>
+        <v>650</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256250642</t>
+          <t>9786255637307</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kur’ân Ayetleri Işığında Müslümanın Hayatında Tövbe</t>
+          <t>A’lamu Mealim fi Tarik’it-Tenvir</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>275</v>
+        <v>550</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256250291</t>
+          <t>9786255637321</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Al-Ummatu Beyne’l Acab Ve’atab (Ciltli)</t>
+          <t>Ümit ve Zafer Ayetleri Işığında Filistin Mücadelemiz</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256250499</t>
+          <t>9786255637314</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Salih Aleyhissalam</t>
+          <t>Kudüs Müslümanlarındır</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256250567</t>
+          <t>9786255637291</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Asvadun ve Abyadun Fi Tariki'id-Daveti</t>
+          <t>Çağlara Işık Tutan Nebevî Dersler: Hikmetten Hayata</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256752672</t>
+          <t>9786256752481</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Al-Ardu’l-Mukaddese Min Manzuri fikhu’s-Sunen</t>
+          <t>Mazbaha Sicnu Abo Salem</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>475</v>
+        <v>450</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256752474</t>
+          <t>2770000043632</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Al-Vucudiyya ve Cuzuri’l-Fikr Al-Kavmi</t>
+          <t>Kıssalarla İman Eğitimi Serisi - 1</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>425</v>
+        <v>900</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256752498</t>
+          <t>9786256752412</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kayfa Tahbisu’l-Anfas</t>
+          <t>Tevrat İncil Kuran</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256752276</t>
+          <t>9786256752313</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Soltan Mohammad Al-Fatih</t>
+          <t>Al-irtika Min Makasidi Sharia (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256752009</t>
+          <t>9786258336641</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Mavsuatu Al-Mostalahatu’l-Islamiyya (Ciltli)</t>
+          <t>سيرة الشيج ملا صديق بن ملا صالح</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>6500</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257297677</t>
+          <t>9786258336603</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Anfasu'l-Karid (أنفاس القريض) (Ciltli)</t>
+          <t>Modernist Bir Düşüncenin Eleştirisi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257297660</t>
+          <t>4440000001946</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Nazilatu Korona (نازلة كورونا)</t>
+          <t>Dr. Mehmet Sürmeli Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257297691</t>
+          <t>9786257297721</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Mealimu'l-Vucudi'l-islami (معالم الوجود الإسلامي في الغرب)</t>
+          <t>Al-Mafahem Fi Binai'l-Vaiy 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>850</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257297608</t>
+          <t>9786257297592</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Nahva Hitab İslami (نحو خطاب إسلامي)</t>
+          <t>Al-Mafahem Fi Binai'l-Vaiy 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257297547</t>
+          <t>9786257297752</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Al-Mafahem Fi Binai'l-Vaiy (1-4 CİLT) (المفاهيم في بناء الوعي والسعي 1-4 مجلدات) (Ciltli)</t>
+          <t>Al-Mafahem Fi Binai'l-Vaiy 4</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>1800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257297530</t>
+          <t>2770000041089</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Turasuna'r-Ruhi ve'l-Hacatu'l Muasıra li'l-Umme (تراثنا الروحيّ والحاجات المعاصِرة للأمة) (Ciltli)</t>
+          <t>Hadis Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>650</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258336061</t>
+          <t>9780000039095</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mutevaddian bidumui'l - Leyli (متوضِّئاً بدموع الليل)</t>
+          <t>Ebul Hasen Ali en-Nedvi Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>225</v>
+        <v>480</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257297745</t>
+          <t>9786056667657</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>El-İctihad ve't-Tecdid (الإجتهاد والتجديد)</t>
+          <t>Eğitim Rehberi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257297776</t>
+          <t>9786258336689</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Meseletu Tatbiku'ş-Şeriati (مسألة تطبيق الشريعة)</t>
+          <t>Zikrayat La Tunsa (الدعم المجتمعي للنساء الأرامل)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257297875</t>
+          <t>9786255637284</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>At-Tecdid Al-Hadari İnde Hamid Rabi (التجديد الحضاري عند حامد ربيع)</t>
+          <t>Mukaddimatun Fi’l-Fikri Ve’t-Tasavvufi Veduati’l-Islah</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257297998</t>
+          <t>9786255637260</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Divanu İbrahim (إبراهيم)</t>
+          <t>Al-Misak Al-İslami Li’l-ittihad</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056878824</t>
+          <t>9786255637253</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bidaya Talim (بالإنجليزية)</t>
+          <t>Yavmiyyat Dr. Ahmed Matar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>225</v>
+        <v>500</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056828997</t>
+          <t>9786255637222</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bidaya Talim (بداية التعليم (بالعربية))</t>
+          <t>Malamihu min Mesirati Al-Macmai’l Fıkhi’l-İslami 2 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>225</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056878848</t>
+          <t>9786255637161</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bidaya Workbook (بالإنجليزية)</t>
+          <t>Şeyh İzzeddin el-Kassam</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257297172</t>
+          <t>9786255637154</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Eşşababu'l Arabi (الشباب العربي) (Ciltli)</t>
+          <t>Suriye Direnişi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057721259</t>
+          <t>9786256250505</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tariku’d Daveti Beyne’l Asalet Vel’inhirafi (طريق الدعوة بين الأصالة والإنحراف)</t>
+          <t>At-Tahlilatu’t-Tecvidiyye fi Şerh El-Mukaddimeti’l-Cezeriyye</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>135</v>
+        <v>580</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057721884</t>
+          <t>9786256250598</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi Tiyatro Serisi (30 Kitap) (مسرحيات من قيم القرآن والسنة)</t>
+          <t>Soltan Abdulhamed as-Sani</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>1750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256250628</t>
+          <t>9786256752139</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Pınarından Öyküler ve Öğütler</t>
+          <t>Muaviya b. Sufyan (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256250253</t>
+          <t>9786256250741</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Yelken</t>
+          <t>Al-Vasatiyye fi’l-Kur’ani’l-Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256250543</t>
+          <t>9786256250758</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Min Süneni’l-Kur’an fi maraketi’t-Tufan</t>
+          <t>Şeyh Muhammed İbrahim Al-Hasinyani (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256752603</t>
+          <t>9786256250703</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mukarriru al-Qadiyyatu'l Filistiniyye</t>
+          <t>Ulumu’l-Kur’an Nazaratu'n Cedide (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256752511</t>
+          <t>2770000039097</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Kur’an’la Tefsiri ve Çağdaş Temsilcileri</t>
+          <t>Gönüllere Işık Tutan İman Serisi - 4 Kitap</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>275</v>
+        <v>525</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256752528</t>
+          <t>9786256250604</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Nübüvvet Vahiy ve Mucize</t>
+          <t>Al-Usre ve’l-Mer’a</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258336474</t>
+          <t>9786256250635</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Libya'da Siyaset ve Devletlerin Oyunu - Trablus Saldırısı</t>
+          <t>Al-Islah ve’t-Tecdid Fi Fikri Muhammed Reşid Rıza (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>450</v>
+        <v>900</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259936291</t>
+          <t>9786256250734</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yusuf'un Hayatı ve Daveti</t>
+          <t>Repentance in the Qur’an</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>600</v>
+        <v>275</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258336269</t>
+          <t>9786256250697</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>La Vie du Prophete Mohammad (Ciltli)</t>
+          <t>Yunus Aleyhissalam</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>3250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258336481</t>
+          <t>9786256250482</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sirte Kentinde DAEŞ Örgütünün Yükselişi ve Çöküşü</t>
+          <t>Eyyûb Aleyhissalam</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258336207</t>
+          <t>9786256250642</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>The Rise and Fall of Isıs in Sirte</t>
+          <t>Kur’ân Ayetleri Işığında Müslümanın Hayatında Tövbe</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257297479</t>
+          <t>9786256250291</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dili ve İletişim</t>
+          <t>Al-Ummatu Beyne’l Acab Ve’atab (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>275</v>
+        <v>600</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786056828904</t>
+          <t>9786256250499</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Bin Bella - İlkeleri İçin Yaşayan Asiller</t>
+          <t>Salih Aleyhissalam</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786056828959</t>
+          <t>9786256250567</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Riyazü’s Salihin Tercümesi</t>
+          <t>Asvadun ve Abyadun Fi Tariki'id-Daveti</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786056828928</t>
+          <t>9786256752672</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Halifeler Tarihi (Ciltli)</t>
+          <t>Al-Ardu’l-Mukaddese Min Manzuri fikhu’s-Sunen</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>675</v>
+        <v>475</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786056917370</t>
+          <t>9786256752474</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dört Mezhebe Göre Delilleriyle İbadet İlmihali</t>
+          <t>Al-Vucudiyya ve Cuzuri’l-Fikr Al-Kavmi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>375</v>
+        <v>425</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257297271</t>
+          <t>9786256752498</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Orucun Hüküm ve Hikmetleri</t>
+          <t>Kayfa Tahbisu’l-Anfas</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257297202</t>
+          <t>9786256752276</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sultan Selahaddin Eyyubi</t>
+          <t>Soltan Mohammad Al-Fatih</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257297028</t>
+          <t>9786256752009</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>The Noble Life of The Prophet (3 Cilt Takım) (Ciltli)</t>
+          <t>Mavsuatu Al-Mostalahatu’l-Islamiyya (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>3250</v>
+        <v>6500</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057721228</t>
+          <t>9786257297677</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>El Veciz - İslam Hukukundaki Fıkhi Kaidelerin Şerhi</t>
+          <t>Anfasu'l-Karid (أنفاس القريض) (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>330</v>
+        <v>325</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786056878893</t>
+          <t>9786257297660</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Necmettin Erbakan - Mühendis-Mücahit-Mütefekkir</t>
+          <t>Nazilatu Korona (نازلة كورونا)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786056917356</t>
+          <t>9786257297691</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Davet Cihadı</t>
+          <t>Mealimu'l-Vucudi'l-islami (معالم الوجود الإسلامي في الغرب)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256250550</t>
+          <t>9786257297608</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Kur’an Eksenli Tartışmalar 1</t>
+          <t>Nahva Hitab İslami (نحو خطاب إسلامي)</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256250512</t>
+          <t>9786257297547</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Advaun Minberiyye</t>
+          <t>Al-Mafahem Fi Binai'l-Vaiy (1-4 CİLT) (المفاهيم في بناء الوعي والسعي 1-4 مجلدات) (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>2500</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256250284</t>
+          <t>9786257297530</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Al-Qawaıd Wa'davabıt Al-Fıkhıyya</t>
+          <t>Turasuna'r-Ruhi ve'l-Hacatu'l Muasıra li'l-Umme (تراثنا الروحيّ والحاجات المعاصِرة للأمة) (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256250307</t>
+          <t>9786258336061</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hud Aleyhissalam (Ciltli)</t>
+          <t>Mutevaddian bidumui'l - Leyli (متوضِّئاً بدموع الليل)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>650</v>
+        <v>225</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256250468</t>
+          <t>9786257297745</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kitabu’l-İslam ve’l-İlim</t>
+          <t>El-İctihad ve't-Tecdid (الإجتهاد والتجديد)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057721334</t>
+          <t>9786257297776</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Filistinliler Topraklarını Yahudilere Sattı mı?</t>
+          <t>Meseletu Tatbiku'ş-Şeriati (مسألة تطبيق الشريعة)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>2770000044530</t>
+          <t>9786257297875</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Filistin Mücadelemiz</t>
+          <t>At-Tecdid Al-Hadari İnde Hamid Rabi (التجديد الحضاري عند حامد ربيع)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>2770000044523</t>
+          <t>9786257297998</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Müslümanlarındır</t>
+          <t>Divanu İbrahim (إبراهيم)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057721013</t>
+          <t>9786056878824</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Mezheplere Göre Bütün Yönleriyle Kadın ve Aile Fıkhı Ansiklopedisi (15 Cilt Takım) (Ciltli)</t>
+          <t>Bidaya Talim (بالإنجليزية)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>16500</v>
+        <v>225</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057721174</t>
+          <t>9786056828997</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Filistin Meselesine Giriş</t>
+          <t>Bidaya Talim (بداية التعليم (بالعربية))</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256250277</t>
+          <t>9786056878848</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Arapçayı Diğer Dillerden Ayıran Özellikler</t>
+          <t>Bidaya Workbook (بالإنجليزية)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256250246</t>
+          <t>9786257297172</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Makalat fil-İtikad ve’l-akide</t>
+          <t>Eşşababu'l Arabi (الشباب العربي) (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256752122</t>
+          <t>9786057721259</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Omar b. Abdulazez (Ciltli)</t>
+          <t>Tariku’d Daveti Beyne’l Asalet Vel’inhirafi (طريق الدعوة بين الأصالة والإنحراف)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>550</v>
+        <v>135</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256250055</t>
+          <t>9786057721884</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Al-Beyan An-Nabavi (Ciltli)</t>
+          <t>Değerler Eğitimi Tiyatro Serisi (30 Kitap) (مسرحيات من قيم القرآن والسنة)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>650</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256250239</t>
+          <t>9786256250628</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>An-Nusus Al-Muhime li’t-Tacsim (Ciltli)</t>
+          <t>Bilgelik Pınarından Öyküler ve Öğütler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256250222</t>
+          <t>9786256250253</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Lut Aleyhissalam va Davatuhu (Ciltli)</t>
+          <t>Kutsal Yelken</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256752788</t>
+          <t>9786256250543</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Islamic Culture and History</t>
+          <t>Min Süneni’l-Kur’an fi maraketi’t-Tufan</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256752719</t>
+          <t>9786256752603</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Les Sciences du Coran - Nouvelles perspectives et éclairages</t>
+          <t>Mukarriru al-Qadiyyatu'l Filistiniyye</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>1750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256250130</t>
+          <t>9786256752511</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Lülü Al-Mensur</t>
+          <t>Kur’an’ın Kur’an’la Tefsiri ve Çağdaş Temsilcileri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256250147</t>
+          <t>9786256752528</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Risalatan fi Fıkhi'l-Heviyye</t>
+          <t>İslam Düşüncesinde Nübüvvet Vahiy ve Mucize</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256250062</t>
+          <t>9786258336474</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mufarakat at-tatarruf ve'l-irhab</t>
+          <t>Libya'da Siyaset ve Devletlerin Oyunu - Trablus Saldırısı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258336528</t>
+          <t>9786259936291</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Al-Harita Al-istismariyya Li'd-Devleti (Ciltli)</t>
+          <t>Hz. Yusuf'un Hayatı ve Daveti</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256250123</t>
+          <t>9786258336269</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sihrü'l-Beyan</t>
+          <t>La Vie du Prophete Mohammad (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>475</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256752665</t>
+          <t>9786258336481</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Riyazü's-Salihin (Ciltli)</t>
+          <t>Sirte Kentinde DAEŞ Örgütünün Yükselişi ve Çöküşü</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>800</v>
+        <v>375</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256250048</t>
+          <t>9786258336207</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Nizamu'l-Kazzafi</t>
+          <t>The Rise and Fall of Isıs in Sirte</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256752795</t>
+          <t>9786257297479</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>At-Tawba fi'l-Kuran</t>
+          <t>Gönül Dili ve İletişim</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256752085</t>
+          <t>9786056828904</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Makasıdu’l-Akide İnde Islahiyyin Muhammed Abdu ve Muhammed Gazali</t>
+          <t>Ahmet Bin Bella - İlkeleri İçin Yaşayan Asiller</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256752658</t>
+          <t>9786056828959</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İstratigiyat Al-amel El Meydanı</t>
+          <t>Riyazü’s Salihin Tercümesi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786259936222</t>
+          <t>9786056828928</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Silsiletü Erkan’ul-İman</t>
+          <t>Halifeler Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>1600</v>
+        <v>675</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256752627</t>
+          <t>9786056917370</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Makalat</t>
+          <t>Dört Mezhebe Göre Delilleriyle İbadet İlmihali</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>1200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256752610</t>
+          <t>9786257297271</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Fi’s-Sekafeti Ves’siyaseti (Ciltli)</t>
+          <t>Orucun Hüküm ve Hikmetleri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256752092</t>
+          <t>9786257297202</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Salahaddin al-Ayyubi (Ciltli)</t>
+          <t>Sultan Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>850</v>
+        <v>130</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256752535</t>
+          <t>9786257297028</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Zilzalu’l-Karn fi Türkiye ve Suriye</t>
+          <t>The Noble Life of The Prophet (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>500</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256752399</t>
+          <t>9786057721228</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Riyazu's-Salihin (Ciltli)</t>
+          <t>El Veciz - İslam Hukukundaki Fıkhi Kaidelerin Şerhi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256752504</t>
+          <t>9786056878893</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Al-İmam Emced Az-Zahavi</t>
+          <t>Prof. Dr. Necmettin Erbakan - Mühendis-Mücahit-Mütefekkir</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>275</v>
+        <v>260</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256752436</t>
+          <t>9786056917356</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ala Hamish Al-Mashrui'l-Hadari</t>
+          <t>Davet Cihadı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256752467</t>
+          <t>9786256250550</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Mevasek Al-Muamalat Al-Maliya</t>
+          <t>Geçmişten Günümüze Kur’an Eksenli Tartışmalar 1</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258336931</t>
+          <t>9786256250512</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Metnu Usulu'l Fıkhi ve Davabitu'l İstinbat</t>
+          <t>Advaun Minberiyye</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>175</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256752443</t>
+          <t>9786256250284</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sekafatuna Ve't-Tarih</t>
+          <t>Al-Qawaıd Wa'davabıt Al-Fıkhıyya</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>475</v>
+        <v>350</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256752450</t>
+          <t>9786256250307</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>The Islamic Faith As Stated in the Qur’an</t>
+          <t>Hud Aleyhissalam (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256752429</t>
+          <t>9786256250468</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İfsadu beni israil</t>
+          <t>Kitabu’l-İslam ve’l-İlim</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256752405</t>
+          <t>9786057721334</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Dirasat fi hadiri Al-Alem Al-İslami</t>
+          <t>Filistinliler Topraklarını Yahudilere Sattı mı?</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>525</v>
+        <v>100</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256752375</t>
+          <t>2770000044530</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Nahve Tahriri Kudus</t>
+          <t>Filistin Mücadelemiz</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256752351</t>
+          <t>2770000044523</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Al-avamil al-omariyya</t>
+          <t>Kudüs Müslümanlarındır</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256752207</t>
+          <t>9786057721013</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Abdulkadir Al-Gaylani</t>
+          <t>Mezheplere Göre Bütün Yönleriyle Kadın ve Aile Fıkhı Ansiklopedisi (15 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>250</v>
+        <v>16500</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256752269</t>
+          <t>9786057721174</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Istishadu’l Husayin</t>
+          <t>Filistin Meselesine Giriş</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256752214</t>
+          <t>9786256250277</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Al-Amir Abdulkadir Al-Cazairi</t>
+          <t>Arapçayı Diğer Dillerden Ayıran Özellikler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256752320</t>
+          <t>9786256250246</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Rasail İla Mubaşşir</t>
+          <t>Makalat fil-İtikad ve’l-akide</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256752306</t>
+          <t>9786256752122</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Fikhu’t - Tasavvuf (Ciltli)</t>
+          <t>Omar b. Abdulazez (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>700</v>
+        <v>550</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256752252</t>
+          <t>9786256250055</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Caban Al-Kurdi Va İbnuhu Maymon</t>
+          <t>Al-Beyan An-Nabavi (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256752283</t>
+          <t>9786256250239</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Soltan Sayfaddin Kutuz</t>
+          <t>An-Nusus Al-Muhime li’t-Tacsim (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256752238</t>
+          <t>9786256250222</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Soltanu'l-ulama iz b. Abdussalam</t>
+          <t>Lut Aleyhissalam va Davatuhu (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256752221</t>
+          <t>9786256752788</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Al-İmam Al-Gazali</t>
+          <t>Islamic Culture and History</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256752290</t>
+          <t>9786256752719</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sunnatollah Fi’l - Ahzi Bil’asbab</t>
+          <t>Les Sciences du Coran - Nouvelles perspectives et éclairages</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256752245</t>
+          <t>9786256250130</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Omar al-muhtar</t>
+          <t>Lülü Al-Mensur</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256752153</t>
+          <t>9786256250147</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Al-Anbiya Al-Muluk Davud va Sulayman</t>
+          <t>Risalatan fi Fıkhi'l-Heviyye</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>725</v>
+        <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256752177</t>
+          <t>9786256250062</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Addavlatu’l-Osmaniya (Ciltli)</t>
+          <t>Mufarakat at-tatarruf ve'l-irhab</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>725</v>
+        <v>400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256752078</t>
+          <t>9786258336528</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Al-Funun ve Makasiduha İnde Al-Karadavi</t>
+          <t>Al-Harita Al-istismariyya Li'd-Devleti (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256752184</t>
+          <t>9786256250123</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Ramazan Ayı ve Oruç İbadeti</t>
+          <t>Sihrü'l-Beyan</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>325</v>
+        <v>475</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786056878855</t>
+          <t>9786256752665</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Mukarriru al-Qadiyyatu'l Filistiniyye (مقرِّر قضية الفلسطينية)</t>
+          <t>Muhtasar Riyazü's-Salihin (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257297080</t>
+          <t>9786256250048</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Zulmün ve Zalimlerin Akıbetine Dair Buhari ve Müslim'den Kırk Hadis-i Şerif</t>
+          <t>Nizamu'l-Kazzafi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257297264</t>
+          <t>9786256752795</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>El-Ümmet’ul-Khansa (الأمة الخنساء)</t>
+          <t>At-Tawba fi'l-Kuran</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257297240</t>
+          <t>9786256752085</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Misku’l-Cennet (مسك الجنة)</t>
+          <t>Makasıdu’l-Akide İnde Islahiyyin Muhammed Abdu ve Muhammed Gazali</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057721198</t>
+          <t>9786256752658</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Zekat Fıkhı</t>
+          <t>İstratigiyat Al-amel El Meydanı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256752191</t>
+          <t>9786259936222</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Mustafa As-Sibai Ad-Daiya Al-Mucahid (Ciltli)</t>
+          <t>Silsiletü Erkan’ul-İman</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>800</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256752146</t>
+          <t>9786256752627</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Hasan b. Ali (Ciltli)</t>
+          <t>Makalat</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>500</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256752108</t>
+          <t>9786256752610</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Osman b. Affan (Ciltli)</t>
+          <t>Fi’s-Sekafeti Ves’siyaseti (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>775</v>
+        <v>450</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256752160</t>
+          <t>9786256752092</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ali b. Talib (Ciltli)</t>
+          <t>Salahaddin al-Ayyubi (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>1000</v>
+        <v>850</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256752115</t>
+          <t>9786256752535</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Omar b. Hattab (Ciltli)</t>
+          <t>Zilzalu’l-Karn fi Türkiye ve Suriye</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258336955</t>
+          <t>9786256752399</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnet Perspektifinden Güncel Soru ve Sorunlarımıza Çözüm Önerileri</t>
+          <t>Muhtasar Riyazu's-Salihin (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258336924</t>
+          <t>9786256752504</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Münzevi Bilge</t>
+          <t>Al-İmam Emced Az-Zahavi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258336948</t>
+          <t>9786256752436</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Geçmişte ve Günümüzde Varlığına İşaret Ettiği Paranoya ve Paranoyaklar</t>
+          <t>Ala Hamish Al-Mashrui'l-Hadari</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>400</v>
+        <v>425</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258336962</t>
+          <t>9786256752467</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Klasik Arap Şiirinde İslamiyet</t>
+          <t>Mevasek Al-Muamalat Al-Maliya</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258336979</t>
+          <t>9786258336931</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İstinhadi’l-Hadari ve Tahaddi al-Ubur</t>
+          <t>Metnu Usulu'l Fıkhi ve Davabitu'l İstinbat</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>450</v>
+        <v>175</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786259936208</t>
+          <t>9786256752443</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Al-Akidetü’l-İslamiyye (Ciltli)</t>
+          <t>Sekafatuna Ve't-Tarih</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>650</v>
+        <v>475</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258336498</t>
+          <t>9786256752450</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hitab Siyasi Li’r-Reis Muhammed Mursi (Ciltli)</t>
+          <t>The Islamic Faith As Stated in the Qur’an</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>1400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258336504</t>
+          <t>9786256752429</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Cundiyyu’d-Daveti İbrahim Munir (Ciltli)</t>
+          <t>İfsadu beni israil</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>650</v>
+        <v>225</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258336993</t>
+          <t>9786256752405</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Hz. Musa ve Hz. Hızır Yolculuğu</t>
+          <t>Dirasat fi hadiri Al-Alem Al-İslami</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>225</v>
+        <v>525</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258336511</t>
+          <t>9786256752375</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Işığında Allah'ın Varlığının Delilleri ve İlk Yaratılış</t>
+          <t>Nahve Tahriri Kudus</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258336986</t>
+          <t>9786256752351</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İnsan Aklı ve Şer'i Hükümlerle Olan İlişkisi</t>
+          <t>Al-avamil al-omariyya</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258336771</t>
+          <t>9786256752207</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Misak Al-İctihad (مسك الاجتهاد)</t>
+          <t>Abdulkadir Al-Gaylani</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258336825</t>
+          <t>9786256752269</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Fi Vedai Şeyh Karadavi(في وداع الشيخ القرضاوي)</t>
+          <t>Istishadu’l Husayin</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258336733</t>
+          <t>9786256752214</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Al Sefat Alkhabarıya(الصفات الخبرية) (Ciltli)</t>
+          <t>Al-Amir Abdulkadir Al-Cazairi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>575</v>
+        <v>450</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258336740</t>
+          <t>9786256752320</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Itıbar Al Hajate Lel Muamelat Alektısadeyya(اعتبار الحاجة في المعاملات الاقتصادية المعاصرة)</t>
+          <t>Rasail İla Mubaşşir</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>575</v>
+        <v>275</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>2770000042376</t>
+          <t>9786256752306</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>The Developing Human (With Islamic Additions) (Ciltli)</t>
+          <t>Fikhu’t - Tasavvuf (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>2000</v>
+        <v>700</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257297554</t>
+          <t>9786256752252</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Al-Mucizatu'l-Khalida (المعجزة الخالدة)</t>
+          <t>Caban Al-Kurdi Va İbnuhu Maymon</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258336696</t>
+          <t>9786256752283</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Addamol-Moctamai lennasil-Aramel</t>
+          <t>Soltan Sayfaddin Kutuz</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258336108</t>
+          <t>9786256752238</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Al-Ulumu’l-İslamiyye (العلوم الإسلامية)</t>
+          <t>Soltanu'l-ulama iz b. Abdussalam</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258336658</t>
+          <t>9786256752221</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>La Biografia Profetica Muħammed il Messaggero di Allāh (2 Cilt) (Ciltli)</t>
+          <t>Al-İmam Al-Gazali</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>1850</v>
+        <v>200</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786056878800</t>
+          <t>9786256752290</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bidaya Teacher's Guide (بداية دليل المعلم (بالعربية))</t>
+          <t>Sunnatollah Fi’l - Ahzi Bil’asbab</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786056878817</t>
+          <t>9786256752245</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bidaya Workbook ( بداية Workbook (بالعربية)</t>
+          <t>Omar al-muhtar</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786056878831</t>
+          <t>9786256752153</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bidaya Teacher's Guide (بالإنجليزية)</t>
+          <t>Al-Anbiya Al-Muluk Davud va Sulayman</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>225</v>
+        <v>725</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258336757</t>
+          <t>9786256752177</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Zikrayat La Tunsa (الدعم المجتمعي للنساء الأرامل)</t>
+          <t>Addavlatu’l-Osmaniya (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>350</v>
+        <v>725</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258336535</t>
+          <t>9786256752078</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Il Messih Gesu Figlio di Maryem</t>
+          <t>Al-Funun ve Makasiduha İnde Al-Karadavi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258336726</t>
+          <t>9786256752184</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Al-Arbaun fi furud Alumma (الأربعون في فروض الأمة)</t>
+          <t>Soru ve Cevaplarla Ramazan Ayı ve Oruç İbadeti</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258336597</t>
+          <t>9786056878855</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Makasıd (المقاصد)</t>
+          <t>Mukarriru al-Qadiyyatu'l Filistiniyye (مقرِّر قضية الفلسطينية)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258336627</t>
+          <t>9786257297080</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yousef A - Siddeeq (النبي الوزير يوسف الصديق) (Ciltli)</t>
+          <t>Zulmün ve Zalimlerin Akıbetine Dair Buhari ve Müslim'den Kırk Hadis-i Şerif</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>650</v>
+        <v>180</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258336610</t>
+          <t>9786257297264</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Abubakr Al-Siddeeq (Ciltli)</t>
+          <t>El-Ümmet’ul-Khansa (الأمة الخنساء)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>650</v>
+        <v>180</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258336344</t>
+          <t>9786257297240</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Neş'etu'l-Hadaratu'l-İnsaniyye ve Kadatehe'l-İzam (نشأة الحضارة الإنسانية قادتها العظام) (6 Kitap) (Ciltli)</t>
+          <t>Misku’l-Cennet (مسك الجنة)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>6000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258336450</t>
+          <t>9786057721198</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Tahkik Şarh Sülasiyyat Al-İmam Al-Buhari (تحقيق شر الثلاثيات - الإمام البخاري)</t>
+          <t>Zekat Fıkhı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258336467</t>
+          <t>9786256752191</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Mahyau’l-Vusul fi ilmi’l-Usul (مهيع الوصول في علم الأصول)</t>
+          <t>Mustafa As-Sibai Ad-Daiya Al-Mucahid (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>180</v>
+        <v>800</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258336573</t>
+          <t>9786256752146</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Metnü’l-Akide (متن العقيدة)</t>
+          <t>Hasan b. Ali (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>125</v>
+        <v>500</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258336153</t>
+          <t>9786256752108</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>El mesias jesus hijo de maria la paz sea con el</t>
+          <t>Osman b. Affan (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>450</v>
+        <v>775</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258336443</t>
+          <t>9786256752160</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Musa ve Hızır Aleyhisselam (موسى والخضر)</t>
+          <t>Ali b. Talib (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>225</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257297837</t>
+          <t>9786256752115</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Mecalisü'n-Nur Tefsiri - Eğitim ve Uygulama Odaklı Yeni Bir Kur'an Tefekkürü</t>
+          <t>Omar b. Hattab (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>7500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258336412</t>
+          <t>9786258336955</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'e ve Kelamcıların Metotlarına Göre İslam Akidesi (Ciltli)</t>
+          <t>Kur'an ve Sünnet Perspektifinden Güncel Soru ve Sorunlarımıza Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258336177</t>
+          <t>9786258336924</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Ayetleri Işığında İslam Akidesinin Temel Esasları (Ciltli)</t>
+          <t>Münzevi Bilge</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>700</v>
+        <v>220</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258336436</t>
+          <t>9786258336948</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in (s.a.s.) Veda Hutbesi'nden Kur'an'ın Evrensel Mesajları</t>
+          <t>Kur'an'ın Geçmişte ve Günümüzde Varlığına İşaret Ettiği Paranoya ve Paranoyaklar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258336429</t>
+          <t>9786258336962</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'-ı Kerim'in Rehberliğinde Hz. Muhammed’i (s.a.s.) Tanımak, Anlamak ve Ona İman Etmek İçin 44 Fırsat</t>
+          <t>Klasik Arap Şiirinde İslamiyet</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258336191</t>
+          <t>9786258336979</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Divan Nun (نون)</t>
+          <t>İstinhadi’l-Hadari ve Tahaddi al-Ubur</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258336252</t>
+          <t>9786259936208</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İktibas (الاقتباس)</t>
+          <t>Al-Akidetü’l-İslamiyye (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>175</v>
+        <v>650</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258336238</t>
+          <t>9786258336498</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Cihad (الجهاد)</t>
+          <t>Hitab Siyasi Li’r-Reis Muhammed Mursi (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>250</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258336221</t>
+          <t>9786258336504</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Meseletu’d-Devlet (مسألة الدولة)</t>
+          <t>Cundiyyu’d-Daveti İbrahim Munir (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>225</v>
+        <v>650</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258336122</t>
+          <t>9786258336993</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>El-Helal ve'l-Haram fi'ş-Şerikat (الحلال والحرام في الشركات) (Ciltli)</t>
+          <t>Hz. Musa ve Hz. Hızır Yolculuğu</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258336139</t>
+          <t>9786258336511</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Nabşu'z-Zakira (نبش الذاكرة) (Ciltli)</t>
+          <t>Kur'an-ı Kerim Işığında Allah'ın Varlığının Delilleri ve İlk Yaratılış</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258336214</t>
+          <t>9786258336986</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Lahfetu Meşair (لهفة المشاعر)</t>
+          <t>İnsan Aklı ve Şer'i Hükümlerle Olan İlişkisi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257297790</t>
+          <t>9786258336771</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Burkanu'l-Gadab (السياسة ولعبة الأمم في ليبيا - بركان الغضب)</t>
+          <t>Misak Al-İctihad (مسك الاجتهاد)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257297578</t>
+          <t>9786258336825</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Mucizeleri ve Risaletinin Delilleri (Ciltli)</t>
+          <t>Fi Vedai Şeyh Karadavi(في وداع الشيخ القرضاوي)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>1200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257297974</t>
+          <t>9786258336733</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Ibrahim, l’Intime d’Allah Predicateur de l’Unicite, de l’islam et du bon modele</t>
+          <t>Al Sefat Alkhabarıya(الصفات الخبرية) (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>600</v>
+        <v>575</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258336146</t>
+          <t>9786258336740</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Der Messıas ‘İsa, Der Sohn Maryams Die Vollstandige Wahrheit</t>
+          <t>Itıbar Al Hajate Lel Muamelat Alektısadeyya(اعتبار الحاجة في المعاملات الاقتصادية المعاصرة)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>450</v>
+        <v>575</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258336160</t>
+          <t>2770000042376</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Assalatu İmadu’d-Din (الصلاة عماد الدين)</t>
+          <t>The Developing Human (With Islamic Additions) (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>275</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257297332</t>
+          <t>9786257297554</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Bina Suver'ul-Musebbihat (بناء سور المسبحات)</t>
+          <t>Al-Mucizatu'l-Khalida (المعجزة الخالدة)</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258336184</t>
+          <t>9786258336696</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Metaverse (العالم ما وراء التقليدي -ميتافيرس)</t>
+          <t>Addamol-Moctamai lennasil-Aramel</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257297196</t>
+          <t>9786258336108</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>At-Tafser En-Nebevi Al-İstişhadi (التفسير النبوي الإستشهادي)</t>
+          <t>Al-Ulumu’l-İslamiyye (العلوم الإسلامية)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258336085</t>
+          <t>9786258336658</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Tertibu'l-Ebvab (ترتيب الأبواب)</t>
+          <t>La Biografia Profetica Muħammed il Messaggero di Allāh (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>225</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258336016</t>
+          <t>9786056878800</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Edilletu vucudillah Lailahe illallah (لا اله إلا الله - أدِلَّة وجود الله وأول المخلوقات)</t>
+          <t>Bidaya Teacher's Guide (بداية دليل المعلم (بالعربية))</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257297684</t>
+          <t>9786056878817</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Al-İntikadatu'l-Muasıra Lisahihi'l-Buhari (الإنتقدات المعاصرة لصحيح البخاري)</t>
+          <t>Bidaya Workbook ( بداية Workbook (بالعربية)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257297622</t>
+          <t>9786056878831</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Menhecul islahi fi'l islam (منهج الإسلام في الإصلاح بين الناس) (Ciltli)</t>
+          <t>Bidaya Teacher's Guide (بالإنجليزية)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>700</v>
+        <v>225</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258336047</t>
+          <t>9786258336757</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Madhal fi tesmimi’l-Hadari (مدخل في التسميم الحضاريّ في الأمة)</t>
+          <t>Zikrayat La Tunsa (الدعم المجتمعي للنساء الأرامل)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258336030</t>
+          <t>9786258336535</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Assira An-Nabaviyye (السيرة النبوية) (Ciltli)</t>
+          <t>Il Messih Gesu Figlio di Maryem</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>1200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258336078</t>
+          <t>9786258336726</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Aldatıcı Kavramlar ve Tehlikeli Yönelimler Arasında İbrahimilik</t>
+          <t>Al-Arbaun fi furud Alumma (الأربعون في فروض الأمة)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257297295</t>
+          <t>9786258336597</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Hacca Kalbi (حجّ قلبي) (Ciltli)</t>
+          <t>Makasıd (المقاصد)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257297851</t>
+          <t>9786258336627</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Aklu'l-İnsani (العقل الإنساني وعلاقته بالحكم الشرعيّ)</t>
+          <t>Yousef A - Siddeeq (النبي الوزير يوسف الصديق) (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257297516</t>
+          <t>9786258336610</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Risaletu'n İla Ulemai'l-İslam (رسالةٌ الى علماء الإسلام) (Ciltli)</t>
+          <t>Abubakr Al-Siddeeq (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258336054</t>
+          <t>9786258336344</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Rakasatu Zukura'n - Nahli (رقصات ذكور النّحل)</t>
+          <t>Neş'etu'l-Hadaratu'l-İnsaniyye ve Kadatehe'l-İzam (نشأة الحضارة الإنسانية قادتها العظام) (6 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>225</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257297769</t>
+          <t>9786258336450</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kıraatun Hadariyyetun Limahiyeti'l-Muasara (قراءة حضاري لماهية المعاصرة)</t>
+          <t>Tahkik Şarh Sülasiyyat Al-İmam Al-Buhari (تحقيق شر الثلاثيات - الإمام البخاري)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257297783</t>
+          <t>9786258336467</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Al-Muasara (المعاصرة)</t>
+          <t>Mahyau’l-Vusul fi ilmi’l-Usul (مهيع الوصول في علم الأصول)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257297868</t>
+          <t>9786258336573</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Arravhaniyyat (الروحانية المتوازنة)</t>
+          <t>Metnü’l-Akide (متن العقيدة)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257297929</t>
+          <t>9786258336153</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>İrşadat At-Tedabburiyye (إشارات تدبرية)</t>
+          <t>El mesias jesus hijo de maria la paz sea con el</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257297981</t>
+          <t>9786258336443</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Al-Hikma Fi'n-Nazar'il-Makasidi (الحكمة في النظر المقاصدي)</t>
+          <t>Musa ve Hızır Aleyhisselam (موسى والخضر)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786258336009</t>
+          <t>9786257297837</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Tetavvuri'l-Vesail (تطور الوسائل وأثره في الحكم الشرعيّ)</t>
+          <t>Mecalisü'n-Nur Tefsiri - Eğitim ve Uygulama Odaklı Yeni Bir Kur'an Tefekkürü</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>175</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257297813</t>
+          <t>9786258336412</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Al - İktisadu'l - İslami (تَفَوُّقية مذهب الاقتصادي اللإسلامي)</t>
+          <t>Kur'an-ı Kerim'e ve Kelamcıların Metotlarına Göre İslam Akidesi (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257297899</t>
+          <t>9786258336177</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İslam Muhakeme Hukukunda Şahitlikten Dönmenin Yargısal Sonuçları</t>
+          <t>Kur'an Ayetleri Işığında İslam Akidesinin Temel Esasları (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>235</v>
+        <v>700</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257297882</t>
+          <t>9786258336436</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Tevhid Davasında Tefrikaya Savrulmak</t>
+          <t>Hz. Peygamber'in (s.a.s.) Veda Hutbesi'nden Kur'an'ın Evrensel Mesajları</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9780000039096</t>
+          <t>9786258336429</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Seti (5 Kitap)</t>
+          <t>Kur'an'-ı Kerim'in Rehberliğinde Hz. Muhammed’i (s.a.s.) Tanımak, Anlamak ve Ona İman Etmek İçin 44 Fırsat</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257297707</t>
+          <t>9786258336191</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Al-Burhan Şerhu Kitabu'l - İman (البرهان شرح كتاب الإيمان) (Ciltli)</t>
+          <t>Divan Nun (نون)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257297646</t>
+          <t>9786258336252</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Nuh (Noah) And The Great Flood</t>
+          <t>İktibas (الاقتباس)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>600</v>
+        <v>175</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257297653</t>
+          <t>9786258336238</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Nouh (Noe) et le Grand Deluge</t>
+          <t>Cihad (الجهاد)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257297462</t>
+          <t>9786258336221</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Al-Macales (المجالس)</t>
+          <t>Meseletu’d-Devlet (مسألة الدولة)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257297400</t>
+          <t>9786258336122</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Al-İslamu ve Hivaru'l-Hadarati ve's-Sakafat (الإسلام وحوار الحضارات والثقافات)</t>
+          <t>El-Helal ve'l-Haram fi'ş-Şerikat (الحلال والحرام في الشركات) (Ciltli)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257297394</t>
+          <t>9786258336139</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Muhtasaru Tafsiru Surat al-Kahf (مختصر تفسير سورة الكهف)</t>
+          <t>Nabşu'z-Zakira (نبش الذاكرة) (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257297370</t>
+          <t>9786258336214</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Rıhletu Turkiye (رحلة تركيا)</t>
+          <t>Lahfetu Meşair (لهفة المشاعر)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257297363</t>
+          <t>9786257297790</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Al-İbrahimiyye (الإبراهيمية)</t>
+          <t>Burkanu'l-Gadab (السياسة ولعبة الأمم في ليبيا - بركان الغضب)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>176</v>
+        <v>500</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257297912</t>
+          <t>9786257297578</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>The Syrian Revolution (Ciltli)</t>
+          <t>Hz. Muhammed'in Mucizeleri ve Risaletinin Delilleri (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>500</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257297905</t>
+          <t>9786257297974</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Suriye Devrimi (Ciltli)</t>
+          <t>Ibrahim, l’Intime d’Allah Predicateur de l’Unicite, de l’islam et du bon modele</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257297561</t>
+          <t>9786258336146</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kuran ve Sünnet Işığında Embriyoloji (Ciltli)</t>
+          <t>Der Messıas ‘İsa, Der Sohn Maryams Die Vollstandige Wahrheit</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>2770000039094</t>
+          <t>9786258336160</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Keşfü'd-Düca Bi-Şerhi Sefineti'n-Neca Fıkhı'ş-Şafi (Ciltli)</t>
+          <t>Assalatu İmadu’d-Din (الصلاة عماد الدين)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257297424</t>
+          <t>9786257297332</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Mucizesi</t>
+          <t>Bina Suver'ul-Musebbihat (بناء سور المسبحات)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>125</v>
+        <v>375</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257297417</t>
+          <t>9786258336184</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>İmana Doğru</t>
+          <t>Metaverse (العالم ما وراء التقليدي -ميتافيرس)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257297585</t>
+          <t>9786257297196</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>İman (Ciltli)</t>
+          <t>At-Tafser En-Nebevi Al-İstişhadi (التفسير النبوي الإستشهادي)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>750</v>
+        <v>175</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257297509</t>
+          <t>9786258336085</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Kainat Ayetleri Işığında Tevhid Bilinci</t>
+          <t>Tertibu'l-Ebvab (ترتيب الأبواب)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257297431</t>
+          <t>9786258336016</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Esma-i Hüsna ile Anlamlandırmak</t>
+          <t>Edilletu vucudillah Lailahe illallah (لا اله إلا الله - أدِلَّة وجود الله وأول المخلوقات)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>425</v>
+        <v>325</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257297448</t>
+          <t>9786257297684</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Gaye İnsan Hz. Muhammed</t>
+          <t>Al-İntikadatu'l-Muasıra Lisahihi'l-Buhari (الإنتقدات المعاصرة لصحيح البخاري)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>400</v>
+        <v>425</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257297486</t>
+          <t>9786257297622</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnet Işığında İslami Hareket Fıkhı</t>
+          <t>Menhecul islahi fi'l islam (منهج الإسلام في الإصلاح بين الناس) (Ciltli)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257297455</t>
+          <t>9786258336047</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>En Yakın Dostunun Kaleminden Hasan El-Benna</t>
+          <t>Madhal fi tesmimi’l-Hadari (مدخل في التسميم الحضاريّ في الأمة)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257297356</t>
+          <t>9786258336030</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Essevratu's-Suriye (الثورة السورية) (Ciltli)</t>
+          <t>Assira An-Nabaviyye (السيرة النبوية) (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>500</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257297226</t>
+          <t>9786258336078</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>İman</t>
+          <t>Aldatıcı Kavramlar ve Tehlikeli Yönelimler Arasında İbrahimilik</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257297233</t>
+          <t>9786257297295</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Sirac - Divanu’ş-Şehid (سراج - ديوان الشهيد)</t>
+          <t>Hacca Kalbi (حجّ قلبي) (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257297257</t>
+          <t>9786257297851</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kalet liye’l-Asfar (قالت لي الأسفار)</t>
+          <t>Aklu'l-İnsani (العقل الإنساني وعلاقته بالحكم الشرعيّ)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257297158</t>
+          <t>9786257297516</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Al-Kurudu’l-Devliyye (القروض الدولية) (Ciltli)</t>
+          <t>Risaletu'n İla Ulemai'l-İslam (رسالةٌ الى علماء الإسلام) (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257297141</t>
+          <t>9786258336054</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>İdaretu'l Amel el İğasi ve’l İnsani (إدارة العمل الإغاثي والانساني) (Ciltli)</t>
+          <t>Rakasatu Zukura'n - Nahli (رقصات ذكور النّحل)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>850</v>
+        <v>225</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257297288</t>
+          <t>9786257297769</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Genç Davetçilere Nasihatler ve Müslüman Kardeşler ile Hasbihalim</t>
+          <t>Kıraatun Hadariyyetun Limahiyeti'l-Muasara (قراءة حضاري لماهية المعاصرة)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257297219</t>
+          <t>9786257297783</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet’e Göre Çocuk Eğitimi</t>
+          <t>Al-Muasara (المعاصرة)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257297134</t>
+          <t>9786257297868</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Mecalis'ün-Nur Tefsiri ve Prof. Dr. Muhammed Ayyaş el-Kübeysi</t>
+          <t>Arravhaniyyat (الروحانية المتوازنة)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257297110</t>
+          <t>9786257297929</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Davet Adabı</t>
+          <t>İrşadat At-Tedabburiyye (إشارات تدبرية)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257297103</t>
+          <t>9786257297981</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>El-Cudi (الجودي)</t>
+          <t>Al-Hikma Fi'n-Nazar'il-Makasidi (الحكمة في النظر المقاصدي)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>165</v>
+        <v>275</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257297073</t>
+          <t>9786258336009</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Jesus Fils de Marie La Verite Devoilee</t>
+          <t>Tetavvuri'l-Vesail (تطور الوسائل وأثره في الحكم الشرعيّ)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>450</v>
+        <v>175</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057721426</t>
+          <t>9786257297813</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kıssaları Tiyatro Serisi (30 Kitap) (مسرحيات من قصص القرآن الكريم)</t>
+          <t>Al - İktisadu'l - İslami (تَفَوُّقية مذهب الاقتصادي اللإسلامي)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>1750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257297066</t>
+          <t>9786257297899</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Sahabi Caban El-Kürdi ve Tabii Meymun Bin Caban</t>
+          <t>İslam Muhakeme Hukukunda Şahitlikten Dönmenin Yargısal Sonuçları</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>280</v>
+        <v>235</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257297004</t>
+          <t>9786257297882</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Muhtarü’l-Ehadis</t>
+          <t>Tevhid Davasında Tefrikaya Savrulmak</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257297011</t>
+          <t>9780000039096</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>İrfan Yolculuğu</t>
+          <t>Ramazan Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057721341</t>
+          <t>9786257297707</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Sukkaru'n Mine'i Hicaz (سكّر من الحجاز)</t>
+          <t>Al-Burhan Şerhu Kitabu'l - İman</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>230</v>
+        <v>750</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057721006</t>
+          <t>9786257297646</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>The Messiah İsa Son Of Maryam The Complete Truth</t>
+          <t>Nuh (Noah) And The Great Flood</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057721273</t>
+          <t>9786257297653</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Gurbetu'l Kur'an (غربة القرآن)</t>
+          <t>Nouh (Noe) et le Grand Deluge</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057721280</t>
+          <t>9786257297462</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Barış ve Esenlik Peygamberi Hz. Muhammed'in Hayatını Yeniden Okumak</t>
+          <t>Al-Macales (المجالس)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057721235</t>
+          <t>9786257297400</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Anlamlı Kılmak</t>
+          <t>Al-İslamu ve Hivaru'l-Hadarati ve's-Sakafat (الإسلام وحوار الحضارات والثقافات)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057721204</t>
+          <t>9786257297394</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda İkrardan Dönmenin Yargısal Sonuçları</t>
+          <t>Muhtasaru Tafsiru Surat al-Kahf (مختصر تفسير سورة الكهف)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057721266</t>
+          <t>9786257297370</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Çocukların İmanla İlgili Soruları</t>
+          <t>Rıhletu Turkiye (رحلة تركيا)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057721211</t>
+          <t>9786257297363</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulünde Teklifi Hüküm Terimlerinin Doğuşu ve Gelişimi</t>
+          <t>Al-İbrahimiyye (الإبراهيمية)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>350</v>
+        <v>176</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786056917387</t>
+          <t>9786257297912</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Mezheb İmamlarının Cuma Namazı Hakkındaki Görüşleri ve Delilleri</t>
+          <t>The Syrian Revolution (Ciltli)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786056917394</t>
+          <t>9786257297905</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Müslümanca Okumak</t>
+          <t>Suriye Devrimi (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>2770000021234</t>
+          <t>9786257297561</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Ümmet Seti (2 Kitap Takım)</t>
+          <t>Kuran ve Sünnet Işığında Embriyoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786056917318</t>
+          <t>2770000039094</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber (s.a.v)'in Ramazan Ayındaki İbadet Hayatı</t>
+          <t>Keşfü'd-Düca Bi-Şerhi Sefineti'n-Neca Fıkhı'ş-Şafi (Ciltli)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786056917301</t>
+          <t>9786257297424</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Dua ve Zikirlerini Anlamada Yöntem</t>
+          <t>Kur’an Mucizesi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786056878862</t>
+          <t>9786257297417</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Haberin Ardındaki Gerçek</t>
+          <t>İmana Doğru</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057721310</t>
+          <t>9786257297585</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>El-Menhiyyat Ayet ve Hadislerle Ümmetin Sakındırıldığı Hususlar</t>
+          <t>İman (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786056828973</t>
+          <t>9786257297509</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>İslam Ümmetinin Tarihi Serüveni</t>
+          <t>Kur’an ve Kainat Ayetleri Işığında Tevhid Bilinci</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786056878879</t>
+          <t>9786257297431</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlar ve Filistin Davası</t>
+          <t>Hayatı Esma-i Hüsna ile Anlamlandırmak</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>250</v>
+        <v>425</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786056828966</t>
+          <t>9786257297448</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinden Dersler ve İbretler</t>
+          <t>Gaye İnsan Hz. Muhammed</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>235</v>
+        <v>400</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786056828935</t>
+          <t>9786257297486</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Tatlandıran Servet Bereket</t>
+          <t>Kur'an ve Sünnet Işığında İslami Hareket Fıkhı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786056828942</t>
+          <t>9786257297455</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Keyfe Nuhibbullahe ve Neştaqu İleyhi (كيف نحب الله ونشتاق اليه)</t>
+          <t>En Yakın Dostunun Kaleminden Hasan El-Benna</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
+          <t>9786257297356</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Essevratu's-Suriye (الثورة السورية) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786257297226</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>İman</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786257297233</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Sirac - Divanu’ş-Şehid (سراج - ديوان الشهيد)</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786257297257</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Kalet liye’l-Asfar (قالت لي الأسفار)</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786257297158</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Al-Kurudu’l-Devliyye (القروض الدولية) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786257297141</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>İdaretu'l Amel el İğasi ve’l İnsani (إدارة العمل الإغاثي والانساني) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786257297288</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Genç Davetçilere Nasihatler ve Müslüman Kardeşler ile Hasbihalim</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786257297219</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an ve Sünnet’e Göre Çocuk Eğitimi</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786257297134</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Mecalis'ün-Nur Tefsiri ve Prof. Dr. Muhammed Ayyaş el-Kübeysi</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786257297110</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>İslam’a Davet Adabı</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786257297103</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>El-Cudi (الجودي)</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786257297073</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Jesus Fils de Marie La Verite Devoilee</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786057721426</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Kıssaları Tiyatro Serisi (30 Kitap) (مسرحيات من قصص القرآن الكريم)</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786257297066</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Sahabi Caban El-Kürdi ve Tabii Meymun Bin Caban</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786257297004</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Muhtarü’l-Ehadis</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786257297011</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>İrfan Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786057721341</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Sukkaru'n Mine'i Hicaz (سكّر من الحجاز)</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786057721006</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>The Messiah İsa Son Of Maryam The Complete Truth</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786057721273</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Gurbetu'l Kur'an (غربة القرآن)</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786057721280</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Barış ve Esenlik Peygamberi Hz. Muhammed'in Hayatını Yeniden Okumak</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786057721235</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Hayatı Anlamlı Kılmak</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786057721204</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukunda İkrardan Dönmenin Yargısal Sonuçları</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786057721266</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Çocukların İmanla İlgili Soruları</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786057721211</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Fıkıh Usulünde Teklifi Hüküm Terimlerinin Doğuşu ve Gelişimi</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786056917387</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Mezheb İmamlarının Cuma Namazı Hakkındaki Görüşleri ve Delilleri</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786056917394</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Hayatı Müslümanca Okumak</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>2770000021234</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Tarih ve Ümmet Seti (2 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786056917318</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamber (s.a.v)'in Ramazan Ayındaki İbadet Hayatı</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786056917301</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamber'in Dua ve Zikirlerini Anlamada Yöntem</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786056878862</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Haberin Ardındaki Gerçek</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786057721310</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>El-Menhiyyat Ayet ve Hadislerle Ümmetin Sakındırıldığı Hususlar</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786056828973</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ümmetinin Tarihi Serüveni</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786056878879</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Müslümanlar ve Filistin Davası</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786056828966</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihinden Dersler ve İbretler</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786056828935</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Hayatı Tatlandıran Servet Bereket</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786056828942</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Keyfe Nuhibbullahe ve Neştaqu İleyhi (كيف نحب الله ونشتاق اليه)</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
           <t>9786056828980</t>
         </is>
       </c>
-      <c r="B288" s="1" t="inlineStr">
+      <c r="B324" s="1" t="inlineStr">
         <is>
           <t>Müslümanın Müslüman Üzerindeki Altı Hakkı</t>
         </is>
       </c>
-      <c r="C288" s="1">
+      <c r="C324" s="1">
         <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>