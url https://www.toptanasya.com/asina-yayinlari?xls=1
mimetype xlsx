--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,580 +85,655 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259915487</t>
+          <t>9786259374314</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bana Hikâye Anlat</t>
+          <t>Dünler Bugünler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>450</v>
+        <v>285</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259915470</t>
+          <t>9786259374307</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Saint-Joseph'ten Çapa'ya Bir Hekimin Hakikat Yolculuğu</t>
+          <t>Kuyuda Biri Var</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>390</v>
+        <v>210</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789759354213</t>
+          <t>9786058245334</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığı Yürüyorum</t>
+          <t>Müslümanlık mı İslamcılık mı?</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>8.33</v>
+        <v>110</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786056824739</t>
+          <t>9786259374321</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hazreti İnsan</t>
+          <t>Kişisel Optimizasyon</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>17</v>
+        <v>495</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786058245372</t>
+          <t>9786259915494</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Küresel Dertliler Korosu</t>
+          <t>Emre İle Emmare - İç Savaş Sanatı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>40</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058245396</t>
+          <t>9786259915487</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Yazıları</t>
+          <t>Bana Hikâye Anlat</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>163.2</v>
+        <v>450</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056824753</t>
+          <t>9786259915470</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Fakr’a Övgü</t>
+          <t>Saint-Joseph'ten Çapa'ya Bir Hekimin Hakikat Yolculuğu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>30</v>
+        <v>390</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056824784</t>
+          <t>9789759354213</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gençliğe Kitabe</t>
+          <t>Yalnızlığı Yürüyorum</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>50</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259915463</t>
+          <t>9786056824739</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Genç Kızın Hayata Tutunma Rehberi</t>
+          <t>Hazreti İnsan</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>390</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259915456</t>
+          <t>9786058245372</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Durunca Fark Edilen</t>
+          <t>Küresel Dertliler Korosu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>320</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259915432</t>
+          <t>9786058245396</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İnsan Bu</t>
+          <t>Kudüs Yazıları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>163.2</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259915449</t>
+          <t>9786056824753</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çeksem Belgesel Olur</t>
+          <t>Fakr’a Övgü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057264602</t>
+          <t>9786056824784</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mescid-i Aksa’nın Özgürlüğü İçin Stratejik Planlama</t>
+          <t>Gençliğe Kitabe</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>550</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786058245389</t>
+          <t>9786259915463</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Doğru Olan Yenilmektir Bazen</t>
+          <t>Müslüman Genç Kızın Hayata Tutunma Rehberi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056824791</t>
+          <t>9786259915456</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Neyi Nasıl Yapmalı?</t>
+          <t>Durunca Fark Edilen</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>172</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058245310</t>
+          <t>9786259915432</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bırakma Kendini</t>
+          <t>İnsan Bu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786050610857</t>
+          <t>9786259915449</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bize Yakışan</t>
+          <t>Çeksem Belgesel Olur</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056824777</t>
+          <t>9786057264602</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İyi Gidiyorsun</t>
+          <t>Mescid-i Aksa’nın Özgürlüğü İçin Stratejik Planlama</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259915418</t>
+          <t>9786058245389</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yanı Başımız Hayat</t>
+          <t>Doğru Olan Yenilmektir Bazen</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259915401</t>
+          <t>9786056824791</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yollar Benim Umudumdur!</t>
+          <t>Neyi Nasıl Yapmalı?</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>172</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786050610895</t>
+          <t>9786058245310</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Artık Çok Genç</t>
+          <t>Bırakma Kendini</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786050610864</t>
+          <t>9786050610857</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Uçtun Yine Deli Gönül</t>
+          <t>Bize Yakışan</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786050610871</t>
+          <t>9786056824777</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Alın Teri</t>
+          <t>İyi Gidiyorsun</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050610888</t>
+          <t>9786259915418</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Pencere Kenarı</t>
+          <t>Yanı Başımız Hayat</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050610840</t>
+          <t>9786259915401</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dalları Gökte Bir Ağaç Kırmadan İncitmeden</t>
+          <t>Yollar Benim Umudumdur!</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786050610833</t>
+          <t>9786050610895</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Dert Konuşturdu</t>
+          <t>Artık Çok Genç</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786050610826</t>
+          <t>9786050610864</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hürmetten Hayrete</t>
+          <t>Uçtun Yine Deli Gönül</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786050610819</t>
+          <t>9786050610871</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İzi Kalır</t>
+          <t>Aşkın Alın Teri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786050610802</t>
+          <t>9786050610888</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İzm’ler Ne Kadar Bizim?</t>
+          <t>Pencere Kenarı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056824760</t>
+          <t>9786050610840</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Tivinikli (Ciltli)</t>
+          <t>Dalları Gökte Bir Ağaç Kırmadan İncitmeden</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786056824746</t>
+          <t>9786050610833</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ben Demeyene Yol Açılmaz</t>
+          <t>Dert Konuşturdu</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>235</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786056824722</t>
+          <t>9786050610826</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İnsan Mesafedir</t>
+          <t>Hürmetten Hayrete</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786056824715</t>
+          <t>9786050610819</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Seyrüsefer</t>
+          <t>İzi Kalır</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056824708</t>
+          <t>9786050610802</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Baht Meselesi</t>
+          <t>İzm’ler Ne Kadar Bizim?</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786058245327</t>
+          <t>9786056824760</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Güzel Gölgelik</t>
+          <t>Abdullah Tivinikli (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
+          <t>9786056824746</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Ben Demeyene Yol Açılmaz</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786056824722</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Mesafedir</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786056824715</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Seyrüsefer</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786056824708</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Baht Meselesi</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786058245327</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Gölgelik</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
           <t>9786058245303</t>
         </is>
       </c>
-      <c r="B37" s="1" t="inlineStr">
+      <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Uyanın, Rüya Vaktidir</t>
         </is>
       </c>
-      <c r="C37" s="1">
+      <c r="C42" s="1">
         <v>210</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>