--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,610 +85,670 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256671966</t>
+          <t>9786255909756</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi</t>
+          <t>From Utopia to Retrotopia: Zygmunt Bauman, Dystopian Theatre and the Politics of Hope in Edward Bond's The War Plays</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>266</v>
+        <v>210</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256671270</t>
+          <t>9786255909572</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Eğitime Giriş</t>
+          <t>Kültürel Bilinçaltı ve Yönetim</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256861497</t>
+          <t>9786255909558</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Örnek Uygulamalarda Sınıf içi Değerlendirme Teknikleri Öğretmen El Kitabı</t>
+          <t>Felsefeden Uygulamaya Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257813488</t>
+          <t>9786255909541</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Söz Bir Ateş</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>252</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257813211</t>
+          <t>9786256671966</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>220</v>
+        <v>266</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057602053</t>
+          <t>9786256671270</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Eğitime Giriş</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>266</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256861336</t>
+          <t>9786256861497</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mültecilerin Eğitimi İçin Okul Liderliği</t>
+          <t>Örnek Uygulamalarda Sınıf içi Değerlendirme Teknikleri Öğretmen El Kitabı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>266</v>
+        <v>210</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786058296824</t>
+          <t>9786257813488</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
+          <t>Söz Bir Ateş</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>33</v>
+        <v>252</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257813556</t>
+          <t>9786257813211</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetimi</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>392</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256861589</t>
+          <t>9786057602053</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırma Süreci ve Uygulamaları</t>
+          <t>Eğitime Giriş</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>336</v>
+        <v>266</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256861947</t>
+          <t>9786256861336</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Felsefe, Bilim ve Eğitim Bilim  Felsefesi Merceğinden  Eğitime Yansımalar</t>
+          <t>Mültecilerin Eğitimi İçin Okul Liderliği</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>252</v>
+        <v>266</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256861015</t>
+          <t>9786058296824</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Katma Değerli Değerlendirme</t>
+          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>210</v>
+        <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256861381</t>
+          <t>9786257813556</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Liderlik</t>
+          <t>Eğitim Yönetimi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>252</v>
+        <v>392</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256861473</t>
+          <t>9786256861589</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Türkülerle Melodika Eğitimi/Öğretimi</t>
+          <t>Nitel Araştırma Süreci ve Uygulamaları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>168</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256861398</t>
+          <t>9786256861947</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Okul Liderliği</t>
+          <t>Felsefe, Bilim ve Eğitim Bilim  Felsefesi Merceğinden  Eğitime Yansımalar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>210</v>
+        <v>252</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257813471</t>
+          <t>9786256861015</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yardımcı Öğretmenlik: Eğitimde Yeni Bir Meslek Dalı Olarak</t>
+          <t>Katma Değerli Değerlendirme</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>168</v>
+        <v>210</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057602114</t>
+          <t>9786256861381</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dil Eğitiminin Temel Kavramları</t>
+          <t>Eğitimde Liderlik</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>322</v>
+        <v>252</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052132005</t>
+          <t>9786256861473</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Edebiyat Öğretimi 1</t>
+          <t>Türkülerle Melodika Eğitimi/Öğretimi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>238</v>
+        <v>168</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258190199</t>
+          <t>9786256861398</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde İnsan Kaynakları Yönetimi</t>
+          <t>Uygulamalı Okul Liderliği</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>392</v>
+        <v>210</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257813297</t>
+          <t>9786257813471</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Ekonomisi</t>
+          <t>Yardımcı Öğretmenlik: Eğitimde Yeni Bir Meslek Dalı Olarak</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>336</v>
+        <v>168</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257813310</t>
+          <t>9786057602114</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dilsel Görecelik</t>
+          <t>Dil Eğitiminin Temel Kavramları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>294</v>
+        <v>322</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257813563</t>
+          <t>9786052132005</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Genel İşletme</t>
+          <t>Dil ve Edebiyat Öğretimi 1</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>322</v>
+        <v>238</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257813761</t>
+          <t>9786258190199</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Türkçe Eğitimi</t>
+          <t>Eğitimde İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>406</v>
+        <v>392</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257813778</t>
+          <t>9786257813297</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Planlaması</t>
+          <t>Eğitim Ekonomisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>266</v>
+        <v>336</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057602138</t>
+          <t>9786257813310</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Teknolojileri</t>
+          <t>Dilsel Görecelik</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>294</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057736499</t>
+          <t>9786257813563</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Anlamaya Dayalı Tasarım (UbD) Uygulamaları</t>
+          <t>Sorularla Genel İşletme</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>140</v>
+        <v>322</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257813228</t>
+          <t>9786257813761</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tasarımcı Öğretmen UbD El Kitabı</t>
+          <t>Sorularla Türkçe Eğitimi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>154</v>
+        <v>406</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257501095</t>
+          <t>9786257813778</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırma Nasıl Yazılır</t>
+          <t>Eğitim Planlaması</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>336</v>
+        <v>266</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257813587</t>
+          <t>9786057602138</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış</t>
+          <t>Öğretim Teknolojileri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>406</v>
+        <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057736871</t>
+          <t>9786057736499</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Türk Dili</t>
+          <t>Anlamaya Dayalı Tasarım (UbD) Uygulamaları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>266</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057602121</t>
+          <t>9786257813228</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Milli Edebiyat</t>
+          <t>Tasarımcı Öğretmen UbD El Kitabı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>350</v>
+        <v>154</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052132609</t>
+          <t>9786257501095</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yahudi - Hazar Yazışmaları</t>
+          <t>Nitel Araştırma Nasıl Yazılır</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>140</v>
+        <v>336</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057602107</t>
+          <t>9786257813587</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Okul Psikolojik Danışmanlarına Yaygın Sorunlar İçin Yol Haritası</t>
+          <t>Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>210</v>
+        <v>406</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057736161</t>
+          <t>9786057736871</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sosyolojisi</t>
+          <t>Sorularla Türk Dili</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>266</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052132258</t>
+          <t>9786057602121</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Deyimler Konuşuyor</t>
+          <t>Milli Edebiyat</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>154</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058296855</t>
+          <t>9786052132609</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Toponiminin Esasları Üzerine Bir İnceleme</t>
+          <t>Yahudi - Hazar Yazışmaları</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056757556</t>
+          <t>9786057602107</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Nokay Eçege</t>
+          <t>Okul Psikolojik Danışmanlarına Yaygın Sorunlar İçin Yol Haritası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
+          <t>9786057736161</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786052132258</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Deyimler Konuşuyor</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786058296855</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Toponiminin Esasları Üzerine Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786056757556</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Nokay Eçege</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
           <t>9786058296848</t>
         </is>
       </c>
-      <c r="B39" s="1" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Dil Dibeği</t>
         </is>
       </c>
-      <c r="C39" s="1">
+      <c r="C43" s="1">
         <v>140</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>