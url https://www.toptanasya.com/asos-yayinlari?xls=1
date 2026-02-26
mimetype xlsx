--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,670 +85,685 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255909756</t>
+          <t>9786255909763</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>From Utopia to Retrotopia: Zygmunt Bauman, Dystopian Theatre and the Politics of Hope in Edward Bond's The War Plays</t>
+          <t>Simurg İzinde Yeni Bir Okul Kurmak</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255909572</t>
+          <t>9786255909756</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Bilinçaltı ve Yönetim</t>
+          <t>From Utopia to Retrotopia: Zygmunt Bauman, Dystopian Theatre and the Politics of Hope in Edward Bond's The War Plays</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255909558</t>
+          <t>9786255909572</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Felsefeden Uygulamaya Ölçme ve Değerlendirme</t>
+          <t>Kültürel Bilinçaltı ve Yönetim</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255909541</t>
+          <t>9786255909558</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Felsefeden Uygulamaya Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256671966</t>
+          <t>9786255909541</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>266</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256671270</t>
+          <t>9786256671966</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Eğitime Giriş</t>
+          <t>Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>266</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256861497</t>
+          <t>9786256671270</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Örnek Uygulamalarda Sınıf içi Değerlendirme Teknikleri Öğretmen El Kitabı</t>
+          <t>Eğitime Giriş</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257813488</t>
+          <t>9786256861497</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Söz Bir Ateş</t>
+          <t>Örnek Uygulamalarda Sınıf içi Değerlendirme Teknikleri Öğretmen El Kitabı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>252</v>
+        <v>210</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257813211</t>
+          <t>9786257813488</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Söz Bir Ateş</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>252</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057602053</t>
+          <t>9786257813211</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Eğitime Giriş</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>266</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256861336</t>
+          <t>9786057602053</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mültecilerin Eğitimi İçin Okul Liderliği</t>
+          <t>Eğitime Giriş</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>266</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786058296824</t>
+          <t>9786256861336</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
+          <t>Mültecilerin Eğitimi İçin Okul Liderliği</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>33</v>
+        <v>266</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257813556</t>
+          <t>9786058296824</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetimi</t>
+          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>392</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256861589</t>
+          <t>9786257813556</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırma Süreci ve Uygulamaları</t>
+          <t>Eğitim Yönetimi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>392</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256861947</t>
+          <t>9786256861589</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Felsefe, Bilim ve Eğitim Bilim  Felsefesi Merceğinden  Eğitime Yansımalar</t>
+          <t>Nitel Araştırma Süreci ve Uygulamaları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>252</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256861015</t>
+          <t>9786256861947</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Katma Değerli Değerlendirme</t>
+          <t>Felsefe, Bilim ve Eğitim Bilim  Felsefesi Merceğinden  Eğitime Yansımalar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>210</v>
+        <v>252</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256861381</t>
+          <t>9786256861015</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Liderlik</t>
+          <t>Katma Değerli Değerlendirme</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>252</v>
+        <v>210</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256861473</t>
+          <t>9786256861381</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Türkülerle Melodika Eğitimi/Öğretimi</t>
+          <t>Eğitimde Liderlik</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>168</v>
+        <v>252</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256861398</t>
+          <t>9786256861473</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Okul Liderliği</t>
+          <t>Türkülerle Melodika Eğitimi/Öğretimi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>210</v>
+        <v>168</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257813471</t>
+          <t>9786256861398</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yardımcı Öğretmenlik: Eğitimde Yeni Bir Meslek Dalı Olarak</t>
+          <t>Uygulamalı Okul Liderliği</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>168</v>
+        <v>210</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057602114</t>
+          <t>9786257813471</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dil Eğitiminin Temel Kavramları</t>
+          <t>Yardımcı Öğretmenlik: Eğitimde Yeni Bir Meslek Dalı Olarak</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>322</v>
+        <v>168</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052132005</t>
+          <t>9786057602114</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Edebiyat Öğretimi 1</t>
+          <t>Dil Eğitiminin Temel Kavramları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>238</v>
+        <v>322</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258190199</t>
+          <t>9786052132005</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde İnsan Kaynakları Yönetimi</t>
+          <t>Dil ve Edebiyat Öğretimi 1</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>392</v>
+        <v>238</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257813297</t>
+          <t>9786258190199</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Ekonomisi</t>
+          <t>Eğitimde İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>336</v>
+        <v>392</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257813310</t>
+          <t>9786257813297</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dilsel Görecelik</t>
+          <t>Eğitim Ekonomisi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>294</v>
+        <v>336</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257813563</t>
+          <t>9786257813310</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Genel İşletme</t>
+          <t>Dilsel Görecelik</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>322</v>
+        <v>294</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257813761</t>
+          <t>9786257813563</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Türkçe Eğitimi</t>
+          <t>Sorularla Genel İşletme</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>406</v>
+        <v>322</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257813778</t>
+          <t>9786257813761</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Planlaması</t>
+          <t>Sorularla Türkçe Eğitimi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>266</v>
+        <v>406</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057602138</t>
+          <t>9786257813778</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Teknolojileri</t>
+          <t>Eğitim Planlaması</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>266</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057736499</t>
+          <t>9786057602138</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Anlamaya Dayalı Tasarım (UbD) Uygulamaları</t>
+          <t>Öğretim Teknolojileri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257813228</t>
+          <t>9786057736499</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tasarımcı Öğretmen UbD El Kitabı</t>
+          <t>Anlamaya Dayalı Tasarım (UbD) Uygulamaları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>154</v>
+        <v>140</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257501095</t>
+          <t>9786257813228</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırma Nasıl Yazılır</t>
+          <t>Tasarımcı Öğretmen UbD El Kitabı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>336</v>
+        <v>154</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257813587</t>
+          <t>9786257501095</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış</t>
+          <t>Nitel Araştırma Nasıl Yazılır</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>406</v>
+        <v>336</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057736871</t>
+          <t>9786257813587</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Türk Dili</t>
+          <t>Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>266</v>
+        <v>406</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057602121</t>
+          <t>9786057736871</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Milli Edebiyat</t>
+          <t>Sorularla Türk Dili</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>350</v>
+        <v>266</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052132609</t>
+          <t>9786057602121</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yahudi - Hazar Yazışmaları</t>
+          <t>Milli Edebiyat</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057602107</t>
+          <t>9786052132609</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Okul Psikolojik Danışmanlarına Yaygın Sorunlar İçin Yol Haritası</t>
+          <t>Yahudi - Hazar Yazışmaları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057736161</t>
+          <t>9786057602107</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sosyolojisi</t>
+          <t>Okul Psikolojik Danışmanlarına Yaygın Sorunlar İçin Yol Haritası</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>266</v>
+        <v>210</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052132258</t>
+          <t>9786057736161</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Deyimler Konuşuyor</t>
+          <t>Eğitim Sosyolojisi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>154</v>
+        <v>266</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786058296855</t>
+          <t>9786052132258</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Toponiminin Esasları Üzerine Bir İnceleme</t>
+          <t>Deyimler Konuşuyor</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>140</v>
+        <v>154</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786056757556</t>
+          <t>9786058296855</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Nokay Eçege</t>
+          <t>Toponiminin Esasları Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
+          <t>9786056757556</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Nokay Eçege</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
           <t>9786058296848</t>
         </is>
       </c>
-      <c r="B43" s="1" t="inlineStr">
+      <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Dil Dibeği</t>
         </is>
       </c>
-      <c r="C43" s="1">
+      <c r="C44" s="1">
         <v>140</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>