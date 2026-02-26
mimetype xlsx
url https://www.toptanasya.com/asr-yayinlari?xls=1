--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,820 +85,1210 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786056676482</t>
+          <t>9780000027290</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mezhepsel İhtilaflara Sorularla Son Nokta</t>
+          <t>Gizemli Öyküler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>40</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>3990000027295</t>
+          <t>3990000027291</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Salavat Her Derde Deva</t>
+          <t>Peşaver Geceleri (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>160</v>
+        <v>53</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>3990000027300</t>
+          <t>3990000027290</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinde Gerçeğe Giden Yol</t>
+          <t>Rüya Tabirleri Külliyatı (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>650</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052144320</t>
+          <t>3990000027289</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kuran, Hadis ve Tarih Işığında İmam Ali Ansiklopedisi 14 Cilt Takım (Ciltli)</t>
+          <t>A'dan Z'ye Kerbela Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>11900</v>
+        <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052144329</t>
+          <t>9799756640486</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kuran, Hadis ve Tarih Işığında İmam Ali Ansiklopedisi C.14 (Ciltli)</t>
+          <t>Sahife-i Seccadiye (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>850</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052144312</t>
+          <t>3990000027282</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kuran, Hadis ve Tarih Işığında İmam Ali Ansiklopedisi C.13 (Ciltli)</t>
+          <t>Çocuk Terbiyesi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>850</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>3990000027271</t>
+          <t>3990000027281</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kur'an, Hadis ve Tarih Işığında İmam Ali Ansiklopedisi Cilt 3 (Ciltli)</t>
+          <t>Sünnete Uygun Evlilik ve Aile Hukuku</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>850</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786058461079</t>
+          <t>3990000027280</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Allah ile Aldatanları Tanıyalım</t>
+          <t>Cevşen Kebir Duası</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>330</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056604690</t>
+          <t>3990000027278</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Türkçe Meali (Ciltli)</t>
+          <t>Hadislerle Evlilik</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>780</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052144299</t>
+          <t>3990000027277</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kuran, Hadis ve Tarih Işığında - İmam Ali Ansiklopedisi c.12</t>
+          <t>Hadislerle Namaz</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>780</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052144244</t>
+          <t>9786056676420</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kuran, Hadis ve Tarih Işığında - İmam Ali Ansiklopedisi c.11</t>
+          <t>Üç Aylar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>850</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052144183</t>
+          <t>9789649730117</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İmam Ali Ansiklopedisi Cilt 10 (Ciltli)</t>
+          <t>Alametleriyle Birlikte Beklenen Mehdi Aleyhisselam (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>850</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786056676437</t>
+          <t>9786058461024</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadisler Işığında İslam'da Çocuk İsimleri</t>
+          <t>Nehcül Belaga (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052144046</t>
+          <t>3990000015734</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hulefa-i Raşidin</t>
+          <t>Allah'ın Bir Mucizesi Bal Tedavisi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052144145</t>
+          <t>3990000054613</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Aile Saadeti</t>
+          <t>Gıybet</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058529755</t>
+          <t>9786056604669</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ehlibeyt Öğretisi Dualar ve Kısa Sureler</t>
+          <t>Mezhepler Arası Barış Risalesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>550</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052144220</t>
+          <t>9786058461031</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin (s.a.a.) Yaşamında Kadın ve Çocuk</t>
+          <t>Cennet Güllerinden Bir Gül: Salih Evlat</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>240</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052144237</t>
+          <t>9786058461048</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Tıbba Göre Şifa ve Derman</t>
+          <t>Zikir Ehline Sorun</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>520</v>
+        <v>45</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>4440000000226</t>
+          <t>9786058461017</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İmam Ali Ansiklopedisi Cilt 9 (Ciltli)</t>
+          <t>Gerçek Sünnet Ehli Şia</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>850</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052144167</t>
+          <t>3990000021246</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Ehlibeytten Gizemli Dualar</t>
+          <t>Gözümüzün Nuru Namaz</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>780</v>
+        <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056676444</t>
+          <t>9786056676413</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin (s.a.a) Sünnetleri</t>
+          <t>Allah'ın Şefkati</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>330</v>
+        <v>7</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052144053</t>
+          <t>3990000027305</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Şiiliğin Doğuşu</t>
+          <t>Medine'den Kerbela'ya İmam Hüseyin'in Hayatı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>260</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052144039</t>
+          <t>3990000027303</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Son Kurtarıcı Hazreti Mehdi</t>
+          <t>Seni Yazmak Bana Düştü</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>230</v>
+        <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058461055</t>
+          <t>3990000027302</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Dört Semavi Kitapta Beklenen Mehdi</t>
+          <t>Kuran'dan Dersler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056676499</t>
+          <t>3990000027301</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Öncesi Eş Seçimi</t>
+          <t>Büyük Günahlar Cilt 1</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>230</v>
+        <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>3990000018695</t>
+          <t>3990000027299</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kuran, Hadis ve Tarih Işığında İmam Ali Ansiklopedisi Cilt 8 (Ciltli)</t>
+          <t>Evimiz Cennetimiz Cilt 1</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>850</v>
+        <v>140</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056604607</t>
+          <t>9786056676482</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Rukayye</t>
+          <t>Mezhepsel İhtilaflara Sorularla Son Nokta</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>3990000089365</t>
+          <t>3990000027295</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kabrim Benim Aşiyanem</t>
+          <t>Salavat Her Derde Deva</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>3990000084961</t>
+          <t>3990000027300</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kasasu'l Huseyn</t>
+          <t>İslam Tarihinde Gerçeğe Giden Yol</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>125</v>
+        <v>650</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>3990000084513</t>
+          <t>9786052144320</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Faiz Nedir? Ne Değildir?</t>
+          <t>Kuran, Hadis ve Tarih Işığında İmam Ali Ansiklopedisi 14 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>110</v>
+        <v>11900</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786058461062</t>
+          <t>9786052144329</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Dersleri 2. Cilt</t>
+          <t>Kuran, Hadis ve Tarih Işığında İmam Ali Ansiklopedisi C.14 (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>260</v>
+        <v>850</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058461093</t>
+          <t>9786052144312</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>145 Kerbela Şehidi</t>
+          <t>Kuran, Hadis ve Tarih Işığında İmam Ali Ansiklopedisi C.13 (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>185</v>
+        <v>850</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058461086</t>
+          <t>3990000027271</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Aşura Ziyareti ve İmam Hüseyin'in Türbetinden Mucizeler</t>
+          <t>Kur'an, Hadis ve Tarih Işığında İmam Ali Ansiklopedisi Cilt 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>850</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>3990000013164</t>
+          <t>9786058461079</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İman Nedir?</t>
+          <t>Allah ile Aldatanları Tanıyalım</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>3990000027288</t>
+          <t>9786056604690</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kalemin Feryadı - 100 Konuda</t>
+          <t>Kur’an-ı Kerim ve Türkçe Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>350</v>
+        <v>780</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>3990000027287</t>
+          <t>9786052144299</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Adalet Güneşi</t>
+          <t>Kuran, Hadis ve Tarih Işığında - İmam Ali Ansiklopedisi c.12</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>280</v>
+        <v>780</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>3990000027286</t>
+          <t>9786052144244</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Dersleri Cilt 1</t>
+          <t>Kuran, Hadis ve Tarih Işığında - İmam Ali Ansiklopedisi c.11</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>235</v>
+        <v>850</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>3990000027285</t>
+          <t>9786052144183</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Terazi (İslam Tartısında Vahhabiliğin Eleştirisi)</t>
+          <t>İmam Ali Ansiklopedisi Cilt 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>260</v>
+        <v>850</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>3990000027284</t>
+          <t>9786056676437</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bidat</t>
+          <t>Ayet ve Hadisler Işığında İslam'da Çocuk İsimleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>3990000027283</t>
+          <t>9786052144046</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Nizami Gencevi Hemse'sinde Perdelerin Sırrı</t>
+          <t>Hulefa-i Raşidin</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>3990000027279</t>
+          <t>9786052144145</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hz. Fatıma'nın Tarihi Fedek Hutbesi</t>
+          <t>Aile Saadeti</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>3990000027275</t>
+          <t>9786058529755</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kur'an, Hadis ve Tarih Işığında İmam Ali Ansiklopedisi Cilt 7 (Ciltli)</t>
+          <t>Ehlibeyt Öğretisi Dualar ve Kısa Sureler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>850</v>
+        <v>550</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>3990000027274</t>
+          <t>9786052144220</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kur'an, Hadis ve Tarih Işığında İmam Ali Ansiklopedisi Cilt 6 (Ciltli)</t>
+          <t>Peygamberimizin (s.a.a.) Yaşamında Kadın ve Çocuk</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>850</v>
+        <v>240</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>3990000027273</t>
+          <t>9786052144237</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kur'an, Hadis ve Tarih Işığında İmam Ali Ansiklopedisi Cilt 5 (Ciltli)</t>
+          <t>Geleneksel Tıbba Göre Şifa ve Derman</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>850</v>
+        <v>520</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>3990000027272</t>
+          <t>4440000000226</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kur'an, Hadis ve Tarih Işığında İmam Ali Ansiklopedisi Cilt 4 (Ciltli)</t>
+          <t>İmam Ali Ansiklopedisi Cilt 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>850</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>3990000027270</t>
+          <t>9786052144167</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kur'an, Hadis ve Tarih Işığında İmam Ali Ansiklopedisi Cilt 2 (Ciltli)</t>
+          <t>Kur’an ve Ehlibeytten Gizemli Dualar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>850</v>
+        <v>780</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786056604614</t>
+          <t>9786056676444</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ümmül Benin</t>
+          <t>Peygamberimizin (s.a.a) Sünnetleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>3990000027269</t>
+          <t>9786052144053</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kur'an, Hadis ve Tarih Işığında İmam Ali Ansiklopedisi Cilt 1 (Ciltli)</t>
+          <t>Şiiliğin Doğuşu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>850</v>
+        <v>260</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>3990000027294</t>
+          <t>9786052144039</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Zihninin Gücünü Kullan</t>
+          <t>Son Kurtarıcı Hazreti Mehdi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>3990000027293</t>
+          <t>9786058461055</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Nur Tecellisi</t>
+          <t>Dört Semavi Kitapta Beklenen Mehdi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>3990000027298</t>
+          <t>9786056676499</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi</t>
+          <t>Evlilik Öncesi Eş Seçimi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
+          <t>3990000018695</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Kuran, Hadis ve Tarih Işığında İmam Ali Ansiklopedisi Cilt 8 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786056604607</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Hazreti Rukayye</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>3990000089365</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Kabrim Benim Aşiyanem</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>3990000084961</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Kasasu'l Huseyn</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>3990000084513</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Faiz Nedir? Ne Değildir?</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786058461062</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Fıkıh Dersleri 2. Cilt</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786058461093</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>145 Kerbela Şehidi</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786058461086</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Aşura Ziyareti ve İmam Hüseyin'in Türbetinden Mucizeler</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>3990000013164</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>İman Nedir?</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>3990000027288</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Kalemin Feryadı - 100 Konuda</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>3990000027287</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Adalet Güneşi</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>3990000027286</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Fıkıh Dersleri Cilt 1</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>3990000027285</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Terazi (İslam Tartısında Vahhabiliğin Eleştirisi)</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>3990000027284</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Bidat</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>3990000027283</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Nizami Gencevi Hemse'sinde Perdelerin Sırrı</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>3990000027279</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Fatıma'nın Tarihi Fedek Hutbesi</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>3990000027275</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an, Hadis ve Tarih Işığında İmam Ali Ansiklopedisi Cilt 7 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>3990000027274</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an, Hadis ve Tarih Işığında İmam Ali Ansiklopedisi Cilt 6 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>3990000027273</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an, Hadis ve Tarih Işığında İmam Ali Ansiklopedisi Cilt 5 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>3990000027272</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an, Hadis ve Tarih Işığında İmam Ali Ansiklopedisi Cilt 4 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>3990000027270</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an, Hadis ve Tarih Işığında İmam Ali Ansiklopedisi Cilt 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786056604614</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Ümmül Benin</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>3990000027269</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an, Hadis ve Tarih Işığında İmam Ali Ansiklopedisi Cilt 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>3990000027294</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Zihninin Gücünü Kullan</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>3990000027293</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Nur Tecellisi</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>3990000027298</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberler Tarihi</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
           <t>3990000032087</t>
         </is>
       </c>
-      <c r="B53" s="1" t="inlineStr">
+      <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Kuran İle İstihare</t>
         </is>
       </c>
-      <c r="C53" s="1">
+      <c r="C79" s="1">
         <v>290</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>