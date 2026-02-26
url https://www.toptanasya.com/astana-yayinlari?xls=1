--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -82,43 +82,8308 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
+    <row r="2" spans="1:3">
+      <c r="A2" s="1" t="inlineStr">
+        <is>
+          <t>9786256125971</t>
+        </is>
+      </c>
+      <c r="B2" s="1" t="inlineStr">
+        <is>
+          <t>Merkez-Çevre Düalizmi Bağlamında Van Vilayeti Dâhilinde Devlet-Aşiret İlişkileri (1876-1914)</t>
+        </is>
+      </c>
+      <c r="C2" s="1">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3">
+      <c r="A3" s="1" t="inlineStr">
+        <is>
+          <t>9786256125995</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>The Korean War And Turkish-American Relations</t>
+        </is>
+      </c>
+      <c r="C3" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="1" t="inlineStr">
+        <is>
+          <t>9786256125988</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal ve Hukuki Boyutlarıyla Cezasızlık Algısı</t>
+        </is>
+      </c>
+      <c r="C4" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="1" t="inlineStr">
+        <is>
+          <t>9786256125902</t>
+        </is>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Gelişmeler ve 2010 Stratejik Konsepti Bağlamında Nato'nun Dönüşümü</t>
+        </is>
+      </c>
+      <c r="C5" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>9786256125896</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Sistem Dönüşürken Türkiye’de Başbakanlık Hükûmeti</t>
+        </is>
+      </c>
+      <c r="C6" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>9786256125865</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>De Facto Güvenlik Politikaları Bağlamında Uluslararası Güvenlik, Risk ve Tehditleri</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9786256125858</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Tefsirden Temsile Gazze</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786256125834</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Eski Sovyetlerde Türk Kimliği (Ahıskalı Türkler)</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786256125827</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal Güvenlik</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786256125803</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Ahıska Mücadelesine Adanan Bir Ömür: Enver Odabaşev'e Armağan</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786256125742</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Kent Hakkı, Yerel Demokrasi ve Sürdürülebilirlik: Sakin Şehir Paradigması</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786256125780</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>İbn Haldun Okumaları Makaleler</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786256125759</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Türk Hukuk Sisteminde Belediye Zabıtası: Görev, Yetki ve Sorumluluklar</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786256125773</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Sandıkta Hukuk</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786256125766</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Kritik Madenler Çağı</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786256125735</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>İSG (İş Sağlığı ve Güvenliği) Sınavlara Hazırlık Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786256125704</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Göç ve İskân Politikasında Türk Soyluluk: Tanım, Kapsam ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786256125667</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Geleceğe Borsa</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786256125650</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Makro Finansal Bağlantılar: Teori ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786256125636</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Şevket Mirziyoyev Dönemi Türkiye-Özbekistan İlişkileri (2016-2021)</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786256125629</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Kariyer Yönetimi - Kurumsal Temeller ve Güncel Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786256125490</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Merkez Bankası ve Hazine</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786256125612</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Alemler ve Elementler</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786256125599</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Kuruluştan II. Dünya Savaşı’na ABD Tarihi</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786256125575</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Nuclear from Energy to Weapon</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786256125551</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de 2000-2021 Yılları Arasında 3-6 Yaş Grubu Çocuklar İçin Basılan Çocuk Kitaplarındaki İllüstrasyonların Analizi</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786256125520</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye-Ermenistan İlişkilerinde Kimlik ve Ötekilik Söylemi: Süreklilik/ Değişim</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786256125537</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’ya Çeçen Göçü</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786256125513</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>X, Y ve Z Kuşaklarının E-Ticarete İlişkin Kaygı ve Tutumları</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786256125506</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk Kuramını Anlamak</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786256125483</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Bankacılık ve Finans Sistemi</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786256125421</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşen Dünyada Ekonomik İstikrar Arayışı: Sermaye Kontrollerinin Uluslararası Politik Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786256125407</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Muamelat Fıkhında Kadın Farkı ve Günümüz Türk Hukuku Çerçevesinde Tahlili Bir Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786256125469</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomi Politik Perspektiften D-8 Ülkeleri</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786256125445</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Turizm Tesislerini Biyofilik (Doğamsı) Tasarımla Projelendirme - Önemi, İlkeleri, Unsurları, Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786256125476</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukunda Enflasyon Farkı</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786256125292</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>İbranice Dilbilgisi</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786256125339</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>İbranice İlk Adım</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786256125346</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Başlayanlar İçin İbranice Okuma Esasları</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786256125353</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>İbranice Sözlük (Orta ve İleri Seviye)</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786256125322</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>En Yaygın İbranice Fiil Çekimleri</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786256125452</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Teolog, Eleştirmen, Din Bilimcisi William Robertson Smith</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786256125391</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Açık İnovasyon</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786256125360</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Dijitalleşme ve Haksız Rekabet: Türk Ticaret Hukukunda Yeni Dönem</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786256125377</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul’un Çatalca İlçesi Üzerine Halkbilimsel Bir Araştırma</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786256125384</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Poetik Fragmanlar</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786256125315</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Göçmen Girişimci Kadın İstanbul Örneği</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786256125278</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Post-Neoliberal Dünya: Neoekstraktivizm ve Sömürgecilik 2.0</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786256125261</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Sürgünün 80. Yılında Ahıska Türkleri: Tarihi Gerçekler ve Süregelen Mücadele</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786256125148</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Kurgusal Başlangıç</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786256125162</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Sekülerleşme Kuramı Bağlamında İbn Haldun ve Bilim Anlayışı</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786256125094</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukunda Faiz Yasağının Gerekçesi</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786256125117</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Erken Cumhuriyet Döneminde (1923-1950) Yoksullukla Mücadele Politikaları</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786256125063</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Üniversiteli Gençlerde Sosyal Medya Davranışları</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786256125056</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Özbekistan Birinci Cumhurbaşkanı İslam Kerimov: Milli İdeolojinin Oluşumu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786256125049</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Teknoloji Çağının Dijital Agorası Sosyal Medya: Türkiye’de Z Kuşağı’nın Seçmen Davranışı</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786256501980</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>FÖMER Farsça Konuşma Dili - 4 Bir İranlı Bibi Konuşalım</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786256125032</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Çalışan Memnuniyetinin İnsan Kaynakları Yönetimi Üzerindeki Etkinliği</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786256501966</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Otlu Peynir</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786256125025</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Enerjiden Silaha Nükleer</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786256125018</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Dengeleme Stratejisi Bağlamında Özbekistan Dış Politikası</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786256501560</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Zülkarneynler Adaletin Barışçıları</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786256125001</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Trabzon’a Arap Turist Çıkarması</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786256501942</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Balkan Ekonomileri: Makroekonomi ve Dış Ticaret Performansları</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786256501959</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>İyi Kötü Çirkef Politikada Sporun Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786256501911</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dünyası Jeopolitiği</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786256501812</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Terörle Mücadele Stratejisi: Önleyici Müdahale</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786256501850</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Kalem İle Gümüş Levha</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786256501805</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Hazine Arazilerinde Yatırım Fırsatları</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786256501782</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Yahudilik-Hristiyanlık Hinduizm ve Budizm’in Kısa Tarihi</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786256501751</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Barış İnşa Sürecinde Çocuk Savaşçılar: Afganistan Kavramsal Çerçeve, Uluslararası Hukuk ve Tarihsel Süreç</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786256501744</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Sebze-Meyve Ticaretinin 5957 Sayılı Kanun Nezdinde Denetimi</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786256501720</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Ahıska Diye Diye (Bilgi Notları, Çağrı Mektupları, Tavsiyeler)</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786256501706</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Sistem Yaklaşımı Perspektifinden Ulusal Güvenlik: İran'ın Nükleer Güç Politikası</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786057610560</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Elma Veriyorum Sana</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786256501638</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Yaşar Kemal Romanı ve Psikolojik Derinlik: Düş Kuran Çocuk</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786256501614</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>1918-1920 Yıllarında Türkiye: Yenilgiden Zafere Doğru</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786256501607</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Emperyalistlerin Hizmetinde Ermeniler - Dönemin Gazetelerine Göre Güney Cephesinde Ermeni Çetelerinin Yaptığı Katliamlar (1919-1921)</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786256501553</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Kelam Özgürlük Teorisi</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786256501492</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Nükleer Enerji Hukukunda Kaza ve Zarar Kavramı İle Uluslararası Sözleşmeler Kapsamında Taraf Devletlerin Hukuki Sorumluluğu</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786256501485</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>FinTech and Financial Intermediation in Small Business Lending</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786256501522</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Türk Tarihi ve Kültürü Üzerine İncelemeler</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786256501478</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dış Politikası Yazıları - Cumhuriyetin Yüzüncü Yılına Armağan</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786256501539</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Yahudilikte Öteki Bir Şeytanlaştırma Sürecinin Teo-Politiği</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786256501416</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Yapı İşlerinde İş Sağlığı ve Güvenliği</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786256501454</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Violence in British Theatre: The Second Half of the Twentieth Century</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786256501355</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin İslam Felsefesi P4C Uygulamalarında Hayy Bin Yakzan</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786256501379</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Ötanaziye Türkiye’de ve Dünyada Yasal Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786256501393</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>İş Sağlığı ve Güvenliği Perspektifinde Tehlikeli Madde Sınıfları</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786256501362</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Yetimler-1 İslam’ın Doğuşundan Günümüze</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786256501348</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Axısxa Türkləri Xarcamlılar</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786256501386</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Görünmeyen Tehlike KBRN - Kimyasal, Biyolojik, Radyolojik ve Nükleer (Yapay Zeka Destekli)</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786256501270</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Refik Zeka Handan Şiirinde Tematik Söz Varlığı</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786256501287</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Gazzali’de İlim</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786256501249</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Süt Üreticisi Tarımsal Kalkınma Kooperatiflerinin Güçlenmeleri Hakkında Bir Araştırma: Manisa Örneği</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786256501263</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Sistemlerinin Denetimi ve Türk Bankacılık Sektörü Uygulaması</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786256501232</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Trafik-İş Kazalarından Kaynaklanan Bedensel Zararların Maddi Tazmini</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786256501294</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>BM Güvenlik Konseyi’nin Suriye Hakkında Kararlarının Tercümesi (2012-2023)</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786256501256</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Müslim’in Kaynakları</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786256501317</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Mucizeler Nefesle Başlar</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786256501171</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Kamu Yönetimi ve Etik: Teoriden Pratiğe</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786256501201</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Sosyolojik Açıdan Türkiye’nin Türk Dünyası Politikaları</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786256501164</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Biyokütle Enerjisi: Biyokimyasal Dönüşümler ve Teknolojileri</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786256501188</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Orta Çağ’da Türkistan’dan Doğu Akdeniz’e Türkler</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786256501157</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Güvenliği</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786256501140</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Güvenlik</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786256501133</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk - Vahdettin Görüşmeleri</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786256501126</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Jeotermal Seracılık</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786256501119</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Kayıtdışı Ekonomi</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786256501102</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Dünyada ve Türkiye'de Muhafazakarlık</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786256501089</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Suriyeli Gençlik Araştırması - Sorunlar, Beklentiler ve Çözüm Önerileri: Şanlıurfa Örneği</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786256501096</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Rus İmparatorluğu’nun Kuzey Kırgızistan’daki Tarım Siyaseti (XIX. Yüzyılın İkinci Yarısı, XX. Yüzyılın Başı)</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786256501072</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Yeniden Jeopolitik - Bölgesel İstikrar Yönelimleri</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786256501058</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Değerler Eğitimi Penceresinden Yusuf İle Züleyha Kıssası</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786256501065</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Fransız İhtilali Döneminde Batılı Düşünürlerin Tanrı ve Din Anlayışı</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786256501041</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Recep Tayyip Erdoğan Siyasette Bir Fenomen - 2023 Türkiye Cumhuriyeti Seçimlerinin Sosyolojik Analizi</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786256501003</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Geçici Koruma Kapsamındaki Suriyelilerin Uyum ve İskan Sorunları ve Çözüm Önerileri: Doğu Marmara İlleri Üzerine Bir Araştırma</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786256501027</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Sır İçinde</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786256501010</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Hukuku Açısından Göçmenlerin İş–Barınma ve Sağlık Hakkı (Ulusal ve Uluslararası Boyutuyla)</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786057247872</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Genel Kamu Hukukuna Emek Verenler</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786057247889</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Hazar Denizi ve Karadeniz'de Küresel Enerji Mücadelesi</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786057247896</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Çalışan Adanmışlığı (Employee Engagement)</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786057247865</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Para</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786057247858</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Anayasa Mahkemesince Yürürlüğün Durdurulmasında Almanya ve Türkiye Modeli</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786057247834</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Yaptırımlar Altında İran’ın Ekonomi Politiği: Uluslararası Ticaretini Geliştirme Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786057247803</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Hukuk Bakımından Siber Terörizm</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786057247827</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Çin ve Türk Dünyası İlişkileri 1991’den Günümüze</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786258045864</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Dini Çoğulculuk Din İçi Çoğulculuk ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786258045994</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Türk Siyasal Hayatında Osman Kavuncu</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786258045987</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Kobiler İçin Her Yönüyle Uluslararası Ticaret</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786258045970</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>CHP'de Milletvekili Adaylığı Mücadeleleri</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786258045963</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Azerbaycan Çokkültürlülüğünün Jeopolitiği</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786258045932</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Realizm Perspektifinden Küresel Bir Güvenlik Aktörü Olarak Avrupa Birliği: Kapasite, Kabiliyet Ve İşbirliğinin Sınırları</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786258045918</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Yaşayan Su Felsefesi</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786258045888</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Hukuksal ve Siyasal Bağlamda Afrika Okumaları</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786258045840</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşme, Uluslararası Göç ve Kamu Yönetiminin Dönüşümü</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786258045871</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Kanunilik İlkesinin Uluslararası Hukuktaki Yansımaları</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786258045826</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Dış Ticaret ve Döviz Kuru İlişkisi</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786258045819</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>ABD Ulusal Güvenlik Anlayışı ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786258045260</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Mucize Fe Klavye</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786258045789</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>İran Dış Politikasında İmparatorluk Vizyonu: Pers Yayılmacılığı</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786258045758</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Böyle Yaşanır</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786258045666</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Montesquıeu’nün Siyasal Rejimler Kuramı Üzerine Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786258045734</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Kamu Borç Yönetiminde Koşullu Yükümlülükler ve Mali Alan Açısından Bir Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786258045697</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Türkçesi</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786258045680</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Milli Jeopolitika ve Jeostratejinin İnşa Zihniyeti: 21. Yüzyıl Türkiye'si</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786258045727</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Farsça YDS Seti 2</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786258045710</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Toplumsal Yapısı: Kuruluştan Dağılışa Bir Çözümleme Denemesi</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786258045703</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Birleşmiş Milletler Barış Gücü Operasyonlarında Hukuka Aykırı Eylemler Nedeniyle Sorumluluk</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786258045635</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Proje, Makale-Tez Yazım ve Sunum Teknikleri</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786258045673</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Suçluluğu</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786258045659</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>İktisadın Anatomisi - KPSS, Kaymakamlık, Sayıştay, Gelir Uzmanlığı, Bankaların Müfettişlik ve Uzmanlık Sınavları Başta Olmak Üzere Tüm Sınavlar İçin İktisat</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786258045611</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dernekler Hukukunda Çocuk Dernekleri</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786258045604</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Kalkınma Perspektifinden Türk Cumhuriyetleri</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786258045598</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Life On The Earth: Aligned To The Signs On The Galactic Systems, Stars And The Planets Of This Universe</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786258045550</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Turizminde Yeni Açılımlar: Çankırı Tuz Mağarası Örneği</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786258045512</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Farsça - Farsça Türkçe Cep Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786258045536</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Dağlık Karabağ Sorunu</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786258045543</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Salgına Dirençli Kent İçin Sosyal Dirençlilik (Çankırı İli Örneği)</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786258045574</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Muhtasar - İbazi İnanç Esasları</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786258045567</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>İbazi Bilgin İmam Cabir b. Zeyd’in Fetvaları - Fetava</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786258045581</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Mu'tezile İbaziyye Etkileşimi</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786258045505</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Göz İzleme Cihazlarının Etkili ve Verimli Kullanım Durumları</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786258045529</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Bir Memlük Edibi İbn Nübate El-Mısri ve Serhu'l 'Uyun'u</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786258045482</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Kolay Farsça Öğrenme</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786258045468</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>İranlılara Türkçe Kitabı</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786258045444</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Afet Risk Yönetimine Öznel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786258045451</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Yolculukta Farsça</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786258045437</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Negatif Din Özgürlüğü</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786257624664</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Fransız Diplomatik Belgelerinde Yakındoğu Suriye - Lübnan Dosyaları 1918 - 1940 Cilt 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786257624671</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Fransız Diplomatik Belgelerinde Yakındoğu Suriye - Lübnan Dosyaları 1918 - 1940 Cilt 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786257624688</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Fransız Diplomatik Belgelerinde Yakındoğu Suriye - Lübnan Dosyaları 1918 - 1940 Cilt 3 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786257624695</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Fransız Diplomatik Belgelerinde Yakındoğu Suriye - Lübnan Dosyaları 1918 - 1940 Cilt 4 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786257624701</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Fransız Diplomatik Belgelerinde Yakındoğu Suriye - Lübnan Dosyaları 1918 - 1940 Cilt 5 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786257624718</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Fransız Diplomatik Belgelerinde Yakındoğu Suriye - Lübnan Dosyaları 1918 - 1940 Cilt 6 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786257624725</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Fransız Diplomatik Belgelerinde Yakındoğu Suriye - Lübnan Dosyaları 1918 - 1940 Cilt 7 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786059623278</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Hazine Arazilerinde Yatırım Fırsatları</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786055010058</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>I am The Son of Steppes</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786055010072</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>İmam Gazali Ve Yaratılış Gerçeği</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786059623346</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Hukuka Giriş</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786055010690</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>YÖKDİL İngilizce Sağlık Bilimleri</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786059623322</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Anlatımıyla Putin</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786059623285</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye' nin Avrupa Macerası</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786055010164</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Kamu Denetçiliği (Ombudsmanlık) ve Uygulama Örnekleri</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786258045413</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Veri Madenciliği Yöntemleriyle Paslanmaz Çelik Sektöründe Satış Tahmini</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786258045406</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>İbazi Fıkhı - Dört Mezheple Mukayese</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786258045376</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>1876 ile 1921 Anayasalarına Egemen Olan İlkeler ve Devlet Fonksiyonları</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786258045352</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıkta Kalite ve Mükemmellik Arayışı - Altı Sigma</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786258045420</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Bir Cezaevinin Anatomisi</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786258045383</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Rekabette Lojistik Köylerin Önemi</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786258045369</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>ABD - Rusya İlişkilerinde Nükleer Silahsızlanma Adımları</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786257624831</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>İstibdat - Ötekileştirilenlerin Tarihi</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786257624596</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Durmuş Hocaoğlu ve Modernleşme</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786258045345</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Sivil Toplum ve Demokrasi Kent Yönetimi</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786258045314</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyetten Günümüze Türkiye’nin Temel Ekonomik Gelişmeleri</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786258045338</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Türkçülük</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786258045321</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>ABD'nin Barack Obama Dönemi Suriye Politikası</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786258045307</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Bölgesel Rekabet Gücünün 1980 - 1999 Zaman Aralığı Analizi</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786258045291</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Mekan Tekstilleri - İç Mimarlıkta Tekstil</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786258045246</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Girişimciliğin Ticari Girişimcilikle İlişkisi</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786258045253</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>İslam ve Bireyselleşme</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786059623940</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>2019 Hakimlik ve Tüm Kurum Sınavları İçin İdare Hukuku Soru Bankası Tamamı Çözümlü 360 Soru</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786258045116</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>NLOGIT İle Temel Ekonometri Örnekler ve Program Kodları</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786258045178</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Bağımsızlığının 30. Yılında Kırgız Cumhuriyeti: Dış Politika ve Uluslararası İlişkiler</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786258045130</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Dehşet Covid-19’un İşletmeler Üzerindeki Etkileri</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786258045222</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Meriç, Medeniyet ve Modernite</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786258045123</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşme ve Türkiye Ekonomisinde İş Çevrimleri</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786055010195</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Alesta 2019 İdari Yargılama Usulü Hukuku</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786257624954</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Tek Kuşak Tek Yol Projesi’nin Kazakistan ve Özbekistan Dış Politikasındaki Yeri</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786258045031</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Hakimlik ve Tüm Kurum Sınavları İçin İdare Hukuku Konu Anlatımlı ve Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786257624978</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Karar Yanlılıkları Teorileri Kapsamında Lisans Öğrencilerinin Belirsizlik Altında Karar Verme Süreçleri</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786258045024</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Türk Tarihinde Salgınlar ve Afetler</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786257624985</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Yunus Zeyrek Armağanı</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786258045017</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Tarihsel Süreç İçinde Çevresel Güvenlik Politikaları</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786257624657</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Fransız Diplomatik Belgelerinde Yakındoğu Suriye-Lübnan Dosyaları 1918 – 1940 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>15400</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786257624992</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Sorunlarına İlişkin Egemen Açıklama Biçimleri</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786258045000</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Deneyimsel Kalite Fiyat Adaleti ve Deneyimsel Değer Arasındaki İlişkilerin İncelenmesine Yönelik Bir Çalışma</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786258045055</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Ekonomisi ve Akademisyenlerin Mutluluk ve Yaşam Memnuniyetleri Üzerine Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786059623650</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Disiplinler Arası Bağlamda Hijyen Eğitimi</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786257890311</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>2020 Hakimlik ve Tüm Kurum Sınavları İçin İdare Hukuku Soru Bankası Tamamı Çözümlü 367 Soru</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786059623551</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Hoca Ahmet Yesevi'nin Türk Tarihindeki Yeri</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786059623209</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Dört Kıtada Başkanlık Sistemi</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786059623360</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Kapitalizm, Teknoloji ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786055010485</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kuşak Bir Yol Projesi: Kavramlar, Aktörler, Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786055010461</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Akademik Bir Bakışla Vali Recep Yazıcıoğlu</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786055010294</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Avrasya Stratejileri</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786055010331</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Ulusal Güvenlik Yönetimi Felsefesi - Aksiyolojik Paradigma</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786057857026</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>İnsancıl Hukuk Çerçevesinde Çocuk Askerler Sorunu</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786055010232</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Savaşı'nın Manevi Reisi</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786059623612</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Sorular ve Uygulamasıyla Avrupa İnsan Hakları Sözleşmesi</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786059623582</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Yönetimi ve Standardizasyon</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786055010300</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>İran'ın Jeopolitiği</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786055010393</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Genel Kamu Hukukuna Emek Verenler</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786059623834</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Türk İdare Hukuku Dersleri 2</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786059623827</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Gözüyle Türkiye'de Çocuk Hakları Sorunu</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786059623865</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Kamu Büyüklüğü ve İşsizlik Arasındaki İlişkinin Analizi</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786058403086</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde Yöntem</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786055010553</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Alesta KPSS ve Tüm Kurum Sınavları İçin İdare Hukuku İdari Yargı</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786057857033</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Farsça Öğretim Seti 1</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786057857040</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Farsça Öğretim Seti 2</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786057857057</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Farsça Öğretim Seti 3</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786057857064</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Farsça Öğretim Seti 4</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786055010270</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Belediyeler ve Sığınmacılar</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786257890281</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Alesta İdari Yargılama Usulü Hukuku 2020</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786057857101</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Timur ve Seferleri</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786059623704</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>KPSS ve Tüm Sınavlar İçin Muhasebe Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786059623711</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Türkistan Halklarının Tarihi</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786059623049</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tıbbıyla Sağlıklı, Mutlu ve Huzurlu Bir Yaşam</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786059623919</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Farsça Basın Dili 3</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786059623896</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Farsça Basın Dili 1</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786059623902</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Farsça Basın Dili 2</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786059623933</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Farsça Dilbilgisi (Arapça)</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786059623889</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Yangın Eğitimi</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786059623797</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Farsça YDS Seti 1 - Türkçe Çeviri ile 4 Soru Tipi</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786059623773</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Satrançla Hedefe Doğru</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786055010027</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Nale</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786055010782</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Devletler Hukuku</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786059623193</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Türk İdari Yargılama Hukuku Dersleri</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786059623926</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786059623520</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Elektrik Piyasasında Dağıtım Faaliyetine İlişkin Lisanslama Rejimi ve Denetim</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786059623537</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>İslam Borçlar Hukukunda Risk Teorisi ve Rizikolu Akitler</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786059623414</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye ve Ortadoğu Üzerine Notlar</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>3990000060519</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Hedef İstanbul / Çanakkale 1915</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786059623407</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Kıbrıs Çıkmazı</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786059623599</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>İlaç Hukuku</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786059623568</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Türk Modernleşmesi</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786059623728</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk Meslekleri</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786059623674</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Yatırım Hukukunda Adil ve Hakkaniyetli Muamele İlkesi</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786257890298</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Ceza Hukuku</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786059623629</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Kamu Yönetimi Ansiklopedisi</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786055010096</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>İdari İşlemin İcrailik Özelliği</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786058365704</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Tehcir ve Emval-i Metruke Mevzuatı</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786058365711</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Ermenilerin Emval-i Metrukesi</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786058365728</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Kafkas - Rus Dosyası</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786058365742</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Ermeni Soykırım İddiaları Ve Uluslararası Hukuk</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786058365773</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Ermeni Gerçekleri Adlı Kitabın Macerası</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786058403062</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'nın Yükseliş Çağında İslambol Okçuları</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786059623025</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Balkanlarda Yaşayan Türk Azınlıkları ve Türkçeye Yönelik Dil Politikaları</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786059623032</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk Politikası</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786059623117</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Ortaklıktan Krize Türkiye - ABD İlişkileri</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786257624640</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk Kuramını Anlamak</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786058365797</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Ermeni Sorununda Tehcir ve Ötesi</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786059623131</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği Hukukunda Azınlık Hakları</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786059623377</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Ulus İnşası ve Dil Devrimi</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786055010737</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Bankacılık ve Finans Sistemi</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786059623018</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk Metodolojisi</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786059623056</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Üniversite Soruşturma Rehberi</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786059623063</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye ve Balkanlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786059623162</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Askerler Geldiğinde</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786059623179</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Engelli Kadınların İnsan Hakları</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786059623186</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Kanayan Yara Karabağ</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786059623483</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Farsça Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786059623513</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Farsça Çalışma ve Alıştırma Seti 3 - İleri Seviye</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786059623506</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Farsça Çalışma ve Alıştırma Seti 2 - Orta Seviye</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786059623490</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Farsça Çalışma ve Alıştırma Seti 1 - Temel Seviye</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786059623469</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Ortadoğu'da Otoriter Siyasal Rejimler</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786059623476</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da Devlet Yönetimi Lider Yöneticiler Hz. Muhammed - Hz. Ebubekir - Hz. Ömer - Hz. Osman - Hz. Ali</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786257890465</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Hazine Arazilerinde Yatırım Fırsatları</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786059623261</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Tacikistan</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786059623315</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Hukuki Terimler Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786059623292</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Turkey's Relations With Israel</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786257624510</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Sanatı</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786257624466</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Organizasyon Nasıl Yönetili?</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786257624442</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsal İktisat</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786257624459</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Nobelite</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786257624299</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>İktisat Nereye Gidiyor?</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786257890571</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Hakkı Çerçevesinde İran’ın Urmiye Gölü’ndeki Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786257890588</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Kapitokrasi</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786257624558</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Meşruiyet ve Hukukilik Çerçevesinde Saf Hukuk Kuramı</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786257890762</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>İslam Dininin Felsefesi</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786257890816</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Zor Zamanlarda Evdeki Okul</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786257890809</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Türk Devletleri</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786257624190</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Lider Hükümdarlar - Türklerde Yönetim Sanatı</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786257624428</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sorunsal Olarak Abdullah Cevdet, Ziya Gökalp ve Erol Güngör’de Batılılaşma</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786257624398</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Avusturya İktisat Okulu</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786257624381</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Çözümlü Farsça Orta Seviye Metinler</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786257624411</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>İyi Yönetişim ve İnsani Kalkınma</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786257890670</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Hikmet Metafiziği</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786257890687</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Türkistan’ın Kültür Tarihi</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786257624305</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Avrasya Denkleminde Rusya-Çin Rekabeti</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786257624275</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>1990’lı Yıllardan Günümüze Küresel Finansal Mimari</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786059623339</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Postalların Gölgesinde Finansal Denetim</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786058403079</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Sivil Toplum Anlayışı ve Siyasal Sistemler</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786059623247</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>The 'Confessions' Of Boghos Nubar,A Leading Armenian: 1915-18</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786055010089</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Otel Genel Müdürlerinin Yönetsel ve Özel Hayatlarına İlişkin Sorunların İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786258045642</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Hakları Hukuku</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786257890533</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim ve Sosyal Yönleriyle Değişim Çağı</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786257890472</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Hukuka Giriş</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786257624350</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Bireysel Emeklilik Sistemi ve Yatırımcı Davranışı İlişkisi</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786257624114</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Amerikan Askeri Müdahalelerinde Karar Alma</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786257890946</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Müziğin Koi (Cyprinus Carpio) Balıkları Davranışları, Stres ve Gelişimi Üzerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786257624763</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Müsned</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786257624787</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Resail Mektuplar</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786257890854</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Göç Eden Kadınlar ve Kadın Yoksulluğu Üzerine Bir İnceleme: Isparta İli Örneği</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786257890953</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>The Changing Perspectives and New Geopolitics Of The Caucasus In The 21st Century</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786257890939</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Kapitalizmin Üç Krizi</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786257890922</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>İbazi Tarihi</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786257890960</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Azerbaycan Türk Felsefi ve İçtimai Fikir Tarihi Cilt 1</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786257890908</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Devlet ve İnsan Hakları Perspektifinde Hukuk ve Sinema</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786257624824</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Kaynaklarından İbaziyye</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786257624312</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>2021 TYT Matematik Olağanüstü Problemler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786257624619</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Farsça'da Mastar Kökleri Fiil Oluşturma Yolları - Orta Seviye</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786257890557</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Yüksek Öğretmen Okulu</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786257890786</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an-ı Kerim’de Şefaat</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786055010416</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk Teorisi</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786258045062</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Ahıska Bölgesindeki Gürcülerin Konuştuğu Türk Ağzı</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786257624602</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Farsça'da Mastar Kökleri Fiil Oluşturma Yolları - İleri Seviye</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786257624589</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Toplum 5.0'a Doğru</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786257624329</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Konumu</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786257890793</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Balkanlar’da Türk Kimliğinin Bakiyesi Kuzey Makedonya ve Kosova</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786257890489</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Ekolojik İktisatta Kalkınma Sorunu</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786257624367</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Orta Asya’da Çevre Sorunları</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786257624138</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Nurut-u Tevhid</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786257624091</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Muhammed’in Devlet Başkanlığı ve Liderliği</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786257624121</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Ey İslam Ümmeti Bu Gidiş Nereye?</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786257890991</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>İstibdat</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786257624794</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>İbazi Fıkhi (Kitabu'l-Vad'Muhtasar Fi'l-Usül Ve'l-Fıkıh)</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786257890892</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyılda İpek Yolu’nun Jeopolitik Yükselişi</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786257890410</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Diplomatik Müzakereler</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786257624633</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Borçlar Hukuku - Adli ve İdari Hakimlik Sınavı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786257624503</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Farsça YDS Kalıpları</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786257624572</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Göç ve Din</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786257624947</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Anayasal Demokrasilerde Görev Süresi Sınırlaması</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786257624626</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Farsça'da Mastar Kökleri Fiil Oluşturma Yolları - Temel Seviye</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786257624565</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Karmaşık Sorunlar ve Kent</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786257890663</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Dünyadan Farklı Ülke Örnekleriyle Gençlik Politikaları</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786257624930</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>İktisat ve Doğa Bilimleri</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786257624534</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Ceza Muhakemesi Sisteminde Seri Muhakeme Usulü Üzerine Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786257624497</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Bütünleşme Sürecinde Türkiye'de Yerleşme Sorunsalı</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786257624251</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Tersine İç Göçler</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786257624336</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Beyin Temelli Öğrenme ve Türkçe Eğitimi</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786257624343</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Çözümlü Farsça İleri Seviye Metinler</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786257624282</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Çözümlü Farsça Temel Metinler</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786257890519</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Siyasi Parti Lider Söylemlerinde Türkiye İsrail İlişkileri</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786257890496</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Mülkiyet Hakkı Çerçevesinde Çıraqov Davası</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786257890434</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Örgüt Kültürü</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786257890441</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'dan Cumhuriyet'e Ekonomi</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786257624732</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>İlişkisel Bağlamda Gastronomi ve Diğer Disiplinler</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786257624749</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Ebu Hanife’den Matüridi’ye Hanefi İtikadının Gelişim Süreci</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786257624541</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Kazakistan Cumhuriyeti Ceza Kanunu</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786257624527</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Türkmenistan Ceza Kanunu</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786257624770</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>İbaza Tarihi</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786257624862</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye ve Ortadoğu</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786257624855</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Hukukta Bireyin Onarım Hakkı</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786257624879</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Tanzimat Sürecinde Osmanlı Devleti'nin hukuk Değişimi Namık Kemal'in Hukuk Anlayışı</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786257624886</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Hukukta Koruma Sorumluluğu’nun Arap Ülkelerinde Uygulanması</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786257624848</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Anarşizm</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786257890755</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye İhracatının Ölüm-Kalım Meselesi</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786257890779</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlarda İş-Aile-Yaşam Dengesi ve Tükenmişlik</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786257890632</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de ve Tunus'ta Kadın Sivil Toplumu ve Vatandaşlık</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786257890540</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Liselilerin Sportif Serbest Zaman İlgilenimi Dijital Oyun Bağımlılığı ve Yaşam Kaliteleri</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786257890458</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>İncinme İncidenden</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786257890427</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Sorunlar Karşısında İnsan ve Eğitim</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786257624039</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Vergi Hukuku Soru Bankası Çözümlü</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786257890878</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>KDV Soru ve Cevaplar (1)</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786257890977</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa İnsan Hakları Sözleşmesi Hukuku</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786257624480</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Şia-İmamiyye’nin Bid‘at Anlayışı</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786257624473</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Farsça YDS Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786055010102</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Gurbetteki Vatan Kırgızistan; Ahıska'dan Fergana'ya Bir Sürgün Soykırım Hikayesi</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786057610201</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Erdes Batır</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786059623148</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Devletler Hukuku</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786055010126</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Devlet ve Toplum Kuramlarına Yeni Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786055010140</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Başka</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786058403048</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Bankacılık Ve Finans Sistemi</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786059623438</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk Felsefesinde İrade Serbestliği ve Sorumluluk</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786257624817</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>İbazilik Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786257624206</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Özgür Sözler</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786257890373</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Kaf Dağı’ndan Toroslar’a Osmanlı’dan Günümüze Türkiye’de Alman Göçmenler</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786257890182</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Mısır Hanefiliği</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786257890199</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Kurtar - Temiz Çevrenin Bilimsel Sırları</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786257890700</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Sektöründe Açık Etme</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786257890212</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Moğolların Türkistan Fethi</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786055010669</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Değerler: Gençlik</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786055010584</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş İktisadi Düşünceler Perspektifinden Sosyal Refah Devleti</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786055010508</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Temel Makroiktisadi Göstergeler</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786055010492</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>İktisadi Düşünce Tarihi</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786055010447</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dünyasında Soykırım Cilt 1</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786257624220</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Ozan Nufal Ufacık Hayatı-Sanatı-Şiirleri</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786257624237</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>TYT Olağanüstü Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786059623667</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Türk İdare Hukuku Dersleri Cilt - 1</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786257624022</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal, Kültür ve Kimlik Boyutlarıyla Avrupa Birliği</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786257624046</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Nezaket Dersleri</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786257624053</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Hace Muhammed Lutfi Efendi’nin Şiirlerinde Din ve Tasavvuf</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786257624084</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>İbaziler'de Davet Yönetimi</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786257624800</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>İbazi Mezhebinde İletişimsel Düşünce</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786257624060</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Birliği</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786257890403</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Öğrencilerin Sosyo-Ekonomik ve Kültürel Sorunları</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786257890168</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Human Nature</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786055010881</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Adalet Kavramı</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786055010867</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Hakları</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786257890113</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Ulus Devlet Türkiye Cumhuriyeti</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786055010904</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>SSCB Dönemi ve Bağımsızlık Sonrası Kazakistan Sineması</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786055010843</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Radyo Tiyatrolarının İlk Yılları (1941-1948)</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786055010898</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Entelektüel Sermaye İnovasyon ve Rekabet Üstünlüğü</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786055010836</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de İnanç Gruplarının Kültürel Varoluşunda Topluluk Radyolarının Rolü</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786055010874</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Göçmenlik Damgası</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786257890830</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Hayatu's Sahabe 1-2 Cilt Set</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786257890328</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Kültür ve Politika</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786257890267</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>2020 Hakimlik ve Tüm Kurum Sınavları İçin Türk Ceza Hukuku Genel Hükümler</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786055010515</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Yücel Teşkilatı</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786257624145</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Çin'in Dış Politikalarına Farklı Alanlardan Bakış</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786257624152</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Kamu Yönetişimi</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786257624107</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenci Merkezli Görsel Sanatlar ve Çoklu Zeka Kuramı</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786257890366</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>ALESTA - Hakimlik ve Tüm Kurum Sınavları için Türk Ceza Hukuku Özel Hükümler - Konu Anlatımlı ve Çözümlü Soru Bankası 2020</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786257890380</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>ALESTA - Hakimlik ve Tüm Kurum Sınavları İçin Ticaret Hukuku Ticari İşletme Konu Anlatımlı ve Çözümlü Soru Bankası 2020</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786257890236</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Fömer - Farsça 1 (Temel Seviye)</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786257890335</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Fömer - Farsça 2 (Orta Seviye)</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786257890342</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Fömer - Farsça 3 (İleri Seviye)</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786257890649</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Erzurumlu İsmail Hakkı ve Kitab-ı Gevheriyye’si</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786257890625</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Güvenlikte Arktika Bölgesi</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786257624244</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Karizmadan Kuramlara</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786257624008</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Afganistan’da Parlamenter Sistemin Uygulanabilirliği</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786257890014</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Çokkültürlülük ve Anadolu Aleviliği</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786055010829</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Otoriter Anayasacılık</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786257624169</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Yerel Yönetimlerde Sosyal Belediyecilik İle Rekreasyon ve Spor Hizmetleri</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786257624176</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Almanya’da Türk İşletme Kültürü</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786257624183</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Benzerlikleriyle İki Büyük Türk Hakanı Timur ve Atatürk</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786257890274</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Kültürel Miras Değeri, Yerel Kimliği ve Köy Planlaması ve Tasarımı Açısından İslamköy’ün Mevcut Durumu ve Geleceği</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786257890229</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Kamu Denetçiliği (Ombudsman) ve Uygulama Örnekleri</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786257890243</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Siyasetinde Asya Pasifik</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786257890304</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Balkan Savaşları'ndaki Mezalimler</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786257890144</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Bölgesel Kolektif Güvenlik Arayışları</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786257890151</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Yönelik Karşılaştırmalı Yönetsel Yapılar</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786257890175</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>İş Etiği</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786257890885</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>İran Vakıfları: Dış Politika Arkasındaki Yumuşak Güç</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786055010973</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Introduction to Hebrew Grammar</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786257890250</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Violence in British Theatre</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786055010799</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Das Spannungsgeladene Zusammenspiel von Zivilgesellschaft und Staat in der Türkei</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786055010591</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Bağımsızlık Sonrası Kazakistan’ın Uluslararası Terörizmle Mücadeledeki Tutumu: Hukuki Bir Bakış</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786055010850</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Women Characters and Writers in Contemporary Literature</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786257624015</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Farsça - Türkçe Türkçe - Farsça Resimli Sözlük</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786257890083</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Farsça YDS Günlük Programı Deneme Sınavları</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786257890021</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Governance Reforms</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786257890069</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Twixt Greek and Turk</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786055010577</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Yerel Seçim ve Siyasal Tercih</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786257890090</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlılık Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786055010911</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Şimal Yıldızı Kore'de</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786055010928</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Olgu ile Kurgu Arasında Eş'ari Geleneğin Şiilik Algısı</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786058403024</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Birey Toplum ve Devlet</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786055010478</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Aklım Fikrim Deniz</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786055010430</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Demokrasi ve Hukuk Devleti İkilemi</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786059623155</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Devletlerin Andlaşmalara Halifiyeti</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786059623216</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Konut Balonundan Finansal Krize ABD Mortgage Krizi</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786055010744</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Merkez Bankası ve Hazine</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786059623230</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye 1994 ve 2001 Krizleri</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786257890052</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Türk Mitolojisi</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786257890007</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Tahlisü’l-İnsan min Zulümati’d-Duhan</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786257890045</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Wisdom in The Crises of Cyber-Capitalism</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786257890076</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>SPA Masaj ve Yöneticilik Rehberi</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786055010706</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>YÖKDİL İngilizce Fen Bİlimleri</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786055010522</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Tuhaf Bi Denetçinin Anıları</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786055010683</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Siyasete Katılım ve Toplumsal Hareketler</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786055010645</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Türk ve İslam Hakimiyet Telakkileri Çerçevesinde İsyan Suçu</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786055010652</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Turan Uygarlığına Giriş: Turan Mefkuresi ve Tanrıcılık</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786055010720</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Doğal Kaynaklar ve Enerji Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786055010218</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Savaşı'nın Hakanı Yahya Galip Bey</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786055010225</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Çeçenistan Dosyası</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786058365735</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Francisco Suarez'de Yasa, Devlet ve Sosyal Sözleşme</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786059623100</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Hakimlik, Kaymakamlık ve Tüm Kurum Sınavları için İdari Yargılama Usulü Hukuku</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786059623988</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Koruma Gelişme Çıkmazında Organize Sanayi Bölgeleri</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786057857002</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Nazarbayev'in Kazakistanı</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786055010935</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>İbranice Öğrenenlere Kelime Bankası</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786055010966</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Wordbank For Hebrew Learners</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786055010980</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>ALESTA - Hakimlik ve Tüm Kurum Sınavları İçin Ceza Muhakemesi Hukuku</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786055010768</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Anayasa Mahkemesi İptal Kararlarının Geriye Yürümezliği Sorunu</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786055010942</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>İbranice Dilbilgisine Giriş</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786055010997</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Holakrasi</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786055010959</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>İbranice İlk Adım</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786055010676</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Gelinler</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786055010379</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>500 Soruda Kurumlar Vergisi 1</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786055010355</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Leadership Challenges in the Current Security Environment</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786055010324</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Türk Yönetim Tarihinde Liyakat</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786055010348</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim Felsefesi</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786055010362</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Çalışanların Liderlik Algısı ve Örgütsel Bağlılıkları Arasındaki İlişki</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786057857088</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Geleceği</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786059623087</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>İdare Hukuku Alesta</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786055010188</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Anayasamızla Yeniden Tanışalım</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786055010317</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Siyaset Yönetimi Felsefesi</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786257890359</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>İdari Yargılama Usulü Hukuku Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786055010713</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>2020 Alesta Hakimlik ve Tüm Kurum Sınavları İçin İdare Hukuku Konu Anlatımlı ve Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786057857071</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Mahalle Odaklı Katılım</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786059623841</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'dan Cumhuriyet'e Türkiye'nin Toplumsal Yapısı</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786055010249</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Türk Anayasalarında Egemenlik Anlayışının Dönüşümü (1808-1982)</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786059623254</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Ermeni Sorunu ve Büyük Devletler</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786059623780</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ceza Hukukunda Suç Ceza Dengesi</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786059623742</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Mufassal Türk Hukuk Tarihi</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786059623445</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Mazi Değildir</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786055010386</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Adalet ve Devlete İtaat</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786059623803</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Hazine Arazilerinde Yatırım Teşvikleri ve İmar Barışı</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786055010256</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Suistimalci Anayasacılık</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786055010263</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Enerji Politikalarının Kıskacında Ortadoğu</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786058365759</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>1921 Anayasası ve Egemenliğin Gelişimi</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786058365766</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Maden Hukuku - Bildiriler Kitabı</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786059623001</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Hukuk Boyutuyla 1915 Olayları</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786059623810</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Komşuluk Politikası ve Avrupalılaşma</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786055010171</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Kalkınma Ajanslarında İç Denetim</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786055010805</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Sorunlarında Bilinmeyen 100 Bilimsel Gerçek</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786055010812</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Tabii İmam Ebu Kılabe El-Cermi'nin Fıkhi Reyleri</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786055010614</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Studies On The Armenian Question</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786055010546</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>YÖKDİL İngilizce - Sosyal Bilimler</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786059623964</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Kamu Yönetimi ve Çocuk</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786059623735</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Üzerine Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786055010751</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Hazar Havzası'nda Amerika'nın Enerji Diplomasisi</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786059623681</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>KPSS ve Tüm Sınavlar İçin Muhasebe - Konu Anlatımı Çözümlü Denemeler</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786055010775</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Timur'un Kafkasya Cihadı</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786055010621</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>İslami Perspektiften İktisadi Paradigmalar</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786055010607</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Soviet Union’s Postwar Demands From Turkey And The Origins of The Cold War</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786055010539</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Türk İran'a Persliğin Dayatılması</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786055010423</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Birleşik Kaplar Teorisi</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786055010041</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Mülkiyet ve Fikri Mülkiyetin Felsefi Temelleri</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786058403055</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Millet-i Sadıkadan Milli Düşmanlığa Ermeniler</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>240</v>
+      </c>
+    </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>