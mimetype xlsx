--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,460 +85,580 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789759159368</t>
+          <t>9789759159337</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kalkınma Teorisi ve Politikası</t>
+          <t>Atatürk ve Sosyalizm</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789759159351</t>
+          <t>9789759159306</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çin Ekonomisinin Yapısal Dönüşümü ve İnovasyon Kapsamında Gelişmiş Ülkelere Etkileri</t>
+          <t>Biz Bu Vatanı Sokakta Bulmadık</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789759159061</t>
+          <t>9789759159016</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Meclis'in İçinde Vurdular Bizi</t>
+          <t>Satılık Vatan</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789759159009</t>
+          <t>9789759159252</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Anti İnsan</t>
+          <t>Kartal Gözüyle Milliyetçilik</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789759159344</t>
+          <t>9789759159085</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İçin Kalkınma Modeli</t>
+          <t>İşgal Örgütleri CIA-NATO-AB</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789759159320</t>
+          <t>9789759159184</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ekonomide Derin Göçük</t>
+          <t>Devrimci Türkler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789759159313</t>
+          <t>9789759159238</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Kalkınmada Zor Geçit</t>
+          <t>Cumhuriyet Devrimi Dosyası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789759159290</t>
+          <t>9789759159153</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Amerika Türkiye</t>
+          <t>Batı’nın Maskesi Düşüyor</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789759159283</t>
+          <t>9789759159368</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Spor</t>
+          <t>Kalkınma Teorisi ve Politikası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789759159269</t>
+          <t>9789759159351</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Silivri’ye Mektuplar</t>
+          <t>Çin Ekonomisinin Yapısal Dönüşümü ve İnovasyon Kapsamında Gelişmiş Ülkelere Etkileri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789759159276</t>
+          <t>9789759159061</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Güneybatı Kafkasya’da Toprak Mülkiyeti Rejimi</t>
+          <t>Meclis'in İçinde Vurdular Bizi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789759159054</t>
+          <t>9789759159009</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İsrail’in Nükleer Silah Cephaneliği</t>
+          <t>Anti İnsan</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789759159221</t>
+          <t>9789759159344</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İğfal</t>
+          <t>Türkiye İçin Kalkınma Modeli</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789759159092</t>
+          <t>9789759159320</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gaflet Dalalet Hıyanet</t>
+          <t>Ekonomide Derin Göçük</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789759159160</t>
+          <t>9789759159313</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Devrimi’nin Yol Haritası ve Avrasya Rotası</t>
+          <t>Demokrasi ve Kalkınmada Zor Geçit</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789759159023</t>
+          <t>9789759159290</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Türk Felsefe Tarihi</t>
+          <t>Amerika Türkiye</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789759159214</t>
+          <t>9789759159283</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sivil Casus</t>
+          <t>Ulusal Spor</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789759159122</t>
+          <t>9789759159269</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Saralı Ünlüler Epilepsi ve Deha</t>
+          <t>Silivri’ye Mektuplar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789759159191</t>
+          <t>9789759159276</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Madenler ve Emperyalizm</t>
+          <t>Güneybatı Kafkasya’da Toprak Mülkiyeti Rejimi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789759159245</t>
+          <t>9789759159054</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Ulusal Devletler</t>
+          <t>İsrail’in Nükleer Silah Cephaneliği</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789759159030</t>
+          <t>9789759159221</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kars ve Çevresinde Aydınlanma Hareketleri ve Sol Geleneğin Tarihsel Kökenleri 1878 - 1921</t>
+          <t>İğfal</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789759159108</t>
+          <t>9789759159092</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Geniş Ortadoğu Projesi</t>
+          <t>Gaflet Dalalet Hıyanet</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789759159177</t>
+          <t>9789759159160</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon ve Fethullah</t>
+          <t>Türkiye Devrimi’nin Yol Haritası ve Avrasya Rotası</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789759159139</t>
+          <t>9789759159023</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Efendi Teröristler</t>
+          <t>Türk Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789759159207</t>
+          <t>9789759159214</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Devşirme Gençlik</t>
+          <t>Sivil Casus</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789759159047</t>
+          <t>9789759159122</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyeti Savunmak</t>
+          <t>Saralı Ünlüler Epilepsi ve Deha</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789759159078</t>
+          <t>9789759159191</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Tabuta Çakılan Son Çivi</t>
+          <t>Madenler ve Emperyalizm</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
+          <t>9789759159245</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşme ve Ulusal Devletler</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9789759159030</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Kars ve Çevresinde Aydınlanma Hareketleri ve Sol Geleneğin Tarihsel Kökenleri 1878 - 1921</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9789759159108</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Geniş Ortadoğu Projesi</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9789759159177</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Ergenekon ve Fethullah</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9789759159139</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Efendi Teröristler</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9789759159207</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Devşirme Gençlik</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9789759159047</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyeti Savunmak</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9789759159078</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği Tabuta Çakılan Son Çivi</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
           <t>9789759159146</t>
         </is>
       </c>
-      <c r="B29" s="1" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Atatürk Ekonomisi ve Beş Destan Adam</t>
         </is>
       </c>
-      <c r="C29" s="1">
+      <c r="C37" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>