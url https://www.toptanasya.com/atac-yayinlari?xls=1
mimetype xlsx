--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,1495 +85,1510 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789756205976</t>
+          <t>9786058084384</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Anne Baba Yoktur</t>
+          <t>Tarih Yalanla Mı Başlar?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>7284052070416</t>
+          <t>9789756205976</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Klasiği Seti 3 Kitap Takım (Ciltli)</t>
+          <t>Mükemmel Anne Baba Yoktur</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9787051601554</t>
+          <t>7284052070416</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Klasiği Seti - 3 Kitap Takım (Ciltli)</t>
+          <t>Tasavvuf Klasiği Seti 3 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>3990000031467</t>
+          <t>9787051601554</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İsmail Tokalak 3 Kitap Set</t>
+          <t>Tasavvuf Klasiği Seti - 3 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>640</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9787051601530</t>
+          <t>3990000031467</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İsmail Tokalak Seti - 7 Kitap Takım</t>
+          <t>İsmail Tokalak 3 Kitap Set</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>1240</v>
+        <v>640</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789705160154</t>
+          <t>9787051601530</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Kitapları - 5 Kitap Set</t>
+          <t>İsmail Tokalak Seti - 7 Kitap Takım</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>1055</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>3001968100019</t>
+          <t>9789705160154</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gazali'den Tasavvufi Hikayeler</t>
+          <t>Tasavvuf Kitapları - 5 Kitap Set</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>60</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789756205426</t>
+          <t>3001968100019</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Gazali'den Tasavvufi Hikayeler</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789756205235</t>
+          <t>9789756205426</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yüz Hadis Yüz Ders</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789756205822</t>
+          <t>9789756205235</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>DM357 - TCG Muavenet</t>
+          <t>Yüz Hadis Yüz Ders</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789756205891</t>
+          <t>9789756205822</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>DM357 - TCG Muavenet</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789756205754</t>
+          <t>9789756205891</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>40</v>
+        <v>170</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756205723</t>
+          <t>9789756205754</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789756205501</t>
+          <t>9789756205723</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hz. Türkistan Ahmet Yesevi</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789756205709</t>
+          <t>9789756205501</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Nasıl Kuruldu?</t>
+          <t>Hz. Türkistan Ahmet Yesevi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>400</v>
+        <v>55</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789756205532</t>
+          <t>9789756205709</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü</t>
+          <t>Osmanlı Nasıl Kuruldu?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>60</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789756205211</t>
+          <t>9789756205532</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dua ve Zikirler</t>
+          <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789756205129</t>
+          <t>9789756205211</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yenikapı Mevlevihanesi</t>
+          <t>Dua ve Zikirler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789756205068</t>
+          <t>9789756205129</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yeni Gülzar-ı Haseneyn</t>
+          <t>Yenikapı Mevlevihanesi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789756205389</t>
+          <t>9789756205068</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>YDS Kelimeleri ve İngilizce</t>
+          <t>Yeni Gülzar-ı Haseneyn</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789756205716</t>
+          <t>9789756205389</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Devleti</t>
+          <t>YDS Kelimeleri ve İngilizce</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789756205181</t>
+          <t>9789756205716</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Güneydoğu Anadolu'da Türkmen Aleviler</t>
+          <t>Yahudi Devleti</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789756205372</t>
+          <t>9789756205181</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Rüya Tabirleri Ansiklopedisi (Ciltli)</t>
+          <t>Güneydoğu Anadolu'da Türkmen Aleviler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9799756205043</t>
+          <t>9789756205372</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Nun - Zünnun Mısri Menkıbeleri</t>
+          <t>Rüya Tabirleri Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789756205310</t>
+          <t>9799756205043</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Makalat</t>
+          <t>Nun - Zünnun Mısri Menkıbeleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789756205071</t>
+          <t>9789756205310</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Mukaddes ve İslam Geleneğinde Ahid Sandığı</t>
+          <t>Makalat</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789756205327</t>
+          <t>9789756205071</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İbnü’l Arabi ve Ekberilik</t>
+          <t>Kitab-ı Mukaddes ve İslam Geleneğinde Ahid Sandığı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789756205105</t>
+          <t>9789756205327</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hint Dini Düşüncesinde İnsanın Özgürlük Arayışı</t>
+          <t>İbnü’l Arabi ve Ekberilik</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789756205228</t>
+          <t>9789756205105</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Haccın Sırları: Amelleri - Fazileti - Esrarı - Duaları</t>
+          <t>Hint Dini Düşüncesinde İnsanın Özgürlük Arayışı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789756205037</t>
+          <t>9789756205228</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklerin Özü Muhyiddin İbnü’l- Arabi Nakşe’l- Füsûs İsmail Rusuhî Ankaravî Şerh</t>
+          <t>Haccın Sırları: Amelleri - Fazileti - Esrarı - Duaları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789756205396</t>
+          <t>9789756205037</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Gerçeklerin Özü Muhyiddin İbnü’l- Arabi Nakşe’l- Füsûs İsmail Rusuhî Ankaravî Şerh</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789756205075</t>
+          <t>9789756205396</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Devler Ülkesinde Devler Savaşı Çanakkale</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9799756205050</t>
+          <t>9789756205075</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bertrand Russell’da Ahlak Felsefesi</t>
+          <t>Devler Ülkesinde Devler Savaşı Çanakkale</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789756205297</t>
+          <t>9799756205050</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Arap Kaynaklarına Göre Yezidiler ve Yezidiliğin Doğuşu</t>
+          <t>Bertrand Russell’da Ahlak Felsefesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9799756205005</t>
+          <t>9789756205297</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Antik Rejim Fransız Devrimi Öncesi Avrupa</t>
+          <t>Arap Kaynaklarına Göre Yezidiler ve Yezidiliğin Doğuşu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9799756205029</t>
+          <t>9799756205005</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi</t>
+          <t>Antik Rejim Fransız Devrimi Öncesi Avrupa</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9799756205098</t>
+          <t>9799756205029</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Dini Hayatın İlkel Biçimleri</t>
+          <t>Dinler Tarihi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786058084346</t>
+          <t>9799756205098</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gece Gelen</t>
+          <t>Dini Hayatın İlkel Biçimleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756205488</t>
+          <t>9786058084346</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Gıda Terörü</t>
+          <t>Gece Gelen</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789756205402</t>
+          <t>9789756205488</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Marifetname (Ciltli)</t>
+          <t>Dünyada Gıda Terörü</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>950</v>
+        <v>320</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259848563</t>
+          <t>9789756205402</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Psikolojide Klişeler</t>
+          <t>Marifetname (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>230</v>
+        <v>950</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789756205525</t>
+          <t>9786259848563</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Bedrettin</t>
+          <t>Psikolojide Klişeler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789756205433</t>
+          <t>9789756205525</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mahzen-i Esrar</t>
+          <t>Şeyh Bedrettin</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789756205907</t>
+          <t>9789756205433</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Mahzen-i Esrar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789756205747</t>
+          <t>9789756205907</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>60</v>
+        <v>130</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789756205648</t>
+          <t>9789756205747</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Marifetname (3 Cilt Takım) (Ciltli)</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>1400</v>
+        <v>60</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789756205617</t>
+          <t>9789756205648</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Futbol Dünyasında Soygun ve Sömürü</t>
+          <t>Marifetname (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>400</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789756205167</t>
+          <t>9789756205617</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Aklı Anlamak</t>
+          <t>Futbol Dünyasında Soygun ve Sömürü</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9799756205012</t>
+          <t>9789756205167</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi</t>
+          <t>Toplumsal Aklı Anlamak</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789756205365</t>
+          <t>9799756205012</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Rubailer</t>
+          <t>Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789756205334</t>
+          <t>9789756205365</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mantıku’t Tayr</t>
+          <t>Rubailer</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789756205341</t>
+          <t>9789756205334</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Küpten Sızan Sırlar (Ciltli)</t>
+          <t>Mantıku’t Tayr</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789758845095</t>
+          <t>9789756205341</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İslam Sufileri</t>
+          <t>Küpten Sızan Sırlar (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>210</v>
+        <v>430</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789756205112</t>
+          <t>9789758845095</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyanların İslamı’ndan Müslümanların İslam’ına</t>
+          <t>İslam Sufileri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789756205174</t>
+          <t>9789756205112</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gülşen-i Raz Şerhi</t>
+          <t>Hıristiyanların İslamı’ndan Müslümanların İslam’ına</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789756205242</t>
+          <t>9789756205174</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Fihi Ma Fih</t>
+          <t>Gülşen-i Raz Şerhi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789756205846</t>
+          <t>9789756205242</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Doğuş Devrinde İslam Tasavvufu</t>
+          <t>Fihi Ma Fih</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9799756205081</t>
+          <t>9789756205846</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dinsel Bilgi Sorunu</t>
+          <t>Doğuş Devrinde İslam Tasavvufu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786058084308</t>
+          <t>9799756205081</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Seni Hiçbir Zaman Unutmayacağım</t>
+          <t>Dinsel Bilgi Sorunu</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789756205921</t>
+          <t>9786058084308</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Beklemek</t>
+          <t>Seni Hiçbir Zaman Unutmayacağım</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789756205549</t>
+          <t>9789756205921</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kimya-yı Saadet (Ciltli)</t>
+          <t>Beklemek</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259848549</t>
+          <t>9789756205549</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Beni Büyüt Anne</t>
+          <t>Kimya-yı Saadet (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057431738</t>
+          <t>9786259848549</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Efsane Kadınlar - Kadınanalar</t>
+          <t>Beni Büyüt Anne</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057431714</t>
+          <t>9786057431738</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Poraymos</t>
+          <t>Efsane Kadınlar - Kadınanalar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058084391</t>
+          <t>9786057431714</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Gönül Toprağı</t>
+          <t>Poraymos</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786058084353</t>
+          <t>9786058084391</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Gerçekleri ve Gelecek</t>
+          <t>Gönül Toprağı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786058084339</t>
+          <t>9786058084353</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Bilinç Topraktan Başlar</t>
+          <t>Covid-19 Gerçekleri ve Gelecek</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9787051601578</t>
+          <t>9786058084339</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seti 4 Kitap Takım</t>
+          <t>Sağlık ve Bilinç Topraktan Başlar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>385</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786058084322</t>
+          <t>9787051601578</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Son Bin Yılı</t>
+          <t>Sabahattin Ali Seti 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>385</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786058084315</t>
+          <t>9786058084322</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>İnsanlığın Son Bin Yılı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789756205990</t>
+          <t>9786058084315</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Silüet</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789756205877</t>
+          <t>9789756205990</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dini Hayatın İlk Biçimleri</t>
+          <t>Silüet</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789756205884</t>
+          <t>9789756205877</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Dini Hayatın İlk Biçimleri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789756205914</t>
+          <t>9789756205884</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789756205839</t>
+          <t>9789756205914</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789756205730</t>
+          <t>9789756205839</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756205778</t>
+          <t>9789756205730</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789756205785</t>
+          <t>9789756205778</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Şık</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789756205815</t>
+          <t>9789756205785</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Üst Akıl Denen Acımasız Düzen</t>
+          <t>Şık</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789756205761</t>
+          <t>9789756205815</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Üst Akıl Denen Acımasız Düzen</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789756205693</t>
+          <t>9789756205761</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Müzekk’in-Nüfus (Ciltli)</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>490</v>
+        <v>60</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789756205686</t>
+          <t>9789756205693</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Soygun Düzeni</t>
+          <t>Müzekk’in-Nüfus (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>410</v>
+        <v>490</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789756205280</t>
+          <t>9789756205686</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Fususu’l-Hikem</t>
+          <t>Kapitalizmin Soygun Düzeni</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>230</v>
+        <v>410</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789756205518</t>
+          <t>9789756205280</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş Veli</t>
+          <t>Fususu’l-Hikem</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789756205266</t>
+          <t>9789756205518</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>A’mak-ı Hayal</t>
+          <t>Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789756205136</t>
+          <t>9789756205266</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hint Dini Tarihine Giriş</t>
+          <t>A’mak-ı Hayal</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789756205556</t>
+          <t>9789756205136</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Başka Okumak</t>
+          <t>Hint Dini Tarihine Giriş</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789756205419</t>
+          <t>9789756205556</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Tarihi Başka Okumak</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789756205495</t>
+          <t>9789756205419</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dünyada İlaç ve Kimya Terörü</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789756205464</t>
+          <t>9789756205495</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Paranın İmparatorları</t>
+          <t>Dünyada İlaç ve Kimya Terörü</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756205471</t>
+          <t>9789756205464</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yahudiliğin Kökenleri ve Küresel Gücü</t>
+          <t>Paranın İmparatorları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789756205624</t>
+          <t>9789756205471</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kurumlarıyla ve Oyunlarıyla Küresel Sömürü</t>
+          <t>Yahudiliğin Kökenleri ve Küresel Gücü</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789756205631</t>
+          <t>9789756205624</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İlahi Kromozom</t>
+          <t>Kurumlarıyla ve Oyunlarıyla Küresel Sömürü</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789756205440</t>
+          <t>9789756205631</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Pendname</t>
+          <t>İlahi Kromozom</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756205198</t>
+          <t>9789756205440</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Makalat</t>
+          <t>Pendname</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>450</v>
+        <v>60</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756205303</t>
+          <t>9789756205198</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Maarif</t>
+          <t>Makalat</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
+          <t>9789756205303</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Maarif</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
           <t>9789756205358</t>
         </is>
       </c>
-      <c r="B98" s="1" t="inlineStr">
+      <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Ana Hatlarıyla Tasavvuf Tarihi</t>
         </is>
       </c>
-      <c r="C98" s="1">
+      <c r="C99" s="1">
         <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>