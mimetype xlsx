--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -109,51 +109,51 @@
         <is>
           <t>9786058084384</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Tarih Yalanla Mı Başlar?</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9789756205976</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Mükemmel Anne Baba Yoktur</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>7284052070416</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Tasavvuf Klasiği Seti 3 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9787051601554</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
@@ -199,216 +199,216 @@
         <is>
           <t>9789705160154</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Tasavvuf Kitapları - 5 Kitap Set</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>1055</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>3001968100019</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Gazali'den Tasavvufi Hikayeler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9789756205426</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9789756205235</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Yüz Hadis Yüz Ders</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9789756205822</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>DM357 - TCG Muavenet</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9789756205891</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9789756205754</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Kaşağı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9789756205723</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>35</v>
+        <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9789756205501</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Hz. Türkistan Ahmet Yesevi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>55</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9789756205709</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Osmanlı Nasıl Kuruldu?</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9789756205532</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9789756205211</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Dua ve Zikirler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9789756205129</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Yenikapı Mevlevihanesi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9789756205068</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Yeni Gülzar-ı Haseneyn</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9789756205389</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
@@ -454,51 +454,51 @@
         <is>
           <t>9789756205372</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Rüya Tabirleri Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9799756205043</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Nun - Zünnun Mısri Menkıbeleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9789756205310</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Makalat</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9789756205071</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
@@ -529,81 +529,81 @@
         <is>
           <t>9789756205105</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Hint Dini Düşüncesinde İnsanın Özgürlük Arayışı</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9789756205228</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Haccın Sırları: Amelleri - Fazileti - Esrarı - Duaları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9789756205037</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Gerçeklerin Özü Muhyiddin İbnü’l- Arabi Nakşe’l- Füsûs İsmail Rusuhî Ankaravî Şerh</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>80</v>
+        <v>210</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9789756205396</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Devlet</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9789756205075</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Devler Ülkesinde Devler Savaşı Çanakkale</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9799756205050</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
@@ -679,916 +679,916 @@
         <is>
           <t>9786058084346</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Gece Gelen</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9789756205488</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Dünyada Gıda Terörü</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9789756205402</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Marifetname (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>950</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786259848563</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Psikolojide Klişeler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9789756205525</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Şeyh Bedrettin</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9789756205433</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Mahzen-i Esrar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9789756205907</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9789756205747</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9789756205648</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Marifetname (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>1400</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9789756205617</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Futbol Dünyasında Soygun ve Sömürü</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9789756205167</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Toplumsal Aklı Anlamak</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9799756205012</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9789756205365</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Rubailer</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9789756205334</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Mantıku’t Tayr</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9789756205341</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Küpten Sızan Sırlar (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>430</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9789758845095</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>İslam Sufileri</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9789756205112</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Hıristiyanların İslamı’ndan Müslümanların İslam’ına</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9789756205174</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Gülşen-i Raz Şerhi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9789756205242</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Fihi Ma Fih</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9789756205846</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Doğuş Devrinde İslam Tasavvufu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9799756205081</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Dinsel Bilgi Sorunu</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786058084308</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Seni Hiçbir Zaman Unutmayacağım</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9789756205921</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Beklemek</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9789756205549</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Kimya-yı Saadet (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>700</v>
+        <v>850</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786259848549</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Beni Büyüt Anne</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786057431738</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Efsane Kadınlar - Kadınanalar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786057431714</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Poraymos</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786058084391</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Gönül Toprağı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786058084353</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Covid-19 Gerçekleri ve Gelecek</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786058084339</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Sağlık ve Bilinç Topraktan Başlar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9787051601578</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Sabahattin Ali Seti 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786058084322</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>İnsanlığın Son Bin Yılı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786058084315</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9789756205990</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Silüet</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9789756205877</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Dini Hayatın İlk Biçimleri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9789756205884</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9789756205914</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9789756205839</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9789756205730</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Karabibik</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9789756205778</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9789756205785</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Şık</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9789756205815</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Üst Akıl Denen Acımasız Düzen</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9789756205761</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Satranç</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9789756205693</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Müzekk’in-Nüfus (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>490</v>
+        <v>600</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9789756205686</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Kapitalizmin Soygun Düzeni</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>410</v>
+        <v>600</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9789756205280</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Fususu’l-Hikem</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9789756205518</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9789756205266</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>A’mak-ı Hayal</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9789756205136</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Hint Dini Tarihine Giriş</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9789756205556</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Tarihi Başka Okumak</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9789756205419</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>9789756205495</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Dünyada İlaç ve Kimya Terörü</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9789756205464</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Paranın İmparatorları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9789756205471</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Yahudiliğin Kökenleri ve Küresel Gücü</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9789756205624</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Kurumlarıyla ve Oyunlarıyla Küresel Sömürü</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9789756205631</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>İlahi Kromozom</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9789756205440</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Pendname</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9789756205198</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Makalat</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9789756205303</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Maarif</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9789756205358</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Ana Hatlarıyla Tasavvuf Tarihi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>