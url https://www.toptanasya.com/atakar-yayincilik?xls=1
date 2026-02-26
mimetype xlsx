--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,1345 +85,1540 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255534637</t>
+          <t>9786255534927</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kar Işığı</t>
+          <t>Of Deme 2- Büyümenin Tadı Yokmuş</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255534644</t>
+          <t>9786255534941</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Uçurum</t>
+          <t>Sessiz Şair</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255534446</t>
+          <t>9786255534934</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Su Gibi</t>
+          <t>Yalnızlığın Başka Adı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255534606</t>
+          <t>9786255534651</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Les Morts Sans Vısages (Fransızca)</t>
+          <t>Ne Umdum Ne Buldum</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259449401</t>
+          <t>9786255534729</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Koş Mayas</t>
+          <t>Ergene Ovası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255534330</t>
+          <t>9786259831787</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kandırıldım</t>
+          <t>Bipolar ile Yaşamak</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255534392</t>
+          <t>9786259831770</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Güz Yağmuru</t>
+          <t>Yalnızlık Öyküsü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259527222</t>
+          <t>9786255534767</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ben Carlos</t>
+          <t>Anadolu’nun Sesi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255534125</t>
+          <t>9786255534835</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ana, Bu Nasıl Bi Uyku Be Ana!</t>
+          <t>Kore Kulübü 12</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259801629</t>
+          <t>9786255534743</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Sırası Mı?</t>
+          <t>Cücü'nün Gözünden Şu Ne?</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259801650</t>
+          <t>9786255534736</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Lotus</t>
+          <t>Elifçe</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259801643</t>
+          <t>9786255534682</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Günahkârlar Ayağa Kalksın</t>
+          <t>Emeklinin Rüyası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255534613</t>
+          <t>9786255534828</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğumun Sesi</t>
+          <t>Bir Kadın Ayağa Kalkınca</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259806006</t>
+          <t>9786255534637</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Kız Masalı</t>
+          <t>Kar Işığı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259806020</t>
+          <t>9786255534644</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Zehircan</t>
+          <t>Uçurum</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255534590</t>
+          <t>9786255534446</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Cücü'nün Gözünden Bu Ne?</t>
+          <t>Su Gibi</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255534569</t>
+          <t>9786255534606</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Gözlüm III - Serap</t>
+          <t>Les Morts Sans Vısages (Fransızca)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255534552</t>
+          <t>9786259449401</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Koza</t>
+          <t>Koş Mayas</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259837956</t>
+          <t>9786255534330</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Uzay'ın Mektubu (Renkli Resimli)</t>
+          <t>Kandırıldım</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255534101</t>
+          <t>9786255534392</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Şahruh Efsanesi</t>
+          <t>Güz Yağmuru</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255534545</t>
+          <t>9786259527222</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Fayton Tartışmaları Çerçevesinde 1980’lerden Günümüze Büyükada’da Değişim Ve Dönüşüm</t>
+          <t>Ben Carlos</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>450</v>
+        <v>125</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255534491</t>
+          <t>9786255534125</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Melamilerde Adem’den Havva’nın Yaratılış Sırrı</t>
+          <t>Ana, Bu Nasıl Bi Uyku Be Ana!</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255534118</t>
+          <t>9786259801629</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Melami Sofrası</t>
+          <t>Siyasetin Sırası Mı?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255534460</t>
+          <t>9786259801650</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>G/izlerim</t>
+          <t>Lotus</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255534477</t>
+          <t>9786259801643</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Elzem</t>
+          <t>Günahkârlar Ayağa Kalksın</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255534453</t>
+          <t>9786255534613</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çakıl Taşlarım</t>
+          <t>Çocukluğumun Sesi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255534538</t>
+          <t>9786259806006</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Bir Küçük Kız Masalı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255534484</t>
+          <t>9786259806020</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ormanın İki Yüzü</t>
+          <t>Zehircan</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255534385</t>
+          <t>9786255534590</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kadim Güçler 4</t>
+          <t>Cücü'nün Gözünden Bu Ne?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255534378</t>
+          <t>9786255534569</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kadim Güçler 3</t>
+          <t>Yağmur Gözlüm III - Serap</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255534354</t>
+          <t>9786255534552</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hayaletler Tepesi</t>
+          <t>Koza</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255534361</t>
+          <t>9786259837956</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Vampir</t>
+          <t>Uzay'ın Mektubu (Renkli Resimli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255534286</t>
+          <t>9786255534101</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Legal Özgürlük Komplo</t>
+          <t>Şahruh Efsanesi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255534347</t>
+          <t>9786255534545</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Gölgesizler Ülkesi</t>
+          <t>Fayton Tartışmaları Çerçevesinde 1980’lerden Günümüze Büyükada’da Değişim Ve Dönüşüm</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255534408</t>
+          <t>9786255534491</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Cosmo Dünyada</t>
+          <t>Melamilerde Adem’den Havva’nın Yaratılış Sırrı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255534224</t>
+          <t>9786255534118</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hey Sen Kimsin? Kendini Tanımaya Hazırmısın?</t>
+          <t>Melami Sofrası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259527291</t>
+          <t>9786255534460</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Düş Kanadında Öyküler</t>
+          <t>G/izlerim</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259527284</t>
+          <t>9786255534477</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kadim Güçler</t>
+          <t>Elzem</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255534071</t>
+          <t>9786255534453</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ateş</t>
+          <t>Çakıl Taşlarım</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255534132</t>
+          <t>9786255534538</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255534026</t>
+          <t>9786255534484</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Takvimden Kopan Düşler</t>
+          <t>Ormanın İki Yüzü</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259801667</t>
+          <t>9786255534385</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Yokluğundan Beter</t>
+          <t>Kadim Güçler 4</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255534088</t>
+          <t>9786255534378</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kadim Güçler 2</t>
+          <t>Kadim Güçler 3</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255534057</t>
+          <t>9786255534354</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Makta</t>
+          <t>Hayaletler Tepesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255534064</t>
+          <t>9786255534361</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Matla</t>
+          <t>Sevimli Vampir</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259806075</t>
+          <t>9786255534286</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Nergis</t>
+          <t>Legal Özgürlük Komplo</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259831756</t>
+          <t>9786255534347</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Filozof ve Keçisi</t>
+          <t>Gölgesizler Ülkesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259801605</t>
+          <t>9786255534408</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Arkana Bakma</t>
+          <t>Cosmo Dünyada</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259806099</t>
+          <t>9786255534224</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Alya</t>
+          <t>Hey Sen Kimsin? Kendini Tanımaya Hazırmısın?</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259837963</t>
+          <t>9786259527291</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Alican’ın Maceraları</t>
+          <t>Düş Kanadında Öyküler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259837970</t>
+          <t>9786259527284</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Doktor Abimiz - Doktor Ablamız Sağlık Seti</t>
+          <t>Kadim Güçler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259806082</t>
+          <t>9786255534071</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Karanlığında Kosova</t>
+          <t>Ateş</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259806013</t>
+          <t>9786255534132</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Çöpüme Dokunma</t>
+          <t>Rüzgar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259449456</t>
+          <t>9786255534026</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bizim Eller</t>
+          <t>Takvimden Kopan Düşler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259837949</t>
+          <t>9786259801667</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Bakışlar</t>
+          <t>Varlığın Yokluğundan Beter</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259831794</t>
+          <t>9786255534088</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Dil Üstü Yazılar</t>
+          <t>Kadim Güçler 2</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259449494</t>
+          <t>9786255534057</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yarın Var Mı ? 04:17</t>
+          <t>Makta</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259440453</t>
+          <t>9786255534064</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Uzay Çadırı</t>
+          <t>Matla</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259449470</t>
+          <t>9786259806075</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Şimdi de Ben Konuşayım</t>
+          <t>Nergis</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258467475</t>
+          <t>9786259831756</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Şans Topu Marimo</t>
+          <t>Filozof ve Keçisi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259440408</t>
+          <t>9786259801605</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sözlerden Notaya Aşk</t>
+          <t>Arkana Bakma</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259449432</t>
+          <t>9786259806099</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Lulu'nun Şarkısı (Renkli Resimli)</t>
+          <t>Alya</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259440415</t>
+          <t>9786259837963</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yollarını Güneşe Sordum Da Geldim</t>
+          <t>Alican’ın Maceraları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>125</v>
+        <v>500</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259831732</t>
+          <t>9786259837970</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Silinmeyen Ayak İzlerim</t>
+          <t>Doktor Abimiz - Doktor Ablamız Sağlık Seti</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259449449</t>
+          <t>9786259806082</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Seni Anlamıyorlar Z Kuşağı</t>
+          <t>Güneşin Karanlığında Kosova</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259440460</t>
+          <t>9786259806013</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Halleri</t>
+          <t>Çöpüme Dokunma</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259837918</t>
+          <t>9786259449456</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen</t>
+          <t>Bizim Eller</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258467505</t>
+          <t>9786259837949</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Of Deme</t>
+          <t>Büyülü Bakışlar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259831701</t>
+          <t>9786259831794</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Mağarada 10 Gün</t>
+          <t>Dil Üstü Yazılar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259440446</t>
+          <t>9786259449494</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Gerek Bana Kül Rengi</t>
+          <t>Yarın Var Mı ? 04:17</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259831763</t>
+          <t>9786259440453</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kal Biraz Daha</t>
+          <t>Uzay Çadırı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259449487</t>
+          <t>9786259449470</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İçimin Ateşi</t>
+          <t>Şimdi de Ben Konuşayım</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259837901</t>
+          <t>9786258467475</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Handan'ın Rüyası</t>
+          <t>Şans Topu Marimo</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259440477</t>
+          <t>9786259440408</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Güneş Doğsun Sevdamıza</t>
+          <t>Sözlerden Notaya Aşk</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259449463</t>
+          <t>9786259449432</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yastan Sesleniş</t>
+          <t>Lulu'nun Şarkısı (Renkli Resimli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259440422</t>
+          <t>9786259440415</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Futbol Kasabası</t>
+          <t>Yollarını Güneşe Sordum Da Geldim</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259837932</t>
+          <t>9786259831732</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Düş Perçemi</t>
+          <t>Silinmeyen Ayak İzlerim</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259831725</t>
+          <t>9786259449449</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Durup Dururken</t>
+          <t>Seni Anlamıyorlar Z Kuşağı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259440491</t>
+          <t>9786259440460</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Can'ın Naneli Dondurması</t>
+          <t>Ruhun Halleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259440439</t>
+          <t>9786259837918</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bir Martının Anıları</t>
+          <t>Öğretmen</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259837987</t>
+          <t>9786258467505</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Geçit - Unutulmuş Yaratıklar</t>
+          <t>Of Deme</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259831718</t>
+          <t>9786259831701</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim</t>
+          <t>Mağarada 10 Gün</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259837925</t>
+          <t>9786259440446</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ayak İzleri</t>
+          <t>Kelimeler Gerek Bana Kül Rengi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259449418</t>
+          <t>9786259831763</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ayağıma Bir Kuş Bastı</t>
+          <t>Kal Biraz Daha</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259440484</t>
+          <t>9786259449487</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ant Olsun</t>
+          <t>İçimin Ateşi</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259837994</t>
+          <t>9786259837901</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Geçit - Yeniden Doğuş</t>
+          <t>Handan'ın Rüyası</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
+          <t>9786259440477</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Güneş Doğsun Sevdamıza</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786259449463</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Yastan Sesleniş</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786259440422</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Futbol Kasabası</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786259837932</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Düş Perçemi</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786259831725</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Durup Dururken</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786259440491</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Can'ın Naneli Dondurması</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786259440439</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Bir Martının Anıları</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786259837987</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Geçit - Unutulmuş Yaratıklar</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786259831718</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Ben Kimim</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786259837925</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Ayak İzleri</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786259449418</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Ayağıma Bir Kuş Bastı</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786259440484</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Ant Olsun</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786259837994</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Geçit - Yeniden Doğuş</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
           <t>9786259831749</t>
         </is>
       </c>
-      <c r="B88" s="1" t="inlineStr">
+      <c r="B101" s="1" t="inlineStr">
         <is>
           <t>İnsan Lekesi</t>
         </is>
       </c>
-      <c r="C88" s="1">
+      <c r="C101" s="1">
         <v>275</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>