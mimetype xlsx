--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,2305 +85,2365 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257742764</t>
+          <t>9786256900585</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Şiirsel Kaygılar</t>
+          <t>Altaylardan Tuna'ya Kızılelma'ya Türkler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>190</v>
+        <v>950</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256900639</t>
+          <t>9786256900622</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bir Liderin Anıları</t>
+          <t>Milli Mücadele Yıllarında Marmara Adası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256900066</t>
+          <t>9786256900042</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Türk Yazısı ve Bengü Taşları</t>
+          <t>Yaşamdan Yankılar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256900486</t>
+          <t>9786256900660</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Türk Devletleri Teşkilatı'nın Bütünleşme Yolculuğunda Avrupa Birliği Tecrübeleri</t>
+          <t>Kendi Mezarımdan Yankılar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256900479</t>
+          <t>9786257742764</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kırık Zihinler Zindanı</t>
+          <t>Şiirsel Kaygılar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786050623789</t>
+          <t>9786256900639</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Aşiretler, Cemaatler, Oymaklar 1453-1650 (Ciltli) - 6 Cilt Takım</t>
+          <t>Bir Liderin Anıları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>5950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256900981</t>
+          <t>9786256900066</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bize Baraj Yaptırmazlar</t>
+          <t>Türk Yazısı ve Bengü Taşları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>190</v>
+        <v>650</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256900738</t>
+          <t>9786256900486</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kazan Melikesi Süyüm Bike</t>
+          <t>Türk Devletleri Teşkilatı'nın Bütünleşme Yolculuğunda Avrupa Birliği Tecrübeleri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256900752</t>
+          <t>9786256900479</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sakalar: Köken ve Kültür</t>
+          <t>Kırık Zihinler Zindanı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256900998</t>
+          <t>9786050623789</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Destanı Hakanname</t>
+          <t>Anadolu'da Aşiretler, Cemaatler, Oymaklar 1453-1650 (Ciltli) - 6 Cilt Takım</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>800</v>
+        <v>5950</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256900790</t>
+          <t>9786256900981</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gamze</t>
+          <t>Bize Baraj Yaptırmazlar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256900363</t>
+          <t>9786256900738</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Yolunda</t>
+          <t>Kazan Melikesi Süyüm Bike</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257742757</t>
+          <t>9786256900752</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Aşk Damlaları</t>
+          <t>Sakalar: Köken ve Kültür</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257742818</t>
+          <t>9786256900998</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gönlümden Damlalar</t>
+          <t>Türk’ün Destanı Hakanname</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>800</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257742719</t>
+          <t>9786256900790</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bir Şans Daha</t>
+          <t>Gamze</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256900806</t>
+          <t>9786256900363</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Ardında Kalan Bilgelik</t>
+          <t>Mimarlık Yolunda</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256900936</t>
+          <t>9786257742757</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Örtünçmenlere İnat</t>
+          <t>Aşk Damlaları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256900974</t>
+          <t>9786257742818</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Kitabı</t>
+          <t>Gönlümden Damlalar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256900967</t>
+          <t>9786257742719</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Ruhu</t>
+          <t>Bir Şans Daha</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>230</v>
+        <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256900950</t>
+          <t>9786256900806</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İnsan Portreleri</t>
+          <t>Aşkın Ardında Kalan Bilgelik</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256900288</t>
+          <t>9786256900936</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ata’nın Torunu Güneş</t>
+          <t>Örtünçmenlere İnat</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>135</v>
+        <v>550</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256900462</t>
+          <t>9786256900974</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gavur Mümin – Vatan İçin Vatan Haini</t>
+          <t>Sırlar Kitabı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>490</v>
+        <v>240</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256900868</t>
+          <t>9786256900967</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Nam-ı Diğer Topal Osman</t>
+          <t>Gölgenin Ruhu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257742979</t>
+          <t>9786256900950</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Erem</t>
+          <t>İnsan Portreleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>450</v>
+        <v>125</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257742344</t>
+          <t>9786256900288</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dil Öğretiminde Saat, Pusula, Şecere</t>
+          <t>Ata’nın Torunu Güneş</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>480</v>
+        <v>135</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257742955</t>
+          <t>9786256900462</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Su Gibi</t>
+          <t>Gavur Mümin – Vatan İçin Vatan Haini</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>215</v>
+        <v>490</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257742542</t>
+          <t>9786256900868</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Türk - Altay Kuramı (Ciltli)</t>
+          <t>Nam-ı Diğer Topal Osman</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>1750</v>
+        <v>270</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058064522</t>
+          <t>9786257742979</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Kitabı</t>
+          <t>Erem</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>195</v>
+        <v>450</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257742009</t>
+          <t>9786257742344</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yasak Mushaf</t>
+          <t>Dil Öğretiminde Saat, Pusula, Şecere</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786058064591</t>
+          <t>9786257742955</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Ülkücülüğü ve Türkçülük</t>
+          <t>Su Gibi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>170</v>
+        <v>215</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786058176676</t>
+          <t>9786257742542</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sahipkıran Emir Timur</t>
+          <t>Türk - Altay Kuramı (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>240</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256900028</t>
+          <t>9786058064522</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Askeri Müdahale Dönemlerinde Atatürk ve Atatürkçülük</t>
+          <t>Şiirin Kitabı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>460</v>
+        <v>195</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256900189</t>
+          <t>9786257742009</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hayalperest Yazardan Battalname Sonsuzluğu</t>
+          <t>Yasak Mushaf</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>490</v>
+        <v>320</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256900134</t>
+          <t>9786058064591</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Derin Su</t>
+          <t>Atatürk Ülkücülüğü ve Türkçülük</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256900387</t>
+          <t>9786058176676</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hulusi Baba</t>
+          <t>Sahipkıran Emir Timur</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256900257</t>
+          <t>9786256900028</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Rumeli El Olurken</t>
+          <t>Türkiye’de Askeri Müdahale Dönemlerinde Atatürk ve Atatürkçülük</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>480</v>
+        <v>460</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256900264</t>
+          <t>9786256900189</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Öyle Güzel Günlerdi Ki (Gerçek Olamazdı)</t>
+          <t>Hayalperest Yazardan Battalname Sonsuzluğu</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256900240</t>
+          <t>9786256900134</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Algı Yönetimi ve Psikolojik Savaş</t>
+          <t>Derin Su</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256900424</t>
+          <t>9786256900387</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yaş Engel mi ki Aşka?</t>
+          <t>Hulusi Baba</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256900943</t>
+          <t>9786256900257</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Haklarıyla Büyüyen Çocuklar</t>
+          <t>Rumeli El Olurken</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256900905</t>
+          <t>9786256900264</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İdil - Ural Aydınları - 3</t>
+          <t>Öyle Güzel Günlerdi Ki (Gerçek Olamazdı)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256900653</t>
+          <t>9786256900240</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ten Günümüze Eğitim</t>
+          <t>Algı Yönetimi ve Psikolojik Savaş</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>315</v>
+        <v>290</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256900912</t>
+          <t>9786256900424</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekanın Ardındaki Karanlık Dil – Aramızda Tanrılar İstemiyoruz</t>
+          <t>Yaş Engel mi ki Aşka?</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256900899</t>
+          <t>9786256900943</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Hayat Güzel - Çocuklar İçin Notalarla Şarkılar</t>
+          <t>Haklarıyla Büyüyen Çocuklar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256900929</t>
+          <t>9786256900905</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yasemin</t>
+          <t>İdil - Ural Aydınları - 3</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>230</v>
+        <v>375</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256900875</t>
+          <t>9786256900653</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal Zeybek ile Ata'nın İzinde</t>
+          <t>Atatürk'ten Günümüze Eğitim</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>290</v>
+        <v>315</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256900851</t>
+          <t>9786256900912</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Manastırı</t>
+          <t>Yapay Zekanın Ardındaki Karanlık Dil – Aramızda Tanrılar İstemiyoruz</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>315</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256900882</t>
+          <t>9786256900899</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Pessınus Gecesi</t>
+          <t>Çocuklarla Hayat Güzel - Çocuklar İçin Notalarla Şarkılar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>470</v>
+        <v>340</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256900844</t>
+          <t>9786256900929</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Aklın ve Bilimin Işığında Atatürk Gibi Düşünmek</t>
+          <t>Yasemin</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256900561</t>
+          <t>9786256900875</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Angut Kuşu</t>
+          <t>Namık Kemal Zeybek ile Ata'nın İzinde</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>85</v>
+        <v>290</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256900417</t>
+          <t>9786256900851</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Yazar!..</t>
+          <t>Kızlar Manastırı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>240</v>
+        <v>315</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256900202</t>
+          <t>9786256900882</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Karakoyunlu Destanı</t>
+          <t>Pessınus Gecesi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>470</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257742788</t>
+          <t>9786256900844</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Türkçü Erk Şiirleri</t>
+          <t>Aklın ve Bilimin Işığında Atatürk Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>245</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256900011</t>
+          <t>9786256900561</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Eski Türklerde Spor Kültürü</t>
+          <t>Angut Kuşu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>340</v>
+        <v>85</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256900080</t>
+          <t>9786256900417</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Türk Aleviliği - Ana Kaynakları</t>
+          <t>Dikkat Yazar!..</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257742863</t>
+          <t>9786256900202</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Donanmasının İnşası (18. Yüzyıl)</t>
+          <t>Karakoyunlu Destanı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>540</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257742962</t>
+          <t>9786257742788</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Eser Mutlu ile Kahkaha Yogası</t>
+          <t>Türkçü Erk Şiirleri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256900059</t>
+          <t>9786256900011</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Gelecek Hikayeleri</t>
+          <t>Eski Türklerde Spor Kültürü</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257742856</t>
+          <t>9786256900080</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gölge Kardeşliği</t>
+          <t>Türk Aleviliği - Ana Kaynakları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>490</v>
+        <v>125</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257742887</t>
+          <t>9786257742863</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Gücünü Nereden Alıyordu?</t>
+          <t>Osmanlı Donanmasının İnşası (18. Yüzyıl)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>560</v>
+        <v>540</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257742900</t>
+          <t>9786257742962</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ninem Korkut'la Yolları Bohçaladıkça</t>
+          <t>Eser Mutlu ile Kahkaha Yogası</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257742948</t>
+          <t>9786256900059</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Usumdan Geçenler</t>
+          <t>Geçmişten Gelecek Hikayeleri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257742931</t>
+          <t>9786257742856</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İdil - Ural Aydınları 1</t>
+          <t>Gölge Kardeşliği</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257742993</t>
+          <t>9786257742887</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çakır</t>
+          <t>Atatürk Gücünü Nereden Alıyordu?</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>260</v>
+        <v>560</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257742603</t>
+          <t>9786257742900</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Alyanna</t>
+          <t>Ninem Korkut'la Yolları Bohçaladıkça</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257742924</t>
+          <t>9786257742948</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>IQ - EQ ve Aşkın Sesi</t>
+          <t>Usumdan Geçenler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257742832</t>
+          <t>9786257742931</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mesleğini Seveceksin Kardeşim</t>
+          <t>İdil - Ural Aydınları 1</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257742849</t>
+          <t>9786257742993</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Umudun Tomurcukları</t>
+          <t>Çakır</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>165</v>
+        <v>260</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257742801</t>
+          <t>9786257742603</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Atatürkçülük Dersleri</t>
+          <t>Alyanna</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257742870</t>
+          <t>9786257742924</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Mahpusun Gelini</t>
+          <t>IQ - EQ ve Aşkın Sesi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257742917</t>
+          <t>9786257742832</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kadın Nereye Sığar</t>
+          <t>Mesleğini Seveceksin Kardeşim</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257742894</t>
+          <t>9786257742849</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Milyon Taşı</t>
+          <t>Umudun Tomurcukları</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>185</v>
+        <v>165</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257742825</t>
+          <t>9786257742801</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Yükseldiği Gün</t>
+          <t>Atatürkçülük Dersleri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>205</v>
+        <v>400</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257742771</t>
+          <t>9786257742870</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Lütfen Açar mısınız Kapıyı?</t>
+          <t>Mahpusun Gelini</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257742610</t>
+          <t>9786257742917</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Ortak Kültür Değerleri</t>
+          <t>Kadın Nereye Sığar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257742436</t>
+          <t>9786257742894</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ankara Karası</t>
+          <t>Milyon Taşı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>285</v>
+        <v>185</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257742696</t>
+          <t>9786257742825</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Işığın Gölgesinde</t>
+          <t>Güneşin Yükseldiği Gün</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>360</v>
+        <v>205</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257742627</t>
+          <t>9786257742771</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültür Tarihi</t>
+          <t>Lütfen Açar mısınız Kapıyı?</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>350</v>
+        <v>215</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257742658</t>
+          <t>9786257742610</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Balkanı Bal Eyledik</t>
+          <t>Türk Dünyası Ortak Kültür Değerleri</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>430</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257742689</t>
+          <t>9786257742436</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ağır Zamanlar</t>
+          <t>Ankara Karası</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257742733</t>
+          <t>9786257742696</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Amerika'nın Karlı Gökdelenlerinde</t>
+          <t>Yeşil Işığın Gölgesinde</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257742740</t>
+          <t>9786257742627</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Alpagutlar</t>
+          <t>Türk Kültür Tarihi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257742641</t>
+          <t>9786257742658</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Kılavuzu</t>
+          <t>Balkanı Bal Eyledik</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>430</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257742535</t>
+          <t>9786257742689</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğin Kadardır Acın</t>
+          <t>Ağır Zamanlar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257742283</t>
+          <t>9786257742733</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yazmak Özgürlüktür</t>
+          <t>Amerika'nın Karlı Gökdelenlerinde</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257742511</t>
+          <t>9786257742740</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Denetim Anıları</t>
+          <t>Alpagutlar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257742481</t>
+          <t>9786257742641</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Şair</t>
+          <t>Dönüşüm Kılavuzu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257742528</t>
+          <t>9786257742535</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Patlayan Balonlar</t>
+          <t>Sevdiğin Kadardır Acın</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257742474</t>
+          <t>9786257742283</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>O Çarşamba</t>
+          <t>Yazmak Özgürlüktür</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257742498</t>
+          <t>9786257742511</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Telaş</t>
+          <t>Denetim Anıları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257742467</t>
+          <t>9786257742481</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Madame Conche'nin Pansiyonu</t>
+          <t>Şair</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257742443</t>
+          <t>9786257742528</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Aslında Bitmedi</t>
+          <t>Patlayan Balonlar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786058312067</t>
+          <t>9786257742474</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Adam - Mahmut Esat Bozkurt</t>
+          <t>O Çarşamba</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786058312074</t>
+          <t>9786257742498</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Ruhunun Dirilişi</t>
+          <t>Beyaz Telaş</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>145</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786058064508</t>
+          <t>9786257742467</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Milli Eğitim Bakanları</t>
+          <t>Madame Conche'nin Pansiyonu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786058312081</t>
+          <t>9786257742443</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ölmeye Giderken 'Rahman Aynaya Baktı'</t>
+          <t>Aslında Bitmedi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>350</v>
+        <v>185</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786058176607</t>
+          <t>9786058312067</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Madam Hilde</t>
+          <t>Ateşten Adam - Mahmut Esat Bozkurt</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786058312098</t>
+          <t>9786058312074</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Çayı Koy Geliyorum</t>
+          <t>Büyük Türk Ruhunun Dirilişi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786058176652</t>
+          <t>9786058064508</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya’da Bir Gün</t>
+          <t>Cumhuriyetin Milli Eğitim Bakanları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786058312050</t>
+          <t>9786058312081</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Değiliz</t>
+          <t>Ölmeye Giderken 'Rahman Aynaya Baktı'</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786058176614</t>
+          <t>9786058176607</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kızılelma Türk'ün Ülküsü</t>
+          <t>Madam Hilde</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786058312043</t>
+          <t>9786058312098</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Türk - Amerikan Savaşı ve 15 Temmuz</t>
+          <t>Çayı Koy Geliyorum</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786058312012</t>
+          <t>9786058176652</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Türkçülük</t>
+          <t>Ayasofya’da Bir Gün</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786058312005</t>
+          <t>9786058312050</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Dillere Destanlar</t>
+          <t>Yalnız Değiliz</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257742382</t>
+          <t>9786058176614</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kağan’dan Kutlu Söylev</t>
+          <t>Kızılelma Türk'ün Ülküsü</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>125</v>
+        <v>320</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257742047</t>
+          <t>9786058312043</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Gülüm</t>
+          <t>Türk - Amerikan Savaşı ve 15 Temmuz</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>530</v>
+        <v>270</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786056981982</t>
+          <t>9786058312012</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Taşeli Platosu'nda Yaşayan Tekeli Aşireti Halk Hikayelerinden Derlemeler</t>
+          <t>21. Yüzyılda Türkçülük</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257742399</t>
+          <t>9786058312005</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Garipler</t>
+          <t>Dillere Destanlar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257742313</t>
+          <t>9786257742382</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kumpas Mektupları</t>
+          <t>Bilge Kağan’dan Kutlu Söylev</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>440</v>
+        <v>125</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050654684</t>
+          <t>9786257742047</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Töresi</t>
+          <t>Gülüm</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>280</v>
+        <v>530</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257742337</t>
+          <t>9786056981982</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Atatürk (Ciltli)</t>
+          <t>Taşeli Platosu'nda Yaşayan Tekeli Aşireti Halk Hikayelerinden Derlemeler</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>770</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257742290</t>
+          <t>9786257742399</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hanımlara ve Küçük Beylere Nutuk</t>
+          <t>Garipler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>210</v>
+        <v>370</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257742269</t>
+          <t>9786257742313</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Tanrılar ve Melezleri</t>
+          <t>Kumpas Mektupları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>666</v>
+        <v>440</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257742177</t>
+          <t>9786050654684</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Mucize Doğumlar</t>
+          <t>Türk’ün Töresi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257742184</t>
+          <t>9786257742337</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bağdat Demir Yolu Hattı</t>
+          <t>Atatürk (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>300</v>
+        <v>770</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257742160</t>
+          <t>9786257742290</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sivil Bombalar</t>
+          <t>Küçük Hanımlara ve Küçük Beylere Nutuk</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257742375</t>
+          <t>9786257742269</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Krizantem</t>
+          <t>Tanrılar ve Melezleri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>100</v>
+        <v>666</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257742306</t>
+          <t>9786257742177</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Papağan Barı</t>
+          <t>Mucize Doğumlar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>130</v>
+        <v>420</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786050654691</t>
+          <t>9786257742184</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Mağcan</t>
+          <t>Bağdat Demir Yolu Hattı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>235</v>
+        <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257742252</t>
+          <t>9786257742160</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Darbe</t>
+          <t>Sivil Bombalar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257742276</t>
+          <t>9786257742375</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Gore Glavata</t>
+          <t>Krizantem</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257742030</t>
+          <t>9786257742306</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Zamanda</t>
+          <t>Papağan Barı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257742412</t>
+          <t>9786050654691</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Yorgun Yürek Yazıları</t>
+          <t>Mağcan</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>330</v>
+        <v>235</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257742429</t>
+          <t>9786257742252</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Türk Birliği Nasıl Kurulur?</t>
+          <t>Aşk ve Darbe</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257742061</t>
+          <t>9786257742276</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Gore Glavata</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786056981937</t>
+          <t>9786257742030</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Fırça Teması</t>
+          <t>Hiçbir Zamanda</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257742351</t>
+          <t>9786257742412</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Venüsün Şavkı</t>
+          <t>Yorgun Yürek Yazıları</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257742214</t>
+          <t>9786257742429</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanmanın Yarım Kalan Işığı Köy Enstitüleri</t>
+          <t>Türk Birliği Nasıl Kurulur?</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>410</v>
+        <v>320</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257742054</t>
+          <t>9786257742061</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Türkiye'nin Sorunları</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>580</v>
+        <v>500</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786056981999</t>
+          <t>9786056981937</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Aşiretler, Cemaatler, Oymaklar 1453-1650 - 6 Cilt Takım</t>
+          <t>Fırça Teması</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>4600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257742146</t>
+          <t>9786257742351</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olmak Varken</t>
+          <t>Venüsün Şavkı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786050654660</t>
+          <t>9786257742214</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Pojon</t>
+          <t>Aydınlanmanın Yarım Kalan Işığı Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>440</v>
+        <v>410</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257742139</t>
+          <t>9786257742054</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Zevk Al</t>
+          <t>Dünden Bugüne Türkiye'nin Sorunları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>190</v>
+        <v>580</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257742115</t>
+          <t>9786056981999</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Değişim Düşüncenin Kontrolü İle Başlar</t>
+          <t>Anadolu'da Aşiretler, Cemaatler, Oymaklar 1453-1650 - 6 Cilt Takım</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>145</v>
+        <v>4600</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257742122</t>
+          <t>9786257742146</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Anlama Sanatı</t>
+          <t>İnsan Olmak Varken</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>115</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786058064577</t>
+          <t>9786050654660</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Generation Z and Y</t>
+          <t>Pojon</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786056981906</t>
+          <t>9786257742139</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Contemporary Management Concepts On Hydrogen Energy And Its Economics With A Swot Review And Selected Examples Of Global Patterns</t>
+          <t>Yaşamdan Zevk Al</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786058064560</t>
+          <t>9786257742115</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sıra Sende</t>
+          <t>Değişim Düşüncenin Kontrolü İle Başlar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>215</v>
+        <v>145</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786058064546</t>
+          <t>9786257742122</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Yolculuğu</t>
+          <t>İnsanları Anlama Sanatı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>160</v>
+        <v>115</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786056981920</t>
+          <t>9786058064577</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hendeklerde Vurulduk</t>
+          <t>Generation Z and Y</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257742207</t>
+          <t>9786056981906</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Mahmut Esat Bozkurt</t>
+          <t>Contemporary Management Concepts On Hydrogen Energy And Its Economics With A Swot Review And Selected Examples Of Global Patterns</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257742153</t>
+          <t>9786058064560</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Bin Yılda Üç Kutuplu Dünya</t>
+          <t>Sıra Sende</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>300</v>
+        <v>215</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257742221</t>
+          <t>9786058064546</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çölde Nergis</t>
+          <t>Kurtuluş Yolculuğu</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257742245</t>
+          <t>9786056981920</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Keşke</t>
+          <t>Hendeklerde Vurulduk</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786056981968</t>
+          <t>9786257742207</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ticareti Töresi - Berdel</t>
+          <t>Geçmişten Geleceğe Mahmut Esat Bozkurt</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786050623765</t>
+          <t>9786257742153</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Düşe Takılı Gerçek</t>
+          <t>Üçüncü Bin Yılda Üç Kutuplu Dünya</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786058176669</t>
+          <t>9786257742221</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Yanında Olsaydım</t>
+          <t>Çölde Nergis</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786058176690</t>
+          <t>9786257742245</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Küçük Gelin Müberra</t>
+          <t>Keşke</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257742023</t>
+          <t>9786056981968</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Alpagut Türkçü Şiirler</t>
+          <t>İnsan Ticareti Töresi - Berdel</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786058064553</t>
+          <t>9786050623765</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Taşeli Platosu’nda Tekeli Aşireti</t>
+          <t>Düşe Takılı Gerçek</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>315</v>
+        <v>210</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
+          <t>9786058176669</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Yanında Olsaydım</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786058176690</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Gelin Müberra</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786257742023</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Alpagut Türkçü Şiirler</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786058064553</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Dönemi Taşeli Platosu’nda Tekeli Aşireti</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
           <t>9786056981944</t>
         </is>
       </c>
-      <c r="B152" s="1" t="inlineStr">
+      <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Pencere (Ciltli)</t>
         </is>
       </c>
-      <c r="C152" s="1">
+      <c r="C156" s="1">
         <v>390</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>