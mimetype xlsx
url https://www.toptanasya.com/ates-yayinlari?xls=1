--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,7600 +85,7900 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255702289</t>
+          <t>9786255702371</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Boyut Hırsızı</t>
+          <t>Bilinenin Ötesinde Devlet-i Aliyye</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>265</v>
+        <v>295</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255702135</t>
+          <t>9786255702326</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hayal Ötesi</t>
+          <t>Bir Seferberlik Hikayesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>295</v>
+        <v>235</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255520968</t>
+          <t>9786255702401</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bilinen Mektuplar</t>
+          <t>Elena ve Harikalar Köşkü</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786250067499</t>
+          <t>9786255702364</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Usta</t>
+          <t>İnşaa</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>265</v>
+        <v>295</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255520180</t>
+          <t>9786256032606</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kaputlular Nöbette</t>
+          <t>Susmamaya Susuzluk "Gazze"</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>350</v>
+        <v>165</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255520524</t>
+          <t>9786255702197</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmışlıklar</t>
+          <t>Hayaliyum</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255702029</t>
+          <t>9786257012836</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kür Şad ve Kırk Batur</t>
+          <t>TYT Türkçe Tamamı Video Çözümlü Sivri Denemeler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255702043</t>
+          <t>9786255702210</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kanaryam</t>
+          <t>Kavanozdaki Arı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255520432</t>
+          <t>9786255702203</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Özgürlük</t>
+          <t>Kuyruklu Mutluluk Kulübü</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255702036</t>
+          <t>9786255520890</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yitik Sitemler</t>
+          <t>Buğra'nın Tatil Macerası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>185</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255520883</t>
+          <t>9786255702173</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bir Eğitim Yolcusu</t>
+          <t>Cerge</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>365</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255520852</t>
+          <t>9786257398374</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Heybemdeki İnciler</t>
+          <t>Canım Dedem</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>185</v>
+        <v>65</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256032583</t>
+          <t>9786255702050</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bana Aslan Kızım Deme</t>
+          <t>Sahibinden Satılık Cennet</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>265</v>
+        <v>285</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786251252832</t>
+          <t>9786255520999</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hazan Mevsimi'nde Vuslat</t>
+          <t>Gönülden Dökülenler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257012850</t>
+          <t>9786256541689</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mimozalar Çiçek Açtı</t>
+          <t>Dini Sohbetler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255520760</t>
+          <t>9786255702166</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Cinayetten Fazlası</t>
+          <t>Doğa ve İnsanlık Yaşam Süreci İçinde Aleviliğin Yeri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>265</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255520876</t>
+          <t>9786056931703</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yeşil Bir Yol</t>
+          <t>Gelmemiş Birine Veda</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>285</v>
+        <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255520845</t>
+          <t>9786255702098</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Gözü</t>
+          <t>Zuhur</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>265</v>
+        <v>185</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255520807</t>
+          <t>9786255702074</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Şehadeti Filistin</t>
+          <t>Sessiz Çöküş</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>165</v>
+        <v>275</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255520791</t>
+          <t>9786255702180</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gülen Yüzü</t>
+          <t>Borazan Onbaşı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255520869</t>
+          <t>9786255702289</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcının Tanığı</t>
+          <t>Boyut Hırsızı</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255520906</t>
+          <t>9786255702135</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Fatma ve Arkadaşlarının Mikrobisyenlerle Mücadelesi</t>
+          <t>Hayal Ötesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>265</v>
+        <v>295</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255520821</t>
+          <t>9786255520968</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İzmir Ölüm Çetesi</t>
+          <t>Bilinen Mektuplar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>285</v>
+        <v>175</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255520449</t>
+          <t>9786250067499</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır'da Aşk, Savaş ve Siyaset</t>
+          <t>Usta</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>385</v>
+        <v>265</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255520708</t>
+          <t>9786255520180</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Zümrüd-ü Anka</t>
+          <t>Kaputlular Nöbette</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255520715</t>
+          <t>9786255520524</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Şiirimsi...'n</t>
+          <t>Yaşanmışlıklar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255520685</t>
+          <t>9786255702029</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Payiz</t>
+          <t>Kür Şad ve Kırk Batur</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255520678</t>
+          <t>9786255702043</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Korktuğumdun Başıma Geldin</t>
+          <t>Kanaryam</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255520371</t>
+          <t>9786255520432</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Olan</t>
+          <t>Sınırsız Özgürlük</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>285</v>
+        <v>195</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255520763</t>
+          <t>9786255702036</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Eğitim</t>
+          <t>Yitik Sitemler</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255520661</t>
+          <t>9786255520883</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Fısıltılar ve Fırtınalar</t>
+          <t>Bir Eğitim Yolcusu</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>165</v>
+        <v>365</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255520746</t>
+          <t>9786255520852</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ben Mucizeyim</t>
+          <t>Heybemdeki İnciler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255520692</t>
+          <t>9786256032583</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ayak Altına Alınan Gizli Gerçekler</t>
+          <t>Bana Aslan Kızım Deme</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255520784</t>
+          <t>9786251252832</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Athaman 9</t>
+          <t>Hazan Mevsimi'nde Vuslat</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255520722</t>
+          <t>9786257012850</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Alemdar</t>
+          <t>Mimozalar Çiçek Açtı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258398540</t>
+          <t>9786255520760</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım</t>
+          <t>Bir Cinayetten Fazlası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>85</v>
+        <v>265</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257012701</t>
+          <t>9786255520876</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Düşlere Düşenler</t>
+          <t>Mavi Yeşil Bir Yol</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>65</v>
+        <v>285</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256032637</t>
+          <t>9786255520845</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Şiirler</t>
+          <t>Şiirin Gözü</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>225</v>
+        <v>265</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255520142</t>
+          <t>9786255520807</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın İçinden Aydınlığa</t>
+          <t>Özgürlüğün Şehadeti Filistin</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256541863</t>
+          <t>9786255520791</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bizden Anılar</t>
+          <t>Aşkın Gülen Yüzü</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255520425</t>
+          <t>9786255520869</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Türkler</t>
+          <t>Yaratıcının Tanığı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>165</v>
+        <v>265</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255520463</t>
+          <t>9786255520906</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Çarıksız</t>
+          <t>Fatma ve Arkadaşlarının Mikrobisyenlerle Mücadelesi</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255520456</t>
+          <t>9786255520821</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Neyin Senin Ki Senin</t>
+          <t>İzmir Ölüm Çetesi</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256541900</t>
+          <t>9786255520449</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kaderler Kavşağı</t>
+          <t>Diyarbakır'da Aşk, Savaş ve Siyaset</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>165</v>
+        <v>385</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255520234</t>
+          <t>9786255520708</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Dünyası</t>
+          <t>Zümrüd-ü Anka</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257398749</t>
+          <t>9786255520715</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bağevinde Korkulu Saatler-2</t>
+          <t>Şiirimsi...'n</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255520593</t>
+          <t>9786255520685</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Alehandro</t>
+          <t>Payiz</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255520531</t>
+          <t>9786255520678</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sır Dolu Dünyalar</t>
+          <t>Korktuğumdun Başıma Geldin</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255520258</t>
+          <t>9786255520371</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Umutlar</t>
+          <t>Kayıp Olan</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>265</v>
+        <v>285</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255520265</t>
+          <t>9786255520763</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sen Hep Mavi Sev</t>
+          <t>İnsan ve Eğitim</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255520562</t>
+          <t>9786255520661</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Talebe</t>
+          <t>Fısıltılar ve Fırtınalar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255520630</t>
+          <t>9786255520746</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Karahindiba</t>
+          <t>Ben Mucizeyim</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255520616</t>
+          <t>9786255520692</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mum Erimden Ateş Gülmez</t>
+          <t>Ayak Altına Alınan Gizli Gerçekler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>225</v>
+        <v>265</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255520609</t>
+          <t>9786255520784</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mavi Düşte Buse</t>
+          <t>Athaman 9</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255520302</t>
+          <t>9786255520722</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Güle Doğru</t>
+          <t>Alemdar</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255520326</t>
+          <t>9786258398540</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gülce</t>
+          <t>Adım Adım</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>165</v>
+        <v>85</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255520579</t>
+          <t>9786257012701</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Esfel-i Safilin</t>
+          <t>Düşlere Düşenler</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>275</v>
+        <v>65</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255520227</t>
+          <t>9786256032637</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Dünyası</t>
+          <t>Neşeli Şiirler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255520623</t>
+          <t>9786255520142</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ejderha</t>
+          <t>Karanlığın İçinden Aydınlığa</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255520098</t>
+          <t>9786256541863</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Empoze Hayatlar</t>
+          <t>Bizden Anılar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255520418</t>
+          <t>9786255520425</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Prenses Banu</t>
+          <t>Yürüyen Türkler</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255520487</t>
+          <t>9786255520463</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Şehr-i Leyl</t>
+          <t>Çarıksız</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>225</v>
+        <v>265</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255520401</t>
+          <t>9786255520456</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>El Arabaları</t>
+          <t>Neyin Senin Ki Senin</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>265</v>
+        <v>285</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255520289</t>
+          <t>9786256541900</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>21x1</t>
+          <t>Kaderler Kavşağı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255520319</t>
+          <t>9786255520234</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hayata Eksi Bir Başlangıç</t>
+          <t>Bilmece Dünyası</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255520395</t>
+          <t>9786257398749</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Adımı Bana Söylesene</t>
+          <t>Bağevinde Korkulu Saatler-2</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255520470</t>
+          <t>9786255520593</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Çerağ-ı Aşk</t>
+          <t>Alehandro</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255520043</t>
+          <t>9786255520531</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yürekler</t>
+          <t>Sır Dolu Dünyalar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255520494</t>
+          <t>9786255520258</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bir Umut Uğruna</t>
+          <t>Yarım Kalan Umutlar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>325</v>
+        <v>265</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255520203</t>
+          <t>9786255520265</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Baba Ocağı</t>
+          <t>Sen Hep Mavi Sev</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>465</v>
+        <v>165</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255520241</t>
+          <t>9786255520562</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kalp Koleksiyoncusu</t>
+          <t>Talebe</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>465</v>
+        <v>225</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255520500</t>
+          <t>9786255520630</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Mısralar</t>
+          <t>Karahindiba</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255520111</t>
+          <t>9786255520616</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Adın Yazıldı</t>
+          <t>Mum Erimden Ateş Gülmez</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255520210</t>
+          <t>9786255520609</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>“Ötekiler” Maria Suphı’den Meryem Dersimi’ye</t>
+          <t>Mavi Düşte Buse</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>365</v>
+        <v>225</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256541252</t>
+          <t>9786255520302</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Işığı Ayın Büyüsü</t>
+          <t>Güle Doğru</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255520272</t>
+          <t>9786255520326</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Otel Karma</t>
+          <t>Gülce</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>365</v>
+        <v>165</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255520159</t>
+          <t>9786255520579</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Tekerlemeler</t>
+          <t>Esfel-i Safilin</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255520166</t>
+          <t>9786255520227</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Sessiz Kaybı - Biyokaçakçılık</t>
+          <t>Hikaye Dünyası</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257398831</t>
+          <t>9786255520623</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bağevinde Korkulu Saatler-1</t>
+          <t>Ejderha</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257012485</t>
+          <t>9786255520098</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tuzak</t>
+          <t>Empoze Hayatlar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>85</v>
+        <v>165</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258398809</t>
+          <t>9786255520418</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kalbini Hatırla</t>
+          <t>Prenses Banu</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255520128</t>
+          <t>9786255520487</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İz</t>
+          <t>Şehr-i Leyl</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>145</v>
+        <v>225</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255520135</t>
+          <t>9786255520401</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hayat Geç Kalmayı Affetmez</t>
+          <t>El Arabaları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>225</v>
+        <v>265</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256032668</t>
+          <t>9786255520289</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Gökgöz</t>
+          <t>21x1</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>265</v>
+        <v>225</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256232842</t>
+          <t>9786255520319</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yakışıklı Hikayeler</t>
+          <t>Hayata Eksi Bir Başlangıç</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>210</v>
+        <v>165</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255520081</t>
+          <t>9786255520395</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ruha Şifa</t>
+          <t>Adımı Bana Söylesene</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>145</v>
+        <v>225</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255520074</t>
+          <t>9786255520470</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Birdanenin Kaleminden</t>
+          <t>Çerağ-ı Aşk</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256032712</t>
+          <t>9786255520043</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bir Parça Aşk Sür</t>
+          <t>Kayıp Yürekler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256032729</t>
+          <t>9786255520494</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Gidesim Var</t>
+          <t>Bir Umut Uğruna</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255520067</t>
+          <t>9786255520203</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Mor Frezya</t>
+          <t>Baba Ocağı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>225</v>
+        <v>465</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256541061</t>
+          <t>9786255520241</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Çaresiz Kalem</t>
+          <t>Kalp Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>125</v>
+        <v>465</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257398596</t>
+          <t>9786255520500</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dağı</t>
+          <t>Sessiz Mısralar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>185</v>
+        <v>165</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255520005</t>
+          <t>9786255520111</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kulunlayan Nasrettin Hoca</t>
+          <t>Gökyüzüne Adın Yazıldı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>185</v>
+        <v>245</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256032965</t>
+          <t>9786255520210</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yas Bahçesi</t>
+          <t>“Ötekiler” Maria Suphı’den Meryem Dersimi’ye</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>165</v>
+        <v>365</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786255520012</t>
+          <t>9786256541252</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Batan Şehir</t>
+          <t>Güneşin Işığı Ayın Büyüsü</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255520036</t>
+          <t>9786255520272</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bir İnat Uğruna</t>
+          <t>Otel Karma</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>325</v>
+        <v>365</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786255520029</t>
+          <t>9786255520159</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Doğa ve İnsan Çatışması</t>
+          <t>Neşeli Tekerlemeler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256032996</t>
+          <t>9786255520166</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Balina</t>
+          <t>Doğanın Sessiz Kaybı - Biyokaçakçılık</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256032941</t>
+          <t>9786257398831</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kar Renkli Çocukluğum</t>
+          <t>Bağevinde Korkulu Saatler-1</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>260</v>
+        <v>165</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256032781</t>
+          <t>9786257012485</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Van'ın Nazlı Gelini Artos</t>
+          <t>Tuzak</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>165</v>
+        <v>85</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256032804</t>
+          <t>9786258398809</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Minderden Kedi Çıktı</t>
+          <t>Kalbini Hatırla</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256032903</t>
+          <t>9786255520128</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar</t>
+          <t>İz</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>265</v>
+        <v>145</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256032460</t>
+          <t>9786255520135</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Benliği Toplu Keşfetmek</t>
+          <t>Hayat Geç Kalmayı Affetmez</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256032811</t>
+          <t>9786256032668</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Lale Hasadı</t>
+          <t>Gökgöz</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>225</v>
+        <v>265</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256032224</t>
+          <t>9786256232842</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Karagül</t>
+          <t>Yakışıklı Hikayeler</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>335</v>
+        <v>210</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256032897</t>
+          <t>9786255520081</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Çiçek Açtı Kalemlerde</t>
+          <t>Ruha Şifa</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>265</v>
+        <v>145</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256032798</t>
+          <t>9786255520074</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Çam</t>
+          <t>Birdanenin Kaleminden</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>135</v>
+        <v>145</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256032828</t>
+          <t>9786256032712</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Şiirler</t>
+          <t>Bir Parça Aşk Sür</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256032774</t>
+          <t>9786256032729</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Ruh Eşim</t>
+          <t>Gidesim Var</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256032835</t>
+          <t>9786255520067</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bir Düş Artığı</t>
+          <t>Mor Frezya</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256032859</t>
+          <t>9786256541061</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Keşfettim</t>
+          <t>Çaresiz Kalem</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256032910</t>
+          <t>9786257398596</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Joker Mi? Romeo Mu?</t>
+          <t>Gönül Dağı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256032750</t>
+          <t>9786255520005</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Frak</t>
+          <t>Kulunlayan Nasrettin Hoca</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>325</v>
+        <v>185</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256032873</t>
+          <t>9786256032965</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kar Taneleri</t>
+          <t>Yas Bahçesi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256032866</t>
+          <t>9786255520012</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Seçimim mi? Kaderim mi?</t>
+          <t>Yüreğime Batan Şehir</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256032743</t>
+          <t>9786255520036</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Çizilen Hayaller</t>
+          <t>Bir İnat Uğruna</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256032842</t>
+          <t>9786255520029</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yakışıklı Hikayeler</t>
+          <t>Doğa ve İnsan Çatışması</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256032927</t>
+          <t>9786256032996</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Tuna'dan Hazar'a Varoluş</t>
+          <t>Balina</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256032767</t>
+          <t>9786256032941</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Empati Hapishanesi</t>
+          <t>Kar Renkli Çocukluğum</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256032934</t>
+          <t>9786256032781</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sahte Dinlerin Gerçek Peygamberleri</t>
+          <t>Van'ın Nazlı Gelini Artos</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>265</v>
+        <v>165</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256032699</t>
+          <t>9786256032804</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Karagöz ile Hacivat Termede Yaşasaydı</t>
+          <t>Minderden Kedi Çıktı</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256032613</t>
+          <t>9786256032903</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Kraliçeleri</t>
+          <t>Bir Zamanlar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>295</v>
+        <v>265</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256958913</t>
+          <t>9786256032460</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Mahşerin Gölgesinde</t>
+          <t>Benliği Toplu Keşfetmek</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256958517</t>
+          <t>9786256032811</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bir Bardak Su</t>
+          <t>Lale Hasadı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>365</v>
+        <v>225</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256032552</t>
+          <t>9786256032224</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Duvar</t>
+          <t>Karagül</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>165</v>
+        <v>335</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256032538</t>
+          <t>9786256032897</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ankara Ayazında Aşk</t>
+          <t>Sevgi Çiçek Açtı Kalemlerde</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>245</v>
+        <v>265</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256032514</t>
+          <t>9786256032798</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İki Beden Bir Ruh</t>
+          <t>Yaralı Çam</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>365</v>
+        <v>135</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256032569</t>
+          <t>9786256032828</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yasak Dans</t>
+          <t>İsimsiz Şiirler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>365</v>
+        <v>135</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256032590</t>
+          <t>9786256032774</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kader Sahası</t>
+          <t>Ruh Eşim</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>285</v>
+        <v>225</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256032484</t>
+          <t>9786256032835</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Lugal Kan</t>
+          <t>Bir Düş Artığı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>465</v>
+        <v>245</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257012688</t>
+          <t>9786256032859</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İtiraf</t>
+          <t>Kendimi Keşfettim</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257012287</t>
+          <t>9786256032910</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Dök Düşün</t>
+          <t>Joker Mi? Romeo Mu?</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258398892</t>
+          <t>9786256032750</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bir Bahriyelinin Kaleminden</t>
+          <t>Frak</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>85</v>
+        <v>325</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257398305</t>
+          <t>9786256032873</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hayat Ağacındaki Ceset</t>
+          <t>Kar Taneleri</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>185</v>
+        <v>225</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>3990056945472</t>
+          <t>9786256032866</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Üşüyen Düşler</t>
+          <t>Seçimim mi? Kaderim mi?</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>75</v>
+        <v>225</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257012034</t>
+          <t>9786256032743</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Ester</t>
+          <t>Güneşe Çizilen Hayaller</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>65.9</v>
+        <v>125</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256032453</t>
+          <t>9786256032842</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Taze Çiçeği</t>
+          <t>Yakışıklı Hikayeler</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>195</v>
+        <v>210</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256032286</t>
+          <t>9786256032927</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Bir Rüya</t>
+          <t>Tuna'dan Hazar'a Varoluş</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256541726</t>
+          <t>9786256032767</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Acılar Denizinde Sensiz</t>
+          <t>Empati Hapishanesi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>95</v>
+        <v>225</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256958999</t>
+          <t>9786256032934</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Sahte Dinlerin Gerçek Peygamberleri</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>165</v>
+        <v>265</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256958043</t>
+          <t>9786256032699</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Alfa</t>
+          <t>Karagöz ile Hacivat Termede Yaşasaydı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256032545</t>
+          <t>9786256032613</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Anne Babam Çiçek Açtı</t>
+          <t>Karanlık Kraliçeleri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>165</v>
+        <v>295</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256032439</t>
+          <t>9786256958913</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Gözyaşı Sen Oldun</t>
+          <t>Mahşerin Gölgesinde</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>195</v>
+        <v>140</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256032507</t>
+          <t>9786256958517</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Evleneyim mi Evlenmeyeyim mi?</t>
+          <t>Bir Bardak Su</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>325</v>
+        <v>365</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256032354</t>
+          <t>9786256032552</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kader Çığlıkları</t>
+          <t>Duvar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>195</v>
+        <v>165</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256032248</t>
+          <t>9786256032538</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>The Whispering Forest</t>
+          <t>Ankara Ayazında Aşk</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>185</v>
+        <v>245</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256032385</t>
+          <t>9786256032514</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Notalar</t>
+          <t>İki Beden Bir Ruh</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>395</v>
+        <v>365</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256032019</t>
+          <t>9786256032569</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Cos Ağlıyordu</t>
+          <t>Yasak Dans</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>385</v>
+        <v>365</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256032163</t>
+          <t>9786256032590</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Masal Sepeti</t>
+          <t>Kader Sahası</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>150</v>
+        <v>285</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256032422</t>
+          <t>9786256032484</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kız Sözü</t>
+          <t>Lugal Kan</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>175</v>
+        <v>465</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256032392</t>
+          <t>9786257012688</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Türk'ün Hafızasında At</t>
+          <t>İtiraf</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>285</v>
+        <v>145</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256032408</t>
+          <t>9786257012287</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik ''Kuyu''</t>
+          <t>Dök Düşün</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>295</v>
+        <v>65</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256032378</t>
+          <t>9786258398892</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Solak Lina'nın Öyküsü</t>
+          <t>Bir Bahriyelinin Kaleminden</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>265</v>
+        <v>85</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256032217</t>
+          <t>9786257398305</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Aslı Gönül</t>
+          <t>Hayat Ağacındaki Ceset</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>325</v>
+        <v>185</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256032309</t>
+          <t>3990056945472</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kendini Tanımak</t>
+          <t>Üşüyen Düşler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256032149</t>
+          <t>9786257012034</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olmayı Keşfetmek</t>
+          <t>Ester</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>325</v>
+        <v>65.9</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256032279</t>
+          <t>9786256032453</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Mahinur</t>
+          <t>Yüreğimin Taze Çiçeği</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>265</v>
+        <v>195</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256032088</t>
+          <t>9786256032286</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hali</t>
+          <t>Bir Dilek Bir Rüya</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>265</v>
+        <v>165</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256541177</t>
+          <t>9786256541726</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Odacı</t>
+          <t>Acılar Denizinde Sensiz</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>165</v>
+        <v>95</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786056945403</t>
+          <t>9786256958999</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Üç Mevsim Bir Ömür</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>65</v>
+        <v>165</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257012348</t>
+          <t>9786256958043</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Az Az Seviyorum</t>
+          <t>Alfa</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>65</v>
+        <v>175</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256032156</t>
+          <t>9786256032545</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Dilden Dile Nağmeler</t>
+          <t>Anne Babam Çiçek Açtı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256541290</t>
+          <t>9786256032439</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Erdemli Öyküler</t>
+          <t>Kalbimin Gözyaşı Sen Oldun</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256958784</t>
+          <t>9786256032507</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Denizler ve Çöller</t>
+          <t>Evleneyim mi Evlenmeyeyim mi?</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>165</v>
+        <v>325</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256958838</t>
+          <t>9786256032354</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Kader Çığlıkları</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256958753</t>
+          <t>9786256032248</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ağlatı Yıllarında Aşk</t>
+          <t>The Whispering Forest</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>175</v>
+        <v>185</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257398978</t>
+          <t>9786256032385</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yara Bandı</t>
+          <t>Kanlı Notalar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>165</v>
+        <v>395</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256541948</t>
+          <t>9786256032019</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Şahika</t>
+          <t>Cos Ağlıyordu</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>225</v>
+        <v>385</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256032040</t>
+          <t>9786256032163</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Aşikar</t>
+          <t>Masal Sepeti</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256541962</t>
+          <t>9786256032422</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yol Öyküleri</t>
+          <t>Kız Sözü</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256541993</t>
+          <t>9786256032392</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Huzurla Gel</t>
+          <t>Türk'ün Hafızasında At</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>225</v>
+        <v>285</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256541146</t>
+          <t>9786256032408</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Üşüdüğü Yerde</t>
+          <t>Sessizlik ''Kuyu''</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>165</v>
+        <v>295</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256032064</t>
+          <t>9786256032378</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Fıkra Treni</t>
+          <t>Solak Lina'nın Öyküsü</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>120</v>
+        <v>265</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256032125</t>
+          <t>9786256032217</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Tohum</t>
+          <t>Aslı Gönül</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>165</v>
+        <v>325</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256541658</t>
+          <t>9786256032309</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Arthur Howes</t>
+          <t>Kendini Tanımak</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256541474</t>
+          <t>9786256032149</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Arzelious'un Kehaneti</t>
+          <t>Mutlu Olmayı Keşfetmek</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256541153</t>
+          <t>9786256032279</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Yollar</t>
+          <t>Mahinur</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>155</v>
+        <v>265</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258398816</t>
+          <t>9786256032088</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Deniz ve Nehir</t>
+          <t>Dünya Hali</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>85</v>
+        <v>265</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256958036</t>
+          <t>9786256541177</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Mühür</t>
+          <t>Odacı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>110</v>
+        <v>165</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258398489</t>
+          <t>9786056945403</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Çeşmi Lal</t>
+          <t>Üç Mevsim Bir Ömür</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258398137</t>
+          <t>9786257012348</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Kafes</t>
+          <t>Az Az Seviyorum</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258398021</t>
+          <t>9786256032156</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Seni Çok Bekledim</t>
+          <t>Dilden Dile Nağmeler</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257398640</t>
+          <t>9786256541290</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Senin Suçun Değil</t>
+          <t>Erdemli Öyküler</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>95</v>
+        <v>145</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786056969805</t>
+          <t>9786256958784</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Oyuncaklar Kitabı</t>
+          <t>Denizler ve Çöller</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>45</v>
+        <v>165</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257012676</t>
+          <t>9786256958838</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bitti Dediğin Yerden Başla</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>65</v>
+        <v>185</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257398145</t>
+          <t>9786256958753</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Yürek Yangını</t>
+          <t>Ağlatı Yıllarında Aşk</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>85</v>
+        <v>175</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786058152076</t>
+          <t>9786257398978</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kan Turalı</t>
+          <t>Yara Bandı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>45</v>
+        <v>165</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257012621</t>
+          <t>9786256541948</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kefen Giymiş Kale</t>
+          <t>Şahika</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>75</v>
+        <v>225</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257012089</t>
+          <t>9786256032040</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Hanan Bey</t>
+          <t>Aşikar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>75</v>
+        <v>275</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786056969898</t>
+          <t>9786256541962</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Gülümseyen Matematik</t>
+          <t>Yol Öyküleri</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>45</v>
+        <v>175</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256541931</t>
+          <t>9786256541993</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ant</t>
+          <t>Huzurla Gel</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>520</v>
+        <v>225</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256541979</t>
+          <t>9786256541146</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Sultan Vahideddin</t>
+          <t>Güneşin Üşüdüğü Yerde</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>220</v>
+        <v>165</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256541818</t>
+          <t>9786256032064</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Hep Ansızın Gelir</t>
+          <t>Fıkra Treni</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256032118</t>
+          <t>9786256032125</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bu Köylerin Bizden Alacağı Çok Şey Var</t>
+          <t>Tohum</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256541849</t>
+          <t>9786256541658</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Nağmeler</t>
+          <t>Arthur Howes</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256541955</t>
+          <t>9786256541474</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Karacadağ'ın Hırçın Çocukları Dicle ve Fırat</t>
+          <t>Arzelious'un Kehaneti</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256958548</t>
+          <t>9786256541153</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Hayallerimi Bırakmadım</t>
+          <t>Yaralı Yollar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>165</v>
+        <v>155</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256541771</t>
+          <t>9786258398816</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Hayallerime Dokunma</t>
+          <t>Deniz ve Nehir</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>165</v>
+        <v>85</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258398465</t>
+          <t>9786256958036</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İkinci Şans</t>
+          <t>Mühür</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052454725</t>
+          <t>9786258398489</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sızılarım</t>
+          <t>Çeşmi Lal</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256541795</t>
+          <t>9786258398137</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Messi'den Asil Hareket</t>
+          <t>Ateşten Kafes</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256958388</t>
+          <t>9786258398021</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sadakat Ve İntikam 2</t>
+          <t>Seni Çok Bekledim</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>185</v>
+        <v>125</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256541719</t>
+          <t>9786257398640</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Ahretlik</t>
+          <t>Senin Suçun Değil</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>175</v>
+        <v>95</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256541610</t>
+          <t>9786056969805</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlarla Koşmam Gerek</t>
+          <t>Kayıp Oyuncaklar Kitabı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>185</v>
+        <v>45</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256958272</t>
+          <t>9786257012676</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>HZ. Zeynep Taşıyıcı</t>
+          <t>Bitti Dediğin Yerden Başla</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256541665</t>
+          <t>9786257398145</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Ölüm Fermanı</t>
+          <t>Yürek Yangını</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>145</v>
+        <v>85</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256541528</t>
+          <t>9786058152076</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Anne, Baba, Kardeşim</t>
+          <t>Kan Turalı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>155</v>
+        <v>45</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256541511</t>
+          <t>9786257012621</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Elif'in Gönlü</t>
+          <t>Kefen Giymiş Kale</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>155</v>
+        <v>75</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257398794</t>
+          <t>9786257012089</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın Kalbi Senaryo</t>
+          <t>Hanan Bey</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>138</v>
+        <v>75</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256541597</t>
+          <t>9786056969898</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Hâmüşân 30. Yılında Sivas</t>
+          <t>Gülümseyen Matematik</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>165</v>
+        <v>45</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256541573</t>
+          <t>9786256541931</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Zan</t>
+          <t>Ant</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>180</v>
+        <v>520</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256541481</t>
+          <t>9786256541979</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Has Bonkör</t>
+          <t>Sultan Vahideddin</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256541504</t>
+          <t>9786256541818</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Martıların Kanatlarında Yüreğim</t>
+          <t>Mucizeler Hep Ansızın Gelir</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256541627</t>
+          <t>9786256032118</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Zirvelerin Ötesinde</t>
+          <t>Bu Köylerin Bizden Alacağı Çok Şey Var</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256541351</t>
+          <t>9786256541849</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Sevgisiz On Numaralı Oda</t>
+          <t>Nağmeler</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256541009</t>
+          <t>9786256541955</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Hikayelerim 3</t>
+          <t>Karacadağ'ın Hırçın Çocukları Dicle ve Fırat</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>4440000004262</t>
+          <t>9786256958548</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Defne Serisi 3'lü Set</t>
+          <t>Hayallerimi Bırakmadım</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>265</v>
+        <v>165</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256541450</t>
+          <t>9786256541771</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Sayfada Katre</t>
+          <t>Hayallerime Dokunma</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256541566</t>
+          <t>9786258398465</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Gölgesiz Bir Sabah</t>
+          <t>İkinci Şans</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>145</v>
+        <v>135</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256541313</t>
+          <t>9786052454725</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Güllere Vurgun</t>
+          <t>Gönül Sızılarım</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>130</v>
+        <v>65</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256541382</t>
+          <t>9786256541795</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Hayvanat</t>
+          <t>Messi'den Asil Hareket</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256958531</t>
+          <t>9786256958388</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Çoban Yıldızı</t>
+          <t>Sadakat Ve İntikam 2</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256958395</t>
+          <t>9786256541719</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Çilli Nebahat</t>
+          <t>Ahretlik</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256958586</t>
+          <t>9786256541610</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Bana Doğru</t>
+          <t>Rüzgarlarla Koşmam Gerek</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256958296</t>
+          <t>9786256958272</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı</t>
+          <t>HZ. Zeynep Taşıyıcı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>120</v>
+        <v>85</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256958449</t>
+          <t>9786256541665</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Çukuru</t>
+          <t>Aşkın Ölüm Fermanı</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256541030</t>
+          <t>9786256541528</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sönmüş Hayatlar - Mükellefiyet</t>
+          <t>Anne, Baba, Kardeşim</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>165</v>
+        <v>155</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256541580</t>
+          <t>9786256541511</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Hakk'a Vasıl Hakk'ı Tefekkür</t>
+          <t>Elif'in Gönlü</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>165</v>
+        <v>155</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256541535</t>
+          <t>9786257398794</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Filozofya</t>
+          <t>Sinemanın Kalbi Senaryo</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>175</v>
+        <v>138</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256541467</t>
+          <t>9786256541597</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş</t>
+          <t>Hâmüşân 30. Yılında Sivas</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256541016</t>
+          <t>9786256541573</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Sesimi Duyan Var mı?</t>
+          <t>Zan</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256541337</t>
+          <t>9786256541481</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Dede Olma Sanatı</t>
+          <t>Has Bonkör</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256541412</t>
+          <t>9786256541504</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Ataman - Kehanetin Anahtarı</t>
+          <t>Martıların Kanatlarında Yüreğim</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256541238</t>
+          <t>9786256541627</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Peripol</t>
+          <t>Zirvelerin Ötesinde</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256958623</t>
+          <t>9786256541351</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Köstebek Yavrusu Nazlı'nın Maceraları</t>
+          <t>Sevgisiz On Numaralı Oda</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256541115</t>
+          <t>9786256541009</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Siyah Atın Süvarisi</t>
+          <t>Konuşan Hikayelerim 3</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256958937</t>
+          <t>4440000004262</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Efkarname</t>
+          <t>Defne Serisi 3'lü Set</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>140</v>
+        <v>265</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256958944</t>
+          <t>9786256541450</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Eylülde Ölmeliyim</t>
+          <t>Sayfada Katre</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256958869</t>
+          <t>9786256541566</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Gençliğime Dönmek İstedim</t>
+          <t>Gölgesiz Bir Sabah</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256958906</t>
+          <t>9786256541313</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Harflerin Sen Hali ‘Mavera’</t>
+          <t>Güllere Vurgun</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256958968</t>
+          <t>9786256541382</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Vefasızlık</t>
+          <t>Kitab-ı Hayvanat</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256541092</t>
+          <t>9786256958531</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler</t>
+          <t>Çoban Yıldızı</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256541023</t>
+          <t>9786256958395</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Kitabını Yazdım</t>
+          <t>Çilli Nebahat</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256541085</t>
+          <t>9786256958586</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ceza</t>
+          <t>Bana Doğru</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>175</v>
+        <v>135</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256958777</t>
+          <t>9786256958296</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Bir Pul Parasına Dilenen Kadın</t>
+          <t>Ay Işığı</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256541047</t>
+          <t>9786256958449</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Bir Güle Vurgun</t>
+          <t>Cehennem Çukuru</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>135</v>
+        <v>165</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256958920</t>
+          <t>9786256541030</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Bir Dua Mirası</t>
+          <t>Sönmüş Hayatlar - Mükellefiyet</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>370</v>
+        <v>165</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256541054</t>
+          <t>9786256541580</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Aşklara Borçlu Kaldım</t>
+          <t>Hakk'a Vasıl Hakk'ı Tefekkür</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256958845</t>
+          <t>9786256541535</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Acıya Su Vermek</t>
+          <t>Filozofya</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256958647</t>
+          <t>9786256541467</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Sesi</t>
+          <t>Kurtuluş</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>135</v>
+        <v>145</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256958494</t>
+          <t>9786256541016</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Portakaldan Deniz Yaratmak</t>
+          <t>Sesimi Duyan Var mı?</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256958593</t>
+          <t>9786256541337</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Tekil Şahsın Çocuğu</t>
+          <t>Dede Olma Sanatı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>95</v>
+        <v>165</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256958432</t>
+          <t>9786256541412</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Kanatlı Kuşlar</t>
+          <t>Ataman - Kehanetin Anahtarı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256958654</t>
+          <t>9786256541238</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kerem Ali’nin İstanbul Maceraları</t>
+          <t>Peripol</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>95</v>
+        <v>165</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256958020</t>
+          <t>9786256958623</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Düşlerin Ardındaki Aşk</t>
+          <t>Köstebek Yavrusu Nazlı'nın Maceraları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256958722</t>
+          <t>9786256541115</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Şükür Rehberi</t>
+          <t>Siyah Atın Süvarisi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>120</v>
+        <v>115</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256958708</t>
+          <t>9786256958937</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ab-ı Hayat</t>
+          <t>Efkarname</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256958807</t>
+          <t>9786256958944</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Geceye Özlemin Düştü</t>
+          <t>Eylülde Ölmeliyim</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256958685</t>
+          <t>9786256958869</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Güvercin</t>
+          <t>Gençliğime Dönmek İstedim</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256958661</t>
+          <t>9786256958906</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Albay Nikolay</t>
+          <t>Harflerin Sen Hali ‘Mavera’</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256958821</t>
+          <t>9786256958968</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Mopsus Baba</t>
+          <t>Vefasızlık</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>140</v>
+        <v>165</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256958791</t>
+          <t>9786256541092</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Tavuklar Firarda</t>
+          <t>Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256958739</t>
+          <t>9786256541023</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Değnek</t>
+          <t>İnsanlığın Kitabını Yazdım</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>95</v>
+        <v>185</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256958579</t>
+          <t>9786256541085</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Tabuttaki Umut</t>
+          <t>Ceza</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256958746</t>
+          <t>9786256958777</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Acımsı Tat Tadımsı Hayat</t>
+          <t>Bir Pul Parasına Dilenen Kadın</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>165</v>
+        <v>110</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256958463</t>
+          <t>9786256541047</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Askoroz</t>
+          <t>Bir Güle Vurgun</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786258398533</t>
+          <t>9786256958920</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>7 Adımda Formda Kal</t>
+          <t>Bir Dua Mirası</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>75</v>
+        <v>370</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256958067</t>
+          <t>9786256541054</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Öküz</t>
+          <t>Aşklara Borçlu Kaldım</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256958326</t>
+          <t>9786256958845</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’de Allah’ın Adamları</t>
+          <t>Acıya Su Vermek</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>180</v>
+        <v>295</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256958081</t>
+          <t>9786256958647</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Siyanürlü Topraklar</t>
+          <t>Ruhumun Sesi</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256958104</t>
+          <t>9786256958494</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Maktul</t>
+          <t>Portakaldan Deniz Yaratmak</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256958180</t>
+          <t>9786256958593</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Sana Sustum</t>
+          <t>Üçüncü Tekil Şahsın Çocuğu</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>75</v>
+        <v>95</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256958074</t>
+          <t>9786256958432</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Yokluğunun Sesi</t>
+          <t>Hüzün Kanatlı Kuşlar</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256958319</t>
+          <t>9786256958654</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Güller ve Periler</t>
+          <t>Kerem Ali’nin İstanbul Maceraları</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786258398977</t>
+          <t>9786256958020</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Leyla</t>
+          <t>Düşlerin Ardındaki Aşk</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256958098</t>
+          <t>9786256958722</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Saniyeler</t>
+          <t>Şükür Rehberi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256958166</t>
+          <t>9786256958708</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Deniz Fenerleri</t>
+          <t>Ab-ı Hayat</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256958258</t>
+          <t>9786256958807</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Belfü</t>
+          <t>Geceye Özlemin Düştü</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256958197</t>
+          <t>9786256958685</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Sandıktaki Sır</t>
+          <t>Kanatsız Güvercin</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>95</v>
+        <v>145</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786258398984</t>
+          <t>9786256958661</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Hivda</t>
+          <t>Albay Nikolay</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256958142</t>
+          <t>9786256958821</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Dilhun</t>
+          <t>Mopsus Baba</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>98.9</v>
+        <v>140</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256958289</t>
+          <t>9786256958791</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Dizeler</t>
+          <t>Tavuklar Firarda</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256958241</t>
+          <t>9786256958739</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Oğlum Rüstem</t>
+          <t>Kırmızı Değnek</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>75</v>
+        <v>95</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256958173</t>
+          <t>9786256958579</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Her Kalp Bir Şehirdir</t>
+          <t>Tabuttaki Umut</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>165</v>
+        <v>195</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786258398724</t>
+          <t>9786256958746</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kaçış</t>
+          <t>Acımsı Tat Tadımsı Hayat</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>75</v>
+        <v>165</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786258398731</t>
+          <t>9786256958463</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Ben Yazınca</t>
+          <t>Askoroz</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786258398670</t>
+          <t>9786258398533</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Kendi Gerçekliğini Yaratmanın Sırrı</t>
+          <t>7 Adımda Formda Kal</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>145</v>
+        <v>75</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786258398656</t>
+          <t>9786256958067</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Yakınımda Sen Uzağımda Sen</t>
+          <t>Konuşan Öküz</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786258398649</t>
+          <t>9786256958326</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Kara Ayda</t>
+          <t>Çanakkale’de Allah’ın Adamları</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>95</v>
+        <v>180</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786258398601</t>
+          <t>9786256958081</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Anlıyor İnsan Zamanla</t>
+          <t>Siyanürlü Topraklar</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>75</v>
+        <v>220</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786258398632</t>
+          <t>9786256958104</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Ağlasın</t>
+          <t>Maktul</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786258398588</t>
+          <t>9786256958180</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Kırık Darağacı</t>
+          <t>Sana Sustum</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>225</v>
+        <v>75</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786258398557</t>
+          <t>9786256958074</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Zehra'nın Mucizevi Yolculuğu</t>
+          <t>Yokluğunun Sesi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>65</v>
+        <v>100</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786258398519</t>
+          <t>9786256958319</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Artık Konuşma Sırası Bende</t>
+          <t>Güller ve Periler</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786258398496</t>
+          <t>9786258398977</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Potansiyel Mahşerin Köpekleri</t>
+          <t>Leyla</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>85</v>
+        <v>80</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786258398441</t>
+          <t>9786256958098</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Bırak Çocuk Kalsın Yüreğim</t>
+          <t>Saniyeler</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>75</v>
+        <v>165</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786258398434</t>
+          <t>9786256958166</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Papatya Tanesi</t>
+          <t>Deniz Fenerleri</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786258398427</t>
+          <t>9786256958258</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Umut Kıvılcımları</t>
+          <t>Belfü</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>70</v>
+        <v>135</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786258398359</t>
+          <t>9786256958197</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Düşler Peşinde</t>
+          <t>Sandıktaki Sır</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>165</v>
+        <v>95</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786258398304</t>
+          <t>9786258398984</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Duygularım</t>
+          <t>Hivda</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>75</v>
+        <v>185</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786258398311</t>
+          <t>9786256958142</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Dönüş</t>
+          <t>Dilhun</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>75</v>
+        <v>98.9</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257398909</t>
+          <t>9786256958289</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Sen</t>
+          <t>Kutsal Dizeler</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786258398830</t>
+          <t>9786256958241</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Suskun</t>
+          <t>Oğlum Rüstem</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>95</v>
+        <v>75</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786258398854</t>
+          <t>9786256958173</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Zaman</t>
+          <t>Her Kalp Bir Şehirdir</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>135</v>
+        <v>165</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786258398885</t>
+          <t>9786258398724</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Dörtyoldan Esintiler</t>
+          <t>Kaçış</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256958111</t>
+          <t>9786258398731</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Konağın Beyaz Gözyaşı</t>
+          <t>Ben Yazınca</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>95</v>
+        <v>75</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256958012</t>
+          <t>9786258398670</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Masum Değiliz</t>
+          <t>Kendi Gerçekliğini Yaratmanın Sırrı</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>65</v>
+        <v>145</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257398299</t>
+          <t>9786258398656</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Karanfil</t>
+          <t>Yakınımda Sen Uzağımda Sen</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786258398953</t>
+          <t>9786258398649</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Sol Yanım Sürgün</t>
+          <t>Yeşil Kara Ayda</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>75</v>
+        <v>95</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256958050</t>
+          <t>9786258398601</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Mülteci</t>
+          <t>Anlıyor İnsan Zamanla</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786258398960</t>
+          <t>9786258398632</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Marjinal</t>
+          <t>Ağlasın</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786258398946</t>
+          <t>9786258398588</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Anafor</t>
+          <t>Kırık Darağacı</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257398961</t>
+          <t>9786258398557</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Solmayan Hayaller Ressamı</t>
+          <t>Zehra'nın Mucizevi Yolculuğu</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786258398939</t>
+          <t>9786258398519</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Kokusu</t>
+          <t>Artık Konuşma Sırası Bende</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256958005</t>
+          <t>9786258398496</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Son Veda</t>
+          <t>Potansiyel Mahşerin Köpekleri</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>95</v>
+        <v>85</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786258398267</t>
+          <t>9786258398441</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Bu Hayatı Biz Seçmedik</t>
+          <t>Bırak Çocuk Kalsın Yüreğim</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257398725</t>
+          <t>9786258398434</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Defterin Son Yaprağı</t>
+          <t>Sen Bir Papatya Tanesi</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>85</v>
+        <v>120</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786258398922</t>
+          <t>9786258398427</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Zaaflar 2</t>
+          <t>Umut Kıvılcımları</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786258398571</t>
+          <t>9786258398359</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kolayca Gönlü Olmayan</t>
+          <t>Düşler Peşinde</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>85</v>
+        <v>165</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786258398717</t>
+          <t>9786258398304</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Sibirya'da Piyonların Devrimi</t>
+          <t>Duygularım</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>180</v>
+        <v>75</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786258398878</t>
+          <t>9786258398311</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Man Adasının Solmayan Çiçeği</t>
+          <t>Kalbe Dönüş</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>152</v>
+        <v>75</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786258398687</t>
+          <t>9786257398909</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kalbi Olsaydı Anlardı</t>
+          <t>İçimdeki Sen</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786258398847</t>
+          <t>9786258398830</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Okuldan Hayata</t>
+          <t>Suskun</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>75</v>
+        <v>95</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786258398762</t>
+          <t>9786258398854</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Babamın Değirmeni</t>
+          <t>Zaman</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>65</v>
+        <v>135</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786258398755</t>
+          <t>9786258398885</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Hayata Gülümse</t>
+          <t>Dörtyoldan Esintiler</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>80</v>
+        <v>65</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786258398526</t>
+          <t>9786256958111</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Adalet</t>
+          <t>Konağın Beyaz Gözyaşı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786258398748</t>
+          <t>9786256958012</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kahve Sohbetleri</t>
+          <t>Masum Değiliz</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786258398823</t>
+          <t>9786257398299</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Köşemden Kalma İzler</t>
+          <t>Beyaz Karanfil</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>80</v>
+        <v>65</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786258398793</t>
+          <t>9786258398953</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Rame</t>
+          <t>Sol Yanım Sürgün</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786258398373</t>
+          <t>9786256958050</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Sadabad Rüyası</t>
+          <t>Mülteci</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786258398342</t>
+          <t>9786258398960</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>İki Şekerli</t>
+          <t>Marjinal</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258398458</t>
+          <t>9786258398946</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kırık Çizgiler</t>
+          <t>Anafor</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>80</v>
+        <v>165</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786258398472</t>
+          <t>9786257398961</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Hüznümün Satırları</t>
+          <t>Solmayan Hayaller Ressamı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786258398397</t>
+          <t>9786258398939</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yaprağın Öyküsü</t>
+          <t>Yağmur Kokusu</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>145</v>
+        <v>65</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786258398410</t>
+          <t>9786256958005</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Ya Ne Zaman</t>
+          <t>Son Veda</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>85</v>
+        <v>95</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257398947</t>
+          <t>9786258398267</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Melekler Şahit Olsun</t>
+          <t>Bu Hayatı Biz Seçmedik</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786258398236</t>
+          <t>9786257398725</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Vurgun Yüreğim</t>
+          <t>Defterin Son Yaprağı</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786258398243</t>
+          <t>9786258398922</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Panik Atak</t>
+          <t>Karanlık Zaaflar 2</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786258398274</t>
+          <t>9786258398571</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Modern Hayat Sayıklamaları</t>
+          <t>Kolayca Gönlü Olmayan</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786258398120</t>
+          <t>9786258398717</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kenti</t>
+          <t>Sibirya'da Piyonların Devrimi</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>69</v>
+        <v>180</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786258398083</t>
+          <t>9786258398878</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Boyun Cüzdanı</t>
+          <t>Man Adasının Solmayan Çiçeği</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>65</v>
+        <v>152</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258398298</t>
+          <t>9786258398687</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Şirin-ce</t>
+          <t>Kalbi Olsaydı Anlardı</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257398930</t>
+          <t>9786258398847</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Notları Aşk Gibi Okumak</t>
+          <t>Okuldan Hayata</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>165</v>
+        <v>75</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786258398175</t>
+          <t>9786258398762</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kar Gibi Bembeyaz Teninde Sev Ülkeni Berfin</t>
+          <t>Babamın Değirmeni</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786258398335</t>
+          <t>9786258398755</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yol Masalı</t>
+          <t>Hayata Gülümse</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786258398113</t>
+          <t>9786258398526</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Kendinsin</t>
+          <t>Adalet</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786258398281</t>
+          <t>9786258398748</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Serüveni</t>
+          <t>Kahve Sohbetleri</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786258398250</t>
+          <t>9786258398823</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Ateş Soyu</t>
+          <t>Köşemden Kalma İzler</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786258398144</t>
+          <t>9786258398793</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Gönülce</t>
+          <t>Rame</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>120</v>
+        <v>85</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786258398168</t>
+          <t>9786258398373</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Aşk Terapisi</t>
+          <t>Sadabad Rüyası</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786258398151</t>
+          <t>9786258398342</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Ve's-selam</t>
+          <t>İki Şekerli</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>95</v>
+        <v>75</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786258398182</t>
+          <t>9786258398458</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Asi Bahar</t>
+          <t>Kırık Çizgiler</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786258398212</t>
+          <t>9786258398472</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Masal Diyarına Yolculuk</t>
+          <t>Hüznümün Satırları</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>55</v>
+        <v>75</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786258398229</t>
+          <t>9786258398397</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Sosyo-Antro Psiko - Felsefe (1.Kitap)</t>
+          <t>Küçük Yaprağın Öyküsü</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>185</v>
+        <v>145</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786258398205</t>
+          <t>9786258398410</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Antro - Psiko Felsefe (2. Kitap)</t>
+          <t>Ya Ne Zaman</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>185</v>
+        <v>85</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786258398076</t>
+          <t>9786257398947</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kalp Artığı</t>
+          <t>Melekler Şahit Olsun</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>135</v>
+        <v>85</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257398916</t>
+          <t>9786258398236</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Yıllar Geçti Aradan</t>
+          <t>Vurgun Yüreğim</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>95</v>
+        <v>85</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257398879</t>
+          <t>9786258398243</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Dağarcığımdakiler</t>
+          <t>Görevimiz Panik Atak</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257398763</t>
+          <t>9786258398274</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Arayış</t>
+          <t>Modern Hayat Sayıklamaları</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257398862</t>
+          <t>9786258398120</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Eşeği Saldım Çayıra</t>
+          <t>Gönül Kenti</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>65</v>
+        <v>69</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257398848</t>
+          <t>9786258398083</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Sen Olsaydın</t>
+          <t>Boyun Cüzdanı</t>
         </is>
       </c>
       <c r="C362" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257398855</t>
+          <t>9786258398298</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Yolu</t>
+          <t>Şirin-ce</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786258398106</t>
+          <t>9786257398930</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Aşkın İmtihanı</t>
+          <t>İçimdeki Notları Aşk Gibi Okumak</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>75</v>
+        <v>165</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257398954</t>
+          <t>9786258398175</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Yumağı Söküldü</t>
+          <t>Kar Gibi Bembeyaz Teninde Sev Ülkeni Berfin</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>45</v>
+        <v>85</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786258398038</t>
+          <t>9786258398335</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kapısı</t>
+          <t>Uzun Yol Masalı</t>
         </is>
       </c>
       <c r="C366" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786258398052</t>
+          <t>9786258398113</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Yekpare</t>
+          <t>Kendinsin</t>
         </is>
       </c>
       <c r="C367" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786258398007</t>
+          <t>9786258398281</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Radyo</t>
+          <t>Dedemin Serüveni</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786258398014</t>
+          <t>9786258398250</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>İyiyim Ben</t>
+          <t>Ateş Soyu</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786258398045</t>
+          <t>9786258398144</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Uçan Ejder</t>
+          <t>Gönülce</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257398985</t>
+          <t>9786258398168</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Tanrı</t>
+          <t>Sessiz Aşk Terapisi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>45</v>
+        <v>70</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257398893</t>
+          <t>9786258398151</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler İmparatorluğu Cilt: 1</t>
+          <t>Ve's-selam</t>
         </is>
       </c>
       <c r="C372" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257398817</t>
+          <t>9786258398182</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Nilüfer Zamanı</t>
+          <t>Asi Bahar</t>
         </is>
       </c>
       <c r="C373" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257398756</t>
+          <t>9786258398212</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Ah Mualla</t>
+          <t>Masal Diyarına Yolculuk</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>65</v>
+        <v>55</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257398671</t>
+          <t>9786258398229</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>San'dık</t>
+          <t>Sosyo-Antro Psiko - Felsefe (1.Kitap)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>65</v>
+        <v>185</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257398602</t>
+          <t>9786258398205</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Aşkımız Seninle Dillerde Kaldı</t>
+          <t>Antro - Psiko Felsefe (2. Kitap)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257398589</t>
+          <t>9786258398076</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz Ruhlar Mezarlığı</t>
+          <t>Kalp Artığı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>75</v>
+        <v>135</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257398633</t>
+          <t>9786257398916</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Ve Ardımda Kalanlar</t>
+          <t>Yıllar Geçti Aradan</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>75</v>
+        <v>95</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257398657</t>
+          <t>9786257398879</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>On Beş Bahar Dile Kolay</t>
+          <t>Dağarcığımdakiler</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257398459</t>
+          <t>9786257398763</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Köyün Müebbetlik Delileri</t>
+          <t>İnsan ve Arayış</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257398626</t>
+          <t>9786257398862</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Cemre Döngüsü</t>
+          <t>Eşeği Saldım Çayıra</t>
         </is>
       </c>
       <c r="C381" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257398572</t>
+          <t>9786257398848</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Türkmen - Eski Çeri</t>
+          <t>Şimdi Sen Olsaydın</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>135</v>
+        <v>65</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257398558</t>
+          <t>9786257398855</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Hikayesi</t>
+          <t>Gurbet Yolu</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257398541</t>
+          <t>9786258398106</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Aşkın İmtihanı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257398367</t>
+          <t>9786257398954</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Yalnızlığım</t>
+          <t>Dünyanın Yumağı Söküldü</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257398480</t>
+          <t>9786258398038</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Hasretin Gölgesindeki Sevda</t>
+          <t>Gönül Kapısı</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>69</v>
+        <v>75</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257398466</t>
+          <t>9786258398052</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Kazıkbeli Kartalı ve Frenk Gülü</t>
+          <t>Yekpare</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786257398473</t>
+          <t>9786258398007</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kanser Bir İsyandır</t>
+          <t>Gizemli Radyo</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786257398527</t>
+          <t>9786258398014</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Kanayan Çığlık</t>
+          <t>İyiyim Ben</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786257398442</t>
+          <t>9786258398045</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Oyun Bitti</t>
+          <t>Uçan Ejder</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786257398435</t>
+          <t>9786257398985</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Sen Vardın</t>
+          <t>Tanrı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>65</v>
+        <v>45</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257398510</t>
+          <t>9786257398893</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Alperenler</t>
+          <t>Gölgeler İmparatorluğu Cilt: 1</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>65</v>
+        <v>95</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786257398282</t>
+          <t>9786257398817</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Cennet Kuşu</t>
+          <t>Nilüfer Zamanı</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257398381</t>
+          <t>9786257398756</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Umutlu Yürekler</t>
+          <t>Ah Mualla</t>
         </is>
       </c>
       <c r="C394" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786257398343</t>
+          <t>9786257398671</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Utopia</t>
+          <t>San'dık</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786257398404</t>
+          <t>9786257398602</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Yare-i Dil</t>
+          <t>Aşkımız Seninle Dillerde Kaldı</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>75</v>
+        <v>135</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257393374</t>
+          <t>9786257398589</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Canım Dedem</t>
+          <t>Umutsuz Ruhlar Mezarlığı</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257398350</t>
+          <t>9786257398633</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Roses Will Rain</t>
+          <t>Ve Ardımda Kalanlar</t>
         </is>
       </c>
       <c r="C398" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786257398428</t>
+          <t>9786257398657</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Doğmadan Ölenler</t>
+          <t>On Beş Bahar Dile Kolay</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257398411</t>
+          <t>9786257398459</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Gülün Dikeni</t>
+          <t>Köyün Müebbetlik Delileri</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>95</v>
+        <v>120</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257398091</t>
+          <t>9786257398626</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Işıklar</t>
+          <t>Cemre Döngüsü</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257398312</t>
+          <t>9786257398572</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Ağıtlar ve Anılar</t>
+          <t>Türkmen - Eski Çeri</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>65</v>
+        <v>135</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257398251</t>
+          <t>9786257398558</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Vedamsın</t>
+          <t>Bir Yol Hikayesi</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786257398244</t>
+          <t>9786257398541</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Sakura Zamanı</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>95</v>
+        <v>65</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786257398268</t>
+          <t>9786257398367</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Süpürdüklerim Çöptü</t>
+          <t>İçimdeki Yalnızlığım</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786257398275</t>
+          <t>9786257398480</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Eskimez Güzel</t>
+          <t>Hasretin Gölgesindeki Sevda</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>75</v>
+        <v>69</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786257398220</t>
+          <t>9786257398466</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Güvercin’in Körlüğü</t>
+          <t>Kazıkbeli Kartalı ve Frenk Gülü</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786257398329</t>
+          <t>9786257398473</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Ne Kaldı Ki Güneşe</t>
+          <t>Kanser Bir İsyandır</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>165</v>
+        <v>65</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257398053</t>
+          <t>9786257398527</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki İyilik</t>
+          <t>Kanayan Çığlık</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257398213</t>
+          <t>9786257398442</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Kayıp</t>
+          <t>Oyun Bitti</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257398237</t>
+          <t>9786257398435</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler Uçurdun Gönlümde</t>
+          <t>Yalnız Sen Vardın</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>165</v>
+        <v>65</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786257398190</t>
+          <t>9786257398510</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Eşekle Gelen Dostoyevski</t>
+          <t>Alperenler</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>265</v>
+        <v>65</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786257398138</t>
+          <t>9786257398282</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Ovanın Zehraları</t>
+          <t>Cennet Kuşu</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786257398107</t>
+          <t>9786257398381</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>Umutlu Yürekler</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257398183</t>
+          <t>9786257398343</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Derinindeki Sen</t>
+          <t>Utopia</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786257398114</t>
+          <t>9786257398404</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Tohum Çıtırtıları</t>
+          <t>Yare-i Dil</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786257398084</t>
+          <t>9786257393374</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Kar Köşkü</t>
+          <t>Canım Dedem</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786257398060</t>
+          <t>9786257398350</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Pembe Otobüs</t>
+          <t>Roses Will Rain</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257398015</t>
+          <t>9786257398428</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Anneme Söz Verdim - Zuhal</t>
+          <t>Doğmadan Ölenler</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257398169</t>
+          <t>9786257398411</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Ses Duyma Sınırı</t>
+          <t>Gülün Dikeni</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>65</v>
+        <v>95</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786257398152</t>
+          <t>9786257398091</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Mavi Öyküler</t>
+          <t>İçimdeki Işıklar</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786257012980</t>
+          <t>9786257398312</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Beni Bırakma</t>
+          <t>Ağıtlar ve Anılar</t>
         </is>
       </c>
       <c r="C422" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257398121</t>
+          <t>9786257398251</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Sadakat ve İntikam</t>
+          <t>En Güzel Vedamsın</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>175</v>
+        <v>65</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786257012867</t>
+          <t>9786257398244</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Bişe Olmaz Abi</t>
+          <t>Sakura Zamanı</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>65</v>
+        <v>95</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786257398008</t>
+          <t>9786257398268</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Vakti Ay Doğar Mı?</t>
+          <t>Süpürdüklerim Çöptü</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786257398039</t>
+          <t>9786257398275</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Ömür Ya Öyküdür Ya Şiir</t>
+          <t>Eskimez Güzel</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786257012997</t>
+          <t>9786257398220</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Mem De Kavuşur Zin’ine</t>
+          <t>Güvercin’in Körlüğü</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>225</v>
+        <v>85</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786257012935</t>
+          <t>9786257398329</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Saltanat</t>
+          <t>Ne Kaldı Ki Güneşe</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786257012973</t>
+          <t>9786257398053</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Düşünce</t>
+          <t>İçimizdeki İyilik</t>
         </is>
       </c>
       <c r="C429" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786257012928</t>
+          <t>9786257398213</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Masum Hayatlar</t>
+          <t>Dünyalar Kayıp</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>65</v>
+        <v>50</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786257012942</t>
+          <t>9786257398237</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Mavi</t>
+          <t>Kelebekler Uçurdun Gönlümde</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>65</v>
+        <v>165</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786257012911</t>
+          <t>9786257398190</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Müsteha</t>
+          <t>Eşekle Gelen Dostoyevski</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>55</v>
+        <v>265</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786257012805</t>
+          <t>9786257398138</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Bir Vuslat Bin Veda</t>
+          <t>Ovanın Zehraları</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786257012881</t>
+          <t>9786257398107</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Sözyaşlarımın Manifestosu</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C434" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786257012904</t>
+          <t>9786257398183</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Diller ve Güller</t>
+          <t>Kalbimin Derinindeki Sen</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786257012898</t>
+          <t>9786257398114</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Ökçe</t>
+          <t>Tohum Çıtırtıları</t>
         </is>
       </c>
       <c r="C436" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786257012874</t>
+          <t>9786257398084</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Sonsuz Deniz</t>
+          <t>Kar Köşkü</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786257012843</t>
+          <t>9786257398060</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Kıyam-Et</t>
+          <t>Pembe Otobüs</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>68</v>
+        <v>85</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786257012829</t>
+          <t>9786257398015</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Zehra’m</t>
+          <t>Anneme Söz Verdim - Zuhal</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786257012799</t>
+          <t>9786257398169</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Nur'u Aynım</t>
+          <t>Ses Duyma Sınırı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786257012782</t>
+          <t>9786257398152</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Kaç Kaç Zamanı</t>
+          <t>Yaşamdan Mavi Öyküler</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786257012812</t>
+          <t>9786257012980</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Ateş'ten Öyküler</t>
+          <t>Beni Bırakma</t>
         </is>
       </c>
       <c r="C442" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786257012768</t>
+          <t>9786257398121</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Seyyah-ı Şiir</t>
+          <t>Sadakat ve İntikam</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>65</v>
+        <v>175</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786257012775</t>
+          <t>9786257012867</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Seni Sensiz Sevmek</t>
+          <t>Bişe Olmaz Abi</t>
         </is>
       </c>
       <c r="C444" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786257012737</t>
+          <t>9786257398008</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Vuslatı Bekleyen Satırlar</t>
+          <t>Gündüz Vakti Ay Doğar Mı?</t>
         </is>
       </c>
       <c r="C445" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257012720</t>
+          <t>9786257398039</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>İthaf</t>
+          <t>Ömür Ya Öyküdür Ya Şiir</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786257012706</t>
+          <t>9786257012997</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Gökbayrağın Gözyaşı</t>
+          <t>Mem De Kavuşur Zin’ine</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>65</v>
+        <v>225</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786257012690</t>
+          <t>9786257012935</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Seyyah</t>
+          <t>Tek Kişilik Saltanat</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786257012669</t>
+          <t>9786257012973</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Gül de Öyle Git</t>
+          <t>Mutlu Düşünce</t>
         </is>
       </c>
       <c r="C449" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786257012546</t>
+          <t>9786257012928</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Bana Rağmen</t>
+          <t>Masum Hayatlar</t>
         </is>
       </c>
       <c r="C450" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257012232</t>
+          <t>9786257012942</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Efsunlu Masallar 3</t>
+          <t>Kalbim Mavi</t>
         </is>
       </c>
       <c r="C451" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786257012577</t>
+          <t>9786257012911</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Zeugma</t>
+          <t>Müsteha</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>85</v>
+        <v>55</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786257012638</t>
+          <t>9786257012805</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Aşk Sen</t>
+          <t>Bir Vuslat Bin Veda</t>
         </is>
       </c>
       <c r="C453" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257012652</t>
+          <t>9786257012881</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Hasret Hikayeleri</t>
+          <t>Sözyaşlarımın Manifestosu</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257012515</t>
+          <t>9786257012904</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Virüs</t>
+          <t>Diller ve Güller</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786257012553</t>
+          <t>9786257012898</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Kalbe</t>
+          <t>Kırmızı Ökçe</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257012584</t>
+          <t>9786257012874</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Kerpiç Ev</t>
+          <t>Yüreğimde Sonsuz Deniz</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786257012539</t>
+          <t>9786257012843</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Gönül Devrimi</t>
+          <t>Kıyam-Et</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>65</v>
+        <v>68</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257012522</t>
+          <t>9786257012829</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Sen ve Mavi</t>
+          <t>Zehra’m</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257012478</t>
+          <t>9786257012799</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>İki Üzüm Tanesi</t>
+          <t>Nur'u Aynım</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786257012461</t>
+          <t>9786257012782</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Gemisiz Kaptanlar</t>
+          <t>Kaç Kaç Zamanı</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257012447</t>
+          <t>9786257012812</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Düşler Beyaz Masallar Doğurur</t>
+          <t>Ateş'ten Öyküler</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257012409</t>
+          <t>9786257012768</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Aşk</t>
+          <t>Seyyah-ı Şiir</t>
         </is>
       </c>
       <c r="C463" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257012416</t>
+          <t>9786257012775</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Seyri</t>
+          <t>Seni Sensiz Sevmek</t>
         </is>
       </c>
       <c r="C464" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257012379</t>
+          <t>9786257012737</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>İlk Dem</t>
+          <t>Vuslatı Bekleyen Satırlar</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257012355</t>
+          <t>9786257012720</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Haykırışlar</t>
+          <t>İthaf</t>
         </is>
       </c>
       <c r="C466" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257012362</t>
+          <t>9786257012706</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Zamansız</t>
+          <t>Gökbayrağın Gözyaşı</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257012324</t>
+          <t>9786257012690</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Nazilli Tarihi</t>
+          <t>Seyyah</t>
         </is>
       </c>
       <c r="C468" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257012133</t>
+          <t>9786257012669</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Çocuğa Bir Yanılsama</t>
+          <t>Gül de Öyle Git</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257012263</t>
+          <t>9786257012546</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>İmtihanımın Gözyaşları</t>
+          <t>Bana Rağmen</t>
         </is>
       </c>
       <c r="C470" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257012256</t>
+          <t>9786257012232</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Tirebolu</t>
+          <t>Efsunlu Masallar 3</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>45</v>
+        <v>65</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257012294</t>
+          <t>9786257012577</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Solmayan Ümit</t>
+          <t>Zeugma</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257012140</t>
+          <t>9786257012638</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Dem - Lara</t>
+          <t>Kalbimdeki Aşk Sen</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257012249</t>
+          <t>9786257012652</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Pantus'a Darbe - Kızıl Gül</t>
+          <t>Hasret Hikayeleri</t>
         </is>
       </c>
       <c r="C474" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257012218</t>
+          <t>9786257012515</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Yolun Sonu</t>
+          <t>Virüs</t>
         </is>
       </c>
       <c r="C475" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786056969874</t>
+          <t>9786257012553</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Ejder Vuruşu</t>
+          <t>Ateşten Kalbe</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>65</v>
+        <v>55</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257012157</t>
+          <t>9786257012584</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Gülezar</t>
+          <t>Kerpiç Ev</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>150</v>
+        <v>65</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257012102</t>
+          <t>9786257012539</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Aşiyan</t>
+          <t>Gönül Devrimi</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>45</v>
+        <v>65</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786257012027</t>
+          <t>9786257012522</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dağlarım</t>
+          <t>Sen ve Mavi</t>
         </is>
       </c>
       <c r="C479" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786056969881</t>
+          <t>9786257012478</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Ayrı Dünyalar ve Haikular</t>
+          <t>İki Üzüm Tanesi</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257012072</t>
+          <t>9786257012461</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Makmara Mezarlığı</t>
+          <t>Gemisiz Kaptanlar</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>65</v>
+        <v>165</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257012003</t>
+          <t>9786257012447</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Gamzendeki Esir</t>
+          <t>Turuncu Düşler Beyaz Masallar Doğurur</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257012058</t>
+          <t>9786257012409</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Yolculuk</t>
+          <t>Sonsuz Aşk</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>165</v>
+        <v>65</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786056969836</t>
+          <t>9786257012416</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Arı Çocuk - Göktaşının Esrarı</t>
+          <t>Aşkın Seyri</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786056969829</t>
+          <t>9786257012379</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Bülbülün Feryadı</t>
+          <t>İlk Dem</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>65</v>
+        <v>55</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786056945465</t>
+          <t>9786257012355</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Duysunlar Beni</t>
+          <t>Sessiz Haykırışlar</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>45</v>
+        <v>65</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786056945489</t>
+          <t>9786257012362</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Suyu Arayan Balina</t>
+          <t>Zamansız</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>35</v>
+        <v>75</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786056945458</t>
+          <t>9786257012324</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Amazonika</t>
+          <t>Milli Mücadele Nazilli Tarihi</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>90</v>
+        <v>65</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786056945410</t>
+          <t>9786257012133</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Ateşle Dansı</t>
+          <t>İçimdeki Çocuğa Bir Yanılsama</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>65</v>
+        <v>35</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786056945427</t>
+          <t>9786257012263</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Tutku 2. Cilt</t>
+          <t>İmtihanımın Gözyaşları</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786056931772</t>
+          <t>9786257012256</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>B'aşka Gelen</t>
+          <t>Tirebolu</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786056931758</t>
+          <t>9786257012294</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Balan Dağı Hikayesi</t>
+          <t>Solmayan Ümit</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>45</v>
+        <v>65</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786056931741</t>
+          <t>9786257012140</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Senden Sonra Ben</t>
+          <t>Dem - Lara</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>65</v>
+        <v>35</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786056924859</t>
+          <t>9786257012249</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Vuslat-ı Tevekkül</t>
+          <t>Pantus'a Darbe - Kızıl Gül</t>
         </is>
       </c>
       <c r="C494" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786056924873</t>
+          <t>9786257012218</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Lal</t>
+          <t>Yolun Sonu</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786056924897</t>
+          <t>9786056969874</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Diclenin Gözyaşları</t>
+          <t>Ejder Vuruşu</t>
         </is>
       </c>
       <c r="C496" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786056924835</t>
+          <t>9786257012157</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>O Günden Sonra</t>
+          <t>Gülezar</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>65</v>
+        <v>150</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786056931710</t>
+          <t>9786257012102</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Ben Soffie</t>
+          <t>Aşiyan</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>175</v>
+        <v>45</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786056931727</t>
+          <t>9786257012027</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Gülümseyen Türkçe</t>
+          <t>Gönül Dağlarım</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>45</v>
+        <v>65</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786056924811</t>
+          <t>9786056969881</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Derin Bir Mesele</t>
+          <t>Ayrı Dünyalar ve Haikular</t>
         </is>
       </c>
       <c r="C500" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786056924842</t>
+          <t>9786257012072</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Tunga ve Kara Adam</t>
+          <t>Makmara Mezarlığı</t>
         </is>
       </c>
       <c r="C501" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786058152090</t>
+          <t>9786257012003</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlüğün Peşinde</t>
+          <t>Gamzendeki Esir</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>65</v>
+        <v>45</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786058152083</t>
+          <t>9786257012058</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Ayrıksı ve Postmodern Düşler</t>
+          <t>Sessiz Yolculuk</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>35</v>
+        <v>165</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786058152038</t>
+          <t>9786056969836</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Var Olmayan Kraliçe</t>
+          <t>Arı Çocuk - Göktaşının Esrarı</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
+          <t>9786056969829</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Bülbülün Feryadı</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786056945465</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Duysunlar Beni</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786056945489</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Suyu Arayan Balina</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786056945458</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Amazonika</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786056945410</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Ateşle Dansı</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786056945427</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Bitmeyen Tutku 2. Cilt</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786056931772</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>B'aşka Gelen</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786056931758</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Balan Dağı Hikayesi</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786056931741</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Senden Sonra Ben</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786056924859</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Vuslat-ı Tevekkül</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786056924873</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Lal</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786056924897</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Diclenin Gözyaşları</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786056924835</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>O Günden Sonra</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786056931710</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Ben Soffie</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786056931727</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Gülümseyen Türkçe</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786056924811</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Derin Bir Mesele</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786056924842</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Tunga ve Kara Adam</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786058152090</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Ölümsüzlüğün Peşinde</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786058152083</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Ayrıksı ve Postmodern Düşler</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786058152038</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Var Olmayan Kraliçe</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
           <t>9786058152021</t>
         </is>
       </c>
-      <c r="B505" s="1" t="inlineStr">
+      <c r="B525" s="1" t="inlineStr">
         <is>
           <t>Bitmeyen Tutku</t>
         </is>
       </c>
-      <c r="C505" s="1">
+      <c r="C525" s="1">
         <v>65</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>