--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,7900 +85,9880 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255702371</t>
+          <t>9786255702104</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bilinenin Ötesinde Devlet-i Aliyye</t>
+          <t>Bayramda Deprem</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>295</v>
+        <v>135</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255702326</t>
+          <t>9786255520982</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bir Seferberlik Hikayesi</t>
+          <t>Ayrılıkların Kalemi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>235</v>
+        <v>165</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255702401</t>
+          <t>9786255702111</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Elena ve Harikalar Köşkü</t>
+          <t>Okulda Kaza</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>165</v>
+        <v>135</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255702364</t>
+          <t>9786255702388</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İnşaa</t>
+          <t>Bir Enver Masalı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>295</v>
+        <v>365</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256032606</t>
+          <t>9786255702128</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Susmamaya Susuzluk "Gazze"</t>
+          <t>Yurtta Yangın</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>165</v>
+        <v>135</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255702197</t>
+          <t>9786255702432</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hayaliyum</t>
+          <t>Kendini Beğenmeyen Karınca</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257012836</t>
+          <t>9786255702272</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>TYT Türkçe Tamamı Video Çözümlü Sivri Denemeler</t>
+          <t>Sanatçı ve Öğretmenin Kaleminden - Ayşegül Pınar ile Dolu Dolu Şiirler ve Türküler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255702210</t>
+          <t>9786255702593</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kavanozdaki Arı</t>
+          <t>13. Gezegen 2 Mesaj</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255702203</t>
+          <t>9786255702425</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Mutluluk Kulübü</t>
+          <t>Sabuncunun Kızı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255520890</t>
+          <t>9786255520173</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Buğra'nın Tatil Macerası</t>
+          <t>Minik Şarkı Bahçesi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255702173</t>
+          <t>9786255520104</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Cerge</t>
+          <t>Bağevinde Korkulu Saatler-3</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257398374</t>
+          <t>9786256541344</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Canım Dedem</t>
+          <t>Hayatıma Doğan Güneş 2. Cilt</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>65</v>
+        <v>185</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255702050</t>
+          <t>9786256032989</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sahibinden Satılık Cennet</t>
+          <t>Merhemim Değilsen Yarama Yanaşma</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>285</v>
+        <v>185</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255520999</t>
+          <t>9786256032415</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dökülenler</t>
+          <t>Gönül Dağı - 2</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>245</v>
+        <v>265</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256541689</t>
+          <t>9786256032231</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dini Sohbetler</t>
+          <t>Kafa Karanlığa Doğru</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>225</v>
+        <v>265</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255702166</t>
+          <t>9786256958876</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Doğa ve İnsanlık Yaşam Süreci İçinde Aleviliğin Yeri</t>
+          <t>Gözyaşları Yolunu Bulur</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056931703</t>
+          <t>9786256958487</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gelmemiş Birine Veda</t>
+          <t>Saklı Melodiler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>85</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255702098</t>
+          <t>9786256032101</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Zuhur</t>
+          <t>Hayat Ağacı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255702074</t>
+          <t>9786256032170</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çöküş</t>
+          <t>Ki'nin Doğuşu</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255702180</t>
+          <t>9786256032033</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Borazan Onbaşı</t>
+          <t>Gündüzün Karanlıklarından Aydınlıklarına</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255702289</t>
+          <t>9786256032002</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Boyut Hırsızı</t>
+          <t>Ömür Sandığım</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255702135</t>
+          <t>9786256541986</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hayal Ötesi</t>
+          <t>Bol Acılı Cinayet</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>295</v>
+        <v>165</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255520968</t>
+          <t>9786256541764</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bilinen Mektuplar</t>
+          <t>Kadının Yedi Tonu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786250067499</t>
+          <t>9786256032132</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Usta</t>
+          <t>Sınırın Sıfır Noktasında</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255520180</t>
+          <t>9786256541856</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kaputlular Nöbette</t>
+          <t>Torklar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>238</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255520524</t>
+          <t>9786256541320</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmışlıklar</t>
+          <t>Gönül Deryası 1</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>185</v>
+        <v>165</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255702029</t>
+          <t>9786256541757</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kür Şad ve Kırk Batur</t>
+          <t>Palyaçonun Gözyaşları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>235</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255702043</t>
+          <t>9786256541559</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kanaryam</t>
+          <t>Trabzon Şalpazarı Sözlüğü</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>225</v>
+        <v>183</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255520432</t>
+          <t>9786256541542</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Özgürlük</t>
+          <t>Seninle</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>195</v>
+        <v>165</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255702036</t>
+          <t>9786256958814</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yitik Sitemler</t>
+          <t>En Korkunç Psikolojik İşkence Yöntemi: Gaslighting</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>185</v>
+        <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255520883</t>
+          <t>9786256958883</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bir Eğitim Yolcusu</t>
+          <t>Görmediklerimiz</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>365</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255520852</t>
+          <t>9786256541078</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Heybemdeki İnciler</t>
+          <t>Üstat</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>185</v>
+        <v>135</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256032583</t>
+          <t>9786256958159</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bana Aslan Kızım Deme</t>
+          <t>Aslan Eşek</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>265</v>
+        <v>110</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786251252832</t>
+          <t>9786256958562</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hazan Mevsimi'nde Vuslat</t>
+          <t>Hacı Hafize’nin Gelinleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>195</v>
+        <v>185</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257012850</t>
+          <t>9786256958692</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mimozalar Çiçek Açtı</t>
+          <t>Efsaneler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255520760</t>
+          <t>9786256958678</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bir Cinayetten Fazlası</t>
+          <t>Pati</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>265</v>
+        <v>96</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255520876</t>
+          <t>9786256958265</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yeşil Bir Yol</t>
+          <t>Sırçalı Köşk</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>285</v>
+        <v>80</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255520845</t>
+          <t>9786256958333</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Gözü</t>
+          <t>Umay</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>265</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255520807</t>
+          <t>9786256958401</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Şehadeti Filistin</t>
+          <t>Vah Geçim! Ah Seçim!</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255520791</t>
+          <t>9786256958128</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gülen Yüzü</t>
+          <t>Keder Teşvik Hikayeleri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>225</v>
+        <v>95</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255520869</t>
+          <t>9786258398779</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcının Tanığı</t>
+          <t>Hayal İzi 2</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>265</v>
+        <v>135</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255520906</t>
+          <t>9786258398663</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Fatma ve Arkadaşlarının Mikrobisyenlerle Mücadelesi</t>
+          <t>Metehan - Türk'ün Kurucu Atası</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>265</v>
+        <v>85</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255520821</t>
+          <t>9786258398618</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İzmir Ölüm Çetesi</t>
+          <t>Anubis'ten Kaçış</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>285</v>
+        <v>70</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255520449</t>
+          <t>9786258398625</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır'da Aşk, Savaş ve Siyaset</t>
+          <t>Kurban - Alharam Serisi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>385</v>
+        <v>85</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255520708</t>
+          <t>9786258398564</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Zümrüd-ü Anka</t>
+          <t>O Öyle Ağlanmaz</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>185</v>
+        <v>85</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255520715</t>
+          <t>9786258398786</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şiirimsi...'n</t>
+          <t>İrem Bağım Nar Çiçeğim</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>165</v>
+        <v>85</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255520685</t>
+          <t>9786258398595</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Payiz</t>
+          <t>Aysira</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>185</v>
+        <v>135</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255520678</t>
+          <t>9786258398380</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Korktuğumdun Başıma Geldin</t>
+          <t>Düş Bahçesinde Uyanışlar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>165</v>
+        <v>75</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255520371</t>
+          <t>9786258398915</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Olan</t>
+          <t>Nefret</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>285</v>
+        <v>95</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255520763</t>
+          <t>9786256958135</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Eğitim</t>
+          <t>Kaderimin Oyunu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>185</v>
+        <v>80</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255520661</t>
+          <t>9786258398908</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Fısıltılar ve Fırtınalar</t>
+          <t>Karanlık Zaaflar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255520746</t>
+          <t>9786258398199</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ben Mucizeyim</t>
+          <t>Farkındalık Terapisi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>225</v>
+        <v>85</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255520692</t>
+          <t>9786258398403</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ayak Altına Alınan Gizli Gerçekler</t>
+          <t>Hoz - Yeni Dünya</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>265</v>
+        <v>135</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255520784</t>
+          <t>9786258398090</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Athaman 9</t>
+          <t>Kadınca</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255520722</t>
+          <t>9786257398206</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Alemdar</t>
+          <t>Bir Yalnızın Günlüğü</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>165</v>
+        <v>85</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258398540</t>
+          <t>9786258398069</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım</t>
+          <t>Bir Nefes Yeter</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257012701</t>
+          <t>9786257398992</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Düşlere Düşenler</t>
+          <t>Hayatı Yaşa</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256032637</t>
+          <t>9786257398886</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Şiirler</t>
+          <t>Bulabilir miyim Acep Gençliğimi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>225</v>
+        <v>65</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255520142</t>
+          <t>9786257398923</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın İçinden Aydınlığa</t>
+          <t>Ağalık Totemi</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256541863</t>
+          <t>9786257398824</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bizden Anılar</t>
+          <t>Bir Demet</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>225</v>
+        <v>65</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255520425</t>
+          <t>9786257398800</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Türkler</t>
+          <t>Sevdam Türkiye</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>165</v>
+        <v>62</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255520463</t>
+          <t>9786257398770</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çarıksız</t>
+          <t>Soğuk Cennetin Çocukları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>265</v>
+        <v>165</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255520456</t>
+          <t>9786257398787</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Neyin Senin Ki Senin</t>
+          <t>Z Bakış</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>285</v>
+        <v>65</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256541900</t>
+          <t>9786257398565</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kaderler Kavşağı</t>
+          <t>Abim Momo</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>165</v>
+        <v>55</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255520234</t>
+          <t>9786257398619</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Dünyası</t>
+          <t>Köyde Zehra Şehirde Güneş</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257398749</t>
+          <t>9786257012664</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bağevinde Korkulu Saatler-2</t>
+          <t>Suskun Gözler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>165</v>
+        <v>65</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255520593</t>
+          <t>9786257012725</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Alehandro</t>
+          <t>Defterin Son Yaprağı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>225</v>
+        <v>85</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255520531</t>
+          <t>9786257012718</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sır Dolu Dünyalar</t>
+          <t>İmkansız Aşk - Bengi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>225</v>
+        <v>65</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255520258</t>
+          <t>9786257012503</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Umutlar</t>
+          <t>Arşın Kapısı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>265</v>
+        <v>95</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255520265</t>
+          <t>9786257012497</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sen Hep Mavi Sev</t>
+          <t>Elif Sırrı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>165</v>
+        <v>95</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255520562</t>
+          <t>9786056924880</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Talebe</t>
+          <t>Atatürk'ten Anılar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>225</v>
+        <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255520630</t>
+          <t>9002260026968</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Karahindiba</t>
+          <t>Aşkın Gölgesinde Yaşamak</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>165</v>
+        <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255520616</t>
+          <t>9786056924804</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mum Erimden Ateş Gülmez</t>
+          <t>Adı Sevmek</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>225</v>
+        <v>35</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255520609</t>
+          <t>9786056924866</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mavi Düşte Buse</t>
+          <t>Buğarık Hatun</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>225</v>
+        <v>35</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255520302</t>
+          <t>9786058152052</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Güle Doğru</t>
+          <t>Solan Hayatlar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>165</v>
+        <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255520326</t>
+          <t>9786058152069</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Gülce</t>
+          <t>Şiir Tadında Mısralar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>165</v>
+        <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255520579</t>
+          <t>9786056924828</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Esfel-i Safilin</t>
+          <t>Mağara</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>275</v>
+        <v>65</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255520227</t>
+          <t>9786058152007</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Dünyası</t>
+          <t>Günce</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>165</v>
+        <v>35</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255520623</t>
+          <t>9786058152014</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ejderha</t>
+          <t>İşgal-i Aşk</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>165</v>
+        <v>65</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255520098</t>
+          <t>3990000031675</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Empoze Hayatlar</t>
+          <t>Düşlerimde Kar Yangını</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>165</v>
+        <v>65</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255520418</t>
+          <t>9786254097928</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Prenses Banu</t>
+          <t>Ezberim</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>165</v>
+        <v>35</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255520487</t>
+          <t>9786257398046</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Şehr-i Leyl</t>
+          <t>Kir</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>225</v>
+        <v>85</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255520401</t>
+          <t>9786257012430</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>El Arabaları</t>
+          <t>Son Kurşun - Kızıl Gül 2</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>265</v>
+        <v>65</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255520289</t>
+          <t>9786257012331</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>21x1</t>
+          <t>Şiir Değil Düşün-ce</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>225</v>
+        <v>45</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255520319</t>
+          <t>9786257012492</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hayata Eksi Bir Başlangıç</t>
+          <t>Bilmece Sepeti</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>165</v>
+        <v>65</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255520395</t>
+          <t>9786257398336</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Adımı Bana Söylesene</t>
+          <t>Bir Bahar Aşk</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>225</v>
+        <v>75</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255520470</t>
+          <t>9786257398398</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Çerağ-ı Aşk</t>
+          <t>Şiirin Mavisi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>165</v>
+        <v>65</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255520043</t>
+          <t>9786257012607</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yürekler</t>
+          <t>Umudun Gülüşü</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>350</v>
+        <v>95</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255520494</t>
+          <t>9786257012591</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bir Umut Uğruna</t>
+          <t>Yüreğimden Öte</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>325</v>
+        <v>65</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255520203</t>
+          <t>9786257012645</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Baba Ocağı</t>
+          <t>Kaderimin Armağanı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>465</v>
+        <v>165</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786255520241</t>
+          <t>9786257398176</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kalp Koleksiyoncusu</t>
+          <t>Kızıl Esaret</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>465</v>
+        <v>165</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786255520500</t>
+          <t>9786257012966</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Mısralar</t>
+          <t>Gurbetin Kızı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>165</v>
+        <v>65</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255520111</t>
+          <t>9786257398534</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Adın Yazıldı</t>
+          <t>Gönlümün İlk Esintileri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>245</v>
+        <v>65</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786255520210</t>
+          <t>9786257012959</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>“Ötekiler” Maria Suphı’den Meryem Dersimi’ye</t>
+          <t>Beni Sev Karadeniz</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>365</v>
+        <v>165</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256541252</t>
+          <t>9786257012393</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Işığı Ayın Büyüsü</t>
+          <t>O Gece</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>165</v>
+        <v>65</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255520272</t>
+          <t>9786257012560</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Otel Karma</t>
+          <t>101 Bilmece</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>365</v>
+        <v>65</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786255520159</t>
+          <t>9786257398022</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Tekerlemeler</t>
+          <t>Tuana ve Bulut Bebe</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>175</v>
+        <v>65</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255520166</t>
+          <t>9786257012317</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Sessiz Kaybı - Biyokaçakçılık</t>
+          <t>Cennette Terör ve İhanet</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>165</v>
+        <v>95</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257398831</t>
+          <t>9786254097645</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bağevinde Korkulu Saatler-1</t>
+          <t>Lastiği Patlak Trende Hiçbir Yere Giderken</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>165</v>
+        <v>15</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257012485</t>
+          <t>9786257012423</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Tuzak</t>
+          <t>Terapist</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258398809</t>
+          <t>9786257012751</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kalbini Hatırla</t>
+          <t>Tecrübeye Yolculuk</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>165</v>
+        <v>65</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786255520128</t>
+          <t>9786257012744</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İz</t>
+          <t>Aşk Bazen</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>145</v>
+        <v>65</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786255520135</t>
+          <t>9786257012713</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hayat Geç Kalmayı Affetmez</t>
+          <t>Alaz</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>225</v>
+        <v>85</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256032668</t>
+          <t>9786257012683</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Gökgöz</t>
+          <t>Kül ve Gül</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>265</v>
+        <v>75</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256232842</t>
+          <t>9786257012386</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yakışıklı Hikayeler</t>
+          <t>Kıyıya Vuran Sırlar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>210</v>
+        <v>65</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786255520081</t>
+          <t>9786257012126</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Ruha Şifa</t>
+          <t>Tuzluk</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>145</v>
+        <v>45</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255520074</t>
+          <t>9786257012195</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Birdanenin Kaleminden</t>
+          <t>Yarasalarla Savaş</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>145</v>
+        <v>65</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256032712</t>
+          <t>9786257012188</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bir Parça Aşk Sür</t>
+          <t>Hayatıma Doğan Güneş 1. Cilt</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>175</v>
+        <v>50</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256032729</t>
+          <t>9786056969812</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Gidesim Var</t>
+          <t>Her Şey Bir Elmayla Başladı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>175</v>
+        <v>38</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786255520067</t>
+          <t>9786257012065</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Mor Frezya</t>
+          <t>Gökten 3 Elma Düştü</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>225</v>
+        <v>65</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256541061</t>
+          <t>9786257012041</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Çaresiz Kalem</t>
+          <t>Hz. Fatıma Ay Işığım</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>125</v>
+        <v>65</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257398596</t>
+          <t>3990000022621</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dağı</t>
+          <t>Efsunlu Masallar</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>185</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786255520005</t>
+          <t>9786056931789</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kulunlayan Nasrettin Hoca</t>
+          <t>Izdırap Günleri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>185</v>
+        <v>65</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256032965</t>
+          <t>9786056945441</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yas Bahçesi</t>
+          <t>Enheduanna</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>165</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786255520012</t>
+          <t>9786257012300</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Batan Şehir</t>
+          <t>İsimsiz Duygular</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786255520036</t>
+          <t>9786257012270</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Bir İnat Uğruna</t>
+          <t>Kodeste Bir Gece</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>325</v>
+        <v>65</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786255520029</t>
+          <t>9786257012164</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Doğa ve İnsan Çatışması</t>
+          <t>Şiir Şiir Nasrettin Hoca - 1</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>225</v>
+        <v>45</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256032996</t>
+          <t>9786257012201</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Balina</t>
+          <t>Salıncağımın İpi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>165</v>
+        <v>65</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256032941</t>
+          <t>9786257012119</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kar Renkli Çocukluğum</t>
+          <t>Yüz Temel Eser</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>260</v>
+        <v>65</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256032781</t>
+          <t>9786056945434</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Van'ın Nazlı Gelini Artos</t>
+          <t>X Kişisi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>165</v>
+        <v>27.9</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256032804</t>
+          <t>9786056931734</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Minderden Kedi Çıktı</t>
+          <t>Mezar Odası</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>165</v>
+        <v>20</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256032903</t>
+          <t>9786257012171</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar</t>
+          <t>İslamiyetten Şeytaniyete</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>265</v>
+        <v>65</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256032460</t>
+          <t>9786056969850</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Benliği Toplu Keşfetmek</t>
+          <t>Uzaylı Çocuklar - Değerler Eğitimi Kanaatkarlık</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>195</v>
+        <v>35</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256032811</t>
+          <t>9786056969843</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Lale Hasadı</t>
+          <t>Fare Ailesi - Değerler Eğitimi Saygı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>225</v>
+        <v>35</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256032224</t>
+          <t>9786056969867</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Karagül</t>
+          <t>41 Kere Şiir</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>335</v>
+        <v>40</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256032897</t>
+          <t>9786056945496</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Çiçek Açtı Kalemlerde</t>
+          <t>Yaşama Zevki</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>265</v>
+        <v>75</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256032798</t>
+          <t>9786058152045</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Çam</t>
+          <t>Öğretmen İle Yargıç</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>135</v>
+        <v>38</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256032828</t>
+          <t>9786257012096</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Şiirler</t>
+          <t>Dağ Gelinciği</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>135</v>
+        <v>75</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256032774</t>
+          <t>9786257012010</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ruh Eşim</t>
+          <t>Efsunlu Masallar 2</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>225</v>
+        <v>65</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256032835</t>
+          <t>9786255702265</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bir Düş Artığı</t>
+          <t>Beni Sessizce Gömdüler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>245</v>
+        <v>560</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256032859</t>
+          <t>9786255702340</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Keşfettim</t>
+          <t>Gülüşan</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256032910</t>
+          <t>9786255702548</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Joker Mi? Romeo Mu?</t>
+          <t>Kırıklarımla İyiyim Sen Dert Etme</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256032750</t>
+          <t>9786255702371</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Frak</t>
+          <t>Bilinenin Ötesinde Devlet-i Aliyye</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>325</v>
+        <v>295</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256032873</t>
+          <t>9786255702326</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kar Taneleri</t>
+          <t>Bir Seferberlik Hikayesi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256032866</t>
+          <t>9786255702401</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Seçimim mi? Kaderim mi?</t>
+          <t>Elena ve Harikalar Köşkü</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256032743</t>
+          <t>9786255702364</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Çizilen Hayaller</t>
+          <t>İnşaa</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256032842</t>
+          <t>9786256032606</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yakışıklı Hikayeler</t>
+          <t>Susmamaya Susuzluk "Gazze"</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>210</v>
+        <v>165</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256032927</t>
+          <t>9786255702197</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Tuna'dan Hazar'a Varoluş</t>
+          <t>Hayaliyum</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256032767</t>
+          <t>9786257012836</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Empati Hapishanesi</t>
+          <t>TYT Türkçe Tamamı Video Çözümlü Sivri Denemeler</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256032934</t>
+          <t>9786255702210</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sahte Dinlerin Gerçek Peygamberleri</t>
+          <t>Kavanozdaki Arı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>265</v>
+        <v>150</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256032699</t>
+          <t>9786255702203</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Karagöz ile Hacivat Termede Yaşasaydı</t>
+          <t>Kuyruklu Mutluluk Kulübü</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256032613</t>
+          <t>9786255520890</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Kraliçeleri</t>
+          <t>Buğra'nın Tatil Macerası</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>295</v>
+        <v>165</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256958913</t>
+          <t>9786255702173</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Mahşerin Gölgesinde</t>
+          <t>Cerge</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256958517</t>
+          <t>9786257398374</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bir Bardak Su</t>
+          <t>Canım Dedem</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>365</v>
+        <v>65</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256032552</t>
+          <t>9786255702050</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Duvar</t>
+          <t>Sahibinden Satılık Cennet</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>165</v>
+        <v>285</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256032538</t>
+          <t>9786255520999</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ankara Ayazında Aşk</t>
+          <t>Gönülden Dökülenler</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256032514</t>
+          <t>9786256541689</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İki Beden Bir Ruh</t>
+          <t>Dini Sohbetler</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>365</v>
+        <v>225</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256032569</t>
+          <t>9786255702166</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yasak Dans</t>
+          <t>Doğa ve İnsanlık Yaşam Süreci İçinde Aleviliğin Yeri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>365</v>
+        <v>350</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256032590</t>
+          <t>9786056931703</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kader Sahası</t>
+          <t>Gelmemiş Birine Veda</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>285</v>
+        <v>85</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256032484</t>
+          <t>9786255702098</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Lugal Kan</t>
+          <t>Zuhur</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>465</v>
+        <v>185</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257012688</t>
+          <t>9786255702074</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İtiraf</t>
+          <t>Sessiz Çöküş</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257012287</t>
+          <t>9786255702180</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Dök Düşün</t>
+          <t>Borazan Onbaşı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>65</v>
+        <v>165</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258398892</t>
+          <t>9786255702289</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bir Bahriyelinin Kaleminden</t>
+          <t>Boyut Hırsızı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>85</v>
+        <v>265</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257398305</t>
+          <t>9786255702135</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hayat Ağacındaki Ceset</t>
+          <t>Hayal Ötesi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>185</v>
+        <v>295</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>3990056945472</t>
+          <t>9786255520968</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Üşüyen Düşler</t>
+          <t>Bilinen Mektuplar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257012034</t>
+          <t>9786250067499</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ester</t>
+          <t>Usta</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>65.9</v>
+        <v>265</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256032453</t>
+          <t>9786255520180</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Taze Çiçeği</t>
+          <t>Kaputlular Nöbette</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>195</v>
+        <v>350</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256032286</t>
+          <t>9786255520524</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Bir Rüya</t>
+          <t>Yaşanmışlıklar</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256541726</t>
+          <t>9786255702029</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Acılar Denizinde Sensiz</t>
+          <t>Kür Şad ve Kırk Batur</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>95</v>
+        <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256958999</t>
+          <t>9786255702043</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Kanaryam</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256958043</t>
+          <t>9786255520432</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Alfa</t>
+          <t>Sınırsız Özgürlük</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256032545</t>
+          <t>9786255702036</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Anne Babam Çiçek Açtı</t>
+          <t>Yitik Sitemler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256032439</t>
+          <t>9786255520883</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Gözyaşı Sen Oldun</t>
+          <t>Bir Eğitim Yolcusu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>195</v>
+        <v>365</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256032507</t>
+          <t>9786255520852</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Evleneyim mi Evlenmeyeyim mi?</t>
+          <t>Heybemdeki İnciler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>325</v>
+        <v>185</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256032354</t>
+          <t>9786256032583</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kader Çığlıkları</t>
+          <t>Bana Aslan Kızım Deme</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>195</v>
+        <v>265</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256032248</t>
+          <t>9786251252832</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>The Whispering Forest</t>
+          <t>Hazan Mevsimi'nde Vuslat</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256032385</t>
+          <t>9786257012850</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Notalar</t>
+          <t>Mimozalar Çiçek Açtı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>395</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256032019</t>
+          <t>9786255520760</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Cos Ağlıyordu</t>
+          <t>Bir Cinayetten Fazlası</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>385</v>
+        <v>265</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256032163</t>
+          <t>9786255520876</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Masal Sepeti</t>
+          <t>Mavi Yeşil Bir Yol</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>150</v>
+        <v>285</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256032422</t>
+          <t>9786255520845</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kız Sözü</t>
+          <t>Şiirin Gözü</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>175</v>
+        <v>265</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256032392</t>
+          <t>9786255520807</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Türk'ün Hafızasında At</t>
+          <t>Özgürlüğün Şehadeti Filistin</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>285</v>
+        <v>165</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256032408</t>
+          <t>9786255520791</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik ''Kuyu''</t>
+          <t>Aşkın Gülen Yüzü</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256032378</t>
+          <t>9786255520869</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Solak Lina'nın Öyküsü</t>
+          <t>Yaratıcının Tanığı</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256032217</t>
+          <t>9786255520906</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Aslı Gönül</t>
+          <t>Fatma ve Arkadaşlarının Mikrobisyenlerle Mücadelesi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>325</v>
+        <v>265</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256032309</t>
+          <t>9786255520821</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kendini Tanımak</t>
+          <t>İzmir Ölüm Çetesi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>175</v>
+        <v>285</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256032149</t>
+          <t>9786255520449</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olmayı Keşfetmek</t>
+          <t>Diyarbakır'da Aşk, Savaş ve Siyaset</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>325</v>
+        <v>385</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256032279</t>
+          <t>9786255520708</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Mahinur</t>
+          <t>Zümrüd-ü Anka</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>265</v>
+        <v>185</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256032088</t>
+          <t>9786255520715</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hali</t>
+          <t>Şiirimsi...'n</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>265</v>
+        <v>165</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256541177</t>
+          <t>9786255520685</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Odacı</t>
+          <t>Payiz</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786056945403</t>
+          <t>9786255520678</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Üç Mevsim Bir Ömür</t>
+          <t>Korktuğumdun Başıma Geldin</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>65</v>
+        <v>165</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257012348</t>
+          <t>9786255520371</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Az Az Seviyorum</t>
+          <t>Kayıp Olan</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>65</v>
+        <v>285</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256032156</t>
+          <t>9786255520763</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Dilden Dile Nağmeler</t>
+          <t>İnsan ve Eğitim</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256541290</t>
+          <t>9786255520661</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Erdemli Öyküler</t>
+          <t>Fısıltılar ve Fırtınalar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256958784</t>
+          <t>9786255520746</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Denizler ve Çöller</t>
+          <t>Ben Mucizeyim</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256958838</t>
+          <t>9786255520692</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Ayak Altına Alınan Gizli Gerçekler</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>185</v>
+        <v>265</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256958753</t>
+          <t>9786255520784</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ağlatı Yıllarında Aşk</t>
+          <t>Athaman 9</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257398978</t>
+          <t>9786255520722</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Yara Bandı</t>
+          <t>Alemdar</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256541948</t>
+          <t>9786258398540</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Şahika</t>
+          <t>Adım Adım</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>225</v>
+        <v>85</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256032040</t>
+          <t>9786257012701</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Aşikar</t>
+          <t>Düşlere Düşenler</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>275</v>
+        <v>65</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256541962</t>
+          <t>9786256032637</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yol Öyküleri</t>
+          <t>Neşeli Şiirler</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256541993</t>
+          <t>9786255520142</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Huzurla Gel</t>
+          <t>Karanlığın İçinden Aydınlığa</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>225</v>
+        <v>145</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256541146</t>
+          <t>9786256541863</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Üşüdüğü Yerde</t>
+          <t>Bizden Anılar</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256032064</t>
+          <t>9786255520425</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Fıkra Treni</t>
+          <t>Yürüyen Türkler</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256032125</t>
+          <t>9786255520463</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Tohum</t>
+          <t>Çarıksız</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>165</v>
+        <v>265</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256541658</t>
+          <t>9786255520456</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Arthur Howes</t>
+          <t>Neyin Senin Ki Senin</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>175</v>
+        <v>285</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256541474</t>
+          <t>9786256541900</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Arzelious'un Kehaneti</t>
+          <t>Kaderler Kavşağı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256541153</t>
+          <t>9786255520234</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Yollar</t>
+          <t>Bilmece Dünyası</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>155</v>
+        <v>165</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258398816</t>
+          <t>9786257398749</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Deniz ve Nehir</t>
+          <t>Bağevinde Korkulu Saatler-2</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>85</v>
+        <v>165</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256958036</t>
+          <t>9786255520593</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Mühür</t>
+          <t>Alehandro</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>110</v>
+        <v>225</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258398489</t>
+          <t>9786255520531</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Çeşmi Lal</t>
+          <t>Sır Dolu Dünyalar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>75</v>
+        <v>225</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258398137</t>
+          <t>9786255520258</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Kafes</t>
+          <t>Yarım Kalan Umutlar</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>120</v>
+        <v>265</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258398021</t>
+          <t>9786255520265</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Seni Çok Bekledim</t>
+          <t>Sen Hep Mavi Sev</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257398640</t>
+          <t>9786255520562</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Senin Suçun Değil</t>
+          <t>Talebe</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>95</v>
+        <v>225</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786056969805</t>
+          <t>9786255520630</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Oyuncaklar Kitabı</t>
+          <t>Karahindiba</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>45</v>
+        <v>165</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257012676</t>
+          <t>9786255520616</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Bitti Dediğin Yerden Başla</t>
+          <t>Mum Erimden Ateş Gülmez</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>65</v>
+        <v>225</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257398145</t>
+          <t>9786255520609</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yürek Yangını</t>
+          <t>Mavi Düşte Buse</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>85</v>
+        <v>225</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786058152076</t>
+          <t>9786255520302</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kan Turalı</t>
+          <t>Güle Doğru</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>45</v>
+        <v>165</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257012621</t>
+          <t>9786255520326</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kefen Giymiş Kale</t>
+          <t>Gülce</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>75</v>
+        <v>165</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257012089</t>
+          <t>9786255520579</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Hanan Bey</t>
+          <t>Esfel-i Safilin</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>75</v>
+        <v>275</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786056969898</t>
+          <t>9786255520227</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Gülümseyen Matematik</t>
+          <t>Hikaye Dünyası</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>45</v>
+        <v>165</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256541931</t>
+          <t>9786255520623</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Ant</t>
+          <t>Ejderha</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>520</v>
+        <v>165</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256541979</t>
+          <t>9786255520098</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Sultan Vahideddin</t>
+          <t>Empoze Hayatlar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>220</v>
+        <v>165</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256541818</t>
+          <t>9786255520418</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Hep Ansızın Gelir</t>
+          <t>Prenses Banu</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256032118</t>
+          <t>9786255520487</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Bu Köylerin Bizden Alacağı Çok Şey Var</t>
+          <t>Şehr-i Leyl</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256541849</t>
+          <t>9786255520401</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Nağmeler</t>
+          <t>El Arabaları</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>185</v>
+        <v>265</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256541955</t>
+          <t>9786255520289</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Karacadağ'ın Hırçın Çocukları Dicle ve Fırat</t>
+          <t>21x1</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256958548</t>
+          <t>9786255520319</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Hayallerimi Bırakmadım</t>
+          <t>Hayata Eksi Bir Başlangıç</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256541771</t>
+          <t>9786255520395</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Hayallerime Dokunma</t>
+          <t>Adımı Bana Söylesene</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258398465</t>
+          <t>9786255520470</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İkinci Şans</t>
+          <t>Çerağ-ı Aşk</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>135</v>
+        <v>165</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052454725</t>
+          <t>9786255520043</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sızılarım</t>
+          <t>Kayıp Yürekler</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>65</v>
+        <v>350</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256541795</t>
+          <t>9786255520494</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Messi'den Asil Hareket</t>
+          <t>Bir Umut Uğruna</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>120</v>
+        <v>325</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256958388</t>
+          <t>9786255520203</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sadakat Ve İntikam 2</t>
+          <t>Baba Ocağı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>185</v>
+        <v>465</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256541719</t>
+          <t>9786255520241</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ahretlik</t>
+          <t>Kalp Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>175</v>
+        <v>465</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256541610</t>
+          <t>9786255520500</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlarla Koşmam Gerek</t>
+          <t>Sessiz Mısralar</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>185</v>
+        <v>165</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256958272</t>
+          <t>9786255520111</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>HZ. Zeynep Taşıyıcı</t>
+          <t>Gökyüzüne Adın Yazıldı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>85</v>
+        <v>245</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256541665</t>
+          <t>9786255520210</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Ölüm Fermanı</t>
+          <t>“Ötekiler” Maria Suphı’den Meryem Dersimi’ye</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>145</v>
+        <v>365</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256541528</t>
+          <t>9786256541252</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Anne, Baba, Kardeşim</t>
+          <t>Güneşin Işığı Ayın Büyüsü</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>155</v>
+        <v>165</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256541511</t>
+          <t>9786255520272</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Elif'in Gönlü</t>
+          <t>Otel Karma</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>155</v>
+        <v>365</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257398794</t>
+          <t>9786255520159</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın Kalbi Senaryo</t>
+          <t>Neşeli Tekerlemeler</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>138</v>
+        <v>175</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256541597</t>
+          <t>9786255520166</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Hâmüşân 30. Yılında Sivas</t>
+          <t>Doğanın Sessiz Kaybı - Biyokaçakçılık</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256541573</t>
+          <t>9786257398831</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Zan</t>
+          <t>Bağevinde Korkulu Saatler-1</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256541481</t>
+          <t>9786257012485</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Has Bonkör</t>
+          <t>Tuzak</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>180</v>
+        <v>85</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256541504</t>
+          <t>9786258398809</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Martıların Kanatlarında Yüreğim</t>
+          <t>Kalbini Hatırla</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256541627</t>
+          <t>9786255520128</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Zirvelerin Ötesinde</t>
+          <t>İz</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256541351</t>
+          <t>9786255520135</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Sevgisiz On Numaralı Oda</t>
+          <t>Hayat Geç Kalmayı Affetmez</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>135</v>
+        <v>225</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256541009</t>
+          <t>9786256032668</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Hikayelerim 3</t>
+          <t>Gökgöz</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>120</v>
+        <v>265</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>4440000004262</t>
+          <t>9786256232842</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Defne Serisi 3'lü Set</t>
+          <t>Yakışıklı Hikayeler</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>265</v>
+        <v>210</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256541450</t>
+          <t>9786255520081</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sayfada Katre</t>
+          <t>Ruha Şifa</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256541566</t>
+          <t>9786255520074</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Gölgesiz Bir Sabah</t>
+          <t>Birdanenin Kaleminden</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256541313</t>
+          <t>9786256032712</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Güllere Vurgun</t>
+          <t>Bir Parça Aşk Sür</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256541382</t>
+          <t>9786256032729</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Hayvanat</t>
+          <t>Gidesim Var</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256958531</t>
+          <t>9786255520067</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Çoban Yıldızı</t>
+          <t>Mor Frezya</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>185</v>
+        <v>225</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256958395</t>
+          <t>9786256541061</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Çilli Nebahat</t>
+          <t>Çaresiz Kalem</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256958586</t>
+          <t>9786257398596</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Bana Doğru</t>
+          <t>Gönül Dağı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256958296</t>
+          <t>9786255520005</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı</t>
+          <t>Kulunlayan Nasrettin Hoca</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256958449</t>
+          <t>9786256032965</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Çukuru</t>
+          <t>Yas Bahçesi</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256541030</t>
+          <t>9786255520012</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Sönmüş Hayatlar - Mükellefiyet</t>
+          <t>Yüreğime Batan Şehir</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256541580</t>
+          <t>9786255520036</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Hakk'a Vasıl Hakk'ı Tefekkür</t>
+          <t>Bir İnat Uğruna</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>165</v>
+        <v>325</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256541535</t>
+          <t>9786255520029</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Filozofya</t>
+          <t>Doğa ve İnsan Çatışması</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256541467</t>
+          <t>9786256032996</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş</t>
+          <t>Balina</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256541016</t>
+          <t>9786256032941</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Sesimi Duyan Var mı?</t>
+          <t>Kar Renkli Çocukluğum</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256541337</t>
+          <t>9786256032781</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Dede Olma Sanatı</t>
+          <t>Van'ın Nazlı Gelini Artos</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256541412</t>
+          <t>9786256032804</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ataman - Kehanetin Anahtarı</t>
+          <t>Minderden Kedi Çıktı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256541238</t>
+          <t>9786256032903</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Peripol</t>
+          <t>Bir Zamanlar</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>165</v>
+        <v>265</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256958623</t>
+          <t>9786256032460</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Köstebek Yavrusu Nazlı'nın Maceraları</t>
+          <t>Benliği Toplu Keşfetmek</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256541115</t>
+          <t>9786256032811</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Siyah Atın Süvarisi</t>
+          <t>Lale Hasadı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>115</v>
+        <v>225</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256958937</t>
+          <t>9786256032224</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Efkarname</t>
+          <t>Karagül</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>140</v>
+        <v>335</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256958944</t>
+          <t>9786256032897</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Eylülde Ölmeliyim</t>
+          <t>Sevgi Çiçek Açtı Kalemlerde</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>130</v>
+        <v>265</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256958869</t>
+          <t>9786256032798</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Gençliğime Dönmek İstedim</t>
+          <t>Yaralı Çam</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256958906</t>
+          <t>9786256032828</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Harflerin Sen Hali ‘Mavera’</t>
+          <t>İsimsiz Şiirler</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>170</v>
+        <v>135</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256958968</t>
+          <t>9786256032774</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Vefasızlık</t>
+          <t>Ruh Eşim</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256541092</t>
+          <t>9786256032835</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler</t>
+          <t>Bir Düş Artığı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>135</v>
+        <v>245</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256541023</t>
+          <t>9786256032859</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Kitabını Yazdım</t>
+          <t>Kendimi Keşfettim</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256541085</t>
+          <t>9786256032910</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Ceza</t>
+          <t>Joker Mi? Romeo Mu?</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256958777</t>
+          <t>9786256032750</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Bir Pul Parasına Dilenen Kadın</t>
+          <t>Frak</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>110</v>
+        <v>325</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256541047</t>
+          <t>9786256032873</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Bir Güle Vurgun</t>
+          <t>Kar Taneleri</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>135</v>
+        <v>225</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256958920</t>
+          <t>9786256032866</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Bir Dua Mirası</t>
+          <t>Seçimim mi? Kaderim mi?</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>370</v>
+        <v>225</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256541054</t>
+          <t>9786256032743</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Aşklara Borçlu Kaldım</t>
+          <t>Güneşe Çizilen Hayaller</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256958845</t>
+          <t>9786256032842</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Acıya Su Vermek</t>
+          <t>Yakışıklı Hikayeler</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256958647</t>
+          <t>9786256032927</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Sesi</t>
+          <t>Tuna'dan Hazar'a Varoluş</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>135</v>
+        <v>225</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256958494</t>
+          <t>9786256032767</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Portakaldan Deniz Yaratmak</t>
+          <t>Empati Hapishanesi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256958593</t>
+          <t>9786256032934</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Tekil Şahsın Çocuğu</t>
+          <t>Sahte Dinlerin Gerçek Peygamberleri</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>95</v>
+        <v>265</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256958432</t>
+          <t>9786256032699</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Kanatlı Kuşlar</t>
+          <t>Karagöz ile Hacivat Termede Yaşasaydı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256958654</t>
+          <t>9786256032613</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Kerem Ali’nin İstanbul Maceraları</t>
+          <t>Karanlık Kraliçeleri</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>95</v>
+        <v>295</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256958020</t>
+          <t>9786256958913</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Düşlerin Ardındaki Aşk</t>
+          <t>Mahşerin Gölgesinde</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256958722</t>
+          <t>9786256958517</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Şükür Rehberi</t>
+          <t>Bir Bardak Su</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>120</v>
+        <v>365</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256958708</t>
+          <t>9786256032552</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Ab-ı Hayat</t>
+          <t>Duvar</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256958807</t>
+          <t>9786256032538</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Geceye Özlemin Düştü</t>
+          <t>Ankara Ayazında Aşk</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>135</v>
+        <v>245</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256958685</t>
+          <t>9786256032514</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Güvercin</t>
+          <t>İki Beden Bir Ruh</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>145</v>
+        <v>365</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256958661</t>
+          <t>9786256032569</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Albay Nikolay</t>
+          <t>Yasak Dans</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>175</v>
+        <v>365</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256958821</t>
+          <t>9786256032590</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Mopsus Baba</t>
+          <t>Kader Sahası</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>140</v>
+        <v>285</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256958791</t>
+          <t>9786256032484</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Tavuklar Firarda</t>
+          <t>Lugal Kan</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>100</v>
+        <v>465</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256958739</t>
+          <t>9786257012688</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Değnek</t>
+          <t>İtiraf</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>95</v>
+        <v>145</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256958579</t>
+          <t>9786257012287</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Tabuttaki Umut</t>
+          <t>Dök Düşün</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>195</v>
+        <v>65</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256958746</t>
+          <t>9786258398892</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Acımsı Tat Tadımsı Hayat</t>
+          <t>Bir Bahriyelinin Kaleminden</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>165</v>
+        <v>85</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256958463</t>
+          <t>9786257398305</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Askoroz</t>
+          <t>Hayat Ağacındaki Ceset</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786258398533</t>
+          <t>3990056945472</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>7 Adımda Formda Kal</t>
+          <t>Üşüyen Düşler</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256958067</t>
+          <t>9786257012034</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Öküz</t>
+          <t>Ester</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>100</v>
+        <v>65.9</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256958326</t>
+          <t>9786256032453</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’de Allah’ın Adamları</t>
+          <t>Yüreğimin Taze Çiçeği</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256958081</t>
+          <t>9786256032286</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Siyanürlü Topraklar</t>
+          <t>Bir Dilek Bir Rüya</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>220</v>
+        <v>165</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256958104</t>
+          <t>9786256541726</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Maktul</t>
+          <t>Acılar Denizinde Sensiz</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256958180</t>
+          <t>9786256958999</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Sana Sustum</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>75</v>
+        <v>165</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256958074</t>
+          <t>9786256958043</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Yokluğunun Sesi</t>
+          <t>Alfa</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256958319</t>
+          <t>9786256032545</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Güller ve Periler</t>
+          <t>Anne Babam Çiçek Açtı</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786258398977</t>
+          <t>9786256032439</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Leyla</t>
+          <t>Kalbimin Gözyaşı Sen Oldun</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>80</v>
+        <v>195</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256958098</t>
+          <t>9786256032507</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Saniyeler</t>
+          <t>Evleneyim mi Evlenmeyeyim mi?</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>165</v>
+        <v>325</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256958166</t>
+          <t>9786256032354</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Deniz Fenerleri</t>
+          <t>Kader Çığlıkları</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>95</v>
+        <v>195</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256958258</t>
+          <t>9786256032248</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Belfü</t>
+          <t>The Whispering Forest</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256958197</t>
+          <t>9786256032385</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Sandıktaki Sır</t>
+          <t>Kanlı Notalar</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>95</v>
+        <v>395</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786258398984</t>
+          <t>9786256032019</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Hivda</t>
+          <t>Cos Ağlıyordu</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>185</v>
+        <v>385</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256958142</t>
+          <t>9786256032163</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Dilhun</t>
+          <t>Masal Sepeti</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>98.9</v>
+        <v>150</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256958289</t>
+          <t>9786256032422</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Dizeler</t>
+          <t>Kız Sözü</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256958241</t>
+          <t>9786256032392</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Oğlum Rüstem</t>
+          <t>Türk'ün Hafızasında At</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>75</v>
+        <v>285</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256958173</t>
+          <t>9786256032408</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Her Kalp Bir Şehirdir</t>
+          <t>Sessizlik ''Kuyu''</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>165</v>
+        <v>295</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786258398724</t>
+          <t>9786256032378</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kaçış</t>
+          <t>Solak Lina'nın Öyküsü</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>75</v>
+        <v>265</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786258398731</t>
+          <t>9786256032217</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Ben Yazınca</t>
+          <t>Aslı Gönül</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786258398670</t>
+          <t>9786256032309</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kendi Gerçekliğini Yaratmanın Sırrı</t>
+          <t>Kendini Tanımak</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786258398656</t>
+          <t>9786256032149</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yakınımda Sen Uzağımda Sen</t>
+          <t>Mutlu Olmayı Keşfetmek</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786258398649</t>
+          <t>9786256032279</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Kara Ayda</t>
+          <t>Mahinur</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>95</v>
+        <v>265</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786258398601</t>
+          <t>9786256032088</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Anlıyor İnsan Zamanla</t>
+          <t>Dünya Hali</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>75</v>
+        <v>265</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786258398632</t>
+          <t>9786256541177</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Ağlasın</t>
+          <t>Odacı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>85</v>
+        <v>165</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786258398588</t>
+          <t>9786056945403</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kırık Darağacı</t>
+          <t>Üç Mevsim Bir Ömür</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>225</v>
+        <v>65</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786258398557</t>
+          <t>9786257012348</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Zehra'nın Mucizevi Yolculuğu</t>
+          <t>Az Az Seviyorum</t>
         </is>
       </c>
       <c r="C314" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786258398519</t>
+          <t>9786256032156</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Artık Konuşma Sırası Bende</t>
+          <t>Dilden Dile Nağmeler</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>75</v>
+        <v>225</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786258398496</t>
+          <t>9786256541290</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Potansiyel Mahşerin Köpekleri</t>
+          <t>Erdemli Öyküler</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>85</v>
+        <v>145</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786258398441</t>
+          <t>9786256958784</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Bırak Çocuk Kalsın Yüreğim</t>
+          <t>Denizler ve Çöller</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>75</v>
+        <v>165</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786258398434</t>
+          <t>9786256958838</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Papatya Tanesi</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786258398427</t>
+          <t>9786256958753</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Umut Kıvılcımları</t>
+          <t>Ağlatı Yıllarında Aşk</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>70</v>
+        <v>175</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786258398359</t>
+          <t>9786257398978</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Düşler Peşinde</t>
+          <t>Yara Bandı</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786258398304</t>
+          <t>9786256541948</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Duygularım</t>
+          <t>Şahika</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>75</v>
+        <v>225</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786258398311</t>
+          <t>9786256032040</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Dönüş</t>
+          <t>Aşikar</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>75</v>
+        <v>275</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257398909</t>
+          <t>9786256541962</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Sen</t>
+          <t>Yol Öyküleri</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786258398830</t>
+          <t>9786256541993</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Suskun</t>
+          <t>Huzurla Gel</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>95</v>
+        <v>225</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786258398854</t>
+          <t>9786256541146</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Zaman</t>
+          <t>Güneşin Üşüdüğü Yerde</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>135</v>
+        <v>165</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786258398885</t>
+          <t>9786256032064</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Dörtyoldan Esintiler</t>
+          <t>Fıkra Treni</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256958111</t>
+          <t>9786256032125</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Konağın Beyaz Gözyaşı</t>
+          <t>Tohum</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>95</v>
+        <v>165</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256958012</t>
+          <t>9786256541658</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Masum Değiliz</t>
+          <t>Arthur Howes</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>65</v>
+        <v>175</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257398299</t>
+          <t>9786256541474</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Karanfil</t>
+          <t>Arzelious'un Kehaneti</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>65</v>
+        <v>250</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786258398953</t>
+          <t>9786256541153</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Sol Yanım Sürgün</t>
+          <t>Yaralı Yollar</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>75</v>
+        <v>155</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256958050</t>
+          <t>9786258398816</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Mülteci</t>
+          <t>Deniz ve Nehir</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786258398960</t>
+          <t>9786256958036</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Marjinal</t>
+          <t>Mühür</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>65</v>
+        <v>110</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258398946</t>
+          <t>9786258398489</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Anafor</t>
+          <t>Çeşmi Lal</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>165</v>
+        <v>75</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257398961</t>
+          <t>9786258398137</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Solmayan Hayaller Ressamı</t>
+          <t>Ateşten Kafes</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>85</v>
+        <v>120</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786258398939</t>
+          <t>9786258398021</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Kokusu</t>
+          <t>Seni Çok Bekledim</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>65</v>
+        <v>125</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786256958005</t>
+          <t>9786257398640</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Son Veda</t>
+          <t>Senin Suçun Değil</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786258398267</t>
+          <t>9786056969805</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Bu Hayatı Biz Seçmedik</t>
+          <t>Kayıp Oyuncaklar Kitabı</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>65</v>
+        <v>45</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257398725</t>
+          <t>9786257012676</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Defterin Son Yaprağı</t>
+          <t>Bitti Dediğin Yerden Başla</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786258398922</t>
+          <t>9786257398145</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Zaaflar 2</t>
+          <t>Yürek Yangını</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>120</v>
+        <v>85</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786258398571</t>
+          <t>9786058152076</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kolayca Gönlü Olmayan</t>
+          <t>Kan Turalı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>85</v>
+        <v>45</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786258398717</t>
+          <t>9786257012621</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Sibirya'da Piyonların Devrimi</t>
+          <t>Kefen Giymiş Kale</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>180</v>
+        <v>75</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786258398878</t>
+          <t>9786257012089</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Man Adasının Solmayan Çiçeği</t>
+          <t>Hanan Bey</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>152</v>
+        <v>75</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258398687</t>
+          <t>9786056969898</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kalbi Olsaydı Anlardı</t>
+          <t>Gülümseyen Matematik</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>75</v>
+        <v>45</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786258398847</t>
+          <t>9786256541931</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Okuldan Hayata</t>
+          <t>Ant</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>75</v>
+        <v>520</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786258398762</t>
+          <t>9786256541979</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Babamın Değirmeni</t>
+          <t>Sultan Vahideddin</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>65</v>
+        <v>220</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786258398755</t>
+          <t>9786256541818</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Hayata Gülümse</t>
+          <t>Mucizeler Hep Ansızın Gelir</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>80</v>
+        <v>165</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786258398526</t>
+          <t>9786256032118</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Adalet</t>
+          <t>Bu Köylerin Bizden Alacağı Çok Şey Var</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786258398748</t>
+          <t>9786256541849</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kahve Sohbetleri</t>
+          <t>Nağmeler</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>75</v>
+        <v>185</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786258398823</t>
+          <t>9786256541955</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Köşemden Kalma İzler</t>
+          <t>Karacadağ'ın Hırçın Çocukları Dicle ve Fırat</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>80</v>
+        <v>165</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786258398793</t>
+          <t>9786256958548</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Rame</t>
+          <t>Hayallerimi Bırakmadım</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>85</v>
+        <v>165</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786258398373</t>
+          <t>9786256541771</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Sadabad Rüyası</t>
+          <t>Hayallerime Dokunma</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>75</v>
+        <v>165</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786258398342</t>
+          <t>9786258398465</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>İki Şekerli</t>
+          <t>İkinci Şans</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>75</v>
+        <v>135</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786258398458</t>
+          <t>9786052454725</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kırık Çizgiler</t>
+          <t>Gönül Sızılarım</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>80</v>
+        <v>65</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786258398472</t>
+          <t>9786256541795</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Hüznümün Satırları</t>
+          <t>Messi'den Asil Hareket</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786258398397</t>
+          <t>9786256958388</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yaprağın Öyküsü</t>
+          <t>Sadakat Ve İntikam 2</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>145</v>
+        <v>185</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786258398410</t>
+          <t>9786256541719</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Ya Ne Zaman</t>
+          <t>Ahretlik</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>85</v>
+        <v>175</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257398947</t>
+          <t>9786256541610</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Melekler Şahit Olsun</t>
+          <t>Rüzgarlarla Koşmam Gerek</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>85</v>
+        <v>185</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786258398236</t>
+          <t>9786256958272</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Vurgun Yüreğim</t>
+          <t>HZ. Zeynep Taşıyıcı</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786258398243</t>
+          <t>9786256541665</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Panik Atak</t>
+          <t>Aşkın Ölüm Fermanı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>80</v>
+        <v>145</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786258398274</t>
+          <t>9786256541528</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Modern Hayat Sayıklamaları</t>
+          <t>Anne, Baba, Kardeşim</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>75</v>
+        <v>155</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786258398120</t>
+          <t>9786256541511</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kenti</t>
+          <t>Elif'in Gönlü</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>69</v>
+        <v>155</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786258398083</t>
+          <t>9786257398794</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Boyun Cüzdanı</t>
+          <t>Sinemanın Kalbi Senaryo</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>65</v>
+        <v>138</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786258398298</t>
+          <t>9786256541597</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Şirin-ce</t>
+          <t>Hâmüşân 30. Yılında Sivas</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>75</v>
+        <v>165</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257398930</t>
+          <t>9786256541573</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Notları Aşk Gibi Okumak</t>
+          <t>Zan</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786258398175</t>
+          <t>9786256541481</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kar Gibi Bembeyaz Teninde Sev Ülkeni Berfin</t>
+          <t>Has Bonkör</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>85</v>
+        <v>180</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786258398335</t>
+          <t>9786256541504</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yol Masalı</t>
+          <t>Martıların Kanatlarında Yüreğim</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>75</v>
+        <v>145</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786258398113</t>
+          <t>9786256541627</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Kendinsin</t>
+          <t>Zirvelerin Ötesinde</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>75</v>
+        <v>165</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786258398281</t>
+          <t>9786256541351</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Serüveni</t>
+          <t>Sevgisiz On Numaralı Oda</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>75</v>
+        <v>135</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786258398250</t>
+          <t>9786256541009</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Ateş Soyu</t>
+          <t>Konuşan Hikayelerim 3</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786258398144</t>
+          <t>4440000004262</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Gönülce</t>
+          <t>Defne Serisi 3'lü Set</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>120</v>
+        <v>265</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786258398168</t>
+          <t>9786256541450</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Aşk Terapisi</t>
+          <t>Sayfada Katre</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>70</v>
+        <v>145</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786258398151</t>
+          <t>9786256541566</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Ve's-selam</t>
+          <t>Gölgesiz Bir Sabah</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>95</v>
+        <v>145</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786258398182</t>
+          <t>9786256541313</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Asi Bahar</t>
+          <t>Güllere Vurgun</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>65</v>
+        <v>130</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786258398212</t>
+          <t>9786256541382</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Masal Diyarına Yolculuk</t>
+          <t>Kitab-ı Hayvanat</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>55</v>
+        <v>145</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786258398229</t>
+          <t>9786256958531</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Sosyo-Antro Psiko - Felsefe (1.Kitap)</t>
+          <t>Çoban Yıldızı</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786258398205</t>
+          <t>9786256958395</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Antro - Psiko Felsefe (2. Kitap)</t>
+          <t>Çilli Nebahat</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786258398076</t>
+          <t>9786256958586</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Kalp Artığı</t>
+          <t>Bana Doğru</t>
         </is>
       </c>
       <c r="C377" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257398916</t>
+          <t>9786256958296</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Yıllar Geçti Aradan</t>
+          <t>Ay Işığı</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>95</v>
+        <v>120</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257398879</t>
+          <t>9786256958449</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Dağarcığımdakiler</t>
+          <t>Cehennem Çukuru</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>75</v>
+        <v>165</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257398763</t>
+          <t>9786256541030</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Arayış</t>
+          <t>Sönmüş Hayatlar - Mükellefiyet</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>65</v>
+        <v>165</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257398862</t>
+          <t>9786256541580</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Eşeği Saldım Çayıra</t>
+          <t>Hakk'a Vasıl Hakk'ı Tefekkür</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>65</v>
+        <v>165</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257398848</t>
+          <t>9786256541535</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Sen Olsaydın</t>
+          <t>Filozofya</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>65</v>
+        <v>175</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257398855</t>
+          <t>9786256541467</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Yolu</t>
+          <t>Kurtuluş</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>65</v>
+        <v>145</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786258398106</t>
+          <t>9786256541016</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Aşkın İmtihanı</t>
+          <t>Sesimi Duyan Var mı?</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257398954</t>
+          <t>9786256541337</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Yumağı Söküldü</t>
+          <t>Dede Olma Sanatı</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>45</v>
+        <v>165</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786258398038</t>
+          <t>9786256541412</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kapısı</t>
+          <t>Ataman - Kehanetin Anahtarı</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>75</v>
+        <v>145</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786258398052</t>
+          <t>9786256541238</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Yekpare</t>
+          <t>Peripol</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>75</v>
+        <v>165</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786258398007</t>
+          <t>9786256958623</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Radyo</t>
+          <t>Köstebek Yavrusu Nazlı'nın Maceraları</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786258398014</t>
+          <t>9786256541115</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>İyiyim Ben</t>
+          <t>Siyah Atın Süvarisi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>65</v>
+        <v>115</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786258398045</t>
+          <t>9786256958937</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Uçan Ejder</t>
+          <t>Efkarname</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>65</v>
+        <v>140</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786257398985</t>
+          <t>9786256958944</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Tanrı</t>
+          <t>Eylülde Ölmeliyim</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>45</v>
+        <v>130</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257398893</t>
+          <t>9786256958869</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler İmparatorluğu Cilt: 1</t>
+          <t>Gençliğime Dönmek İstedim</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786257398817</t>
+          <t>9786256958906</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Nilüfer Zamanı</t>
+          <t>Harflerin Sen Hali ‘Mavera’</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>65</v>
+        <v>170</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257398756</t>
+          <t>9786256958968</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Ah Mualla</t>
+          <t>Vefasızlık</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>65</v>
+        <v>165</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786257398671</t>
+          <t>9786256541092</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>San'dık</t>
+          <t>Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>65</v>
+        <v>135</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786257398602</t>
+          <t>9786256541023</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Aşkımız Seninle Dillerde Kaldı</t>
+          <t>İnsanlığın Kitabını Yazdım</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257398589</t>
+          <t>9786256541085</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz Ruhlar Mezarlığı</t>
+          <t>Ceza</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257398633</t>
+          <t>9786256958777</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Ve Ardımda Kalanlar</t>
+          <t>Bir Pul Parasına Dilenen Kadın</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786257398657</t>
+          <t>9786256541047</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>On Beş Bahar Dile Kolay</t>
+          <t>Bir Güle Vurgun</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>65</v>
+        <v>135</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257398459</t>
+          <t>9786256958920</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Köyün Müebbetlik Delileri</t>
+          <t>Bir Dua Mirası</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>120</v>
+        <v>370</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257398626</t>
+          <t>9786256541054</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Cemre Döngüsü</t>
+          <t>Aşklara Borçlu Kaldım</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>65</v>
+        <v>125</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257398572</t>
+          <t>9786256958845</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Türkmen - Eski Çeri</t>
+          <t>Acıya Su Vermek</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>135</v>
+        <v>295</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257398558</t>
+          <t>9786256958647</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Hikayesi</t>
+          <t>Ruhumun Sesi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>65</v>
+        <v>135</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786257398541</t>
+          <t>9786256958494</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Portakaldan Deniz Yaratmak</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>65</v>
+        <v>130</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786257398367</t>
+          <t>9786256958593</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Yalnızlığım</t>
+          <t>Üçüncü Tekil Şahsın Çocuğu</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786257398480</t>
+          <t>9786256958432</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Hasretin Gölgesindeki Sevda</t>
+          <t>Hüzün Kanatlı Kuşlar</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>69</v>
+        <v>130</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786257398466</t>
+          <t>9786256958654</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Kazıkbeli Kartalı ve Frenk Gülü</t>
+          <t>Kerem Ali’nin İstanbul Maceraları</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>65</v>
+        <v>95</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786257398473</t>
+          <t>9786256958020</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Kanser Bir İsyandır</t>
+          <t>Düşlerin Ardındaki Aşk</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>65</v>
+        <v>130</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257398527</t>
+          <t>9786256958722</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Kanayan Çığlık</t>
+          <t>Şükür Rehberi</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>85</v>
+        <v>120</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257398442</t>
+          <t>9786256958708</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Oyun Bitti</t>
+          <t>Ab-ı Hayat</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257398435</t>
+          <t>9786256958807</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Sen Vardın</t>
+          <t>Geceye Özlemin Düştü</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>65</v>
+        <v>135</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786257398510</t>
+          <t>9786256958685</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Alperenler</t>
+          <t>Kanatsız Güvercin</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>65</v>
+        <v>145</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786257398282</t>
+          <t>9786256958661</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Cennet Kuşu</t>
+          <t>Albay Nikolay</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786257398381</t>
+          <t>9786256958821</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Umutlu Yürekler</t>
+          <t>Mopsus Baba</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>65</v>
+        <v>140</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257398343</t>
+          <t>9786256958791</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Utopia</t>
+          <t>Tavuklar Firarda</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786257398404</t>
+          <t>9786256958739</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Yare-i Dil</t>
+          <t>Kırmızı Değnek</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>75</v>
+        <v>95</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786257393374</t>
+          <t>9786256958579</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Canım Dedem</t>
+          <t>Tabuttaki Umut</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>65</v>
+        <v>195</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786257398350</t>
+          <t>9786256958746</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Roses Will Rain</t>
+          <t>Acımsı Tat Tadımsı Hayat</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>75</v>
+        <v>165</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257398428</t>
+          <t>9786256958463</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Doğmadan Ölenler</t>
+          <t>Askoroz</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>85</v>
+        <v>200</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257398411</t>
+          <t>9786258398533</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Gülün Dikeni</t>
+          <t>7 Adımda Formda Kal</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>95</v>
+        <v>75</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786257398091</t>
+          <t>9786256958067</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Işıklar</t>
+          <t>Konuşan Öküz</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786257398312</t>
+          <t>9786256958326</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Ağıtlar ve Anılar</t>
+          <t>Çanakkale’de Allah’ın Adamları</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>65</v>
+        <v>180</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257398251</t>
+          <t>9786256958081</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Vedamsın</t>
+          <t>Siyanürlü Topraklar</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>65</v>
+        <v>220</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786257398244</t>
+          <t>9786256958104</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Sakura Zamanı</t>
+          <t>Maktul</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786257398268</t>
+          <t>9786256958180</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Süpürdüklerim Çöptü</t>
+          <t>Sana Sustum</t>
         </is>
       </c>
       <c r="C425" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786257398275</t>
+          <t>9786256958074</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Eskimez Güzel</t>
+          <t>Yokluğunun Sesi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786257398220</t>
+          <t>9786256958319</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Güvercin’in Körlüğü</t>
+          <t>Güller ve Periler</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786257398329</t>
+          <t>9786258398977</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Ne Kaldı Ki Güneşe</t>
+          <t>Leyla</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>165</v>
+        <v>80</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786257398053</t>
+          <t>9786256958098</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki İyilik</t>
+          <t>Saniyeler</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>65</v>
+        <v>165</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786257398213</t>
+          <t>9786256958166</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Kayıp</t>
+          <t>Deniz Fenerleri</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>50</v>
+        <v>95</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786257398237</t>
+          <t>9786256958258</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler Uçurdun Gönlümde</t>
+          <t>Belfü</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>165</v>
+        <v>135</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786257398190</t>
+          <t>9786256958197</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Eşekle Gelen Dostoyevski</t>
+          <t>Sandıktaki Sır</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>265</v>
+        <v>95</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786257398138</t>
+          <t>9786258398984</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Ovanın Zehraları</t>
+          <t>Hivda</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>70</v>
+        <v>185</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786257398107</t>
+          <t>9786256958142</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>Dilhun</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>75</v>
+        <v>98.9</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786257398183</t>
+          <t>9786256958289</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Derinindeki Sen</t>
+          <t>Kutsal Dizeler</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786257398114</t>
+          <t>9786256958241</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Tohum Çıtırtıları</t>
+          <t>Oğlum Rüstem</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786257398084</t>
+          <t>9786256958173</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Kar Köşkü</t>
+          <t>Her Kalp Bir Şehirdir</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>65</v>
+        <v>165</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786257398060</t>
+          <t>9786258398724</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Pembe Otobüs</t>
+          <t>Kaçış</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786257398015</t>
+          <t>9786258398731</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Anneme Söz Verdim - Zuhal</t>
+          <t>Ben Yazınca</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786257398169</t>
+          <t>9786258398670</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Ses Duyma Sınırı</t>
+          <t>Kendi Gerçekliğini Yaratmanın Sırrı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>65</v>
+        <v>145</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786257398152</t>
+          <t>9786258398656</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Mavi Öyküler</t>
+          <t>Yakınımda Sen Uzağımda Sen</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786257012980</t>
+          <t>9786258398649</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Beni Bırakma</t>
+          <t>Yeşil Kara Ayda</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>65</v>
+        <v>95</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786257398121</t>
+          <t>9786258398601</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Sadakat ve İntikam</t>
+          <t>Anlıyor İnsan Zamanla</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786257012867</t>
+          <t>9786258398632</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Bişe Olmaz Abi</t>
+          <t>Ağlasın</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786257398008</t>
+          <t>9786258398588</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Vakti Ay Doğar Mı?</t>
+          <t>Kırık Darağacı</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>65</v>
+        <v>225</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257398039</t>
+          <t>9786258398557</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Ömür Ya Öyküdür Ya Şiir</t>
+          <t>Zehra'nın Mucizevi Yolculuğu</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786257012997</t>
+          <t>9786258398519</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Mem De Kavuşur Zin’ine</t>
+          <t>Artık Konuşma Sırası Bende</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>225</v>
+        <v>75</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786257012935</t>
+          <t>9786258398496</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Saltanat</t>
+          <t>Potansiyel Mahşerin Köpekleri</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>120</v>
+        <v>85</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786257012973</t>
+          <t>9786258398441</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Düşünce</t>
+          <t>Bırak Çocuk Kalsın Yüreğim</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786257012928</t>
+          <t>9786258398434</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Masum Hayatlar</t>
+          <t>Sen Bir Papatya Tanesi</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257012942</t>
+          <t>9786258398427</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Mavi</t>
+          <t>Umut Kıvılcımları</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786257012911</t>
+          <t>9786258398359</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Müsteha</t>
+          <t>Düşler Peşinde</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>55</v>
+        <v>165</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786257012805</t>
+          <t>9786258398304</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Bir Vuslat Bin Veda</t>
+          <t>Duygularım</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257012881</t>
+          <t>9786258398311</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Sözyaşlarımın Manifestosu</t>
+          <t>Kalbe Dönüş</t>
         </is>
       </c>
       <c r="C454" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257012904</t>
+          <t>9786257398909</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Diller ve Güller</t>
+          <t>İçimdeki Sen</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786257012898</t>
+          <t>9786258398830</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Ökçe</t>
+          <t>Suskun</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>65</v>
+        <v>95</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257012874</t>
+          <t>9786258398854</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Sonsuz Deniz</t>
+          <t>Zaman</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>85</v>
+        <v>135</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786257012843</t>
+          <t>9786258398885</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Kıyam-Et</t>
+          <t>Dörtyoldan Esintiler</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257012829</t>
+          <t>9786256958111</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Zehra’m</t>
+          <t>Konağın Beyaz Gözyaşı</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257012799</t>
+          <t>9786256958012</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Nur'u Aynım</t>
+          <t>Masum Değiliz</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786257012782</t>
+          <t>9786257398299</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Kaç Kaç Zamanı</t>
+          <t>Beyaz Karanfil</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257012812</t>
+          <t>9786258398953</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Ateş'ten Öyküler</t>
+          <t>Sol Yanım Sürgün</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257012768</t>
+          <t>9786256958050</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Seyyah-ı Şiir</t>
+          <t>Mülteci</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257012775</t>
+          <t>9786258398960</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Seni Sensiz Sevmek</t>
+          <t>Marjinal</t>
         </is>
       </c>
       <c r="C464" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257012737</t>
+          <t>9786258398946</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Vuslatı Bekleyen Satırlar</t>
+          <t>Anafor</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>65</v>
+        <v>165</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257012720</t>
+          <t>9786257398961</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>İthaf</t>
+          <t>Solmayan Hayaller Ressamı</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257012706</t>
+          <t>9786258398939</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Gökbayrağın Gözyaşı</t>
+          <t>Yağmur Kokusu</t>
         </is>
       </c>
       <c r="C467" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257012690</t>
+          <t>9786256958005</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Seyyah</t>
+          <t>Son Veda</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>65</v>
+        <v>95</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257012669</t>
+          <t>9786258398267</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Gül de Öyle Git</t>
+          <t>Bu Hayatı Biz Seçmedik</t>
         </is>
       </c>
       <c r="C469" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257012546</t>
+          <t>9786257398725</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Bana Rağmen</t>
+          <t>Defterin Son Yaprağı</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257012232</t>
+          <t>9786258398922</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Efsunlu Masallar 3</t>
+          <t>Karanlık Zaaflar 2</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257012577</t>
+          <t>9786258398571</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Zeugma</t>
+          <t>Kolayca Gönlü Olmayan</t>
         </is>
       </c>
       <c r="C472" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257012638</t>
+          <t>9786258398717</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Aşk Sen</t>
+          <t>Sibirya'da Piyonların Devrimi</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>65</v>
+        <v>180</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257012652</t>
+          <t>9786258398878</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Hasret Hikayeleri</t>
+          <t>Man Adasının Solmayan Çiçeği</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>65</v>
+        <v>152</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257012515</t>
+          <t>9786258398687</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Virüs</t>
+          <t>Kalbi Olsaydı Anlardı</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257012553</t>
+          <t>9786258398847</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Kalbe</t>
+          <t>Okuldan Hayata</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>55</v>
+        <v>75</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257012584</t>
+          <t>9786258398762</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Kerpiç Ev</t>
+          <t>Babamın Değirmeni</t>
         </is>
       </c>
       <c r="C477" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257012539</t>
+          <t>9786258398755</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Gönül Devrimi</t>
+          <t>Hayata Gülümse</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786257012522</t>
+          <t>9786258398526</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Sen ve Mavi</t>
+          <t>Adalet</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257012478</t>
+          <t>9786258398748</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>İki Üzüm Tanesi</t>
+          <t>Kahve Sohbetleri</t>
         </is>
       </c>
       <c r="C480" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257012461</t>
+          <t>9786258398823</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Gemisiz Kaptanlar</t>
+          <t>Köşemden Kalma İzler</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>165</v>
+        <v>80</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257012447</t>
+          <t>9786258398793</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Düşler Beyaz Masallar Doğurur</t>
+          <t>Rame</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>55</v>
+        <v>85</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257012409</t>
+          <t>9786258398373</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Aşk</t>
+          <t>Sadabad Rüyası</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257012416</t>
+          <t>9786258398342</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Seyri</t>
+          <t>İki Şekerli</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257012379</t>
+          <t>9786258398458</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>İlk Dem</t>
+          <t>Kırık Çizgiler</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>55</v>
+        <v>80</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257012355</t>
+          <t>9786258398472</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Haykırışlar</t>
+          <t>Hüznümün Satırları</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257012362</t>
+          <t>9786258398397</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Zamansız</t>
+          <t>Küçük Yaprağın Öyküsü</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>75</v>
+        <v>145</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257012324</t>
+          <t>9786258398410</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Nazilli Tarihi</t>
+          <t>Ya Ne Zaman</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257012133</t>
+          <t>9786257398947</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Çocuğa Bir Yanılsama</t>
+          <t>Melekler Şahit Olsun</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>35</v>
+        <v>85</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257012263</t>
+          <t>9786258398236</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>İmtihanımın Gözyaşları</t>
+          <t>Vurgun Yüreğim</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257012256</t>
+          <t>9786258398243</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Tirebolu</t>
+          <t>Görevimiz Panik Atak</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257012294</t>
+          <t>9786258398274</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Solmayan Ümit</t>
+          <t>Modern Hayat Sayıklamaları</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257012140</t>
+          <t>9786258398120</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Dem - Lara</t>
+          <t>Gönül Kenti</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>35</v>
+        <v>69</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257012249</t>
+          <t>9786258398083</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Pantus'a Darbe - Kızıl Gül</t>
+          <t>Boyun Cüzdanı</t>
         </is>
       </c>
       <c r="C494" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257012218</t>
+          <t>9786258398298</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Yolun Sonu</t>
+          <t>Şirin-ce</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786056969874</t>
+          <t>9786257398930</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Ejder Vuruşu</t>
+          <t>İçimdeki Notları Aşk Gibi Okumak</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>65</v>
+        <v>165</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257012157</t>
+          <t>9786258398175</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Gülezar</t>
+          <t>Kar Gibi Bembeyaz Teninde Sev Ülkeni Berfin</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257012102</t>
+          <t>9786258398335</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Aşiyan</t>
+          <t>Uzun Yol Masalı</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>45</v>
+        <v>75</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257012027</t>
+          <t>9786258398113</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dağlarım</t>
+          <t>Kendinsin</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786056969881</t>
+          <t>9786258398281</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Ayrı Dünyalar ve Haikular</t>
+          <t>Dedemin Serüveni</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257012072</t>
+          <t>9786258398250</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Makmara Mezarlığı</t>
+          <t>Ateş Soyu</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257012003</t>
+          <t>9786258398144</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Gamzendeki Esir</t>
+          <t>Gönülce</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257012058</t>
+          <t>9786258398168</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Yolculuk</t>
+          <t>Sessiz Aşk Terapisi</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>165</v>
+        <v>70</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786056969836</t>
+          <t>9786258398151</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Arı Çocuk - Göktaşının Esrarı</t>
+          <t>Ve's-selam</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>50</v>
+        <v>95</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786056969829</t>
+          <t>9786258398182</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Bülbülün Feryadı</t>
+          <t>Asi Bahar</t>
         </is>
       </c>
       <c r="C505" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786056945465</t>
+          <t>9786258398212</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Duysunlar Beni</t>
+          <t>Masal Diyarına Yolculuk</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786056945489</t>
+          <t>9786258398229</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Suyu Arayan Balina</t>
+          <t>Sosyo-Antro Psiko - Felsefe (1.Kitap)</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>35</v>
+        <v>185</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786056945458</t>
+          <t>9786258398205</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Amazonika</t>
+          <t>Antro - Psiko Felsefe (2. Kitap)</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>90</v>
+        <v>185</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786056945410</t>
+          <t>9786258398076</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Ateşle Dansı</t>
+          <t>Kalp Artığı</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>65</v>
+        <v>135</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786056945427</t>
+          <t>9786257398916</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Tutku 2. Cilt</t>
+          <t>Yıllar Geçti Aradan</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>65</v>
+        <v>95</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786056931772</t>
+          <t>9786257398879</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>B'aşka Gelen</t>
+          <t>Dağarcığımdakiler</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>35</v>
+        <v>75</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786056931758</t>
+          <t>9786257398763</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Balan Dağı Hikayesi</t>
+          <t>İnsan ve Arayış</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>45</v>
+        <v>65</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786056931741</t>
+          <t>9786257398862</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Senden Sonra Ben</t>
+          <t>Eşeği Saldım Çayıra</t>
         </is>
       </c>
       <c r="C513" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786056924859</t>
+          <t>9786257398848</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Vuslat-ı Tevekkül</t>
+          <t>Şimdi Sen Olsaydın</t>
         </is>
       </c>
       <c r="C514" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786056924873</t>
+          <t>9786257398855</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Lal</t>
+          <t>Gurbet Yolu</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786056924897</t>
+          <t>9786258398106</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Diclenin Gözyaşları</t>
+          <t>Aşkın İmtihanı</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786056924835</t>
+          <t>9786257398954</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>O Günden Sonra</t>
+          <t>Dünyanın Yumağı Söküldü</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>65</v>
+        <v>45</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786056931710</t>
+          <t>9786258398038</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Ben Soffie</t>
+          <t>Gönül Kapısı</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786056931727</t>
+          <t>9786258398052</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Gülümseyen Türkçe</t>
+          <t>Yekpare</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>45</v>
+        <v>75</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786056924811</t>
+          <t>9786258398007</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Derin Bir Mesele</t>
+          <t>Gizemli Radyo</t>
         </is>
       </c>
       <c r="C520" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786056924842</t>
+          <t>9786258398014</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Tunga ve Kara Adam</t>
+          <t>İyiyim Ben</t>
         </is>
       </c>
       <c r="C521" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786058152090</t>
+          <t>9786258398045</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlüğün Peşinde</t>
+          <t>Uçan Ejder</t>
         </is>
       </c>
       <c r="C522" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786058152083</t>
+          <t>9786257398985</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Ayrıksı ve Postmodern Düşler</t>
+          <t>Tanrı</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786058152038</t>
+          <t>9786257398893</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Var Olmayan Kraliçe</t>
+          <t>Gölgeler İmparatorluğu Cilt: 1</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>35</v>
+        <v>95</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
+          <t>9786257398817</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Nilüfer Zamanı</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786257398756</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Ah Mualla</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786257398671</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>San'dık</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786257398602</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Aşkımız Seninle Dillerde Kaldı</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786257398589</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Umutsuz Ruhlar Mezarlığı</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786257398633</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Ve Ardımda Kalanlar</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786257398657</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>On Beş Bahar Dile Kolay</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786257398459</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Köyün Müebbetlik Delileri</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786257398626</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Cemre Döngüsü</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786257398572</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Türkmen - Eski Çeri</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786257398558</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yol Hikayesi</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786257398541</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Sürgün</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786257398367</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Yalnızlığım</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786257398480</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Hasretin Gölgesindeki Sevda</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786257398466</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Kazıkbeli Kartalı ve Frenk Gülü</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786257398473</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Kanser Bir İsyandır</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786257398527</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Kanayan Çığlık</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786257398442</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Oyun Bitti</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786257398435</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Sen Vardın</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786257398510</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Alperenler</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786257398282</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Cennet Kuşu</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786257398381</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Umutlu Yürekler</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786257398343</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Utopia</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786257398404</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Yare-i Dil</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786257393374</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Canım Dedem</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786257398350</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Roses Will Rain</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786257398428</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Doğmadan Ölenler</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786257398411</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Gülün Dikeni</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786257398091</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Işıklar</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786257398312</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Ağıtlar ve Anılar</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786257398251</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Vedamsın</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786257398244</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Sakura Zamanı</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786257398268</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Süpürdüklerim Çöptü</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786257398275</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Eskimez Güzel</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786257398220</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Güvercin’in Körlüğü</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786257398329</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Ne Kaldı Ki Güneşe</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786257398053</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki İyilik</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786257398213</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Dünyalar Kayıp</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786257398237</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Kelebekler Uçurdun Gönlümde</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786257398190</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Eşekle Gelen Dostoyevski</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786257398138</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Ovanın Zehraları</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786257398107</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Yüzleşme</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786257398183</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Kalbimin Derinindeki Sen</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786257398114</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Tohum Çıtırtıları</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786257398084</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Kar Köşkü</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786257398060</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Pembe Otobüs</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786257398015</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Anneme Söz Verdim - Zuhal</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786257398169</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Ses Duyma Sınırı</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786257398152</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamdan Mavi Öyküler</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786257012980</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Beni Bırakma</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786257398121</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Sadakat ve İntikam</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786257012867</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Bişe Olmaz Abi</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9786257398008</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Gündüz Vakti Ay Doğar Mı?</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9786257398039</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>Ömür Ya Öyküdür Ya Şiir</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9786257012997</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Mem De Kavuşur Zin’ine</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9786257012935</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Tek Kişilik Saltanat</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786257012973</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Düşünce</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9786257012928</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Masum Hayatlar</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9786257012942</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>Kalbim Mavi</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9786257012911</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Müsteha</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9786257012805</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Bir Vuslat Bin Veda</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9786257012881</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>Sözyaşlarımın Manifestosu</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9786257012904</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Diller ve Güller</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9786257012898</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Ökçe</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786257012874</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğimde Sonsuz Deniz</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9786257012843</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Kıyam-Et</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9786257012829</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Zehra’m</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9786257012799</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>Nur'u Aynım</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9786257012782</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>Kaç Kaç Zamanı</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9786257012812</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>Ateş'ten Öyküler</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9786257012768</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Seyyah-ı Şiir</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786257012775</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Seni Sensiz Sevmek</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9786257012737</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>Vuslatı Bekleyen Satırlar</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9786257012720</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>İthaf</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9786257012706</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>Gökbayrağın Gözyaşı</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9786257012690</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>Seyyah</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9786257012669</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Gül de Öyle Git</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9786257012546</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Bana Rağmen</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9786257012232</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Efsunlu Masallar 3</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9786257012577</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>Zeugma</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9786257012638</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Kalbimdeki Aşk Sen</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9786257012652</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Hasret Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9786257012515</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Virüs</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9786257012553</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Ateşten Kalbe</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786257012584</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Kerpiç Ev</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786257012539</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Devrimi</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9786257012522</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Sen ve Mavi</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9786257012478</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>İki Üzüm Tanesi</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9786257012461</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Gemisiz Kaptanlar</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9786257012447</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Turuncu Düşler Beyaz Masallar Doğurur</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9786257012409</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuz Aşk</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9786257012416</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Seyri</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9786257012379</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>İlk Dem</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9786257012355</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Haykırışlar</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9786257012362</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Zamansız</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9786257012324</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Milli Mücadele Nazilli Tarihi</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9786257012133</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Çocuğa Bir Yanılsama</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9786257012263</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>İmtihanımın Gözyaşları</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9786257012256</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Tirebolu</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786257012294</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Solmayan Ümit</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9786257012140</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Dem - Lara</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9786257012249</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Pantus'a Darbe - Kızıl Gül</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786257012218</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Yolun Sonu</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786056969874</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>Ejder Vuruşu</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786257012157</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Gülezar</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786257012102</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Aşiyan</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9786257012027</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Dağlarım</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786056969881</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Ayrı Dünyalar ve Haikular</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786257012072</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>Makmara Mezarlığı</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786257012003</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Gamzendeki Esir</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786257012058</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Yolculuk</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786056969836</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Arı Çocuk - Göktaşının Esrarı</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9786056969829</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>Bülbülün Feryadı</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9786056945465</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>Duysunlar Beni</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9786056945489</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Suyu Arayan Balina</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9786056945458</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>Amazonika</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9786056945410</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Ateşle Dansı</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9786056945427</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Bitmeyen Tutku 2. Cilt</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9786056931772</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>B'aşka Gelen</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9786056931758</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Balan Dağı Hikayesi</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9786056931741</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>Senden Sonra Ben</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9786056924859</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>Vuslat-ı Tevekkül</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9786056924873</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>Lal</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9786056924897</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>Diclenin Gözyaşları</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9786056924835</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>O Günden Sonra</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9786056931710</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>Ben Soffie</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9786056931727</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>Gülümseyen Türkçe</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9786056924811</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>Derin Bir Mesele</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9786056924842</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Tunga ve Kara Adam</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9786058152090</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>Ölümsüzlüğün Peşinde</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9786058152083</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>Ayrıksı ve Postmodern Düşler</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9786058152038</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>Var Olmayan Kraliçe</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
           <t>9786058152021</t>
         </is>
       </c>
-      <c r="B525" s="1" t="inlineStr">
+      <c r="B657" s="1" t="inlineStr">
         <is>
           <t>Bitmeyen Tutku</t>
         </is>
       </c>
-      <c r="C525" s="1">
+      <c r="C657" s="1">
         <v>65</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>