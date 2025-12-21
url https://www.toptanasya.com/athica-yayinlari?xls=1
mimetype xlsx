--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,5800 +85,6190 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258502053</t>
+          <t>9786258502206</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 13</t>
+          <t>The Boys 5: Kahramangazm</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258502060</t>
+          <t>9786258502145</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 14</t>
+          <t>Dai Dark 1</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255610935</t>
+          <t>9786258502152</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Husky ve Beyaz Kedi Shizun</t>
+          <t>Dai Dark 2</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>470</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255610928</t>
+          <t>9786258502169</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Şeftali Çiçeği ve Ölümsüz Aşk</t>
+          <t>Dai Dark 3</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>560</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258502008</t>
+          <t>9786258502190</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kötü Adamın İzin Günü 1</t>
+          <t>Berserk 15</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258502015</t>
+          <t>9786258502183</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kötü Adamın İzin Günü 2</t>
+          <t>Berserk 14</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255610997</t>
+          <t>9786258502176</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Onu Ayışığında Aramak</t>
+          <t>Berserk 13</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258502022</t>
+          <t>9786258502251</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hikaru’nun Veda Ettiği Yaz 4</t>
+          <t>Batman - Adalet Avcısı 4</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255610959</t>
+          <t>9786258502213</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Gachiakuta 4</t>
+          <t>Invincible 7: Üçlü Olsun</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255610942</t>
+          <t>9786258502244</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gachiakuta 3</t>
+          <t>Batman - Adalet Avcısı 3</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255610201</t>
+          <t>9786258502237</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>D-Day: Son Durak</t>
+          <t>Tamon-Kun'un Hangi Yüzü? 4</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255610775</t>
+          <t>9786258502138</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Cinayeti Çözebilir Misin?</t>
+          <t>Kumorin: Hevessiz Bir Melek 1</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255610881</t>
+          <t>9786258502114</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Akame, Keser 9</t>
+          <t>Red Hood Kanunsuzlar 2</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255610898</t>
+          <t>9786258502121</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Akame, Keser 10</t>
+          <t>Batman: Wayne Ailesi Maceraları 2</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255610867</t>
+          <t>9696211112673</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ev Cadısı 1</t>
+          <t>Hwang Bo-Reum 3 Kitap Kutulu Set</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>550</v>
+        <v>850</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255610782</t>
+          <t>9786258502107</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kahramanın Doğuşu: Kartallar Efsanesi 1</t>
+          <t>Kitapların İyileştirme Gücü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255610904</t>
+          <t>9786255610980</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kütüphaneyi Kurtaran Kedi</t>
+          <t>Gecenin Sonundaki Ateş</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>230</v>
+        <v>490</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255610706</t>
+          <t>9786258502091</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>O Yaz Günleri 2</t>
+          <t>Ölüm Ağacı: Ölüler Diyarının Meyvesi 3</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255610690</t>
+          <t>9786258502077</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>O Yaz Günleri 1</t>
+          <t>Ölüm Ağacı: Ölüler Diyarının Meyvesi 1</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255610911</t>
+          <t>9786255610621</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kitapları Kurtaran Kedi</t>
+          <t>Beyond the Story: BTS'in 10 Yılllık Hikâyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>230</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255610713</t>
+          <t>9786258502084</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>O Yaz Günleri 3</t>
+          <t>Ölüm Ağacı: Ölüler Diyarının Meyvesi 2</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255610836</t>
+          <t>9786255610966</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>P*ç Kurusu 3</t>
+          <t>Yedinin Nabzı 2</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9696211112390</t>
+          <t>9786255610973</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İzmarit ve Kibrit Kutulu Set (Ciltli)</t>
+          <t>Yedinin Nabzı 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>1150</v>
+        <v>520</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255610751</t>
+          <t>9696211112628</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kibrit (Ciltli)</t>
+          <t>Yedinin Nabzı 2 - Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>480</v>
+        <v>595</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255610720</t>
+          <t>9786258502039</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İzmarit</t>
+          <t>True Beauty 9</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>430</v>
+        <v>460</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255610737</t>
+          <t>9786258502046</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İzmarit (Ciltli)</t>
+          <t>Eleceed 2</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255610744</t>
+          <t>9786258502053</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kibrit</t>
+          <t>Şifacı Günceleri 13</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255610874</t>
+          <t>9786258502060</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Seninle İçtiğim S*gara 4</t>
+          <t>Şifacı Günceleri 14</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255610829</t>
+          <t>9786255610935</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Parmak Uçlarında Aşk 4</t>
+          <t>Husky ve Beyaz Kedisi Shizun</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>210</v>
+        <v>470</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255610812</t>
+          <t>9786255610928</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Parmak Uçlarında Aşk 3</t>
+          <t>Şeftali Çiçeği ve Ölümsüz Aşk</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>210</v>
+        <v>560</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255610805</t>
+          <t>9786258502008</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Parmak Uçlarında Aşk 2</t>
+          <t>Kötü Adamın İzin Günü 1</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255610799</t>
+          <t>9786258502015</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Parmak Uçlarında Aşk 1</t>
+          <t>Kötü Adamın İzin Günü 2</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255610850</t>
+          <t>9786255610997</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hikaru’nun Veda Ettiği Yaz 3</t>
+          <t>Onu Ayışığında Aramak</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>210</v>
+        <v>310</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255610843</t>
+          <t>9786258502022</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hikaru’nun Veda Ettiği Yaz 2</t>
+          <t>Hikaru’nun Veda Ettiği Yaz 4</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255610683</t>
+          <t>9786255610959</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sade Bir Hayat</t>
+          <t>Gachiakuta 4</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255610768</t>
+          <t>9786255610942</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Kulesinin Usta Oyuncusu 4</t>
+          <t>Gachiakuta 3</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>460</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256335202</t>
+          <t>9786255610201</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yaz Uykusu (Ciltli)</t>
+          <t>D-Day: Son Durak</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>460</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255610645</t>
+          <t>9786255610775</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Köpek Olmak İçin Güzel Bir Gün 2</t>
+          <t>Cinayeti Çözebilir Misin?</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>460</v>
+        <v>370</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255610676</t>
+          <t>9786255610881</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dışarıdaki Kız 8</t>
+          <t>Akame, Keser 9</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255610669</t>
+          <t>9786255610898</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Dışarıdaki Kız 9</t>
+          <t>Akame, Keser 10</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255610652</t>
+          <t>9786255610867</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dışarıdaki Kız 7</t>
+          <t>Ev Cadısı 1</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>210</v>
+        <v>550</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255610638</t>
+          <t>9786255610782</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Varoluş 2</t>
+          <t>Kahramanın Doğuşu: Kartallar Efsanesi 1</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255610591</t>
+          <t>9786255610904</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İskelet Şövalye: Başka Bir Dünyada 1</t>
+          <t>Kütüphaneyi Kurtaran Kedi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255610607</t>
+          <t>9786255610706</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İskelet Şövalye: Başka Bir Dünyada 2</t>
+          <t>O Yaz Günleri 2</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255610614</t>
+          <t>9786255610690</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İskelet Şövalye: Başka Bir Dünyada 3</t>
+          <t>O Yaz Günleri 1</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255610577</t>
+          <t>9786255610911</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Kızı 6</t>
+          <t>Kitapları Kurtaran Kedi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255610515</t>
+          <t>9786255610713</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Doğunun Son Ejderhası</t>
+          <t>O Yaz Günleri 3</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255610560</t>
+          <t>9786255610836</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kara Günler - Cadının Canavarlar Ansiklopedisi 1</t>
+          <t>P*ç Kurusu 3</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>410</v>
+        <v>480</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255610171</t>
+          <t>9696211112390</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Terk Edilmiş İmparatoriçe 3</t>
+          <t>İzmarit ve Kibrit Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>440</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255610539</t>
+          <t>9786255610751</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Berserk 10</t>
+          <t>Kibrit (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255610522</t>
+          <t>9786255610720</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Berserk 9</t>
+          <t>İzmarit</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>210</v>
+        <v>430</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255610546</t>
+          <t>9786255610737</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Berserk 11</t>
+          <t>İzmarit (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255610584</t>
+          <t>9786255610744</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Invincible 6 - Farklı Bir Dünya</t>
+          <t>Kibrit</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255610553</t>
+          <t>9786255610874</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Berserk 12</t>
+          <t>Seninle İçtiğim S*gara 4</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255610492</t>
+          <t>9786255610829</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sweet Home 1</t>
+          <t>Parmak Uçlarında Aşk 4</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>440</v>
+        <v>210</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255610461</t>
+          <t>9786255610812</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Black Lagoon 3</t>
+          <t>Parmak Uçlarında Aşk 3</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255610508</t>
+          <t>9786255610805</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Prenses Oldum 6</t>
+          <t>Parmak Uçlarında Aşk 2</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>440</v>
+        <v>210</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255610478</t>
+          <t>9786255610799</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 11</t>
+          <t>Parmak Uçlarında Aşk 1</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255610485</t>
+          <t>9786255610850</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 12</t>
+          <t>Hikaru’nun Veda Ettiği Yaz 3</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255610430</t>
+          <t>9786255610843</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yeon’un Mektubu</t>
+          <t>Hikaru’nun Veda Ettiği Yaz 2</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>440</v>
+        <v>210</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255610454</t>
+          <t>9786255610683</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Batman: Wayne Ailesi Maceraları 1</t>
+          <t>Sade Bir Hayat</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255610409</t>
+          <t>9786255610768</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Red Hood: Kanunsuzlar 1</t>
+          <t>Eğitim Kulesinin Usta Oyuncusu 4</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>390</v>
+        <v>460</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255610416</t>
+          <t>9786256335202</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>86: Seksen Altı Parçalı Gelişim 1</t>
+          <t>Yaz Uykusu (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>190</v>
+        <v>460</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255610423</t>
+          <t>9786255610645</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>86: Seksen Altı Parçalı Gelişim 2</t>
+          <t>Köpek Olmak İçin Güzel Bir Gün 2</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>190</v>
+        <v>460</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255610447</t>
+          <t>9786255610676</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Tanrısı 5</t>
+          <t>Dışarıdaki Kız 8</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255610270</t>
+          <t>9786255610669</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Doksan Artı Dört 2 (Ciltli)</t>
+          <t>Dışarıdaki Kız 9</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>520</v>
+        <v>230</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255610263</t>
+          <t>9786255610652</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Doksan Artı Dört 1 (Ciltli)</t>
+          <t>Dışarıdaki Kız 7</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>540</v>
+        <v>230</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9696211112314</t>
+          <t>9786255610638</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Doksan Artı Dört 1-2 Kutulu Set (Ciltli)</t>
+          <t>Varoluş 2</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>1150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255610331</t>
+          <t>9786255610591</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tanrı ve Gumiho: Kader Düğümü 1 (Ciltli)</t>
+          <t>İskelet Şövalye: Başka Bir Dünyada 1</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>550</v>
+        <v>210</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255610393</t>
+          <t>9786255610607</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Dark Souls: Kefaret 2</t>
+          <t>İskelet Şövalye: Başka Bir Dünyada 2</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255610386</t>
+          <t>9786255610614</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kichijoji'nin Kadın Kitapçıları</t>
+          <t>İskelet Şövalye: Başka Bir Dünyada 3</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255610355</t>
+          <t>9786255610577</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Gachiakuta 1</t>
+          <t>İmparatorun Kızı 6</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255610362</t>
+          <t>9786255610515</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Gachiakuta 2</t>
+          <t>Doğunun Son Ejderhası</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255610379</t>
+          <t>9786255610560</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hikaru’nun Veda Ettiği Yaz 1</t>
+          <t>Kara Günler - Cadının Canavarlar Ansiklopedisi 1</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>210</v>
+        <v>410</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259861258</t>
+          <t>9786255610171</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Invincible 1 - Aile Meseleleri</t>
+          <t>Terk Edilmiş İmparatoriçe 3</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9696211112215</t>
+          <t>9786255610539</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yaz Uykusu – Kış Güneşi 2 Kitaplık Kutulu Set (Ciltli)</t>
+          <t>Berserk 10</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>995</v>
+        <v>240</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9696211112222</t>
+          <t>9786255610522</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yaz Uykusu – Kış Güneşi 2 Kitaplık Kutulu Set</t>
+          <t>Berserk 9</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>895</v>
+        <v>240</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255610324</t>
+          <t>9786255610546</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Prenses Kulübü 2</t>
+          <t>Berserk 11</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255610348</t>
+          <t>9786255610584</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Lookism 2</t>
+          <t>Invincible 6 - Farklı Bir Dünya</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>440</v>
+        <v>370</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255610300</t>
+          <t>9786255610553</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Liseli Paralı Askerin Macerası 1</t>
+          <t>Berserk 12</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255610317</t>
+          <t>9786255610492</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Tamon - Kun'un Hangi Yüzü? 3</t>
+          <t>Sweet Home 1</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255610287</t>
+          <t>9786255610461</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Eleceed 1</t>
+          <t>Black Lagoon 3</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255610232</t>
+          <t>9786255610508</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Miraculous: Uğur Böceği ile Kara Kedi 1</t>
+          <t>Nasıl Prenses Oldum 6</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255610249</t>
+          <t>9786255610478</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Miraculous: Uğur Böceği ile Kara Kedi 2</t>
+          <t>Şifacı Günceleri 11</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255610256</t>
+          <t>9786255610485</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Miraculous: Uğur Böceği ile Kara Kedi 3</t>
+          <t>Şifacı Günceleri 12</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255610225</t>
+          <t>9786255610430</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kocamı Tarafıma Nasıl Çekerim 1</t>
+          <t>Yeon’un Mektubu</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256187436</t>
+          <t>9786255610454</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Köylü Hünerli Bir Kılıç Ustası Oluyor 3</t>
+          <t>Batman: Wayne Ailesi Maceraları 1</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256187399</t>
+          <t>9786255610409</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bem 3</t>
+          <t>Red Hood: Kanunsuzlar 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256187382</t>
+          <t>9786255610416</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bem 2</t>
+          <t>86: Seksen Altı Parçalı Gelişim 1</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9693110002074</t>
+          <t>9786255610423</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>True Beauty Seti (2 Kitap)</t>
+          <t>86: Seksen Altı Parçalı Gelişim 2</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>760</v>
+        <v>210</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259911441</t>
+          <t>9786255610447</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ganbatte</t>
+          <t>Dövüş Tanrısı 5</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>160</v>
+        <v>460</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786259911403</t>
+          <t>9786255610270</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Anime Nasıl Çizilir? Bölüm - 1</t>
+          <t>Doksan Artı Dört 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>320</v>
+        <v>520</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255610294</t>
+          <t>9786255610263</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Ev</t>
+          <t>Doksan Artı Dört 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>240</v>
+        <v>540</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256187672</t>
+          <t>9696211112314</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Skyrim Kütüphanesi - Skyrim Tarihi Birinci Cilt (Ciltli)</t>
+          <t>Doksan Artı Dört 1-2 Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>2100</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786255610218</t>
+          <t>9786255610331</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>The Boys 4: Hemen Gitmemiz Lazım</t>
+          <t>Tanrı ve Gumiho: Kader Düğümü 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>420</v>
+        <v>580</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256187719</t>
+          <t>9786255610393</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Günde Bir Doz Kedi</t>
+          <t>Dark Souls: Kefaret 2</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786255610195</t>
+          <t>9786255610386</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dük'ün Malikanesi Cilt 3</t>
+          <t>Kichijoji'nin Kadın Kitapçıları</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>460</v>
+        <v>340</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255610157</t>
+          <t>9786255610355</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kül Kanat</t>
+          <t>Gachiakuta 1</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9696211112208</t>
+          <t>9786255610362</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kül Kanat Kutulu Set (Ciltli)</t>
+          <t>Gachiakuta 2</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>580</v>
+        <v>220</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786255610164</t>
+          <t>9786255610379</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kül Kanat (Ciltli)</t>
+          <t>Hikaru’nun Veda Ettiği Yaz 1</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786255610188</t>
+          <t>9786259861258</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Üstün Yetenekliler Sınıfı 2</t>
+          <t>Invincible 1 - Aile Meseleleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>290</v>
+        <v>370</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256187726</t>
+          <t>9696211112215</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşı Suçlamak 2</t>
+          <t>Yaz Uykusu – Kış Güneşi 2 Kitaplık Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>230</v>
+        <v>995</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786255610072</t>
+          <t>9696211112222</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Milas (Ciltli)</t>
+          <t>Yaz Uykusu – Kış Güneşi 2 Kitaplık Kutulu Set</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>480</v>
+        <v>895</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786255610140</t>
+          <t>9786255610324</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kedim Oyunlarım ve Ben 6</t>
+          <t>Lanetli Prenses Kulübü 2</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786255610065</t>
+          <t>9786255610348</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Milas</t>
+          <t>Lookism 2</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>430</v>
+        <v>460</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9696211112185</t>
+          <t>9786255610300</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Safir ve Milas Kutulu Set (Ciltli)</t>
+          <t>Liseli Paralı Askerin Macerası 1</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>1100</v>
+        <v>480</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255610058</t>
+          <t>9786255610317</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Safir (Ciltli)</t>
+          <t>Tamon-Kun'un Hangi Yüzü? 3</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>470</v>
+        <v>210</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786255610041</t>
+          <t>9786255610287</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Safir</t>
+          <t>Eleceed 1</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>420</v>
+        <v>480</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786255610133</t>
+          <t>9786255610232</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Benim Mutlu Evliliğim 5</t>
+          <t>Miraculous: Uğur Böceği ile Kara Kedi 1</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786255610102</t>
+          <t>9786255610249</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bu Hayatımda Aile Reisi Olacağım 3</t>
+          <t>Miraculous: Uğur Böceği ile Kara Kedi 2</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>480</v>
+        <v>210</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786255610119</t>
+          <t>9786255610256</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Akame, Keser 7</t>
+          <t>Miraculous: Uğur Böceği ile Kara Kedi 3</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786255610126</t>
+          <t>9786255610225</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Akame, Keser 8</t>
+          <t>Kocamı Tarafıma Nasıl Çekerim 1</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786255610089</t>
+          <t>9786256187436</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sondan Sonraki Başlangıç 3</t>
+          <t>Sıradan Bir Köylü Hünerli Bir Kılıç Ustası Oluyor 3</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>440</v>
+        <v>210</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786255610096</t>
+          <t>9786256187399</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kadın Bir Kukla 1</t>
+          <t>Bem 3</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>480</v>
+        <v>210</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256187962</t>
+          <t>9786256187382</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Yolun Efendisi 3</t>
+          <t>Bem 2</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>440</v>
+        <v>210</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256187955</t>
+          <t>9693110002074</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Yolun Efendisi 2</t>
+          <t>True Beauty Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>440</v>
+        <v>920</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786255610034</t>
+          <t>9786259911441</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 10</t>
+          <t>Ganbatte</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786255610027</t>
+          <t>9786259911403</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 9</t>
+          <t>Anime Nasıl Çizilir? Bölüm - 1</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256187993</t>
+          <t>9786255610294</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Roji 2</t>
+          <t>Tuhaf Ev</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256187702</t>
+          <t>9786256187672</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Soyang-ri'nin Kitap Mutfağı</t>
+          <t>Skyrim Kütüphanesi - Skyrim Tarihi Birinci Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>240</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786255610010</t>
+          <t>9786255610218</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 8</t>
+          <t>The Boys 4: Hemen Gitmemiz Lazım</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786255610003</t>
+          <t>9786256187719</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Trace 8</t>
+          <t>Günde Bir Doz Kedi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256187931</t>
+          <t>9786255610195</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Dışarı’daki Kız 5</t>
+          <t>Dük'ün Malikanesi Cilt 3</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256187948</t>
+          <t>9786255610157</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Dışarı’daki Kız 6</t>
+          <t>Kül Kanat</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256187979</t>
+          <t>9696211112208</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Berserk 7</t>
+          <t>Kül Kanat Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>210</v>
+        <v>580</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256187924</t>
+          <t>9786255610164</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Kedi</t>
+          <t>Kül Kanat (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256187986</t>
+          <t>9786255610188</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Berserk 8</t>
+          <t>Üstün Yetenekliler Sınıfı 2</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256187849</t>
+          <t>9786256187726</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kış Güneşi (Ciltli)</t>
+          <t>Arkadaşı Suçlamak 2</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256187832</t>
+          <t>9786255610072</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kış Güneşi</t>
+          <t>Milas (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>390</v>
+        <v>480</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9696211112086</t>
+          <t>9786255610140</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kış Güneşi Kutulu Set (Ciltli)</t>
+          <t>Kedim Oyunlarım ve Ben 6</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>550</v>
+        <v>210</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256187900</t>
+          <t>9786255610065</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Ejderha 2</t>
+          <t>Milas</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>210</v>
+        <v>430</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256187887</t>
+          <t>9696211112185</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Seninle İçtiğim S*gara 3</t>
+          <t>Safir ve Milas Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>210</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256187894</t>
+          <t>9786255610058</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Tamon-Kun’un Hangi Yüzü? 2</t>
+          <t>Safir (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>210</v>
+        <v>470</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256187917</t>
+          <t>9786255610041</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Ejderha 3</t>
+          <t>Safir</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256187870</t>
+          <t>9786255610133</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kötülerin Kaderi Yok Olmaktır 3</t>
+          <t>Benim Mutlu Evliliğim 5</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256187795</t>
+          <t>9786255610102</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Invincible 5 - Hayatın Gerçekleri</t>
+          <t>Bu Hayatımda Aile Reisi Olacağım 3</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256187825</t>
+          <t>9786255610119</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İddiayla Başlayan Veda Aşkı 3</t>
+          <t>Akame, Keser 7</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256187801</t>
+          <t>9786255610126</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>True Beauty 8</t>
+          <t>Akame, Keser 8</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256187863</t>
+          <t>9786255610089</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yakuza’nın Çocuk Bakım Rehberi 3</t>
+          <t>Sondan Sonraki Başlangıç 3</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>190</v>
+        <v>460</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256187788</t>
+          <t>9786255610096</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Aslan Wanini 1</t>
+          <t>Kötü Kadın Bir Kukla 1</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>430</v>
+        <v>480</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256187856</t>
+          <t>9786256187962</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yakuza’nın Çocuk Bakım Rehberi 2</t>
+          <t>Karanlık Yolun Efendisi 3</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>190</v>
+        <v>460</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256187818</t>
+          <t>9786256187955</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Bir İnternet Romanı 3</t>
+          <t>Karanlık Yolun Efendisi 2</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>450</v>
+        <v>460</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786259861272</t>
+          <t>9786255610034</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 1</t>
+          <t>Şifacı Günceleri 10</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256187771</t>
+          <t>9786255610027</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hassas Bir Kalp Nasıl Dük’ün Hizmetçisi Oldum 3</t>
+          <t>Şifacı Günceleri 9</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>440</v>
+        <v>220</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256187696</t>
+          <t>9786256187993</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Evreni Tersine Çevir ve Kazan 2</t>
+          <t>Roji 2</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9696211112048</t>
+          <t>9786256187702</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yedinin Nabzı (Kutulu Set) (Ciltli)</t>
+          <t>Soyang-ri'nin Kitap Mutfağı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>580</v>
+        <v>260</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256187764</t>
+          <t>9786255610010</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Batman – Adalet Avcısı 2</t>
+          <t>Şifacı Günceleri 8</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256187740</t>
+          <t>9786255610003</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Joker – Tek Kişilik Operasyon 2</t>
+          <t>Trace 8</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256187757</t>
+          <t>9786256187931</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Batman – Adalet Avcısı 1</t>
+          <t>Dışarı’daki Kız 5</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256187634</t>
+          <t>9786256187948</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yedinin Nabzı</t>
+          <t>Dışarı’daki Kız 6</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256187733</t>
+          <t>9786256187979</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Joker – Tek Kişilik Operasyon 1</t>
+          <t>Berserk 7</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256187641</t>
+          <t>9786256187924</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yedinin Nabzı (Ciltli)</t>
+          <t>Kadın ve Kedi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>490</v>
+        <v>230</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256187689</t>
+          <t>9786256187986</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bisküvi</t>
+          <t>Berserk 8</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256187597</t>
+          <t>9786256187849</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Lore Olympus 2</t>
+          <t>Kış Güneşi (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256187665</t>
+          <t>9786256187832</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Cadının Sıra Dışı Aile Hayatı 3</t>
+          <t>Kış Güneşi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256187658</t>
+          <t>9696211112086</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Black Lagoon 2</t>
+          <t>Kış Güneşi Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>210</v>
+        <v>550</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256187610</t>
+          <t>9786256187900</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kedim Oyunlarım ve Ben 5</t>
+          <t>Tuhaf Ejderha 2</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256187184</t>
+          <t>9786256187887</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Black Lagoon 1</t>
+          <t>Seninle İçtiğim S*gara 3</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256187627</t>
+          <t>9786256187894</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Şeker Dükkanı</t>
+          <t>Tamon-Kun’un Hangi Yüzü? 2</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256187559</t>
+          <t>9786256187917</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bu Hayatımda Aile Reisi Olacağım 2</t>
+          <t>Tuhaf Ejderha 3</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256187603</t>
+          <t>9786256187870</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Terk Edilmiş İmparatoriçe 2</t>
+          <t>Kötülerin Kaderi Yok Olmaktır 3</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256187580</t>
+          <t>9786256187795</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Lookism 1</t>
+          <t>Invincible 5 - Hayatın Gerçekleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>440</v>
+        <v>370</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256187542</t>
+          <t>9786256187825</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Akame, Keser 6</t>
+          <t>İddiayla Başlayan Veda Aşkı 3</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256187498</t>
+          <t>9786256187801</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Unico – Uyanış 1</t>
+          <t>True Beauty 8</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256187566</t>
+          <t>9786256187863</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yumi’nin Hücreleri 2</t>
+          <t>Yakuza’nın Çocuk Bakım Rehberi 3</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256187528</t>
+          <t>9786256187788</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Akame, Keser 4</t>
+          <t>Yeşil Aslan Wanini 1</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256187511</t>
+          <t>9786256187856</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Prenses Oldum 5</t>
+          <t>Yakuza’nın Çocuk Bakım Rehberi 2</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>440</v>
+        <v>210</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256187535</t>
+          <t>9786256187818</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Akame, Keser 5</t>
+          <t>Hayatım Bir İnternet Romanı 3</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256187504</t>
+          <t>9786259861272</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Dük'ün Malikânesi 2</t>
+          <t>Şifacı Günceleri 1</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>430</v>
+        <v>220</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256187573</t>
+          <t>9786256187771</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Botero Ailesi'nin Aşk Eczanesi</t>
+          <t>Hassas Bir Kalp Nasıl Dük’ün Hizmetçisi Oldum 3</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>260</v>
+        <v>460</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256187467</t>
+          <t>9786256187696</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 5</t>
+          <t>Evreni Tersine Çevir ve Kazan 2</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256187481</t>
+          <t>9696211112048</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 7</t>
+          <t>Yedinin Nabzı - Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>210</v>
+        <v>580</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256187443</t>
+          <t>9786256187764</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Üstün Yetenekliler Sınıfı 1</t>
+          <t>Batman – Adalet Avcısı 2</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256187474</t>
+          <t>9786256187740</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 6</t>
+          <t>Joker – Tek Kişilik Operasyon 2</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256187429</t>
+          <t>9786256187757</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Köylü Hünerli Bir Kılıç Ustası Oluyor 2</t>
+          <t>Batman – Adalet Avcısı 1</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256187412</t>
+          <t>9786256187634</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Köylü Hünerli Bir Kılıç Ustası Oluyor 1</t>
+          <t>Yedinin Nabzı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256187375</t>
+          <t>9786256187733</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Bir İnternet Romanı 2</t>
+          <t>Joker – Tek Kişilik Operasyon 1</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>430</v>
+        <v>210</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256187450</t>
+          <t>9786256187641</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Geceni Bana Getir</t>
+          <t>Yedinin Nabzı (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>380</v>
+        <v>490</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256187214</t>
+          <t>9786256187689</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Benim Mutlu Evliliğim 3</t>
+          <t>Bisküvi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256187405</t>
+          <t>9786256187597</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Benim Mutlu Evliliğim 4</t>
+          <t>Lore Olympus 2</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256187368</t>
+          <t>9786256187665</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Savaşçının Açlığı 3</t>
+          <t>Çılgın Cadının Sıra Dışı Aile Hayatı 3</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256187221</t>
+          <t>9786256187658</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Köpek Olmak için Güzel Bir Gün 1</t>
+          <t>Black Lagoon 2</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256187337</t>
+          <t>9786256187610</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Olarak Yeniden Doğdum 2</t>
+          <t>Kedim Oyunlarım ve Ben 5</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256187344</t>
+          <t>9786256187184</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Olarak Yeniden Doğdum 3</t>
+          <t>Black Lagoon 1</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256187351</t>
+          <t>9786256187627</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>The Boys 3</t>
+          <t>Sihirli Şeker Dükkanı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256187238</t>
+          <t>9786256187559</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Chibineko Mutfağı: Kalbe Dokunan Tatlar</t>
+          <t>Bu Hayatımda Aile Reisi Olacağım 2</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256187320</t>
+          <t>9786256187603</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Kulesi 7</t>
+          <t>Terk Edilmiş İmparatoriçe 2</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256187313</t>
+          <t>9786256187580</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Prenses Kulübü 1</t>
+          <t>Lookism 1</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256187306</t>
+          <t>9786256187542</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Invincible 4 - Sınıf Başkanı</t>
+          <t>Akame, Keser 6</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256187290</t>
+          <t>9786256187498</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Aileni Nasıl Öldürürsün</t>
+          <t>Unico – Uyanış 1</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256187207</t>
+          <t>9786256187566</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Evreni Tersine Çevir ve Kazan 1</t>
+          <t>Yumi’nin Hücreleri 2</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>190</v>
+        <v>460</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256187191</t>
+          <t>9786256187528</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Katiller Tatilde 2</t>
+          <t>Akame, Keser 4</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256187160</t>
+          <t>9786256187511</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Cadıların Cenneti 4</t>
+          <t>Nasıl Prenses Oldum 5</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256187177</t>
+          <t>9786256187535</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Trace 7</t>
+          <t>Akame, Keser 5</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256187146</t>
+          <t>9786256187504</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Geri Dönüşü 3</t>
+          <t>Dük'ün Malikânesi 2</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256187139</t>
+          <t>9786256187573</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Hassas Bir Kalp</t>
+          <t>Botero Ailesi'nin Aşk Eczanesi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>440</v>
+        <v>280</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256187054</t>
+          <t>9786256187467</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kimse Gerçek Değil (Ciltli)</t>
+          <t>Şifacı Günceleri 5</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>490</v>
+        <v>220</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256187115</t>
+          <t>9786256187481</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sınır Tanımaz (Ciltli)</t>
+          <t>Şifacı Günceleri 7</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256187047</t>
+          <t>9786256187443</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kayıp (Ciltli)</t>
+          <t>Üstün Yetenekliler Sınıfı 1</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>490</v>
+        <v>350</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256187030</t>
+          <t>9786256187474</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Roji-1</t>
+          <t>Şifacı Günceleri 6</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256187122</t>
+          <t>9786256187429</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Tamon-Kun'un Hangi Yüzü? 1</t>
+          <t>Sıradan Bir Köylü Hünerli Bir Kılıç Ustası Oluyor 2</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256187108</t>
+          <t>9786256187412</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sınır Tanımaz</t>
+          <t>Sıradan Bir Köylü Hünerli Bir Kılıç Ustası Oluyor 1</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256155022</t>
+          <t>9786256187375</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Sakura Baharı</t>
+          <t>Hayatım Bir İnternet Romanı 2</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256187016</t>
+          <t>9786256187450</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Sayacak Yıldız Kalmadığında</t>
+          <t>Geceni Bana Getir</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256187061</t>
+          <t>9786256187214</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Berserk 4</t>
+          <t>Benim Mutlu Evliliğim 3</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256187092</t>
+          <t>9786256187405</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Kızı 5</t>
+          <t>Benim Mutlu Evliliğim 4</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256335967</t>
+          <t>9786256187368</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Daha da Lanetli</t>
+          <t>Savaşçının Açlığı 3</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>380</v>
+        <v>210</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256187085</t>
+          <t>9786256187221</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Berserk 6</t>
+          <t>Köpek Olmak için Güzel Bir Gün 1</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256187078</t>
+          <t>9786256187337</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Berserk 5</t>
+          <t>Kılıç Olarak Yeniden Doğdum 2</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256187009</t>
+          <t>9786256187344</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Asiller 3</t>
+          <t>Kılıç Olarak Yeniden Doğdum 3</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256335912</t>
+          <t>9786256187351</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İkinci El Kimono Dükkanı</t>
+          <t>The Boys 3</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256335837</t>
+          <t>9786256187238</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Dışarı’daki Kız 4</t>
+          <t>Chibineko Mutfağı: Kalbe Dokunan Tatlar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256335776</t>
+          <t>9786256187320</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Aşıp Sana Geleceğim</t>
+          <t>Tanrı'nın Kulesi 7</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>280</v>
+        <v>460</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256335943</t>
+          <t>9786256187313</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Yolun Efendisi 1</t>
+          <t>Lanetli Prenses Kulübü 1</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>440</v>
+        <v>480</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256335950</t>
+          <t>9786256187306</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ay'dayız</t>
+          <t>Invincible 4 - Sınıf Başkanı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>550</v>
+        <v>370</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256335875</t>
+          <t>9786256187290</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Hapisteki Emanet 1</t>
+          <t>Aileni Nasıl Öldürürsün</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256335981</t>
+          <t>9786256187207</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>True Beauty 7</t>
+          <t>Evreni Tersine Çevir ve Kazan 1</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>440</v>
+        <v>210</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256187023</t>
+          <t>9786256187191</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>King Hotel'e Hoş Geldiniz 2</t>
+          <t>Katiller Tatilde 2</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256335998</t>
+          <t>9786256187160</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Yakuza'nın Çocuk Bakım Rehberi 1</t>
+          <t>Cadıların Cenneti 4</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256335882</t>
+          <t>9786256187177</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Hapisteki Emanet 1 (Ciltli)</t>
+          <t>Trace 7</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>540</v>
+        <v>220</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256335929</t>
+          <t>9786256187146</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Kız Aslında Gerçek Bir Hayal 1</t>
+          <t>Büyücünün Geri Dönüşü 3</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256335936</t>
+          <t>9786256187139</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Kız Aslında Gerçek Bir Hayal 2</t>
+          <t>Hassas Bir Kalp</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9696211111546</t>
+          <t>9786256187054</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Aşık Olma Korkusu Kutulu Set (Ciltli)</t>
+          <t>Kimse Gerçek Değil (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>580</v>
+        <v>440</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256335851</t>
+          <t>9786256187115</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Aşık Olma Korkusu (Ciltli)</t>
+          <t>Aşk Sınır Tanımaz (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>540</v>
+        <v>550</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256335844</t>
+          <t>9786256187047</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Aşık Olma Korkusu</t>
+          <t>Kayıp (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256335974</t>
+          <t>9786256187030</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Köpeğimle Başka Dünyalara Yolculuk 2</t>
+          <t>Roji-1</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256335905</t>
+          <t>9786256187122</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Bu Hayatımda Aile Reisi Olacağım 1</t>
+          <t>Tamon-Kun'un Hangi Yüzü? 1</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256335899</t>
+          <t>9786256187108</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Terk Edilmiş İmparatoriçe 1</t>
+          <t>Aşk Sınır Tanımaz</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>440</v>
+        <v>420</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256335868</t>
+          <t>9786256155022</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Ebeveyn Günlükleri 2</t>
+          <t>Sakura Baharı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786259861234</t>
+          <t>9786256187016</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Dışarı’daki Kız 1</t>
+          <t>Sayacak Yıldız Kalmadığında</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786259961354</t>
+          <t>9786256187061</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Brutal 3</t>
+          <t>Berserk 4</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256335813</t>
+          <t>9786256187092</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Hassas Bir Kalp</t>
+          <t>İmparatorun Kızı 5</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256335820</t>
+          <t>9786256335967</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Dük’ün Malikanesi 1</t>
+          <t>Daha da Lanetli</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256335806</t>
+          <t>9786256187085</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Dark Souls 1 - Kefaret</t>
+          <t>Berserk 6</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256335783</t>
+          <t>9786256187078</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Benim Mutlu Evliliğim 2</t>
+          <t>Berserk 5</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256335790</t>
+          <t>9786256187009</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Ejderha 1</t>
+          <t>Asiller 3</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256335769</t>
+          <t>9786256335912</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kötülerin Kaderi Yok Olmaktır 2</t>
+          <t>İkinci El Kimono Dükkanı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>440</v>
+        <v>360</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256335752</t>
+          <t>9786256335837</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Seninle İçtiğim S*gara 2</t>
+          <t>Dışarı’daki Kız 4</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256335745</t>
+          <t>9786256335776</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Varoluş 1</t>
+          <t>Zamanı Aşıp Sana Geleceğim</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256335738</t>
+          <t>9786256335943</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Cadının Sora Dışı Aile Hayatı 2</t>
+          <t>Karanlık Yolun Efendisi 1</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>190</v>
+        <v>460</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256335714</t>
+          <t>9786256335950</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>P*ç Kurusu 2</t>
+          <t>Ay'dayız</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256335691</t>
+          <t>9786256335875</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>The Boys 2</t>
+          <t>Hapisteki Emanet 1</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256335707</t>
+          <t>9786256335981</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Prenses Oldum 4</t>
+          <t>True Beauty 7</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256335721</t>
+          <t>9786256187023</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 4</t>
+          <t>King Hotel'e Hoş Geldiniz 2</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256335684</t>
+          <t>9786256335998</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Geri Dönüşü 2</t>
+          <t>Yakuza'nın Çocuk Bakım Rehberi 1</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256335677</t>
+          <t>9786256335882</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Geri Dönüşü 1</t>
+          <t>Hapisteki Emanet 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>450</v>
+        <v>540</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256335653</t>
+          <t>9786256335929</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Lanet Olası Ezik Nishiga Hachi 3</t>
+          <t>Tavşan Kız Aslında Gerçek Bir Hayal 1</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256335646</t>
+          <t>9786256335936</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Savaşçının Açlığı 2</t>
+          <t>Tavşan Kız Aslında Gerçek Bir Hayal 2</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256335660</t>
+          <t>9696211111546</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>İddiayla Başlayan Veda Aşkı 2</t>
+          <t>Aşık Olma Korkusu Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>210</v>
+        <v>580</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256335639</t>
+          <t>9786256335851</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Tabi ki Senden Hoşlanıyorum</t>
+          <t>Aşık Olma Korkusu (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>170</v>
+        <v>460</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256335615</t>
+          <t>9786256335844</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Manga ve Anime Nasıl Çizilir? Bölüm 2</t>
+          <t>Aşık Olma Korkusu</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256335622</t>
+          <t>9786256335974</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Bem 1</t>
+          <t>Köpeğimle Başka Dünyalara Yolculuk 2</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256335608</t>
+          <t>9786256335905</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Denizin Derinliklerinde Hayatta Kalmak</t>
+          <t>Bu Hayatımda Aile Reisi Olacağım 1</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>440</v>
+        <v>470</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256335592</t>
+          <t>9786256335899</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Trace 6</t>
+          <t>Terk Edilmiş İmparatoriçe 1</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256335523</t>
+          <t>9786256335868</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Akame, Keser 3</t>
+          <t>Ejderhanın Ebeveyn Günlükleri 2</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256335585</t>
+          <t>9786259861234</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Bir İnternet Romanı 1</t>
+          <t>Dışarı’daki Kız 1</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256335561</t>
+          <t>9786259961354</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Yumi’nin Hücreleri 1</t>
+          <t>Brutal 3</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>440</v>
+        <v>210</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256335578</t>
+          <t>9786256335813</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>King Hotel’e Hoşgeldiniz 1</t>
+          <t>Hassas Bir Kalp</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786259400525</t>
+          <t>9786256335820</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşı Suçlamak</t>
+          <t>Dük’ün Malikanesi 1</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>230</v>
+        <v>460</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256335547</t>
+          <t>9786256335806</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Lore Olympus 1</t>
+          <t>Dark Souls 1 - Kefaret</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256335530</t>
+          <t>9786256335783</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Katiller Tatilde 1</t>
+          <t>Benim Mutlu Evliliğim 2</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256335554</t>
+          <t>9786256335790</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Lore Olympus 1 (Ciltli)</t>
+          <t>Tuhaf Ejderha 1</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>770</v>
+        <v>230</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256335509</t>
+          <t>9786256335769</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Tanrısı 4</t>
+          <t>Kötülerin Kaderi Yok Olmaktır 2</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256335493</t>
+          <t>9786256335752</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Kulesi 6</t>
+          <t>Seninle İçtiğim S*gara 2</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786259961378</t>
+          <t>9786256335745</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Kedim Oyunlarım ve Ben 1</t>
+          <t>Varoluş 1</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256335486</t>
+          <t>9786256335738</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>The Boys 1 - Oyunun Adı</t>
+          <t>Çılgın Cadının Sora Dışı Aile Hayatı 2</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>380</v>
+        <v>210</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256335516</t>
+          <t>9786256335714</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Eli Bıçaklı Teyze</t>
+          <t>P*ç Kurusu 2</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256335462</t>
+          <t>9786256335691</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Invincible 3 - Zıt Kutuplar</t>
+          <t>The Boys 2</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256335479</t>
+          <t>9786256335707</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Olarak Yeniden Doğdum 1 - Başka Bir Dilek</t>
+          <t>Nasıl Prenses Oldum 4</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>190</v>
+        <v>460</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256335455</t>
+          <t>9786256335721</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Benim Mutlu Evliliğim 1</t>
+          <t>Şifacı Günceleri 4</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256335448</t>
+          <t>9786256335684</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Berserk 3</t>
+          <t>Büyücünün Geri Dönüşü 2</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256335424</t>
+          <t>9786256335677</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Berserk 1</t>
+          <t>Büyücünün Geri Dönüşü 1</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256335431</t>
+          <t>9786256335653</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Berserk 2</t>
+          <t>Lanet Olası Ezik Nishiga Hachi 3</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256335172</t>
+          <t>9786256335646</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kanunları</t>
+          <t>Savaşçının Açlığı 2</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>520</v>
+        <v>210</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256335264</t>
+          <t>9786256335660</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Salonlarda (Ciltli)</t>
+          <t>İddiayla Başlayan Veda Aşkı 2</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256335257</t>
+          <t>9786256335639</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Cyberpunk 2077 Tesadüfe Yer Yok (Ciltli)</t>
+          <t>Tabi ki Senden Hoşlanıyorum</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>460</v>
+        <v>220</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256335295</t>
+          <t>9786256335615</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>P*ç Kurusu 1</t>
+          <t>Manga ve Anime Nasıl Çizilir? Bölüm 2</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256335288</t>
+          <t>9786256335622</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kehanet 3</t>
+          <t>Bem 1</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256335271</t>
+          <t>9786256335608</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 3</t>
+          <t>Denizin Derinliklerinde Hayatta Kalmak</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256335226</t>
+          <t>9786256335592</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kedim Oyunlarım ve Ben 4</t>
+          <t>Trace 6</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256335240</t>
+          <t>9786256335523</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Köpeğimle Başka Dünyalara Yolculuk 1</t>
+          <t>Akame, Keser 3</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256335233</t>
+          <t>9786256335585</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Leviathan 3</t>
+          <t>Hayatım Bir İnternet Romanı 1</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256335158</t>
+          <t>9786256335561</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Ebeveyn Günlükleri 1</t>
+          <t>Yumi’nin Hücreleri 1</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>190</v>
+        <v>460</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256335165</t>
+          <t>9786256335578</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Sondan Sonraki Başlangıç 2</t>
+          <t>King Hotel’e Hoşgeldiniz 1</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256335189</t>
+          <t>9786259400525</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Kızı 4</t>
+          <t>Arkadaşı Suçlamak</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256335219</t>
+          <t>9786256335547</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Dışarı’daki Kız 3</t>
+          <t>Lore Olympus 1</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256335141</t>
+          <t>9786256335530</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Savaşçının Açlığı 1</t>
+          <t>Katiller Tatilde 1</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256335196</t>
+          <t>9786256335554</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Yaz Uykusu</t>
+          <t>Lore Olympus 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256335127</t>
+          <t>9786256335509</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kötülerin Kaderi Yok Olmaktır</t>
+          <t>Dövüş Tanrısı 4</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256335134</t>
+          <t>9786256335493</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İddiayla Başlayan Veda Aşkı 1</t>
+          <t>Tanrı’nın Kulesi 6</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256335103</t>
+          <t>9786259961378</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Cadının Sıra Dışı Aile Hayatı 1</t>
+          <t>Kedim Oyunlarım ve Ben 1</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256335110</t>
+          <t>9786256335486</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Invincible 2 - Sekiz Kişi Yeter</t>
+          <t>The Boys 1 - Oyunun Adı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256335059</t>
+          <t>9786256335516</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kitapyiyenler (Ciltli)</t>
+          <t>Eli Bıçaklı Teyze</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>410</v>
+        <v>270</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256335042</t>
+          <t>9786256335462</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Yazarımdan ve Çizerimden Nefret Ediyorum 1</t>
+          <t>Invincible 3 - Zıt Kutuplar</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>440</v>
+        <v>370</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256335073</t>
+          <t>9786256335479</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Seninle İçtiğim Sigara 1</t>
+          <t>Kılıç Olarak Yeniden Doğdum 1 - Başka Bir Dilek</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256335080</t>
+          <t>9786256335455</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Akame, Keser 2</t>
+          <t>Benim Mutlu Evliliğim 1</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256335097</t>
+          <t>9786256335448</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 2</t>
+          <t>Berserk 3</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256335066</t>
+          <t>9786256335424</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Yemek Kamyonu 3</t>
+          <t>Berserk 1</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256335011</t>
+          <t>9786256335431</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Dışarı’daki Kız 2</t>
+          <t>Berserk 2</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786259871479</t>
+          <t>9786256335172</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Lanetli</t>
+          <t>Dövüş Kanunları</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>380</v>
+        <v>540</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256335004</t>
+          <t>9786256335264</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Asiller 2</t>
+          <t>Kutsal Salonlarda (Ciltli)</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256335035</t>
+          <t>9786256335257</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kralların Adaleti</t>
+          <t>Cyberpunk 2077 Tesadüfe Yer Yok (Ciltli)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>380</v>
+        <v>460</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256335028</t>
+          <t>9786256335295</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Trace 5</t>
+          <t>P*ç Kurusu 1</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786259861289</t>
+          <t>9786256335288</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Sondan Sonraki Başlangıç 1</t>
+          <t>Kehanet 3</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786259861296</t>
+          <t>9786256335271</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kehanet 2</t>
+          <t>Şifacı Günceleri 3</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786259871493</t>
+          <t>9786256335226</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Leviathan 2</t>
+          <t>Kedim Oyunlarım ve Ben 4</t>
         </is>
       </c>
       <c r="C307" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786259861265</t>
+          <t>9786256335240</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Akame, Keser 1</t>
+          <t>Köpeğimle Başka Dünyalara Yolculuk 1</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786259861241</t>
+          <t>9786256335233</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Cadıların Cenneti 3</t>
+          <t>Leviathan 3</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786259890456</t>
+          <t>9786256335158</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kehanet 1</t>
+          <t>Ejderhanın Ebeveyn Günlükleri 1</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786259871455</t>
+          <t>9786256335165</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Leviathan 1</t>
+          <t>Sondan Sonraki Başlangıç 2</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786259861227</t>
+          <t>9786256335189</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Asiller 1</t>
+          <t>İmparatorun Kızı 4</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>450</v>
+        <v>460</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786259871486</t>
+          <t>9786256335219</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Prenses Oldum 3</t>
+          <t>Dışarı’daki Kız 3</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786259861203</t>
+          <t>9786256335141</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>True Beauty 6</t>
+          <t>Savaşçının Açlığı 1</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>440</v>
+        <v>210</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786259861210</t>
+          <t>9786256335196</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Uçurumda Son Çay</t>
+          <t>Yaz Uykusu</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786259871448</t>
+          <t>9786256335127</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Tanrısı 3</t>
+          <t>Kötülerin Kaderi Yok Olmaktır</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786259890463</t>
+          <t>9786256335134</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>En Uzun Gece</t>
+          <t>İddiayla Başlayan Veda Aşkı 1</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786259871462</t>
+          <t>9786256335103</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Hyunam-Dong Kitabevi</t>
+          <t>Çılgın Cadının Sıra Dışı Aile Hayatı 1</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786259871417</t>
+          <t>9786256335110</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Kulesi’nin Usta Oyuncusu 3</t>
+          <t>Invincible 2 - Sekiz Kişi Yeter</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>440</v>
+        <v>370</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786259884691</t>
+          <t>9786256335059</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>True Beauty 5</t>
+          <t>Kitapyiyenler (Ciltli)</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786259884684</t>
+          <t>9786256335042</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Kulesi 4</t>
+          <t>Yazarımdan ve Çizerimden Nefret Ediyorum 1</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786259871400</t>
+          <t>9786256335073</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Kulesi 5</t>
+          <t>Seninle İçtiğim Sigara 1</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786259884615</t>
+          <t>9786256335080</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Cyberpunk Momotaro</t>
+          <t>Akame, Keser 2</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786259871424</t>
+          <t>9786256335097</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Yemek Kamyonu 1</t>
+          <t>Şifacı Günceleri 2</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786259871431</t>
+          <t>9786256335066</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Yemek Kamyonu 2</t>
+          <t>Çılgın Yemek Kamyonu 3</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786259884660</t>
+          <t>9786256335011</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Aşkı 6</t>
+          <t>Dışarı’daki Kız 2</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786259884677</t>
+          <t>9786259871479</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Brutal 5</t>
+          <t>Lanetli</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786259884622</t>
+          <t>9786256335004</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Melez</t>
+          <t>Asiller 2</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786259890494</t>
+          <t>9786256335035</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Cadıların Cenneti 1</t>
+          <t>Kralların Adaleti</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786259884653</t>
+          <t>9786256335028</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Cadıların Cenneti 2</t>
+          <t>Trace 5</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786259884646</t>
+          <t>9786259861289</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Trace 4</t>
+          <t>Sondan Sonraki Başlangıç 1</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786259884639</t>
+          <t>9786259861296</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Brutal 4</t>
+          <t>Kehanet 2</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786259400563</t>
+          <t>9786259871493</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kedim Oyunlarım ve Ben 3</t>
+          <t>Leviathan 2</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786259890449</t>
+          <t>9786259861265</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Sekreter Kim’in Nesi Var 6</t>
+          <t>Akame, Keser 1</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786259890470</t>
+          <t>9786259861241</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kızıl İblis’in Dönüşü 3</t>
+          <t>Cadıların Cenneti 3</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786259890487</t>
+          <t>9786259890456</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kahramanların Oyunu 3</t>
+          <t>Kehanet 1</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786259890418</t>
+          <t>9786259871455</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Tanrısı 2</t>
+          <t>Leviathan 1</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786259400570</t>
+          <t>9786259861227</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>True Beauty 4</t>
+          <t>Asiller 1</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786259890432</t>
+          <t>9786259871486</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Maneki Neko</t>
+          <t>Nasıl Prenses Oldum 3</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>180</v>
+        <v>460</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786259884608</t>
+          <t>9786259861203</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>K - Pop Sırları</t>
+          <t>True Beauty 6</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786259890425</t>
+          <t>9786259861210</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Kulesi 3</t>
+          <t>Uçurumda Son Çay</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>440</v>
+        <v>280</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786259890401</t>
+          <t>9786259871448</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Tanrısı 1</t>
+          <t>Dövüş Tanrısı 3</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786259400587</t>
+          <t>9786259890463</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Ben Blackpink</t>
+          <t>En Uzun Gece</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>480</v>
+        <v>370</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786259400594</t>
+          <t>9786259871462</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Prenses Oldum 2</t>
+          <t>Hyunam-Dong Kitabevi</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>440</v>
+        <v>340</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786259400518</t>
+          <t>9786259871417</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Prenses Oldum 1</t>
+          <t>Eğitim Kulesi’nin Usta Oyuncusu 3</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786259400556</t>
+          <t>9786259884691</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kedim Oyunlarım ve Ben 2</t>
+          <t>True Beauty 5</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786259961385</t>
+          <t>9786259884684</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Lanet Olası Ezik Nishiga Hachi 1</t>
+          <t>Tanrının Kulesi 4</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>190</v>
+        <v>460</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786259400549</t>
+          <t>9786259871400</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Lanet Olası Ezik Nishiga Hachi 2</t>
+          <t>Tanrının Kulesi 5</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>190</v>
+        <v>460</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786259400532</t>
+          <t>9786259884615</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Trace 3</t>
+          <t>Cyberpunk Momotaro</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786259400501</t>
+          <t>9786259871424</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Barış Sanatı</t>
+          <t>Çılgın Yemek Kamyonu 1</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786259961392</t>
+          <t>9786259871431</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>True Beauty 3</t>
+          <t>Çılgın Yemek Kamyonu 2</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786259961361</t>
+          <t>9786259884660</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Kulesi’nin Usta Oyuncusu 2</t>
+          <t>Hayatımın Aşkı 6</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786259925295</t>
+          <t>9786259884677</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Kulesi’nin Usta Oyuncusu 1</t>
+          <t>Brutal 5</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>440</v>
+        <v>210</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786259961316</t>
+          <t>9786259884622</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Kulesi 2</t>
+          <t>Melez</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786259925288</t>
+          <t>9786259890494</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Kulesi 1</t>
+          <t>Cadıların Cenneti 1</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786259961309</t>
+          <t>9786259884653</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Sekreter Kim’in Nesi Var 5</t>
+          <t>Cadıların Cenneti 2</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786259961347</t>
+          <t>9786259884646</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Humanitas</t>
+          <t>Trace 4</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786259961330</t>
+          <t>9786259884639</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Crush of Lifetime Hayatımın Aşkı 5</t>
+          <t>Brutal 4</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>440</v>
+        <v>210</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786259961323</t>
+          <t>9786259400563</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Trace 2</t>
+          <t>Kedim Oyunlarım ve Ben 3</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786259925264</t>
+          <t>9786259890449</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kızıl İblis’in Dönüşü 2</t>
+          <t>Sekreter Kim’in Nesi Var 6</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786259925271</t>
+          <t>9786259890470</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Güzeli 1</t>
+          <t>Kızıl İblis’in Dönüşü 3</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786259925240</t>
+          <t>9786259890487</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Crush of Lifetime Hayatımın Aşkı 4</t>
+          <t>Kahramanların Oyunu 3</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786259925257</t>
+          <t>9786259890418</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>True Beauty 2</t>
+          <t>Dövüş Tanrısı 2</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786259925233</t>
+          <t>9786259400570</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>True Beauty 1</t>
+          <t>True Beauty 4</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786259925202</t>
+          <t>9786259890432</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Parıldayan Şeyleri Toplayıp Sana Vereceğim</t>
+          <t>Maneki Neko</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786259925226</t>
+          <t>9786259884608</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Kızı 3</t>
+          <t>K - Pop Sırları</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786259925219</t>
+          <t>9786259890425</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Naikan</t>
+          <t>Tanrının Kulesi 3</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786259911472</t>
+          <t>9786259890401</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Trace 1</t>
+          <t>Dövüş Tanrısı 1</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786259911496</t>
+          <t>9786259400587</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Sekreter Kim’in Nesi Var 4</t>
+          <t>Ben Blackpink</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>440</v>
+        <v>520</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786259911489</t>
+          <t>9786259400594</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Ayı Kaplan Ejderha (Ciltli)</t>
+          <t>Nasıl Prenses Oldum 2</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786259911465</t>
+          <t>9786259400518</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Sekreter Kim’in Nesi Var 3</t>
+          <t>Nasıl Prenses Oldum 1</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786259911458</t>
+          <t>9786259400556</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Neko Kafe</t>
+          <t>Kedim Oyunlarım ve Ben 2</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786259911410</t>
+          <t>9786259961385</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Brutal 1</t>
+          <t>Lanet Olası Ezik Nishiga Hachi 1</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786259911434</t>
+          <t>9786259400549</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Brutal 2</t>
+          <t>Lanet Olası Ezik Nishiga Hachi 2</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786259911427</t>
+          <t>9786259400532</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Kızı 2</t>
+          <t>Trace 3</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>440</v>
+        <v>220</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786057235091</t>
+          <t>9786259400501</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Kızıl İblis’in Dönüşü 1</t>
+          <t>Barış Sanatı</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786057235084</t>
+          <t>9786259961392</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Crush of Lifetime Hayatımın Aşkı 3</t>
+          <t>True Beauty 3</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786057235077</t>
+          <t>9786259961361</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Aileni Nasıl Öldürürsün</t>
+          <t>Eğitim Kulesi’nin Usta Oyuncusu 2</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>430</v>
+        <v>460</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786057235060</t>
+          <t>9786259925295</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Kahramanların Oyunu 2</t>
+          <t>Eğitim Kulesi’nin Usta Oyuncusu 1</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786057235039</t>
+          <t>9786259961316</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kahramanların Oyunu 1</t>
+          <t>Tanrı’nın Kulesi 2</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786057235046</t>
+          <t>9786259925288</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Kızı 1</t>
+          <t>Tanrı’nın Kulesi 1</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786057235053</t>
+          <t>9786259961309</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Sekreter Kim’in Nesi Var 2</t>
+          <t>Sekreter Kim’in Nesi Var 5</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786057235022</t>
+          <t>9786259961347</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Sekreter Kim’in Nesi Var 1</t>
+          <t>Humanitas</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786057235015</t>
+          <t>9786259961330</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Crush of Life Time Hayatımın Aşkı 2</t>
+          <t>Crush of Lifetime Hayatımın Aşkı 5</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
+          <t>9786259961323</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Trace 2</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786259925264</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl İblis’in Dönüşü 2</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786259925271</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Ceviz Güzeli 1</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786259925240</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Crush of Lifetime Hayatımın Aşkı 4</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786259925257</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>True Beauty 2</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786259925233</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>True Beauty 1</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786259925202</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Parıldayan Şeyleri Toplayıp Sana Vereceğim</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786259925226</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorun Kızı 3</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786259925219</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Naikan</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786259911472</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Trace 1</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786259911496</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Sekreter Kim’in Nesi Var 4</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786259911489</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Ayı Kaplan Ejderha (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786259911465</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Sekreter Kim’in Nesi Var 3</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786259911458</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Neko Kafe</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786259911410</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Brutal 1</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786259911434</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Brutal 2</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786259911427</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorun Kızı 2</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786057235091</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl İblis’in Dönüşü 1</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786057235084</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Crush of Lifetime Hayatımın Aşkı 3</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786057235077</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Aileni Nasıl Öldürürsün</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786057235060</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Kahramanların Oyunu 2</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786057235039</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Kahramanların Oyunu 1</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786057235046</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorun Kızı 1</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786057235053</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Sekreter Kim’in Nesi Var 2</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786057235022</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Sekreter Kim’in Nesi Var 1</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786057235015</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Crush of Life Time Hayatımın Aşkı 2</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
           <t>9786057235008</t>
         </is>
       </c>
-      <c r="B385" s="1" t="inlineStr">
+      <c r="B411" s="1" t="inlineStr">
         <is>
           <t>Crush of Life Time Hayatımın Aşkı 1</t>
         </is>
       </c>
-      <c r="C385" s="1">
-        <v>440</v>
+      <c r="C411" s="1">
+        <v>460</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>