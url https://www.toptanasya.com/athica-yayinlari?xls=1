--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -85,6190 +85,6580 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258502206</t>
+          <t>9786258502428</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>The Boys 5: Kahramangazm</t>
+          <t>Yumi'nin Hücreleri 3</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>420</v>
+        <v>520</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258502145</t>
+          <t>9786258502527</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dai Dark 1</t>
+          <t>Dışarıdaki Kız 11</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258502152</t>
+          <t>9786258502510</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dai Dark 2</t>
+          <t>Dışarıdaki Kız 10</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258502169</t>
+          <t>9786258502503</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dai Dark 3</t>
+          <t>Üstün Yetenekliler Sınıfı 3</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258502190</t>
+          <t>9786258502541</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Berserk 15</t>
+          <t>Dışarıdaki Kız 12</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258502183</t>
+          <t>9786258502220</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Berserk 14</t>
+          <t>Tamriel Öyküleri 1 - Diyar (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>240</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258502176</t>
+          <t>9786258502473</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Berserk 13</t>
+          <t>Rewitched – İçindeki Büyücüyü Uyandır</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>490</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258502251</t>
+          <t>9786258502268</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Batman - Adalet Avcısı 4</t>
+          <t>Joker - Tek Kişilik Operasyon 3</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258502213</t>
+          <t>9786258502459</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Invincible 7: Üçlü Olsun</t>
+          <t>Aşkı Kaybetme Korkusu (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>370</v>
+        <v>580</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258502244</t>
+          <t>9786258502442</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Batman - Adalet Avcısı 3</t>
+          <t>Aşkı Kaybetme Korkusu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>230</v>
+        <v>470</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258502237</t>
+          <t>9786258502466</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tamon-Kun'un Hangi Yüzü? 4</t>
+          <t>Karanlık Yolun Efendisi 4</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258502138</t>
+          <t>9786258502329</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kumorin: Hevessiz Bir Melek 1</t>
+          <t>Kalbimdeki Deli 3</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258502114</t>
+          <t>9786258502404</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Red Hood Kanunsuzlar 2</t>
+          <t>Liseli Paralı Askerin Macerası 2</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>390</v>
+        <v>480</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258502121</t>
+          <t>9786258502305</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Batman: Wayne Ailesi Maceraları 2</t>
+          <t>Kalbimdeki Deli 1</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9696211112673</t>
+          <t>9786258502435</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hwang Bo-Reum 3 Kitap Kutulu Set</t>
+          <t>Gachiakuta 6</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>850</v>
+        <v>240</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258502107</t>
+          <t>9786258502411</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kitapların İyileştirme Gücü</t>
+          <t>Mucizeler Bakkalı Namiya</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255610980</t>
+          <t>9786258502312</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Sonundaki Ateş</t>
+          <t>Kalbimdeki Deli 2</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>490</v>
+        <v>230</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258502091</t>
+          <t>9786258502398</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Ağacı: Ölüler Diyarının Meyvesi 3</t>
+          <t>Benim Biricik Marikom</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258502077</t>
+          <t>9786258502381</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Ağacı: Ölüler Diyarının Meyvesi 1</t>
+          <t>Gachiakuta 5</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255610621</t>
+          <t>9786258502367</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Beyond the Story: BTS'in 10 Yılllık Hikâyesi (Ciltli)</t>
+          <t>Black Lagoon 4</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1000</v>
+        <v>230</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258502084</t>
+          <t>9786258502343</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Ağacı: Ölüler Diyarının Meyvesi 2</t>
+          <t>Tornado Dehşetinde Hayatta Kalmak</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255610966</t>
+          <t>9786258502350</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yedinin Nabzı 2</t>
+          <t>Trace 9</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255610973</t>
+          <t>9786258502374</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yedinin Nabzı 2 (Ciltli)</t>
+          <t>Kintsugi Evi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>520</v>
+        <v>280</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9696211112628</t>
+          <t>9786258502299</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yedinin Nabzı 2 - Kutulu Set (Ciltli)</t>
+          <t>Kedim Oyunlarım ve Ben 7</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>595</v>
+        <v>210</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258502039</t>
+          <t>9786258502282</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>True Beauty 9</t>
+          <t>Hikaru’nun Veda Ettiği Yaz 5</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258502046</t>
+          <t>9786258502275</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Eleceed 2</t>
+          <t>Tanrı’nın Kulesi 8</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>480</v>
+        <v>460</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258502053</t>
+          <t>9786258502336</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 13</t>
+          <t>Kötülerin Kaderi Yok Olmaktır 4</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258502060</t>
+          <t>9786258502206</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 14</t>
+          <t>The Boys 5: Kahramangazm</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255610935</t>
+          <t>9786258502145</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Husky ve Beyaz Kedisi Shizun</t>
+          <t>Dai Dark 1</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>470</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255610928</t>
+          <t>9786258502152</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Şeftali Çiçeği ve Ölümsüz Aşk</t>
+          <t>Dai Dark 2</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>560</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258502008</t>
+          <t>9786258502169</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kötü Adamın İzin Günü 1</t>
+          <t>Dai Dark 3</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258502015</t>
+          <t>9786258502190</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kötü Adamın İzin Günü 2</t>
+          <t>Berserk 15</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255610997</t>
+          <t>9786258502183</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Onu Ayışığında Aramak</t>
+          <t>Berserk 14</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258502022</t>
+          <t>9786258502176</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hikaru’nun Veda Ettiği Yaz 4</t>
+          <t>Berserk 13</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255610959</t>
+          <t>9786258502251</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Gachiakuta 4</t>
+          <t>Batman - Adalet Avcısı 4</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255610942</t>
+          <t>9786258502213</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gachiakuta 3</t>
+          <t>Invincible 7: Üçlü Olsun</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255610201</t>
+          <t>9786258502244</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>D-Day: Son Durak</t>
+          <t>Batman - Adalet Avcısı 3</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255610775</t>
+          <t>9786258502237</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Cinayeti Çözebilir Misin?</t>
+          <t>Tamon-Kun'un Hangi Yüzü? 4</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>370</v>
+        <v>210</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255610881</t>
+          <t>9786258502138</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Akame, Keser 9</t>
+          <t>Kumorin: Hevessiz Bir Melek 1</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255610898</t>
+          <t>9786258502114</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Akame, Keser 10</t>
+          <t>Red Hood Kanunsuzlar 2</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255610867</t>
+          <t>9786258502121</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ev Cadısı 1</t>
+          <t>Batman: Wayne Ailesi Maceraları 2</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>550</v>
+        <v>420</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255610782</t>
+          <t>9696211112673</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kahramanın Doğuşu: Kartallar Efsanesi 1</t>
+          <t>Hwang Bo-Reum 3 Kitap Kutulu Set</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>450</v>
+        <v>850</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255610904</t>
+          <t>9786258502107</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kütüphaneyi Kurtaran Kedi</t>
+          <t>Kitapların İyileştirme Gücü</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255610706</t>
+          <t>9786255610980</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>O Yaz Günleri 2</t>
+          <t>Gecenin Sonundaki Ateş</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>230</v>
+        <v>490</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255610690</t>
+          <t>9786258502091</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>O Yaz Günleri 1</t>
+          <t>Ölüm Ağacı: Ölüler Diyarının Meyvesi 3</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255610911</t>
+          <t>9786258502077</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kitapları Kurtaran Kedi</t>
+          <t>Ölüm Ağacı: Ölüler Diyarının Meyvesi 1</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255610713</t>
+          <t>9786255610621</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>O Yaz Günleri 3</t>
+          <t>Beyond the Story: BTS'in 10 Yılllık Hikâyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>230</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255610836</t>
+          <t>9786258502084</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>P*ç Kurusu 3</t>
+          <t>Ölüm Ağacı: Ölüler Diyarının Meyvesi 2</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9696211112390</t>
+          <t>9786255610966</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İzmarit ve Kibrit Kutulu Set (Ciltli)</t>
+          <t>Yedinin Nabzı 2</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>1150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255610751</t>
+          <t>9786255610973</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kibrit (Ciltli)</t>
+          <t>Yedinin Nabzı 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>480</v>
+        <v>520</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255610720</t>
+          <t>9696211112628</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İzmarit</t>
+          <t>Yedinin Nabzı 2 - Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>430</v>
+        <v>595</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255610737</t>
+          <t>9786258502039</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İzmarit (Ciltli)</t>
+          <t>True Beauty 9</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>480</v>
+        <v>460</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255610744</t>
+          <t>9786258502046</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kibrit</t>
+          <t>Eleceed 2</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>430</v>
+        <v>480</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255610874</t>
+          <t>9786258502053</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Seninle İçtiğim S*gara 4</t>
+          <t>Şifacı Günceleri 13</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255610829</t>
+          <t>9786258502060</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Parmak Uçlarında Aşk 4</t>
+          <t>Şifacı Günceleri 14</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255610812</t>
+          <t>9786255610935</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Parmak Uçlarında Aşk 3</t>
+          <t>Husky ve Beyaz Kedisi Shizun</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>210</v>
+        <v>470</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255610805</t>
+          <t>9786255610928</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Parmak Uçlarında Aşk 2</t>
+          <t>Şeftali Çiçeği ve Ölümsüz Aşk</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>210</v>
+        <v>560</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255610799</t>
+          <t>9786258502008</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Parmak Uçlarında Aşk 1</t>
+          <t>Kötü Adamın İzin Günü 1</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255610850</t>
+          <t>9786258502015</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hikaru’nun Veda Ettiği Yaz 3</t>
+          <t>Kötü Adamın İzin Günü 2</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255610843</t>
+          <t>9786255610997</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hikaru’nun Veda Ettiği Yaz 2</t>
+          <t>Onu Ayışığında Aramak</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>210</v>
+        <v>310</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255610683</t>
+          <t>9786258502022</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sade Bir Hayat</t>
+          <t>Hikaru’nun Veda Ettiği Yaz 4</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255610768</t>
+          <t>9786255610959</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Kulesinin Usta Oyuncusu 4</t>
+          <t>Gachiakuta 4</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>460</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256335202</t>
+          <t>9786255610942</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yaz Uykusu (Ciltli)</t>
+          <t>Gachiakuta 3</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>460</v>
+        <v>220</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255610645</t>
+          <t>9786255610201</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Köpek Olmak İçin Güzel Bir Gün 2</t>
+          <t>D-Day: Son Durak</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>460</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255610676</t>
+          <t>9786255610775</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Dışarıdaki Kız 8</t>
+          <t>Cinayeti Çözebilir Misin?</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255610669</t>
+          <t>9786255610881</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Dışarıdaki Kız 9</t>
+          <t>Akame, Keser 9</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255610652</t>
+          <t>9786255610898</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Dışarıdaki Kız 7</t>
+          <t>Akame, Keser 10</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255610638</t>
+          <t>9786255610867</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Varoluş 2</t>
+          <t>Ev Cadısı 1</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>420</v>
+        <v>550</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255610591</t>
+          <t>9786255610782</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İskelet Şövalye: Başka Bir Dünyada 1</t>
+          <t>Kahramanın Doğuşu: Kartallar Efsanesi 1</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255610607</t>
+          <t>9786255610904</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İskelet Şövalye: Başka Bir Dünyada 2</t>
+          <t>Kütüphaneyi Kurtaran Kedi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255610614</t>
+          <t>9786255610706</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İskelet Şövalye: Başka Bir Dünyada 3</t>
+          <t>O Yaz Günleri 2</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255610577</t>
+          <t>9786255610690</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Kızı 6</t>
+          <t>O Yaz Günleri 1</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255610515</t>
+          <t>9786255610911</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Doğunun Son Ejderhası</t>
+          <t>Kitapları Kurtaran Kedi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255610560</t>
+          <t>9786255610713</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kara Günler - Cadının Canavarlar Ansiklopedisi 1</t>
+          <t>O Yaz Günleri 3</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>410</v>
+        <v>230</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255610171</t>
+          <t>9786255610836</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Terk Edilmiş İmparatoriçe 3</t>
+          <t>P*ç Kurusu 3</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>460</v>
+        <v>480</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255610539</t>
+          <t>9696211112390</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Berserk 10</t>
+          <t>İzmarit ve Kibrit Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>240</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255610522</t>
+          <t>9786255610751</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Berserk 9</t>
+          <t>Kibrit (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255610546</t>
+          <t>9786255610720</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Berserk 11</t>
+          <t>İzmarit</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>240</v>
+        <v>430</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255610584</t>
+          <t>9786255610737</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Invincible 6 - Farklı Bir Dünya</t>
+          <t>İzmarit (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>370</v>
+        <v>480</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255610553</t>
+          <t>9786255610744</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Berserk 12</t>
+          <t>Kibrit</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>240</v>
+        <v>430</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255610492</t>
+          <t>9786255610874</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sweet Home 1</t>
+          <t>Seninle İçtiğim S*gara 4</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255610461</t>
+          <t>9786255610829</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Black Lagoon 3</t>
+          <t>Parmak Uçlarında Aşk 4</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255610508</t>
+          <t>9786255610812</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Prenses Oldum 6</t>
+          <t>Parmak Uçlarında Aşk 3</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255610478</t>
+          <t>9786255610805</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 11</t>
+          <t>Parmak Uçlarında Aşk 2</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255610485</t>
+          <t>9786255610799</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 12</t>
+          <t>Parmak Uçlarında Aşk 1</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255610430</t>
+          <t>9786255610850</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Yeon’un Mektubu</t>
+          <t>Hikaru’nun Veda Ettiği Yaz 3</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255610454</t>
+          <t>9786255610843</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Batman: Wayne Ailesi Maceraları 1</t>
+          <t>Hikaru’nun Veda Ettiği Yaz 2</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255610409</t>
+          <t>9786255610683</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Red Hood: Kanunsuzlar 1</t>
+          <t>Sade Bir Hayat</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255610416</t>
+          <t>9786255610768</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>86: Seksen Altı Parçalı Gelişim 1</t>
+          <t>Eğitim Kulesinin Usta Oyuncusu 4</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255610423</t>
+          <t>9786256335202</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>86: Seksen Altı Parçalı Gelişim 2</t>
+          <t>Yaz Uykusu (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786255610447</t>
+          <t>9786255610645</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Tanrısı 5</t>
+          <t>Köpek Olmak İçin Güzel Bir Gün 2</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786255610270</t>
+          <t>9786255610676</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Doksan Artı Dört 2 (Ciltli)</t>
+          <t>Dışarıdaki Kız 8</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>520</v>
+        <v>230</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255610263</t>
+          <t>9786255610669</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Doksan Artı Dört 1 (Ciltli)</t>
+          <t>Dışarıdaki Kız 9</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>540</v>
+        <v>230</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9696211112314</t>
+          <t>9786255610652</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Doksan Artı Dört 1-2 Kutulu Set (Ciltli)</t>
+          <t>Dışarıdaki Kız 7</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>1150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786255610331</t>
+          <t>9786255610638</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tanrı ve Gumiho: Kader Düğümü 1 (Ciltli)</t>
+          <t>Varoluş 2</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>580</v>
+        <v>420</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255610393</t>
+          <t>9786255610591</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dark Souls: Kefaret 2</t>
+          <t>İskelet Şövalye: Başka Bir Dünyada 1</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786255610386</t>
+          <t>9786255610607</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kichijoji'nin Kadın Kitapçıları</t>
+          <t>İskelet Şövalye: Başka Bir Dünyada 2</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255610355</t>
+          <t>9786255610614</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Gachiakuta 1</t>
+          <t>İskelet Şövalye: Başka Bir Dünyada 3</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786255610362</t>
+          <t>9786255610577</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Gachiakuta 2</t>
+          <t>İmparatorun Kızı 6</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786255610379</t>
+          <t>9786255610515</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hikaru’nun Veda Ettiği Yaz 1</t>
+          <t>Doğunun Son Ejderhası</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786259861258</t>
+          <t>9786255610560</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Invincible 1 - Aile Meseleleri</t>
+          <t>Kara Günler - Cadının Canavarlar Ansiklopedisi 1</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>370</v>
+        <v>410</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9696211112215</t>
+          <t>9786255610171</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Yaz Uykusu – Kış Güneşi 2 Kitaplık Kutulu Set (Ciltli)</t>
+          <t>Terk Edilmiş İmparatoriçe 3</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>995</v>
+        <v>460</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9696211112222</t>
+          <t>9786255610539</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yaz Uykusu – Kış Güneşi 2 Kitaplık Kutulu Set</t>
+          <t>Berserk 10</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>895</v>
+        <v>240</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786255610324</t>
+          <t>9786255610522</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Prenses Kulübü 2</t>
+          <t>Berserk 9</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786255610348</t>
+          <t>9786255610546</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Lookism 2</t>
+          <t>Berserk 11</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>460</v>
+        <v>240</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786255610300</t>
+          <t>9786255610584</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Liseli Paralı Askerin Macerası 1</t>
+          <t>Invincible 6 - Farklı Bir Dünya</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>480</v>
+        <v>370</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255610317</t>
+          <t>9786255610553</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Tamon-Kun'un Hangi Yüzü? 3</t>
+          <t>Berserk 12</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786255610287</t>
+          <t>9786255610492</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Eleceed 1</t>
+          <t>Sweet Home 1</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>480</v>
+        <v>460</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786255610232</t>
+          <t>9786255610461</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Miraculous: Uğur Böceği ile Kara Kedi 1</t>
+          <t>Black Lagoon 3</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786255610249</t>
+          <t>9786255610508</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Miraculous: Uğur Böceği ile Kara Kedi 2</t>
+          <t>Nasıl Prenses Oldum 6</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786255610256</t>
+          <t>9786255610478</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Miraculous: Uğur Böceği ile Kara Kedi 3</t>
+          <t>Şifacı Günceleri 11</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786255610225</t>
+          <t>9786255610485</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kocamı Tarafıma Nasıl Çekerim 1</t>
+          <t>Şifacı Günceleri 12</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>460</v>
+        <v>220</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256187436</t>
+          <t>9786255610430</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Köylü Hünerli Bir Kılıç Ustası Oluyor 3</t>
+          <t>Yeon’un Mektubu</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256187399</t>
+          <t>9786255610454</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bem 3</t>
+          <t>Batman: Wayne Ailesi Maceraları 1</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256187382</t>
+          <t>9786255610409</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bem 2</t>
+          <t>Red Hood: Kanunsuzlar 1</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9693110002074</t>
+          <t>9786255610416</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>True Beauty Seti (2 Kitap)</t>
+          <t>86: Seksen Altı Parçalı Gelişim 1</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>920</v>
+        <v>210</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786259911441</t>
+          <t>9786255610423</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ganbatte</t>
+          <t>86: Seksen Altı Parçalı Gelişim 2</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786259911403</t>
+          <t>9786255610447</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Anime Nasıl Çizilir? Bölüm - 1</t>
+          <t>Dövüş Tanrısı 5</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786255610294</t>
+          <t>9786255610270</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Ev</t>
+          <t>Doksan Artı Dört 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>260</v>
+        <v>520</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256187672</t>
+          <t>9786255610263</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Skyrim Kütüphanesi - Skyrim Tarihi Birinci Cilt (Ciltli)</t>
+          <t>Doksan Artı Dört 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>2100</v>
+        <v>540</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786255610218</t>
+          <t>9696211112314</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>The Boys 4: Hemen Gitmemiz Lazım</t>
+          <t>Doksan Artı Dört 1-2 Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>420</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256187719</t>
+          <t>9786255610331</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Günde Bir Doz Kedi</t>
+          <t>Tanrı ve Gumiho: Kader Düğümü 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>250</v>
+        <v>580</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786255610195</t>
+          <t>9786255610393</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Dük'ün Malikanesi Cilt 3</t>
+          <t>Dark Souls: Kefaret 2</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786255610157</t>
+          <t>9786255610386</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kül Kanat</t>
+          <t>Kichijoji'nin Kadın Kitapçıları</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>420</v>
+        <v>340</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9696211112208</t>
+          <t>9786255610355</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kül Kanat Kutulu Set (Ciltli)</t>
+          <t>Gachiakuta 1</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>580</v>
+        <v>220</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786255610164</t>
+          <t>9786255610362</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kül Kanat (Ciltli)</t>
+          <t>Gachiakuta 2</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786255610188</t>
+          <t>9786255610379</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Üstün Yetenekliler Sınıfı 2</t>
+          <t>Hikaru’nun Veda Ettiği Yaz 1</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256187726</t>
+          <t>9786259861258</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşı Suçlamak 2</t>
+          <t>Invincible 1 - Aile Meseleleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786255610072</t>
+          <t>9696211112215</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Milas (Ciltli)</t>
+          <t>Yaz Uykusu – Kış Güneşi 2 Kitaplık Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>480</v>
+        <v>995</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786255610140</t>
+          <t>9696211112222</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kedim Oyunlarım ve Ben 6</t>
+          <t>Yaz Uykusu – Kış Güneşi 2 Kitaplık Kutulu Set</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>210</v>
+        <v>895</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786255610065</t>
+          <t>9786255610324</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Milas</t>
+          <t>Lanetli Prenses Kulübü 2</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>430</v>
+        <v>480</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9696211112185</t>
+          <t>9786255610348</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Safir ve Milas Kutulu Set (Ciltli)</t>
+          <t>Lookism 2</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>1100</v>
+        <v>460</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786255610058</t>
+          <t>9786255610300</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Safir (Ciltli)</t>
+          <t>Liseli Paralı Askerin Macerası 1</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>470</v>
+        <v>480</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786255610041</t>
+          <t>9786255610317</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Safir</t>
+          <t>Tamon-Kun'un Hangi Yüzü? 3</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786255610133</t>
+          <t>9786255610287</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Benim Mutlu Evliliğim 5</t>
+          <t>Eleceed 1</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>230</v>
+        <v>480</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786255610102</t>
+          <t>9786255610232</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bu Hayatımda Aile Reisi Olacağım 3</t>
+          <t>Miraculous: Uğur Böceği ile Kara Kedi 1</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>480</v>
+        <v>210</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786255610119</t>
+          <t>9786255610249</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Akame, Keser 7</t>
+          <t>Miraculous: Uğur Böceği ile Kara Kedi 2</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786255610126</t>
+          <t>9786255610256</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Akame, Keser 8</t>
+          <t>Miraculous: Uğur Böceği ile Kara Kedi 3</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786255610089</t>
+          <t>9786255610225</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sondan Sonraki Başlangıç 3</t>
+          <t>Kocamı Tarafıma Nasıl Çekerim 1</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786255610096</t>
+          <t>9786256187436</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kadın Bir Kukla 1</t>
+          <t>Sıradan Bir Köylü Hünerli Bir Kılıç Ustası Oluyor 3</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>480</v>
+        <v>210</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256187962</t>
+          <t>9786256187399</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Yolun Efendisi 3</t>
+          <t>Bem 3</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256187955</t>
+          <t>9786256187382</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Yolun Efendisi 2</t>
+          <t>Bem 2</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786255610034</t>
+          <t>9693110002074</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 10</t>
+          <t>True Beauty Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>220</v>
+        <v>920</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786255610027</t>
+          <t>9786259911441</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 9</t>
+          <t>Ganbatte</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256187993</t>
+          <t>9786259911403</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Roji 2</t>
+          <t>Anime Nasıl Çizilir? Bölüm - 1</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256187702</t>
+          <t>9786255610294</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Soyang-ri'nin Kitap Mutfağı</t>
+          <t>Tuhaf Ev</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786255610010</t>
+          <t>9786256187672</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 8</t>
+          <t>Skyrim Kütüphanesi - Skyrim Tarihi Birinci Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>220</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786255610003</t>
+          <t>9786255610218</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Trace 8</t>
+          <t>The Boys 4: Hemen Gitmemiz Lazım</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256187931</t>
+          <t>9786256187719</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dışarı’daki Kız 5</t>
+          <t>Günde Bir Doz Kedi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256187948</t>
+          <t>9786255610195</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dışarı’daki Kız 6</t>
+          <t>Dük'ün Malikanesi Cilt 3</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>230</v>
+        <v>460</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256187979</t>
+          <t>9786255610157</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Berserk 7</t>
+          <t>Kül Kanat</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256187924</t>
+          <t>9696211112208</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Kedi</t>
+          <t>Kül Kanat Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>230</v>
+        <v>580</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256187986</t>
+          <t>9786255610164</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Berserk 8</t>
+          <t>Kül Kanat (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256187849</t>
+          <t>9786255610188</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kış Güneşi (Ciltli)</t>
+          <t>Üstün Yetenekliler Sınıfı 2</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256187832</t>
+          <t>9786256187726</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kış Güneşi</t>
+          <t>Arkadaşı Suçlamak 2</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9696211112086</t>
+          <t>9786255610072</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kış Güneşi Kutulu Set (Ciltli)</t>
+          <t>Milas (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>550</v>
+        <v>480</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256187900</t>
+          <t>9786255610140</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Ejderha 2</t>
+          <t>Kedim Oyunlarım ve Ben 6</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256187887</t>
+          <t>9786255610065</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Seninle İçtiğim S*gara 3</t>
+          <t>Milas</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256187894</t>
+          <t>9696211112185</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Tamon-Kun’un Hangi Yüzü? 2</t>
+          <t>Safir ve Milas Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>210</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256187917</t>
+          <t>9786255610058</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Ejderha 3</t>
+          <t>Safir (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>230</v>
+        <v>470</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256187870</t>
+          <t>9786255610041</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kötülerin Kaderi Yok Olmaktır 3</t>
+          <t>Safir</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>460</v>
+        <v>420</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256187795</t>
+          <t>9786255610133</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Invincible 5 - Hayatın Gerçekleri</t>
+          <t>Benim Mutlu Evliliğim 5</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256187825</t>
+          <t>9786255610102</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İddiayla Başlayan Veda Aşkı 3</t>
+          <t>Bu Hayatımda Aile Reisi Olacağım 3</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256187801</t>
+          <t>9786255610119</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>True Beauty 8</t>
+          <t>Akame, Keser 7</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256187863</t>
+          <t>9786255610126</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yakuza’nın Çocuk Bakım Rehberi 3</t>
+          <t>Akame, Keser 8</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256187788</t>
+          <t>9786255610089</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Aslan Wanini 1</t>
+          <t>Sondan Sonraki Başlangıç 3</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>450</v>
+        <v>460</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256187856</t>
+          <t>9786255610096</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yakuza’nın Çocuk Bakım Rehberi 2</t>
+          <t>Kötü Kadın Bir Kukla 1</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256187818</t>
+          <t>9786256187962</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Bir İnternet Romanı 3</t>
+          <t>Karanlık Yolun Efendisi 3</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786259861272</t>
+          <t>9786256187955</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 1</t>
+          <t>Karanlık Yolun Efendisi 2</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256187771</t>
+          <t>9786255610034</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Hassas Bir Kalp Nasıl Dük’ün Hizmetçisi Oldum 3</t>
+          <t>Şifacı Günceleri 10</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>460</v>
+        <v>220</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256187696</t>
+          <t>9786255610027</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Evreni Tersine Çevir ve Kazan 2</t>
+          <t>Şifacı Günceleri 9</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9696211112048</t>
+          <t>9786256187993</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yedinin Nabzı - Kutulu Set (Ciltli)</t>
+          <t>Roji 2</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>580</v>
+        <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256187764</t>
+          <t>9786256187702</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Batman – Adalet Avcısı 2</t>
+          <t>Soyang-ri'nin Kitap Mutfağı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256187740</t>
+          <t>9786255610010</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Joker – Tek Kişilik Operasyon 2</t>
+          <t>Şifacı Günceleri 8</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256187757</t>
+          <t>9786255610003</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Batman – Adalet Avcısı 1</t>
+          <t>Trace 8</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256187634</t>
+          <t>9786256187931</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yedinin Nabzı</t>
+          <t>Dışarı’daki Kız 5</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256187733</t>
+          <t>9786256187948</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Joker – Tek Kişilik Operasyon 1</t>
+          <t>Dışarı’daki Kız 6</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256187641</t>
+          <t>9786256187979</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yedinin Nabzı (Ciltli)</t>
+          <t>Berserk 7</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>490</v>
+        <v>240</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256187689</t>
+          <t>9786256187924</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Bisküvi</t>
+          <t>Kadın ve Kedi</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256187597</t>
+          <t>9786256187986</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Lore Olympus 2</t>
+          <t>Berserk 8</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256187665</t>
+          <t>9786256187849</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Cadının Sıra Dışı Aile Hayatı 3</t>
+          <t>Kış Güneşi (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256187658</t>
+          <t>9786256187832</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Black Lagoon 2</t>
+          <t>Kış Güneşi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256187610</t>
+          <t>9696211112086</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kedim Oyunlarım ve Ben 5</t>
+          <t>Kış Güneşi Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>210</v>
+        <v>550</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256187184</t>
+          <t>9786256187900</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Black Lagoon 1</t>
+          <t>Tuhaf Ejderha 2</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256187627</t>
+          <t>9786256187887</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Şeker Dükkanı</t>
+          <t>Seninle İçtiğim S*gara 3</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256187559</t>
+          <t>9786256187894</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bu Hayatımda Aile Reisi Olacağım 2</t>
+          <t>Tamon-Kun’un Hangi Yüzü? 2</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>470</v>
+        <v>210</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256187603</t>
+          <t>9786256187917</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Terk Edilmiş İmparatoriçe 2</t>
+          <t>Tuhaf Ejderha 3</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256187580</t>
+          <t>9786256187870</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Lookism 1</t>
+          <t>Kötülerin Kaderi Yok Olmaktır 3</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256187542</t>
+          <t>9786256187795</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Akame, Keser 6</t>
+          <t>Invincible 5 - Hayatın Gerçekleri</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256187498</t>
+          <t>9786256187825</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Unico – Uyanış 1</t>
+          <t>İddiayla Başlayan Veda Aşkı 3</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256187566</t>
+          <t>9786256187801</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Yumi’nin Hücreleri 2</t>
+          <t>True Beauty 8</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256187528</t>
+          <t>9786256187863</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Akame, Keser 4</t>
+          <t>Yakuza’nın Çocuk Bakım Rehberi 3</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256187511</t>
+          <t>9786256187788</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Prenses Oldum 5</t>
+          <t>Yeşil Aslan Wanini 1</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>460</v>
+        <v>450</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256187535</t>
+          <t>9786256187856</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Akame, Keser 5</t>
+          <t>Yakuza’nın Çocuk Bakım Rehberi 2</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256187504</t>
+          <t>9786256187818</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Dük'ün Malikânesi 2</t>
+          <t>Hayatım Bir İnternet Romanı 3</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256187573</t>
+          <t>9786259861272</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Botero Ailesi'nin Aşk Eczanesi</t>
+          <t>Şifacı Günceleri 1</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256187467</t>
+          <t>9786256187771</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 5</t>
+          <t>Hassas Bir Kalp Nasıl Dük’ün Hizmetçisi Oldum 3</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256187481</t>
+          <t>9786256187696</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 7</t>
+          <t>Evreni Tersine Çevir ve Kazan 2</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256187443</t>
+          <t>9696211112048</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Üstün Yetenekliler Sınıfı 1</t>
+          <t>Yedinin Nabzı - Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>350</v>
+        <v>580</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256187474</t>
+          <t>9786256187764</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 6</t>
+          <t>Batman – Adalet Avcısı 2</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256187429</t>
+          <t>9786256187740</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Köylü Hünerli Bir Kılıç Ustası Oluyor 2</t>
+          <t>Joker – Tek Kişilik Operasyon 2</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256187412</t>
+          <t>9786256187757</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Köylü Hünerli Bir Kılıç Ustası Oluyor 1</t>
+          <t>Batman – Adalet Avcısı 1</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256187375</t>
+          <t>9786256187634</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Bir İnternet Romanı 2</t>
+          <t>Yedinin Nabzı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>460</v>
+        <v>360</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256187450</t>
+          <t>9786256187733</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Geceni Bana Getir</t>
+          <t>Joker – Tek Kişilik Operasyon 1</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256187214</t>
+          <t>9786256187641</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Benim Mutlu Evliliğim 3</t>
+          <t>Yedinin Nabzı (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>230</v>
+        <v>490</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256187405</t>
+          <t>9786256187689</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Benim Mutlu Evliliğim 4</t>
+          <t>Bisküvi</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256187368</t>
+          <t>9786256187597</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Savaşçının Açlığı 3</t>
+          <t>Lore Olympus 2</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256187221</t>
+          <t>9786256187665</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Köpek Olmak için Güzel Bir Gün 1</t>
+          <t>Çılgın Cadının Sıra Dışı Aile Hayatı 3</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256187337</t>
+          <t>9786256187658</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Olarak Yeniden Doğdum 2</t>
+          <t>Black Lagoon 2</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256187344</t>
+          <t>9786256187610</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Olarak Yeniden Doğdum 3</t>
+          <t>Kedim Oyunlarım ve Ben 5</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256187351</t>
+          <t>9786256187184</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>The Boys 3</t>
+          <t>Black Lagoon 1</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256187238</t>
+          <t>9786256187627</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Chibineko Mutfağı: Kalbe Dokunan Tatlar</t>
+          <t>Sihirli Şeker Dükkanı</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256187320</t>
+          <t>9786256187559</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Kulesi 7</t>
+          <t>Bu Hayatımda Aile Reisi Olacağım 2</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>460</v>
+        <v>470</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256187313</t>
+          <t>9786256187603</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Prenses Kulübü 1</t>
+          <t>Terk Edilmiş İmparatoriçe 2</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>480</v>
+        <v>460</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256187306</t>
+          <t>9786256187580</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Invincible 4 - Sınıf Başkanı</t>
+          <t>Lookism 1</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>370</v>
+        <v>460</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256187290</t>
+          <t>9786256187542</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Aileni Nasıl Öldürürsün</t>
+          <t>Akame, Keser 6</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256187207</t>
+          <t>9786256187498</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Evreni Tersine Çevir ve Kazan 1</t>
+          <t>Unico – Uyanış 1</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256187191</t>
+          <t>9786256187566</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Katiller Tatilde 2</t>
+          <t>Yumi’nin Hücreleri 2</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256187160</t>
+          <t>9786256187528</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Cadıların Cenneti 4</t>
+          <t>Akame, Keser 4</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256187177</t>
+          <t>9786256187511</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Trace 7</t>
+          <t>Nasıl Prenses Oldum 5</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256187146</t>
+          <t>9786256187535</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Geri Dönüşü 3</t>
+          <t>Akame, Keser 5</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256187139</t>
+          <t>9786256187504</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Hassas Bir Kalp</t>
+          <t>Dük'ün Malikânesi 2</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256187054</t>
+          <t>9786256187573</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kimse Gerçek Değil (Ciltli)</t>
+          <t>Botero Ailesi'nin Aşk Eczanesi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>440</v>
+        <v>280</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256187115</t>
+          <t>9786256187467</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sınır Tanımaz (Ciltli)</t>
+          <t>Şifacı Günceleri 5</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256187047</t>
+          <t>9786256187481</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kayıp (Ciltli)</t>
+          <t>Şifacı Günceleri 7</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>440</v>
+        <v>220</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256187030</t>
+          <t>9786256187443</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Roji-1</t>
+          <t>Üstün Yetenekliler Sınıfı 1</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256187122</t>
+          <t>9786256187474</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Tamon-Kun'un Hangi Yüzü? 1</t>
+          <t>Şifacı Günceleri 6</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256187108</t>
+          <t>9786256187429</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sınır Tanımaz</t>
+          <t>Sıradan Bir Köylü Hünerli Bir Kılıç Ustası Oluyor 2</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256155022</t>
+          <t>9786256187412</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sakura Baharı</t>
+          <t>Sıradan Bir Köylü Hünerli Bir Kılıç Ustası Oluyor 1</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256187016</t>
+          <t>9786256187375</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sayacak Yıldız Kalmadığında</t>
+          <t>Hayatım Bir İnternet Romanı 2</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256187061</t>
+          <t>9786256187450</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Berserk 4</t>
+          <t>Geceni Bana Getir</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256187092</t>
+          <t>9786256187214</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Kızı 5</t>
+          <t>Benim Mutlu Evliliğim 3</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256335967</t>
+          <t>9786256187405</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Daha da Lanetli</t>
+          <t>Benim Mutlu Evliliğim 4</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256187085</t>
+          <t>9786256187368</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Berserk 6</t>
+          <t>Savaşçının Açlığı 3</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256187078</t>
+          <t>9786256187221</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Berserk 5</t>
+          <t>Köpek Olmak için Güzel Bir Gün 1</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>240</v>
+        <v>460</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256187009</t>
+          <t>9786256187337</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Asiller 3</t>
+          <t>Kılıç Olarak Yeniden Doğdum 2</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256335912</t>
+          <t>9786256187344</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>İkinci El Kimono Dükkanı</t>
+          <t>Kılıç Olarak Yeniden Doğdum 3</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256335837</t>
+          <t>9786256187351</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Dışarı’daki Kız 4</t>
+          <t>The Boys 3</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256335776</t>
+          <t>9786256187238</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Aşıp Sana Geleceğim</t>
+          <t>Chibineko Mutfağı: Kalbe Dokunan Tatlar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256335943</t>
+          <t>9786256187320</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Yolun Efendisi 1</t>
+          <t>Tanrı'nın Kulesi 7</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256335950</t>
+          <t>9786256187313</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ay'dayız</t>
+          <t>Lanetli Prenses Kulübü 1</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>550</v>
+        <v>480</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256335875</t>
+          <t>9786256187306</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Hapisteki Emanet 1</t>
+          <t>Invincible 4 - Sınıf Başkanı</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256335981</t>
+          <t>9786256187290</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>True Beauty 7</t>
+          <t>Aileni Nasıl Öldürürsün</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>460</v>
+        <v>400</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256187023</t>
+          <t>9786256187207</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>King Hotel'e Hoş Geldiniz 2</t>
+          <t>Evreni Tersine Çevir ve Kazan 1</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256335998</t>
+          <t>9786256187191</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Yakuza'nın Çocuk Bakım Rehberi 1</t>
+          <t>Katiller Tatilde 2</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256335882</t>
+          <t>9786256187160</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Hapisteki Emanet 1 (Ciltli)</t>
+          <t>Cadıların Cenneti 4</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>540</v>
+        <v>230</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256335929</t>
+          <t>9786256187177</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Kız Aslında Gerçek Bir Hayal 1</t>
+          <t>Trace 7</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256335936</t>
+          <t>9786256187146</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Kız Aslında Gerçek Bir Hayal 2</t>
+          <t>Büyücünün Geri Dönüşü 3</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>230</v>
+        <v>460</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9696211111546</t>
+          <t>9786256187139</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Aşık Olma Korkusu Kutulu Set (Ciltli)</t>
+          <t>Hassas Bir Kalp</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>580</v>
+        <v>460</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256335851</t>
+          <t>9786256187054</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Aşık Olma Korkusu (Ciltli)</t>
+          <t>Kimse Gerçek Değil (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>460</v>
+        <v>440</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256335844</t>
+          <t>9786256187115</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Aşık Olma Korkusu</t>
+          <t>Aşk Sınır Tanımaz (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256335974</t>
+          <t>9786256187047</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Köpeğimle Başka Dünyalara Yolculuk 2</t>
+          <t>Kayıp (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>210</v>
+        <v>440</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256335905</t>
+          <t>9786256187030</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Bu Hayatımda Aile Reisi Olacağım 1</t>
+          <t>Roji-1</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>470</v>
+        <v>300</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256335899</t>
+          <t>9786256187122</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Terk Edilmiş İmparatoriçe 1</t>
+          <t>Tamon-Kun'un Hangi Yüzü? 1</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256335868</t>
+          <t>9786256187108</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Ebeveyn Günlükleri 2</t>
+          <t>Aşk Sınır Tanımaz</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786259861234</t>
+          <t>9786256155022</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Dışarı’daki Kız 1</t>
+          <t>Sakura Baharı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786259961354</t>
+          <t>9786256187016</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Brutal 3</t>
+          <t>Sayacak Yıldız Kalmadığında</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256335813</t>
+          <t>9786256187061</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Hassas Bir Kalp</t>
+          <t>Berserk 4</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>460</v>
+        <v>240</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256335820</t>
+          <t>9786256187092</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Dük’ün Malikanesi 1</t>
+          <t>İmparatorun Kızı 5</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256335806</t>
+          <t>9786256335967</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Dark Souls 1 - Kefaret</t>
+          <t>Daha da Lanetli</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256335783</t>
+          <t>9786256187085</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Benim Mutlu Evliliğim 2</t>
+          <t>Berserk 6</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256335790</t>
+          <t>9786256187078</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Ejderha 1</t>
+          <t>Berserk 5</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256335769</t>
+          <t>9786256187009</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kötülerin Kaderi Yok Olmaktır 2</t>
+          <t>Asiller 3</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>460</v>
+        <v>450</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256335752</t>
+          <t>9786256335912</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Seninle İçtiğim S*gara 2</t>
+          <t>İkinci El Kimono Dükkanı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256335745</t>
+          <t>9786256335837</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Varoluş 1</t>
+          <t>Dışarı’daki Kız 4</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256335738</t>
+          <t>9786256335776</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Cadının Sora Dışı Aile Hayatı 2</t>
+          <t>Zamanı Aşıp Sana Geleceğim</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256335714</t>
+          <t>9786256335943</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>P*ç Kurusu 2</t>
+          <t>Karanlık Yolun Efendisi 1</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>480</v>
+        <v>460</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256335691</t>
+          <t>9786256335950</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>The Boys 2</t>
+          <t>Ay'dayız</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256335707</t>
+          <t>9786256335875</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Prenses Oldum 4</t>
+          <t>Hapisteki Emanet 1</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>460</v>
+        <v>400</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256335721</t>
+          <t>9786256335981</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 4</t>
+          <t>True Beauty 7</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256335684</t>
+          <t>9786256187023</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Geri Dönüşü 2</t>
+          <t>King Hotel'e Hoş Geldiniz 2</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256335677</t>
+          <t>9786256335998</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Geri Dönüşü 1</t>
+          <t>Yakuza'nın Çocuk Bakım Rehberi 1</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256335653</t>
+          <t>9786256335882</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Lanet Olası Ezik Nishiga Hachi 3</t>
+          <t>Hapisteki Emanet 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>220</v>
+        <v>540</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256335646</t>
+          <t>9786256335929</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Savaşçının Açlığı 2</t>
+          <t>Tavşan Kız Aslında Gerçek Bir Hayal 1</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256335660</t>
+          <t>9786256335936</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>İddiayla Başlayan Veda Aşkı 2</t>
+          <t>Tavşan Kız Aslında Gerçek Bir Hayal 2</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256335639</t>
+          <t>9696211111546</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Tabi ki Senden Hoşlanıyorum</t>
+          <t>Aşık Olma Korkusu Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>220</v>
+        <v>580</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256335615</t>
+          <t>9786256335851</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Manga ve Anime Nasıl Çizilir? Bölüm 2</t>
+          <t>Aşık Olma Korkusu (Ciltli)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256335622</t>
+          <t>9786256335844</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Bem 1</t>
+          <t>Aşık Olma Korkusu</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256335608</t>
+          <t>9786256335974</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Denizin Derinliklerinde Hayatta Kalmak</t>
+          <t>Köpeğimle Başka Dünyalara Yolculuk 2</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256335592</t>
+          <t>9786256335905</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Trace 6</t>
+          <t>Bu Hayatımda Aile Reisi Olacağım 1</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>220</v>
+        <v>470</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256335523</t>
+          <t>9786256335899</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Akame, Keser 3</t>
+          <t>Terk Edilmiş İmparatoriçe 1</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>230</v>
+        <v>460</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256335585</t>
+          <t>9786256335868</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Bir İnternet Romanı 1</t>
+          <t>Ejderhanın Ebeveyn Günlükleri 2</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256335561</t>
+          <t>9786259861234</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Yumi’nin Hücreleri 1</t>
+          <t>Dışarı’daki Kız 1</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256335578</t>
+          <t>9786259961354</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>King Hotel’e Hoşgeldiniz 1</t>
+          <t>Brutal 3</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786259400525</t>
+          <t>9786256335813</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşı Suçlamak</t>
+          <t>Hassas Bir Kalp</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>250</v>
+        <v>460</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256335547</t>
+          <t>9786256335820</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Lore Olympus 1</t>
+          <t>Dük’ün Malikanesi 1</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>500</v>
+        <v>460</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256335530</t>
+          <t>9786256335806</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Katiller Tatilde 1</t>
+          <t>Dark Souls 1 - Kefaret</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256335554</t>
+          <t>9786256335783</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Lore Olympus 1 (Ciltli)</t>
+          <t>Benim Mutlu Evliliğim 2</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>800</v>
+        <v>230</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256335509</t>
+          <t>9786256335790</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Tanrısı 4</t>
+          <t>Tuhaf Ejderha 1</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256335493</t>
+          <t>9786256335769</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Kulesi 6</t>
+          <t>Kötülerin Kaderi Yok Olmaktır 2</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786259961378</t>
+          <t>9786256335752</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kedim Oyunlarım ve Ben 1</t>
+          <t>Seninle İçtiğim S*gara 2</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256335486</t>
+          <t>9786256335745</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>The Boys 1 - Oyunun Adı</t>
+          <t>Varoluş 1</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256335516</t>
+          <t>9786256335738</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Eli Bıçaklı Teyze</t>
+          <t>Çılgın Cadının Sora Dışı Aile Hayatı 2</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256335462</t>
+          <t>9786256335714</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Invincible 3 - Zıt Kutuplar</t>
+          <t>P*ç Kurusu 2</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>370</v>
+        <v>480</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256335479</t>
+          <t>9786256335691</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Olarak Yeniden Doğdum 1 - Başka Bir Dilek</t>
+          <t>The Boys 2</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256335455</t>
+          <t>9786256335707</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Benim Mutlu Evliliğim 1</t>
+          <t>Nasıl Prenses Oldum 4</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>230</v>
+        <v>460</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256335448</t>
+          <t>9786256335721</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Berserk 3</t>
+          <t>Şifacı Günceleri 4</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256335424</t>
+          <t>9786256335684</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Berserk 1</t>
+          <t>Büyücünün Geri Dönüşü 2</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>240</v>
+        <v>460</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256335431</t>
+          <t>9786256335677</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Berserk 2</t>
+          <t>Büyücünün Geri Dönüşü 1</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>240</v>
+        <v>460</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256335172</t>
+          <t>9786256335653</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kanunları</t>
+          <t>Lanet Olası Ezik Nishiga Hachi 3</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>540</v>
+        <v>220</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256335264</t>
+          <t>9786256335646</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Salonlarda (Ciltli)</t>
+          <t>Savaşçının Açlığı 2</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256335257</t>
+          <t>9786256335660</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Cyberpunk 2077 Tesadüfe Yer Yok (Ciltli)</t>
+          <t>İddiayla Başlayan Veda Aşkı 2</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256335295</t>
+          <t>9786256335639</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>P*ç Kurusu 1</t>
+          <t>Tabi ki Senden Hoşlanıyorum</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>480</v>
+        <v>220</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256335288</t>
+          <t>9786256335615</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kehanet 3</t>
+          <t>Manga ve Anime Nasıl Çizilir? Bölüm 2</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256335271</t>
+          <t>9786256335622</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 3</t>
+          <t>Bem 1</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256335226</t>
+          <t>9786256335608</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kedim Oyunlarım ve Ben 4</t>
+          <t>Denizin Derinliklerinde Hayatta Kalmak</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256335240</t>
+          <t>9786256335592</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Köpeğimle Başka Dünyalara Yolculuk 1</t>
+          <t>Trace 6</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256335233</t>
+          <t>9786256335523</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Leviathan 3</t>
+          <t>Akame, Keser 3</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256335158</t>
+          <t>9786256335585</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Ebeveyn Günlükleri 1</t>
+          <t>Hayatım Bir İnternet Romanı 1</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256335165</t>
+          <t>9786256335561</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Sondan Sonraki Başlangıç 2</t>
+          <t>Yumi’nin Hücreleri 1</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256335189</t>
+          <t>9786256335578</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Kızı 4</t>
+          <t>King Hotel’e Hoşgeldiniz 1</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256335219</t>
+          <t>9786259400525</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Dışarı’daki Kız 3</t>
+          <t>Arkadaşı Suçlamak</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256335141</t>
+          <t>9786256335547</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Savaşçının Açlığı 1</t>
+          <t>Lore Olympus 1</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256335196</t>
+          <t>9786256335530</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Yaz Uykusu</t>
+          <t>Katiller Tatilde 1</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256335127</t>
+          <t>9786256335554</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kötülerin Kaderi Yok Olmaktır</t>
+          <t>Lore Olympus 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>460</v>
+        <v>800</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256335134</t>
+          <t>9786256335509</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>İddiayla Başlayan Veda Aşkı 1</t>
+          <t>Dövüş Tanrısı 4</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256335103</t>
+          <t>9786256335493</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Cadının Sıra Dışı Aile Hayatı 1</t>
+          <t>Tanrı’nın Kulesi 6</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256335110</t>
+          <t>9786259961378</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Invincible 2 - Sekiz Kişi Yeter</t>
+          <t>Kedim Oyunlarım ve Ben 1</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>370</v>
+        <v>210</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256335059</t>
+          <t>9786256335486</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kitapyiyenler (Ciltli)</t>
+          <t>The Boys 1 - Oyunun Adı</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256335042</t>
+          <t>9786256335516</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Yazarımdan ve Çizerimden Nefret Ediyorum 1</t>
+          <t>Eli Bıçaklı Teyze</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>460</v>
+        <v>270</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256335073</t>
+          <t>9786256335462</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Seninle İçtiğim Sigara 1</t>
+          <t>Invincible 3 - Zıt Kutuplar</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256335080</t>
+          <t>9786256335479</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Akame, Keser 2</t>
+          <t>Kılıç Olarak Yeniden Doğdum 1 - Başka Bir Dilek</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256335097</t>
+          <t>9786256335455</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Günceleri 2</t>
+          <t>Benim Mutlu Evliliğim 1</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256335066</t>
+          <t>9786256335448</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Yemek Kamyonu 3</t>
+          <t>Berserk 3</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256335011</t>
+          <t>9786256335424</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Dışarı’daki Kız 2</t>
+          <t>Berserk 1</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786259871479</t>
+          <t>9786256335431</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Lanetli</t>
+          <t>Berserk 2</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256335004</t>
+          <t>9786256335172</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Asiller 2</t>
+          <t>Dövüş Kanunları</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>450</v>
+        <v>540</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786256335035</t>
+          <t>9786256335264</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kralların Adaleti</t>
+          <t>Kutsal Salonlarda (Ciltli)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786256335028</t>
+          <t>9786256335257</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Trace 5</t>
+          <t>Cyberpunk 2077 Tesadüfe Yer Yok (Ciltli)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786259861289</t>
+          <t>9786256335295</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Sondan Sonraki Başlangıç 1</t>
+          <t>P*ç Kurusu 1</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>460</v>
+        <v>480</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786259861296</t>
+          <t>9786256335288</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kehanet 2</t>
+          <t>Kehanet 3</t>
         </is>
       </c>
       <c r="C332" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786259871493</t>
+          <t>9786256335271</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Leviathan 2</t>
+          <t>Şifacı Günceleri 3</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786259861265</t>
+          <t>9786256335226</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Akame, Keser 1</t>
+          <t>Kedim Oyunlarım ve Ben 4</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786259861241</t>
+          <t>9786256335240</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Cadıların Cenneti 3</t>
+          <t>Köpeğimle Başka Dünyalara Yolculuk 1</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786259890456</t>
+          <t>9786256335233</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kehanet 1</t>
+          <t>Leviathan 3</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786259871455</t>
+          <t>9786256335158</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Leviathan 1</t>
+          <t>Ejderhanın Ebeveyn Günlükleri 1</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786259861227</t>
+          <t>9786256335165</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Asiller 1</t>
+          <t>Sondan Sonraki Başlangıç 2</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>450</v>
+        <v>460</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786259871486</t>
+          <t>9786256335189</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Prenses Oldum 3</t>
+          <t>İmparatorun Kızı 4</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786259861203</t>
+          <t>9786256335219</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>True Beauty 6</t>
+          <t>Dışarı’daki Kız 3</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786259861210</t>
+          <t>9786256335141</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Uçurumda Son Çay</t>
+          <t>Savaşçının Açlığı 1</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786259871448</t>
+          <t>9786256335196</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Tanrısı 3</t>
+          <t>Yaz Uykusu</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>460</v>
+        <v>400</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786259890463</t>
+          <t>9786256335127</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>En Uzun Gece</t>
+          <t>Kötülerin Kaderi Yok Olmaktır</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>370</v>
+        <v>460</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786259871462</t>
+          <t>9786256335134</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Hyunam-Dong Kitabevi</t>
+          <t>İddiayla Başlayan Veda Aşkı 1</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786259871417</t>
+          <t>9786256335103</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Kulesi’nin Usta Oyuncusu 3</t>
+          <t>Çılgın Cadının Sıra Dışı Aile Hayatı 1</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786259884691</t>
+          <t>9786256335110</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>True Beauty 5</t>
+          <t>Invincible 2 - Sekiz Kişi Yeter</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>460</v>
+        <v>370</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786259884684</t>
+          <t>9786256335059</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Kulesi 4</t>
+          <t>Kitapyiyenler (Ciltli)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>460</v>
+        <v>440</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786259871400</t>
+          <t>9786256335042</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Kulesi 5</t>
+          <t>Yazarımdan ve Çizerimden Nefret Ediyorum 1</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786259884615</t>
+          <t>9786256335073</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Cyberpunk Momotaro</t>
+          <t>Seninle İçtiğim Sigara 1</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786259871424</t>
+          <t>9786256335080</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Yemek Kamyonu 1</t>
+          <t>Akame, Keser 2</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786259871431</t>
+          <t>9786256335097</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Yemek Kamyonu 2</t>
+          <t>Şifacı Günceleri 2</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786259884660</t>
+          <t>9786256335066</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Aşkı 6</t>
+          <t>Çılgın Yemek Kamyonu 3</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786259884677</t>
+          <t>9786256335011</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Brutal 5</t>
+          <t>Dışarı’daki Kız 2</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786259884622</t>
+          <t>9786259871479</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Melez</t>
+          <t>Lanetli</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786259890494</t>
+          <t>9786256335004</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Cadıların Cenneti 1</t>
+          <t>Asiller 2</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786259884653</t>
+          <t>9786256335035</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Cadıların Cenneti 2</t>
+          <t>Kralların Adaleti</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786259884646</t>
+          <t>9786256335028</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Trace 4</t>
+          <t>Trace 5</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786259884639</t>
+          <t>9786259861289</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Brutal 4</t>
+          <t>Sondan Sonraki Başlangıç 1</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786259400563</t>
+          <t>9786259861296</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kedim Oyunlarım ve Ben 3</t>
+          <t>Kehanet 2</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786259890449</t>
+          <t>9786259871493</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Sekreter Kim’in Nesi Var 6</t>
+          <t>Leviathan 2</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786259890470</t>
+          <t>9786259861265</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kızıl İblis’in Dönüşü 3</t>
+          <t>Akame, Keser 1</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786259890487</t>
+          <t>9786259861241</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Kahramanların Oyunu 3</t>
+          <t>Cadıların Cenneti 3</t>
         </is>
       </c>
       <c r="C362" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786259890418</t>
+          <t>9786259890456</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Tanrısı 2</t>
+          <t>Kehanet 1</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786259400570</t>
+          <t>9786259871455</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>True Beauty 4</t>
+          <t>Leviathan 1</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786259890432</t>
+          <t>9786259861227</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Maneki Neko</t>
+          <t>Asiller 1</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786259884608</t>
+          <t>9786259871486</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>K - Pop Sırları</t>
+          <t>Nasıl Prenses Oldum 3</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786259890425</t>
+          <t>9786259861203</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Kulesi 3</t>
+          <t>True Beauty 6</t>
         </is>
       </c>
       <c r="C367" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786259890401</t>
+          <t>9786259861210</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Tanrısı 1</t>
+          <t>Uçurumda Son Çay</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>460</v>
+        <v>280</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786259400587</t>
+          <t>9786259871448</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Ben Blackpink</t>
+          <t>Dövüş Tanrısı 3</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>520</v>
+        <v>460</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786259400594</t>
+          <t>9786259890463</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Prenses Oldum 2</t>
+          <t>En Uzun Gece</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>460</v>
+        <v>370</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786259400518</t>
+          <t>9786259871417</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Prenses Oldum 1</t>
+          <t>Eğitim Kulesi’nin Usta Oyuncusu 3</t>
         </is>
       </c>
       <c r="C371" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786259400556</t>
+          <t>9786259884691</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Kedim Oyunlarım ve Ben 2</t>
+          <t>True Beauty 5</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786259961385</t>
+          <t>9786259884684</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Lanet Olası Ezik Nishiga Hachi 1</t>
+          <t>Tanrının Kulesi 4</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786259400549</t>
+          <t>9786259871400</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Lanet Olası Ezik Nishiga Hachi 2</t>
+          <t>Tanrının Kulesi 5</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786259400532</t>
+          <t>9786259884615</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Trace 3</t>
+          <t>Cyberpunk Momotaro</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786259400501</t>
+          <t>9786259871424</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Barış Sanatı</t>
+          <t>Çılgın Yemek Kamyonu 1</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786259961392</t>
+          <t>9786259871431</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>True Beauty 3</t>
+          <t>Çılgın Yemek Kamyonu 2</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786259961361</t>
+          <t>9786259884660</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Kulesi’nin Usta Oyuncusu 2</t>
+          <t>Hayatımın Aşkı 6</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786259925295</t>
+          <t>9786259884677</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Kulesi’nin Usta Oyuncusu 1</t>
+          <t>Brutal 5</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786259961316</t>
+          <t>9786259884622</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Kulesi 2</t>
+          <t>Melez</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>460</v>
+        <v>350</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786259925288</t>
+          <t>9786259890494</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Kulesi 1</t>
+          <t>Cadıların Cenneti 1</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786259961309</t>
+          <t>9786259884653</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Sekreter Kim’in Nesi Var 5</t>
+          <t>Cadıların Cenneti 2</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786259961347</t>
+          <t>9786259884646</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Humanitas</t>
+          <t>Trace 4</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786259961330</t>
+          <t>9786259884639</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Crush of Lifetime Hayatımın Aşkı 5</t>
+          <t>Brutal 4</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786259961323</t>
+          <t>9786259400563</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Trace 2</t>
+          <t>Kedim Oyunlarım ve Ben 3</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786259925264</t>
+          <t>9786259890449</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kızıl İblis’in Dönüşü 2</t>
+          <t>Sekreter Kim’in Nesi Var 6</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786259925271</t>
+          <t>9786259890470</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Güzeli 1</t>
+          <t>Kızıl İblis’in Dönüşü 3</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786259925240</t>
+          <t>9786259890487</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Crush of Lifetime Hayatımın Aşkı 4</t>
+          <t>Kahramanların Oyunu 3</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786259925257</t>
+          <t>9786259890418</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>True Beauty 2</t>
+          <t>Dövüş Tanrısı 2</t>
         </is>
       </c>
       <c r="C389" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786259925233</t>
+          <t>9786259400570</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>True Beauty 1</t>
+          <t>True Beauty 4</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786259925202</t>
+          <t>9786259890432</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Parıldayan Şeyleri Toplayıp Sana Vereceğim</t>
+          <t>Maneki Neko</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786259925226</t>
+          <t>9786259884608</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Kızı 3</t>
+          <t>K - Pop Sırları</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>460</v>
+        <v>350</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786259925219</t>
+          <t>9786259890425</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Naikan</t>
+          <t>Tanrının Kulesi 3</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>260</v>
+        <v>460</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786259911472</t>
+          <t>9786259890401</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Trace 1</t>
+          <t>Dövüş Tanrısı 1</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786259911496</t>
+          <t>9786259400587</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Sekreter Kim’in Nesi Var 4</t>
+          <t>Ben Blackpink</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>460</v>
+        <v>520</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786259911489</t>
+          <t>9786259400594</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Ayı Kaplan Ejderha (Ciltli)</t>
+          <t>Nasıl Prenses Oldum 2</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>380</v>
+        <v>460</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786259911465</t>
+          <t>9786259400518</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Sekreter Kim’in Nesi Var 3</t>
+          <t>Nasıl Prenses Oldum 1</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786259911458</t>
+          <t>9786259400556</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Neko Kafe</t>
+          <t>Kedim Oyunlarım ve Ben 2</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786259911410</t>
+          <t>9786259961385</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Brutal 1</t>
+          <t>Lanet Olası Ezik Nishiga Hachi 1</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786259911434</t>
+          <t>9786259400549</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Brutal 2</t>
+          <t>Lanet Olası Ezik Nishiga Hachi 2</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786259911427</t>
+          <t>9786259400532</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Kızı 2</t>
+          <t>Trace 3</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>460</v>
+        <v>220</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786057235091</t>
+          <t>9786259400501</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Kızıl İblis’in Dönüşü 1</t>
+          <t>Barış Sanatı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>460</v>
+        <v>250</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786057235084</t>
+          <t>9786259961392</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Crush of Lifetime Hayatımın Aşkı 3</t>
+          <t>True Beauty 3</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786057235077</t>
+          <t>9786259961361</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Aileni Nasıl Öldürürsün</t>
+          <t>Eğitim Kulesi’nin Usta Oyuncusu 2</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>480</v>
+        <v>460</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786057235060</t>
+          <t>9786259925295</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kahramanların Oyunu 2</t>
+          <t>Eğitim Kulesi’nin Usta Oyuncusu 1</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>230</v>
+        <v>460</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786057235039</t>
+          <t>9786259961316</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Kahramanların Oyunu 1</t>
+          <t>Tanrı’nın Kulesi 2</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>230</v>
+        <v>460</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786057235046</t>
+          <t>9786259925288</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Kızı 1</t>
+          <t>Tanrı’nın Kulesi 1</t>
         </is>
       </c>
       <c r="C407" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786057235053</t>
+          <t>9786259961309</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Sekreter Kim’in Nesi Var 2</t>
+          <t>Sekreter Kim’in Nesi Var 5</t>
         </is>
       </c>
       <c r="C408" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786057235022</t>
+          <t>9786259961347</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Sekreter Kim’in Nesi Var 1</t>
+          <t>Humanitas</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>460</v>
+        <v>240</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786057235015</t>
+          <t>9786259961330</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Crush of Life Time Hayatımın Aşkı 2</t>
+          <t>Crush of Lifetime Hayatımın Aşkı 5</t>
         </is>
       </c>
       <c r="C410" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
+          <t>9786259961323</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Trace 2</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786259925264</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl İblis’in Dönüşü 2</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786259925271</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Ceviz Güzeli 1</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786259925240</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Crush of Lifetime Hayatımın Aşkı 4</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786259925257</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>True Beauty 2</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786259925233</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>True Beauty 1</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786259925202</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Parıldayan Şeyleri Toplayıp Sana Vereceğim</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786259925226</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorun Kızı 3</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786259925219</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Naikan</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786259911472</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Trace 1</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786259911496</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Sekreter Kim’in Nesi Var 4</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786259911489</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Ayı Kaplan Ejderha (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786259911465</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Sekreter Kim’in Nesi Var 3</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786259911458</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Neko Kafe</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786259911410</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Brutal 1</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786259911434</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Brutal 2</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786259911427</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorun Kızı 2</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786057235091</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl İblis’in Dönüşü 1</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786057235084</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Crush of Lifetime Hayatımın Aşkı 3</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786057235077</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Aileni Nasıl Öldürürsün</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786057235060</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Kahramanların Oyunu 2</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786057235039</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Kahramanların Oyunu 1</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786057235046</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorun Kızı 1</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786057235053</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Sekreter Kim’in Nesi Var 2</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786057235022</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Sekreter Kim’in Nesi Var 1</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786057235015</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Crush of Life Time Hayatımın Aşkı 2</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
           <t>9786057235008</t>
         </is>
       </c>
-      <c r="B411" s="1" t="inlineStr">
+      <c r="B437" s="1" t="inlineStr">
         <is>
           <t>Crush of Life Time Hayatımın Aşkı 1</t>
         </is>
       </c>
-      <c r="C411" s="1">
+      <c r="C437" s="1">
         <v>460</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>