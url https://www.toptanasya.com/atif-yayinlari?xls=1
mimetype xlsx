--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,355 +85,460 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055515393</t>
+          <t>9786054733378</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Toplumda Tabakalaşma ve Hareketlilik</t>
+          <t>İstanbul'da Gayrimüslimlerin Gündelik Yaşamı 1520-1670</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055515447</t>
+          <t>9786054733071</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kitapları Nasıl Okumalı</t>
+          <t>Milliyetçilik</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054733385</t>
+          <t>9789752499386</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Fırıncılık - Onyedinci Yüzyıl</t>
+          <t>Tolerans Üzerine Bir Mektup</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059769846</t>
+          <t>9786055515287</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Eleştiri</t>
+          <t>Din Sosyolojisine Giriş</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257868501</t>
+          <t>9786055515713</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiyi Yeniden Yorumlamak</t>
+          <t>Temel Sosyolojik Dikotomiler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>295</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789944722339</t>
+          <t>9789944722667</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin Temel Kavramları</t>
+          <t>Küçük Yerler Büyük Meseleler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>70</v>
+        <v>295</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752499058</t>
+          <t>9786257868150</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Alanın Hikayesi</t>
+          <t>Türkiye'yi Anlamak</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>70</v>
+        <v>155</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257868631</t>
+          <t>9786055515393</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Uygulama: Müdahale ve Toplumsal Değişim</t>
+          <t>Toplumda Tabakalaşma ve Hareketlilik</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257868518</t>
+          <t>9786055515447</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Muhafazakar Olunur</t>
+          <t>Kitapları Nasıl Okumalı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>70</v>
+        <v>235</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257868211</t>
+          <t>9786054733385</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Antropolojik Düşünmek</t>
+          <t>Osmanlıda Fırıncılık - Onyedinci Yüzyıl</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>90</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257868167</t>
+          <t>9786059769846</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Batı'yı Anlamak</t>
+          <t>Yazınsal Eleştiri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>70</v>
+        <v>225</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257868181</t>
+          <t>9786257868501</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Demokrasiyi Korumak</t>
+          <t>Sosyolojiyi Yeniden Yorumlamak</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>85</v>
+        <v>130</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752499225</t>
+          <t>9789944722339</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Özgecilik</t>
+          <t>Sosyolojinin Temel Kavramları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>60</v>
+        <v>145</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050681468</t>
+          <t>9789752499058</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Makedonya Sorunu</t>
+          <t>Alanın Hikayesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>60</v>
+        <v>145</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786058014855</t>
+          <t>9786257868631</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Küresel Sistemde İnsan Kalmak</t>
+          <t>Sosyolojik Uygulama: Müdahale ve Toplumsal Değişim</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>60</v>
+        <v>215</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752499621</t>
+          <t>9786257868518</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Şifahane'den Hastahane'ye</t>
+          <t>Nasıl Muhafazakar Olunur</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>40</v>
+        <v>145</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059769785</t>
+          <t>9786257868211</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Güvenlik ve Toplum</t>
+          <t>Antropolojik Düşünmek</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059769365</t>
+          <t>9786257868167</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikolojinin Temelleri</t>
+          <t>Batı'yı Anlamak</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>70</v>
+        <v>145</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059769303</t>
+          <t>9786257868181</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kültür Teorileri</t>
+          <t>Demokrasiyi Korumak</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>110</v>
+        <v>205</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789944722377</t>
+          <t>9789752499225</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Alan Çalışması</t>
+          <t>Özgecilik</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
+          <t>9786050681468</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Makedonya Sorunu</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786058014855</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Sistemde İnsan Kalmak</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9789752499621</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Şifahane'den Hastahane'ye</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786059769785</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Güvenlik ve Toplum</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786059769365</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Psikolojinin Temelleri</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786059769303</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Kültür Teorileri</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9789944722377</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Alan Çalışması</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
           <t>9786054733101</t>
         </is>
       </c>
-      <c r="B22" s="1" t="inlineStr">
+      <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Polisliğin Kitabını Yazmak Antropolojik Açıdan Polis Bürokrasisi ve Görünümleri</t>
         </is>
       </c>
-      <c r="C22" s="1">
-        <v>100</v>
+      <c r="C29" s="1">
+        <v>130</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>