--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -229,51 +229,51 @@
         <is>
           <t>9786255604064</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Balkanlar’da İnsan Hakları İhlallerinin Uluslararası Güvenlik Ve Uluslararası Hukuka Yansımaları</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>176</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786255604019</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>İstihbarat Paradigmaları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>387</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786258101997</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Gabdullah Tukay’ın şirler Rusçaya Çevileri</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786255604033</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>