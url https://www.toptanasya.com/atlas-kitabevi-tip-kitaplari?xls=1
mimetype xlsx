--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -109,51 +109,51 @@
         <is>
           <t>9789752480322</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Genel Muhasebe</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9789752480001</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Diş Hekimliği Anatomi Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1255.5</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9789756266427</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Matematik Eğitiminde Teknoloji Kullanımı</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9789755912578</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>