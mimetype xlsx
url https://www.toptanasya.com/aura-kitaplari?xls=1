--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -94,711 +94,711 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9789756261262</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Otizm Kapıyı Çalınca</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9789756261255</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Mutlu Aile – Mutlu Çocuk</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9789756261040</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Bebeğinize Nasıl Okuma Öğretebilirsiniz</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786051033051</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Çocukta Dış Disiplin mi? İç Disiplin mi?</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9789756261248</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Atölyeden Akıllı Fabrikaya</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9789756261231</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Özgün Benliğime Ulaşma</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786051033280</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Kaplan Anne’nin Zafer Marşı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9789756261224</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Dijital Dünyada Markalaşma</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9789756261200</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Gel Seninle Bir Sözleşme Yapalım</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9789756261217</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Hayatım Pahasına!</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9789756261194</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Kişilik Bulmacası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786051034140</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Tuvalet Eğitimi Yolculuğu</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9789756261187</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Kişiliğinizi Tanıyın</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9789756261163</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Hormonlu Egoların Yönetimi</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9789756261156</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Var Olmak Cesaret İster</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786051034232</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Kundalini Yoga ve Meditasyon'la Rahatlama Rehberi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786051034218</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>İletişimsizlik Becerisi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786051034188</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Mazeret Yok!</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786051034133</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Bir Kıvılcım Yeter</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786051034096</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Terapide Travmaya Duyarlı Yoga</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786051034089</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Dijital Dönüşüm - Akıllı Fabrikalar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786051034041</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Yoga Anatomi</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786051034010</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Buraya İmzanızı Atınız</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786051034027</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Resimlerle Düşünmek</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786051033808</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Rorschach: Bütünleyici Sistem</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786051033815</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Dijital Dönüşümün Yol Haritası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786051033679</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Ben - Değeri Tiryakiliği</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786051033792</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Kişiliklerimizle Var Olmak</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786051033655</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Anne ve Çocuk Yogası</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786051033648</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Sevgi Düzenleri</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786051033631</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Üç Psikolojik Soru</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786051033594</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Yol Arkadaşım Kundalini Yoga</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786051033549</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Etkili Ailelerin 7 Alışkanlığı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786051033532</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Kaygı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786051033440</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Sözel Davranış Yaklaşımı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786051033433</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Rekabette Yeni Boyut</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786051033419</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Tüketim Kültürü</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786051033310</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Yedi Adımda Markalaşma</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786051033235</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Matsushita Liderliği</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786051033204</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Bir Lider Olabilmek</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786051033112</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Bu Nasıl Disiplin?</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786051033044</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Masallarla Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786051033082</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Kabul Etmenin Özgürlüğü</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786051033013</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Stres Yönetimi</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786051032856</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Başarı İçin Stratejiler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786051033006</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Girişimcilik Tutkusu</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786051032993</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
@@ -814,111 +814,111 @@
         <is>
           <t>9786051032887</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Rekabet Stratejisi</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786051032924</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>8'inci Alışkanlık Bütünlüğe Doğru</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786051032870</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Kotler ve Pazarlama</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786051032788</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Hayat Boyu Flört</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786051032795</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Satışta ve Pazarlamada Müşteri İlişkileri Yönetimi (CRM)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786051033129</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Yalın Dönüşüm</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9789756261101</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Beni Leylek Getirmedi</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>125</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>