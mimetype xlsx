--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,7480 +85,12610 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255535221</t>
+          <t>9786258383423</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Moğol İlhanlıları Döneminde Kürdistan</t>
+          <t>Ulysses (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>430</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255535252</t>
+          <t>4440000002865</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Celayir Gölgenin İzinde</t>
+          <t>Psychology Kurdi - Sal: 7 Hejmar: 15</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>320</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255535238</t>
+          <t>9786258383249</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kürtlerin Özne Oluşu</t>
+          <t>Şeyh Said Efendi 3 Cilt Takım</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>290</v>
+        <v>750</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255535108</t>
+          <t>9786059082648</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kürt Milliyetçiliğinin Ortaya Çıkışı ve Şeyh Said İsyanı, 1880 - 1925</t>
+          <t>Aşktan Alır Rengini (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258383720</t>
+          <t>4440000001681</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Jiyana Asayî ya John Sanders</t>
+          <t>Gerdeniya Gewheri (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>230</v>
+        <v>800</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255535092</t>
+          <t>4440000001680</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ken Parker - Lily u Neçirvan</t>
+          <t>Qalİk</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255535122</t>
+          <t>4440000001679</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Walid Siti Babil’in Gölgesinde Dağların Peşinde</t>
+          <t>Seta Fawaz Husen</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>270</v>
+        <v>156</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255535023</t>
+          <t>4440000001678</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Yaşanmışlıklar Bakımından Van - Başkale Yahudileri</t>
+          <t>Seta Firat Ceweri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>190</v>
+        <v>305</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258383997</t>
+          <t>4440000001677</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Meşa Kîso/ Çîroka Medya Kitabevi</t>
+          <t>Seta Ferhad Pirbal</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>340</v>
+        <v>128</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055279813</t>
+          <t>4440000001676</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Leylanok</t>
+          <t>Kürt Medresleri Ve Alimleri 3 Cilt Takım</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>90</v>
+        <v>270</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789757112457</t>
+          <t>4440000001675</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hoybün Örgütü ve Ağrı Ayaklanması</t>
+          <t>Yaşam - Jiyan Seti</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055585785</t>
+          <t>4440000001672</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Ve Şeyh Adi Kusursuzdur</t>
+          <t>Seta Şahmaran</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>650</v>
+        <v>416</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>3990000025372</t>
+          <t>4440000001671</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Adil Sultan Selahaddin-i Eyyubi</t>
+          <t>Kürt Araştırmaları Seti</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>780</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>3990000030317</t>
+          <t>4440000001670</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gerdeniya Gewheri (3 Kitap Takım - Ciltsiz)</t>
+          <t>Mezopotamya Kültürü Seti</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>1300</v>
+        <v>879</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059082884</t>
+          <t>4440000001669</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Avesta - Zerdüştilerin Kutsal Metinleri (Ciltli)</t>
+          <t>Lekolinen Kurdi Seti</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>2000</v>
+        <v>518</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258383706</t>
+          <t>4440000001668</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Feyli Kürtler Her Yönüyle Feyli Kürtler ve Feylice</t>
+          <t>Seta Berken Bereh</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>180</v>
+        <v>146</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258383416</t>
+          <t>4440000001666</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ulysses</t>
+          <t>Selahaddin Seti</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>850</v>
+        <v>341</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258383096</t>
+          <t>4440000001665</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tuhfetü’l Ahbab</t>
+          <t>Seta Kurd Di Tarix U Seyahatnameyen Erebi De</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>480</v>
+        <v>357</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258383317</t>
+          <t>4440000001664</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Başlangıç</t>
+          <t>Seta Bane Gerdun</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>160</v>
+        <v>545</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052246856</t>
+          <t>4440000001663</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kirase Min Bibore</t>
+          <t>Seta Celadet Ali Bedirxan</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>140</v>
+        <v>495</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059082761</t>
+          <t>4440000001662</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Edebiyata Swedi - İsveç Edebiyatı (Ciltli)</t>
+          <t>Seta Edebıyata Kurdi - 1</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>420</v>
+        <v>434</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9876052246069</t>
+          <t>4440000001661</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Barabbas</t>
+          <t>Seta Edebıyata Kurdi - 2</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>170</v>
+        <v>471</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789758637652</t>
+          <t>4440000001660</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Amidabad - Göç, Çocuk ve Irmak</t>
+          <t>Seta Edebiyata Kurdi - 3</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>465</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055279523</t>
+          <t>4440000001659</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mihemed Axaye Kelhoki</t>
+          <t>Ehmede Xani Mem U Zin</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059082440</t>
+          <t>4440000001658</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Zaroken Ber Çem</t>
+          <t>Psychology Kurdi - Sal: 5 Hejmar: 11</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059082689</t>
+          <t>4440000001656</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Runıştıman Dersen Cexrafyaye</t>
+          <t>Zarema - Sal: 1 Hejmar: 1 Gulan, Püşber, Tirmeh, Tebax 2014 Rexne U Teori</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>160</v>
+        <v>35</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055585532</t>
+          <t>4440000001655</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Cesur Adamların Ülkesine Yolculuk</t>
+          <t>Zarema - Sal: 1 Hejmar: 2 İlon, Cotmeh, Mijdar, Kanun 2014 Rexne U Teori</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055585112</t>
+          <t>4440000001654</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kürdistan Bayrağının Altında - Mustafa Barzani Yaşamı ve Eylemi</t>
+          <t>Zarema - Sal: 1 Hejmar: 3 Çile, Sibat, Adar, Nisan 2015 Rexne U Teori</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>450</v>
+        <v>35</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059082174</t>
+          <t>4440000001653</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çaldıran Savaşı'nda Osmanlılar Safeviler ve Kürtler</t>
+          <t>Zarema - Sal: 2 Hejmar: 4 Gulan, Püşber, Tirmeh, Tebax 2015 Rexne U Teori</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>290</v>
+        <v>35</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257253130</t>
+          <t>4440000001652</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Rezimana Zazaki Ya Devoka Gimgime</t>
+          <t>Zarema - Sal: 2 Hejmar: 5 İlon, Cotmeh, Mijdar, Kanun 2015 Rexne U Teori</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>170</v>
+        <v>35</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257253208</t>
+          <t>4440000001651</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bazeber</t>
+          <t>Zarema - Sal: 2 Hejmar: 6 Çile, Sibat, Adar, Nisam 2016 Rexne U Teori</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257253222</t>
+          <t>4440000001650</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Jinen Dilşikesti</t>
+          <t>Zarema - Sal: 3 Hejmar: 9 Çile, Sibat, Adar, Nisan 2017 Rexne U Teori</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257253086</t>
+          <t>4440000001649</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Şin U Şadi</t>
+          <t>Zarema - Sal: 4 Hejmar: 10 Gulan, Püşber, Tirmeh, Tabax 2017 Rexne U Teori</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257253284</t>
+          <t>4440000001648</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>Zarema - Sal: 4 Hejmar: 11 İlon, Cotmeh, Mijdar, Kanun 2017 Rexne U Teori</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257253543</t>
+          <t>4440000001647</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Siltane Kurdistane</t>
+          <t>Zarema - Sal: 4 Hejmar: 12 Çile, Sibat, Adar, Nisan 2018 - Rexne U Teori</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>140</v>
+        <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257253437</t>
+          <t>4440000001646</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Xelek</t>
+          <t>Zarema -Sal: 5 Hejmar: 13 Gulan, Püşber, Tirmeh, Tabax 2018 Rexne U Teori</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>140</v>
+        <v>35</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257253413</t>
+          <t>4440000001645</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Not (Ciltli)</t>
+          <t>Zarema - Sal: 3 Hejmar: 8 İlon, Cotmeh, Mijdar, Kanun 2016 - Rexne U Teori</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>600</v>
+        <v>35</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789944382328</t>
+          <t>4440000001644</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Şehitler Hainler ve Yurtseverler</t>
+          <t>Metabole Seti</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>380</v>
+        <v>441</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257253659</t>
+          <t>4440000001643</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Şekıre Di Berika Bave Min De</t>
+          <t>Psychology Kurdi - Sal: 5 Hejmar: 12</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>170</v>
+        <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789758637447</t>
+          <t>4440000001641</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Irak'ta Soykırım</t>
+          <t>Zarema - Sal: 7 Hejmar 14 Gulan, Heziran, Tirmeh, Tebax 2021 Rexne U Teori</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>500</v>
+        <v>35</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055585105</t>
+          <t>4440000001620</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kan İnançlar ve Oy Pusulaları</t>
+          <t>Psychology Kurdi Sal 5 - Hejmar 13</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>270</v>
+        <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257253673</t>
+          <t>4440000001614</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kurd Di Kiteben Çar Cografinasan De Ibn Xurdadbih, Ibn Feqih, Mesudi, İstexri</t>
+          <t>Seta William Shakespeare</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>230</v>
+        <v>191</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257253857</t>
+          <t>9786257253796</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bezaren Dinyalige</t>
+          <t>Bere Gotin Hebu</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257253871</t>
+          <t>4440000001611</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bajare Mosiqaren Spi</t>
+          <t>Kurdoloji 3 Seti</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>600</v>
+        <v>801</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257253994</t>
+          <t>4440000001610</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Diyalogen Bi Leuco Re</t>
+          <t>Psychology Kurdi - Sal: 6 Hejmar: 14</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>210</v>
+        <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258383003</t>
+          <t>4440000001609</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bir Dil Niye Kanar</t>
+          <t>Zarema - Hejmar 16 Sibat, Adar, Nisan, Gulan - 2022</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>320</v>
+        <v>35</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257253833</t>
+          <t>9789944382496</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Collected Poems Of James Joyce - Sercem Şi'ren James Joyce</t>
+          <t>Ehmede Xani Külliyatı 1: Nübehara Biçükan</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>270</v>
+        <v>26.6</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257253956</t>
+          <t>9786055279509</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Fransız Diplomatik Arşivlerinde Kürtler Kürt Milliyetçiliğinin Ortaya Çıkışı (1874 – 1945)</t>
+          <t>Asus</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>350</v>
+        <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257253949</t>
+          <t>9786055279684</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Fetvalar Mecmuası</t>
+          <t>Ne Ba Min Siwar Dike, Ne Ax Min Peya Dike</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257253888</t>
+          <t>9786052246177</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kürt Cumhuriyeti (1946)</t>
+          <t>Kürt Medreseleri - 3 Cilt Takım</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257253895</t>
+          <t>9786052246092</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane Risalesi</t>
+          <t>Belki İşev Binive</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>230</v>
+        <v>65</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257253826</t>
+          <t>9786055279677</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kobani’nin Kızları</t>
+          <t>Temel Araştırma ve Metinlerle Kürtçe Kurmanci Lehçesi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>260</v>
+        <v>33</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052246283</t>
+          <t>9786059082006</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Roboski Mektupları</t>
+          <t>Dictionnaire Kurde - Français</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>160</v>
+        <v>55</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055279653</t>
+          <t>9786055279561</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kurdoloji u Malbata Celilan</t>
+          <t>Zargotina Kurden Serhede</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>210</v>
+        <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052246368</t>
+          <t>9786055279639</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Kurd - Kürt Tarihi</t>
+          <t>Balindeyen Li Ber Be</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>55</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059082204</t>
+          <t>9789758637539</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Zana ü Rewşenbir Evdırehim Rehmi Hekkari</t>
+          <t>Sewra Azadi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>190</v>
+        <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059082228</t>
+          <t>3990000015889</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Xezal</t>
+          <t>Mem and Zin (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>140</v>
+        <v>50</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055279622</t>
+          <t>9786055279905</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İçsel Zaman Bilincinin Fenomenolojisi Üzerine</t>
+          <t>Ehmede Xani Külliyatı 4 Divan (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059082112</t>
+          <t>9786055585198</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Heft Weney Ruti Jini Cenabi Wezir</t>
+          <t>Kılam ve Stranen Kurdi 2</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>140</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055279615</t>
+          <t>9786055585181</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Metafiziğe Giriş</t>
+          <t>Kılam ve Stranen Kurdi 1</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>260</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059082044</t>
+          <t>3990000033852</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bekle Diyarbakır - Mehdi Zana</t>
+          <t>Defteren Perridankan</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>330</v>
+        <v>165</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055279967</t>
+          <t>9786055279875</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ez Tev De Pencere Me</t>
+          <t>Ehmede Xani Külliyatı 4 Divan</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789758637683</t>
+          <t>9786055279578</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Üniter Düşüncenin Sonu</t>
+          <t>Grammatica e Vocabolario Della Lingua Kurda</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>22</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789944382922</t>
+          <t>9786055279660</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bingehen Gramera Kurdmanci</t>
+          <t>Qalik</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>140</v>
+        <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059082167</t>
+          <t>9786055279981</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Penabereki fransi li Kurdistane</t>
+          <t>1880 Kürt Ayaklanması</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>140</v>
+        <v>16</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055279530</t>
+          <t>3990000026440</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yüz Gün</t>
+          <t>Mem u Zin (Jan Dost) (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059082235</t>
+          <t>3990000026551</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Maria Melekek Bu</t>
+          <t>Cegerxwin (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055279950</t>
+          <t>9786055279844</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Lehi</t>
+          <t>Heviyen Dara Hinare</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>220</v>
+        <v>13</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055279936</t>
+          <t>9786055279547</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çirokbej - Çiroken Kurdmanci</t>
+          <t>Ta</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>13</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052246238</t>
+          <t>3990000047844</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kürdistan ve Eski Ninova'da Bir Yaşamöyküsü</t>
+          <t>Antolojiya Çiroken Kurdi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059082846</t>
+          <t>3990000054543</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hamal Kürt</t>
+          <t>Kurd di Tarixa Ibn el-Esir de (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052246108</t>
+          <t>9786059082969</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Kürdistan Tarihi</t>
+          <t>Hinara Dawi Ya Dinyaye</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052246221</t>
+          <t>9786055279998</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Folklor ü Nasnameya Kurdi ya Neteweyi (1898-1946)</t>
+          <t>Metheloken Hezrete Sileman</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>310</v>
+        <v>13</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059082945</t>
+          <t>9786059082327</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Birketü’l-Kelimat</t>
+          <t>101 Biwej 101 Çirok</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059082563</t>
+          <t>9789944382389</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar Tarihi Nedir?</t>
+          <t>Mem U Zin</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059082754</t>
+          <t>9786059082600</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sindoqa Dirune</t>
+          <t>Mirza Mihemed</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>160</v>
+        <v>28</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059082914</t>
+          <t>9786059082631</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Fincana Jehre</t>
+          <t>Aşktan Alır Rengini</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059082792</t>
+          <t>9786059082686</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Rewşa Dinyaye</t>
+          <t>Runiştiman</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>210</v>
+        <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059082983</t>
+          <t>9786059082457</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Gunnar Ekelöf</t>
+          <t>Bebavi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059082976</t>
+          <t>9786059082129</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Xewn ü Xeyal</t>
+          <t>Yezidi Kadınlar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059082402</t>
+          <t>3990000033851</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Romanseke Çilmisi</t>
+          <t>Nameyek ji Xwede re</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059082679</t>
+          <t>9786055279868</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Şiretbej</t>
+          <t>Qesra Balindeyen Xemgin</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059082488</t>
+          <t>9786059082099</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Avesta Dili Grameri ve Etimolojik Sözlüğü</t>
+          <t>Zerdüşt - Hayat Zaman Mekan</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>370</v>
+        <v>40</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059082860</t>
+          <t>9786055585143</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yirmiüç Kürt Aydını</t>
+          <t>Dile Kuren Min</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>220</v>
+        <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059082426</t>
+          <t>9786055279752</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yezidi İnancında Melek-i Tawus</t>
+          <t>Grammar of The Kurmanji or Kurdish Language</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>170</v>
+        <v>30</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059082822</t>
+          <t>9789758637533</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hetawi Kurd</t>
+          <t>Sewra Azadi 2</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059082709</t>
+          <t>9786059082303</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>20:39</t>
+          <t>Nas-Na-Me</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>13</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059082501</t>
+          <t>9786055279721</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Göçebe İmajlar - Bahman Ghobadi ve Sineması</t>
+          <t>Dotmara Lal</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>210</v>
+        <v>60</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059082556</t>
+          <t>9789944382113</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kürtlere Dair Kısa Tanıtım Yazıları ve Öyküler Derlemesi</t>
+          <t>Ortodoks Oğlanlar İçin Fücur</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059082181</t>
+          <t>9786055279431</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Aşiret ve İsyan</t>
+          <t>Olmaya Bırakılmışlık</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>260</v>
+        <v>25</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059082075</t>
+          <t>9789758637478</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kürdistan’da Dini Azınlıklar</t>
+          <t>Oku!</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>520</v>
+        <v>16</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055279783</t>
+          <t>9789944382786</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Piçen Jiyan - Qetek Asiman</t>
+          <t>Of Of</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>230</v>
+        <v>25</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059082365</t>
+          <t>9789757112778</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Xewndank</t>
+          <t>Ninova ve Kalıntıları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>140</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055279790</t>
+          <t>9789944382670</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İstanbul ve İzmir'de İsveç İzleri (1730 - 1930)</t>
+          <t>Newroz</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>190</v>
+        <v>22</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059082136</t>
+          <t>9789758637515</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kaya’nın Hatıraları</t>
+          <t>Nazilerin Kürdistan Seferi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>370</v>
+        <v>15</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052246962</t>
+          <t>9789757112761</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sözlük (Kürtçe-Türkçe) Ferheng (Kurdi-Tirki)</t>
+          <t>Naven Kurdi (Kürtçe İsimler)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055585099</t>
+          <t>9789944382106</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Nara</t>
+          <t>Nar Defterleri</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055585136</t>
+          <t>9789757112532</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Nan u Jiyan</t>
+          <t>Modern Kürt Öykü Sanatı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>140</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055279257</t>
+          <t>9789758637126</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Münasebetler</t>
+          <t>Miroven Hejar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>280</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789757112556</t>
+          <t>9789944382472</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Musul Sorunu</t>
+          <t>Mirname</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>160</v>
+        <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055585891</t>
+          <t>9786055279042</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’e Mektup</t>
+          <t>Mijabad</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055279448</t>
+          <t>9786055585549</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Mizgina Dizan</t>
+          <t>Mezopotamya’nın Yıldız Şehirleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055585808</t>
+          <t>9789944382229</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Mirzaye Piçük</t>
+          <t>Mezopotamya ve Kürdistan’a Gizli Yolculuk</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>230</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944382069</t>
+          <t>9789758637492</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Mirina Roje</t>
+          <t>Meme Be Zin</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>140</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789758637850</t>
+          <t>9786055585389</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Min Beriya Şeven Spi Kiriye</t>
+          <t>Mem U Zin - Kadri Yıldırım</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789758637874</t>
+          <t>3990000018175</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Meşa Bi Serhişki</t>
+          <t>Mem u Zin (Kadri Yıldırım) (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789944382762</t>
+          <t>9786055585426</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Meseleya Wijdane</t>
+          <t>Mem u Zin (Sarı Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>140</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789757112013</t>
+          <t>9789758637195</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Meme Alan</t>
+          <t>Meleklerin Küllerinden</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>180</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789757112150</t>
+          <t>3990000030316</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Mehabad Ber Bi Olimpiyada Xwede De</t>
+          <t>Gerdaniya Gewheri (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789757112846</t>
+          <t>9789758637362</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Medyamorfoz</t>
+          <t>Mehkum</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789944382465</t>
+          <t>9786055279103</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Medusa</t>
+          <t>Martine Bextewer</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>140</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055279141</t>
+          <t>9786055585471</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mari</t>
+          <t>M</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257253444</t>
+          <t>3990000002967</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kürt Kadını (2 Cilt Takım)</t>
+          <t>Lozan ’Biz Türkler ve Kürtler’</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>550</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257253741</t>
+          <t>9786257253161</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Baweriye Binin Em Bi Destpeka Demsala Sar</t>
+          <t>Romeo ü Juliet</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789757112464</t>
+          <t>9786055585976</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yüzümdeki Kuyu</t>
+          <t>Zerdüşt Konfüçyüs ve Muhammed</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>140</v>
+        <v>32</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055585037</t>
+          <t>9789758637317</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yeni Savaş Sanatı</t>
+          <t>Zerdüşt Dini</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789757112624</t>
+          <t>9789758637560</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yazgıların Tableti</t>
+          <t>Zend-Avista Diwan 5</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>140</v>
+        <v>19</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055585945</t>
+          <t>9789758637164</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Xwendina Kurdi</t>
+          <t>Yezidilerin Tarihi Meleke Tawus ve Mishefa Reş’in İzinde</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789758637287</t>
+          <t>9789944382212</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Verilmiş Sözdür</t>
+          <t>Yezidi Sözlü Kültürü</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>140</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789758637485</t>
+          <t>9789758637102</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Vahşet ve Sessizlik</t>
+          <t>Yeryüzünün Lanetlileri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>370</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789759303013</t>
+          <t>9789758637119</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ütopya Mevsimi</t>
+          <t>Yas Yüzükleri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>160</v>
+        <v>13</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789757112860</t>
+          <t>9789944382588</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ütopistik ya da 21. Yüzyılın Tarihsel Seçimleri</t>
+          <t>Yaresan (Ehl-i Hak)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>150</v>
+        <v>28</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789758637881</t>
+          <t>9789757112884</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Üm Şark Yıldızı Arap Müziğinin Divası</t>
+          <t>Yabancı Dil Nasıl Öğrenilir?</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>140</v>
+        <v>10</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9779758637059</t>
+          <t>9789944382274</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Unutulanı Anmak</t>
+          <t>Xewnen Zivin</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>170</v>
+        <v>13</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055585365</t>
+          <t>3990000014025</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Kürtler</t>
+          <t>Veger Birakuji u Şiiren Bijarte</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>280</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055585679</t>
+          <t>9789944382144</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy - U Ronahi Di Tariye De Dibiriqe</t>
+          <t>Ürdün Kürtleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055585556</t>
+          <t>9789758637713</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Tektanrıcılık ve Şiddetin Dili</t>
+          <t>Tutankhamun - Çıkış Komplosu</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>150</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789944382236</t>
+          <t>9789944382052</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Te Bira Min</t>
+          <t>Tofan</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>250</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055585822</t>
+          <t>9789944382083</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Şevname</t>
+          <t>Tirsa Be Diran</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789944382342</t>
+          <t>9789944382380</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Şev Şahid e</t>
+          <t>Şikefta Xwekuştine</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>140</v>
+        <v>14</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055585259</t>
+          <t>9789758637089</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Şedadi</t>
+          <t>Şeva Dawi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>150</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055279264</t>
+          <t>9789759303006</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Şaneşin</t>
+          <t>Şerha Diwana Ehmede Xani Felsefe U Jiyana Wi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>140</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944382984</t>
+          <t>9789944382489</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Hatıralarım</t>
+          <t>Şergele</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789757112617</t>
+          <t>9789758637614</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Suç Duyurusu</t>
+          <t>Şerefnameya Menzum</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>140</v>
+        <v>18</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789757112891</t>
+          <t>9786055585242</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Su, Ölen Bir Yağmur</t>
+          <t>Şerefname ve Şerefxane Bedlisi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>140</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789757112136</t>
+          <t>9789944382281</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Siruda Barane</t>
+          <t>Şerefname</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>140</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789757112181</t>
+          <t>9789758637577</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sesime Gel</t>
+          <t>Şefaq Diwana 6An</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>140</v>
+        <v>19</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055279370</t>
+          <t>9786055585402</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sergotina Calvino</t>
+          <t>Şapinoz</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>170</v>
+        <v>52</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055585068</t>
+          <t>9789757112990</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin</t>
+          <t>Suyun Ayak Sesi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>150</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789757112686</t>
+          <t>9789757112839</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Kütüphanesi</t>
+          <t>Suya Okunan Dua</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>140</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789758637911</t>
+          <t>9789944382267</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Qetran</t>
+          <t>Suriye Kürtleri İnkar Edilen Halk</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>140</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789944382045</t>
+          <t>9789757112426</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Qehweyek Li Gel Wi</t>
+          <t>Sosyal Bilimleri Düşünmemek 19. Yüzyıl Paradigmasının Sınırları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>140</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789944382533</t>
+          <t>9799758637033</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Peşdiroka Selaheddin</t>
+          <t>Smirnoff</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>140</v>
+        <v>13</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789944382397</t>
+          <t>9789758637829</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Payiz ü Ba</t>
+          <t>Sessizliğin Sağnağı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>140</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257253055</t>
+          <t>9786055279417</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Binbaşı Kasım’ın Hatıraları</t>
+          <t>Sesile</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>220</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257253109</t>
+          <t>9789944382700</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Tefsira Qurane</t>
+          <t>Serpehatiyen Tom Sawyer</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>500</v>
+        <v>22</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257253314</t>
+          <t>9789757112938</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kürtlerin Eski Tarihi</t>
+          <t>Selahaddin’in Mirası</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257253550</t>
+          <t>9789757112433</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Not</t>
+          <t>Savaş Ekonomisi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>250</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257253338</t>
+          <t>9799758637293</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Nivisen Oli yen Ariyan En Heri Kevnar</t>
+          <t>Saturn</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>600</v>
+        <v>13</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789758637645</t>
+          <t>9786055279356</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Israr Falcıları</t>
+          <t>Santiago de Compestela</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>140</v>
+        <v>21</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789944382120</t>
+          <t>9789758637607</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Gunehen Xweşik</t>
+          <t>Salar ü Midya</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>140</v>
+        <v>12</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789758637379</t>
+          <t>9789757112853</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Gulücinükavil</t>
+          <t>Saladin’s English - Kurdish Distioncary Ferhenga İnglizi - Kurdi (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055279233</t>
+          <t>9786055585358</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Gramera Kurdı (Kurdi - Tirki) - Kürtçe Gramer (Kürtçe - Türkçe)</t>
+          <t>Rüyalarımda Bile Dilimi Kaybetmeyeceğim</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>460</v>
+        <v>100</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789944382335</t>
+          <t>9789758637553</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Gotinen Gunehkar</t>
+          <t>Ronak</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>180</v>
+        <v>20</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055279172</t>
+          <t>9789757112549</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Firdevsi’nin Şahname’sinde Kürtler</t>
+          <t>Romantik Korno</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>220</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055279158</t>
+          <t>9786055585778</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ferhenga Navan</t>
+          <t>Romana Kurdi ü Nasname</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>180</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055585204</t>
+          <t>9789944382076</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Fenomenolojiye Giriş</t>
+          <t>Şerefname (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>210</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789944382557</t>
+          <t>9789757112501</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Ez E Yeki Bikujim</t>
+          <t>Rojeke İvan Denisoviç</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>180</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789757112372</t>
+          <t>9789758637270</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Müziği</t>
+          <t>Rojek Ji Rojen Evdale Zeynike</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>140</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055585051</t>
+          <t>9786055279196</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Erdalan Kürtleri</t>
+          <t>Ristika Morikan</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>250</v>
+        <v>40</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789944382946</t>
+          <t>3990000004321</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Yaşlı Adamı Zaro Ağa 1774-1934</t>
+          <t>Politika ve Sanat</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>180</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055279073</t>
+          <t>3990000006027</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Doğu-Batı Yakınlaşmaları</t>
+          <t>Parisabad</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>220</v>
+        <v>13</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789758637768</t>
+          <t>9786052246900</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Dicle ve Fırat’ın Destanı</t>
+          <t>Bir Ortaçağ Müellifinin Gözüyle Kürtler ve Yaşadıkları Bölgeler</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055279240</t>
+          <t>9786257253499</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Dersen Şeriete - Hedisen Cenabe Pexember</t>
+          <t>Bo Diroke</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789758637737</t>
+          <t>9786257253482</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Dehşetin Kokusu</t>
+          <t>Li Benda Godot</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789757112716</t>
+          <t>9786052246383</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Cızira Botanlı Bedirhaniler ve Bedirhani Ailesi Derneği’nin Tutanakları</t>
+          <t>Siluk</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>340</v>
+        <v>30</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055279363</t>
+          <t>3990000012871</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Careke ji Caran</t>
+          <t>Ji Nav Şiiren Min</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789944382632</t>
+          <t>9786055279332</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Burhan’ın Kitabı</t>
+          <t>Ji Dev u Penusa Heval u Dosten wı Wedat Aydın</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>180</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789944382441</t>
+          <t>9789758637706</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Biranin</t>
+          <t>İnsanlığın Beşiği</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>200</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789758637867</t>
+          <t>9789944382779</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bıra Ruye Min</t>
+          <t>Hevind</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9779758637257</t>
+          <t>9789758637584</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Beyrut’ta Deniz Yok</t>
+          <t>Hevi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>140</v>
+        <v>22</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789757112808</t>
+          <t>9789758637454</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bedeli Ödenmiştir</t>
+          <t>Hawara Dicleye 2</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>140</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789758637782</t>
+          <t>9789757112730</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Babamın Tüfeği</t>
+          <t>Hatıralarım</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>160</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789757112419</t>
+          <t>9789944382458</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Azeri Müziği</t>
+          <t>Ha Wer Delal Emine Perixane’nin Hayatı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9779758637226</t>
+          <t>9789757112266</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ayna ve Düş</t>
+          <t>Günlük Notlar (1922-1925) Bütün Eserleri 1</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>140</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789944382434</t>
+          <t>9789944382038</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bender</t>
+          <t>Gulen Qasid</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>140</v>
+        <v>13</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055585884</t>
+          <t>9789758637157</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Antolojıya Çıroken Kurmancen Başur</t>
+          <t>Gılgameş</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>200</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789944382939</t>
+          <t>9789757112648</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Analiza Qewlen Ezdıyan</t>
+          <t>Geçiş Çağı Dünya Sisteminin Yörüngesi (1945-2025)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>190</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055585020</t>
+          <t>9789757112198</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>ABD ve Irak - Halepçe’nin Zehirlenmesi</t>
+          <t>Folklor Teori ve Tarih</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>320</v>
+        <v>13</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055279387</t>
+          <t>9789757112099</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Li Dor Kevjalan</t>
+          <t>Fırat Mahzun Akar</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>140</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789758637744</t>
+          <t>9786055279295</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kürtçe Gramer</t>
+          <t>Feqiyen Tariye</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>370</v>
+        <v>180</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055279189</t>
+          <t>3990044382250</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kürt Ülkesinde Avrupalı Bir Kadın</t>
+          <t>Ezdiyati</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>300</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789757112877</t>
+          <t>9786055585921</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kürdistan’dan Geçen Yol</t>
+          <t>Evara Perwaneye</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>300</v>
+        <v>34</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789757112921</t>
+          <t>9779758637219</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kürdistan’da Gümüş İşlemeciliği</t>
+          <t>Ev Çiya Ruspi Ne</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>150</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055585600</t>
+          <t>3990000013001</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kurden Nejibirkirine</t>
+          <t>Etnisite ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>160</v>
+        <v>15</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9799758637231</t>
+          <t>9786055279400</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Korku ve Titreme</t>
+          <t>Espidebaze Hemedani - Hemedanlı Beyaz Şahin Baba Tahıre Uryan (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>180</v>
+        <v>43</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789758637904</t>
+          <t>9786055279462</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kerkük Tarih, Politika ve Etnik Yapı</t>
+          <t>Baba Tahire Uryan</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789758637027</t>
+          <t>9786055585266</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Karanfil Mesafesi</t>
+          <t>Elfabeya Kurdi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789944382298</t>
+          <t>3990000003546</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağalar da Uçar</t>
+          <t>Ehmede Xani Külliyatı Nubehara Biçukan (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>170</v>
+        <v>35</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789944382151</t>
+          <t>9789944382502</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Öncesi İran</t>
+          <t>Ehmede Xani Külliyatı 2 - Eqideya İmane (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>330</v>
+        <v>35</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789757112518</t>
+          <t>3990000003545</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Mahabad’dan Aras’ın Kıyılarına</t>
+          <t>Ehmede Xani Külliyatı : Nübehara Biçükan</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>220</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9799758637262</t>
+          <t>9789944382717</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Lobisi Batı Irak’ı Nasıl Silahlandırdı?</t>
+          <t>Edirne Sükutunun İç Yüzü</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>500</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257253178</t>
+          <t>9789944382748</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Antigoni</t>
+          <t>Dotmam</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052246122</t>
+          <t>9786055585846</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Antolojiya Çiroken Kurdu - 1</t>
+          <t>Dojeha Veşarti</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052246689</t>
+          <t>9789758637386</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sular Divanı</t>
+          <t>Doğu’nun Sorunları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>160</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052246542</t>
+          <t>9789758637799</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Zerdüşti ve İslami Kaynaklara Göre Zerdüşt Avesta ve Temel Öğretileri</t>
+          <t>Diyarbekirli Cemilpaşazadeler ve Kürt Milliyetçiliği</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>390</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052246405</t>
+          <t>9789758637836</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Vena</t>
+          <t>Diyarbakır 5 No’lu</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789944382519</t>
+          <t>9789759303020</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Mem ü Zin</t>
+          <t>Diyarbakır - Eğil Hükümdarları Tarihi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>270</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059082341</t>
+          <t>9786055585907</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Tılsım - Aslan Yürekli Richard ve Sultan Selahaddin</t>
+          <t>Diwana Jan</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>340</v>
+        <v>90</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052246009</t>
+          <t>9786055279080</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kurden Yarsan</t>
+          <t>Diwan Melaye Ciziri</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>400</v>
+        <v>28</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258383959</t>
+          <t>9789758637331</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Küllerim Golda ve Diğerleri</t>
+          <t>Diwan Berhemen Gışti</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>180</v>
+        <v>33</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258383881</t>
+          <t>9789758637201</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Devamlılık ile Dönüşüm Arasında Yezidilik</t>
+          <t>Diroka Kurd u Kurdistane</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>320</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258383898</t>
+          <t>9789758637720</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Botan Mitolojisi ve Halk İnançları</t>
+          <t>Dijwar Onlara Dair Her Şey</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>300</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059082037</t>
+          <t>3990000025987</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Payiza Dereng</t>
+          <t>Ferheng</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>300</v>
+        <v>18</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055585013</t>
+          <t>9786055585297</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Mağdur Diasporadan Sınır-ötesi Vatandaşlığa mı?</t>
+          <t>Di Xewnan De Ji Ez E Zimane Xwe Winda Nekim</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>360</v>
+        <v>65</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>4440000001616</t>
+          <t>9789757112211</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Avesta Nivisen Oli Yen Ariyan En Heri Kevnar</t>
+          <t>Eşkıyalar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>1300</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258383591</t>
+          <t>9789758637959</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kürt Tarihinden Bir Kesit Azadi Örgütü ve Cibranlı Xalid Bey</t>
+          <t>Devletsiz Ulusun Kadınları Kürt Kadını Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>300</v>
+        <v>95</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258383522</t>
+          <t>9786055279219</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Amedi</t>
+          <t>Deri</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>500</v>
+        <v>90</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059082853</t>
+          <t>9789758637140</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kürtçe - Fransızca Sözlük</t>
+          <t>Çolistan</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>2500</v>
+        <v>13</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258383324</t>
+          <t>9789758637072</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Tuhfet'ül Ahbab (Özel Baskı)</t>
+          <t>Çirokek Gotin U Ketin Xewe</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>620</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258383362</t>
+          <t>9789757112631</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Boyunduruk</t>
+          <t>Çinara Min</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>150</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258383232</t>
+          <t>9786055454357</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Çewlige Heywanan</t>
+          <t>Çinara Min</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>170</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>4440000001683</t>
+          <t>9789758637355</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Gullepeyv</t>
+          <t>Çil Sal Xebat Di Riya Azadiye De</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>90</v>
+        <v>48</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052246870</t>
+          <t>9789758637324</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Dinivisim Yusif</t>
+          <t>Cinlerin Çocukları</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>140</v>
+        <v>22</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052246832</t>
+          <t>9789758637638</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Beytiken Nifiran</t>
+          <t>Cennetin Tanrıları</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>140</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>4440000001682</t>
+          <t>9799758637095</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Tarantino, Babe Min U Ez</t>
+          <t>Cembeli Kure Mire Hekaryan</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>90</v>
+        <v>17</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052246740</t>
+          <t>9789758637522</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Yazdehok</t>
+          <t>Agir ü Pirüsk</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>140</v>
+        <v>17</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052246702</t>
+          <t>9789944382625</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Derza Dile Min</t>
+          <t>Büka Barane</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>180</v>
+        <v>13</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055279646</t>
+          <t>9789758637171</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Li Xurbete</t>
+          <t>Bunca Bilgiden Sonra Ne Bağışlaması?</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>180</v>
+        <v>25</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>4440000001673</t>
+          <t>9786055279134</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Gopale Sor</t>
+          <t>Biyani</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257253048</t>
+          <t>3990000011215</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Nameyek Ji Hınduyeki Re</t>
+          <t>Birina Reş Kara Yara</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>140</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257253024</t>
+          <t>9789758637508</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Berfin</t>
+          <t>Bireweriya Laş</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>210</v>
+        <v>28</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257253031</t>
+          <t>9799757112678</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Sindoqa Girti</t>
+          <t>Bira Qedere</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>140</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052246719</t>
+          <t>9786055585280</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Bist Salen Din</t>
+          <t>Bira Birine</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>140</v>
+        <v>13</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052246993</t>
+          <t>9786055585518</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Sterka Piçuk</t>
+          <t>Bir Türk Subayının Ağrı İsyanı Anıları</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>180</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257253093</t>
+          <t>9789944382243</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Tefsira Qurane</t>
+          <t>Bir Şair Düşünür ve Mutasavvıf Olarak Ehmede Xani ve Mem ü Zin</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>340</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257253017</t>
+          <t>9786055585129</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Mırişka Kulek</t>
+          <t>Bihoka li Pişt Sinor</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>210</v>
+        <v>13</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257253239</t>
+          <t>9789944382595</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Şeven Spi</t>
+          <t>Bi Şev Merdin Sterik e</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>140</v>
+        <v>42</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257253079</t>
+          <t>9789944382731</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Wek Xewneke Kurt Wek Xemeke Direj</t>
+          <t>Bendname</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>200</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052246849</t>
+          <t>9789757112259</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kiteba Pexembere Ciwan U Xanita We Dema Hej Li Vir Bün</t>
+          <t>Batılı Eski Seyyahların Gözüyle Kürtler ve Kürdistan</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>140</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257253253</t>
+          <t>9786055585235</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Hikayeye Hewn U Hişyari</t>
+          <t>Bahoz</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>200</v>
+        <v>95</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257253383</t>
+          <t>9789757112655</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Silük</t>
+          <t>Avrupa İnsan Hakları Mahkemesi’ne Bireysel Başvuru Hakkı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257253475</t>
+          <t>9789757112822</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Bazirgane Venedike</t>
+          <t>Epilog</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>220</v>
+        <v>13</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257253406</t>
+          <t>9789758637348</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Bo Diroke</t>
+          <t>Çarşiya Siliva</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>600</v>
+        <v>13</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257253598</t>
+          <t>9789757112204</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Li Bin Siwana Xweziyan</t>
+          <t>Ataların Karşılaşması</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>240</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257253574</t>
+          <t>9789757112488</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Wisa Te Bira Min</t>
+          <t>At Kafası</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257253697</t>
+          <t>9789758637591</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Pilingeki Li Hewsele</t>
+          <t>Aşiti</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>140</v>
+        <v>22</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257253727</t>
+          <t>9789758637423</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Deje Werthere Ciwani</t>
+          <t>Ardü</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257253604</t>
+          <t>9786055279271</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Her Se Şekir U Her Se Gunehen Mezin</t>
+          <t>Ape min Cemşid Xan ku Hertim be ew li ber xwe Dibir</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257253628</t>
+          <t>9789757112402</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Mere Bi Guhe Jekiri</t>
+          <t>Anılarım</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>140</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257253635</t>
+          <t>9789944382199</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Mere Ku Kevir Bilind Dikirin</t>
+          <t>3 Gav ü 3Darek</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>140</v>
+        <v>16</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257253642</t>
+          <t>9786055279202</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Mere Ku Tişteki Wi Nebu</t>
+          <t>Li pey qedereke winda: Gulen Şoran</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>140</v>
+        <v>17</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>4440000001615</t>
+          <t>9789757112570</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Zarema - Sal 7 Hejmar 15 İlon, Cotmeh, Kanun, 2021</t>
+          <t>Li Ba Me Li Wan Deran</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>35</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>4440000001613</t>
+          <t>9789758637775</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Doğu Rüzgarı Seti</t>
+          <t>Leyla</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>364</v>
+        <v>85</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257253925</t>
+          <t>9789757112785</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Li Du Şopa Ezdiyan</t>
+          <t>Labirenta Cinan</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>220</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257253390</t>
+          <t>9789758637218</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Roja Nu u Edebiyata Kurdi Ya Geleri 2</t>
+          <t>Kürtlerin Maddi Kültürü Geleneksel Kültür Birliği Sorunu</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>250</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786052246047</t>
+          <t>9789944382687</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>El-Kamil fi t-Tarix - Kurd di Tarixa Ibn el-Esir de I</t>
+          <t>Kürtler ve Devlet</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>430</v>
+        <v>27</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257253901</t>
+          <t>9789758637393</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Şahnameya Kurdi</t>
+          <t>Kürtler Tarih &amp; Politika</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>220</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257253932</t>
+          <t>9789757112662</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Hawar</t>
+          <t>Kürtler</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>140</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257253963</t>
+          <t>9789944382724</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Deng Bi Peren Kevokan Dikeve</t>
+          <t>Kürtçe Gramer (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>140</v>
+        <v>35</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257253970</t>
+          <t>9789944382571</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Meseleyeke Gıring - Ziman Edebiyat U Welat</t>
+          <t>Kürtler ve Kürdistan</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>160</v>
+        <v>42</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786258383010</t>
+          <t>9786055585044</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Tızbi, Destmal U Tasek Av: Şakiro</t>
+          <t>Kürt Yemek Kültürü</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>140</v>
+        <v>13</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257253987</t>
+          <t>9789758637010</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Sere We Neeşinim</t>
+          <t>Kürt Ulusal Hareketi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>330</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786258383058</t>
+          <t>9786055279479</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Sihren Mizewran</t>
+          <t>Kürt Tarihi Kimliği ve Siyaseti</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>140</v>
+        <v>76</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786258383027</t>
+          <t>9789758637249</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kure Dele</t>
+          <t>Kürt Talebe-Hevi Cemiyeti</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>140</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786258383072</t>
+          <t>9789944382953</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Deftera Sor</t>
+          <t>Kürt Sorunu</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786258383102</t>
+          <t>9789757112112</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Stenbol Stenbol</t>
+          <t>Kürt Müziği</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>230</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052246924</t>
+          <t>9789758637942</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kitab-u Ehmediye</t>
+          <t>Kürt Milliyetçiliğinin Kökenleri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>170</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786258383034</t>
+          <t>9789944382334</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kürtler - İngiliz Seyyahların Gözüyle Ondokuzuncu Yüzyılda</t>
+          <t>Kürt Meselesi ve Türkiye - İran ilişkileri</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>260</v>
+        <v>42</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052246733</t>
+          <t>9789944382373</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Çin - Bi Deh Peyvan</t>
+          <t>Kürt Kimliği ve Kültürü</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>220</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257253864</t>
+          <t>9789944382854</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Bende Mahfuz Fotoğraflar</t>
+          <t>Kürdistan’ı Düşlerken</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257253789</t>
+          <t>9789757112952</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Eski Zaman Eşkıyaları</t>
+          <t>Kürdistan’da Toplumsal Örgütlenmenin İlkeleri</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>220</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257253819</t>
+          <t>9789758637966</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kevneşopa Ezdıyatıye Ya Tekstuel A Dini: Jı Ya Devki Bo Ya Nıviski</t>
+          <t>Kürdistan’da Milliyetçilik ve Dil 1918-1985</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>600</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257253840</t>
+          <t>9789758637898</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Dansın Kürt Prensesi Leila Bederkhan</t>
+          <t>Kürdistan’da İki Yıl 1918-1920</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>360</v>
+        <v>27</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257253802</t>
+          <t>9789758637621</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Onca Açlık Varken</t>
+          <t>Kürdistan’da Bir Gece Toprağın ve Ruhun Kitabı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257253772</t>
+          <t>9789944382847</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yağmura Şemsiyesiz Çıkanlar</t>
+          <t>Kürdistan Yasak Ülkeye Yolculuk</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>370</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257253376</t>
+          <t>9789944382618</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Avesta (Kahverengi, Gri, Kırmızı Renk) (Ciltli)</t>
+          <t>Kürdistan Tarihi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>650</v>
+        <v>15</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786247253710</t>
+          <t>9786055279424</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Nameyek Ji Bave Min Re</t>
+          <t>Kürdistan Kralı</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>160</v>
+        <v>13</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257253734</t>
+          <t>9786055585433</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı-Kürt Bedirxani Aile Tarihinin İmparatorluk ve İmparatorluk Sonrası Bağlamlarındaki Anlatıları: Devamlılıklar ve Değişimler</t>
+          <t>Kürdistan Cumhuriyeti</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>650</v>
+        <v>17</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257253703</t>
+          <t>9789757112600</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Nergiza Li Deftere Bişkivi</t>
+          <t>Kürdistan 1919</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>160</v>
+        <v>23</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257253666</t>
+          <t>9789757112907</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Dublini</t>
+          <t>Kültür Terörizmi Kültürel Arınma Düşüncesi Üstüne Bir Deneme</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>220</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257253680</t>
+          <t>9789944382830</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Bir Siyasetçi ve Lider Olarak Seyid Abdulkadir</t>
+          <t>Küçük Yerler Derin Mevzular</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>240</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257253567</t>
+          <t>9786055585150</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Meme Din</t>
+          <t>Kurmanci</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>240</v>
+        <v>92.59</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257253611</t>
+          <t>9789759303037</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Abdurrahman Qasimlo (1930 - 1989)</t>
+          <t>Kurdname</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>260</v>
+        <v>45</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257253581</t>
+          <t>9789944382564</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Eşira Birukiyan Çawa Keçen Izmiri Direvinin</t>
+          <t>Kurde Rewi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>140</v>
+        <v>17</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257253536</t>
+          <t>9789944382878</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Doz</t>
+          <t>Kurd ü Welate Wan Kurdistan</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>100</v>
+        <v>13</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257253529</t>
+          <t>9789944382182</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Serpehatiyen İnanolo u Çiroken Din</t>
+          <t>Kurd ü Kurdistan</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>190</v>
+        <v>19</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257253345</t>
+          <t>9789944382366</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Keça Kapitan</t>
+          <t>Kurd (Dirok u Kultura Wan)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257253512</t>
+          <t>9789758637461</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Peyven Biçuk</t>
+          <t>Kürtler, Türkler ve Araplar Kuzey-Doğu Irak’ta Siyaset, Seyahat ve İnceleme (1919-1925)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>160</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257253505</t>
+          <t>9789757112914</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Şinşem</t>
+          <t>Kürt Aydınlanması</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>140</v>
+        <v>16</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257253420</t>
+          <t>9789758637973</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Werise Sor - Kızıl Urgan</t>
+          <t>Kürdistanlı Yahudiler</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>160</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257253369</t>
+          <t>9789757112297</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Jı El Qaide Heta Daışe</t>
+          <t>Kulilken Ezeb</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>340</v>
+        <v>10</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257253321</t>
+          <t>9786055585983</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Jineke Miri Li Cihangire</t>
+          <t>Kuğu Takımyıldızı’nın Gizemi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257253307</t>
+          <t>9789757112792</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Odeyek Ji Bo Xwe</t>
+          <t>Kişinin Özgürlük ve Güvenlik Hakları</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>3990000052765</t>
+          <t>9789944382205</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>El-Kamil fi t-Tarix - Kurd di Tarixa Ibn el-Esir de II</t>
+          <t>Kirase Teng</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>320</v>
+        <v>13</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257253246</t>
+          <t>9786055585174</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Koronatopia</t>
+          <t>Kılam - Stranen Kurdi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>200</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257253277</t>
+          <t>9786055585167</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Neteweperweriya Feminist</t>
+          <t>Kilam - Stranen Kurdi (Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>300</v>
+        <v>70.37</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257253260</t>
+          <t>3990000005208</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Eve Giden Uzun Yol</t>
+          <t>Ki Me Ez</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257253192</t>
+          <t>3990000004320</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Gatsbye Behawe</t>
+          <t>Kırgınlıklar Galası</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257253123</t>
+          <t>9789757112723</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Birca Bedengiye</t>
+          <t>Kımıl</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>140</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257253147</t>
+          <t>9789944382014</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Sercem Soneyen William Shakespeare</t>
+          <t>Keziyen Jinebi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>340</v>
+        <v>13</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257253215</t>
+          <t>9786055585075</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Merreyi u Merdimi</t>
+          <t>Kewen Birçi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257253154</t>
+          <t>9789757112334</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Dewleta Cihuyan</t>
+          <t>Kelevaji</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257253185</t>
+          <t>9786055585709</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Haymana Kürtleri - Haymana Kürtleri ve Kürtlerin Orta ve Batı Anadolu'daki Varlığı</t>
+          <t>Kela Dimdime</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257253116</t>
+          <t>9789944382694</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kürt Hakim</t>
+          <t>Kawa</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257253062</t>
+          <t>9786055585587</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Kiteba Sale</t>
+          <t>Kasaplar Deresi - Newala Qesaban</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>140</v>
+        <v>13</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257253000</t>
+          <t>9789944382656</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Rıza Talabani ve Türkçe Şiirleri</t>
+          <t>Kars Kürtleri</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>310</v>
+        <v>35</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052246771</t>
+          <t>9786055585310</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Helale</t>
+          <t>Jön Kürtler</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>250</v>
+        <v>17</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052246726</t>
+          <t>9789757112396</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Fenomenoloji ve Geleceği</t>
+          <t>Jinen Qaten Bilind</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>180</v>
+        <v>12</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052246818</t>
+          <t>9786055585839</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman'ın Hançeri</t>
+          <t>Kes Tunebü</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>330</v>
+        <v>90</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052246931</t>
+          <t>9789758637805</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Meriven Reben</t>
+          <t>Kerkük Bölgesinin Araplaştırılması</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>200</v>
+        <v>14</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052246795</t>
+          <t>9789758637676</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Xunçeyen Heyame</t>
+          <t>Kadim Günlerin Cenneti Mezopotamya</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>140</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052246948</t>
+          <t>9786058170902</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Bhagavad Gita</t>
+          <t>Ferheng Fransi - Kurdi (Ciltli)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>170</v>
+        <v>108</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052246801</t>
+          <t>9786055585730</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Meseleya Seyr a Dr. Jekyll u Mr. Hyde</t>
+          <t>Ölüm Koridoru</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052246955</t>
+          <t>9789757112235</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Cemile Nigarkeş u Heft Qambihosten Dewlete</t>
+          <t>Ölüler Uyumaz</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>180</v>
+        <v>15</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052246788</t>
+          <t>9786055585723</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Deste Min Li Deste Te Digere</t>
+          <t>Otuzüç Kurşun</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052246757</t>
+          <t>9789944382327</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Banyas 1985</t>
+          <t>Osmanlı İran Rus Savaşlarında Kürtler - 19. Yüzyıl</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052246894</t>
+          <t>9786055585396</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Diroka Erdelane</t>
+          <t>Parçalanmış Ülkede Aşk</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>230</v>
+        <v>25</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052246825</t>
+          <t>9786052246764</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Suret ul-Erd</t>
+          <t>Kürt Milli Cemiyeti Xoybün</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052246887</t>
+          <t>2789786064243</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Siwareki Beniştiman</t>
+          <t>Hawara Dicleye 1</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059082518</t>
+          <t>9786258383904</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Li Çiyayen Ande</t>
+          <t>Lîrîka Berbangê</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052246665</t>
+          <t>9786258383515</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Ew Ne Ez Büm</t>
+          <t>Demserre Viri</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052246672</t>
+          <t>9786258383157</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Name Bo Firat Ceweri</t>
+          <t>Ji Düriye Re</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052246658</t>
+          <t>9786052246917</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Mısır ve Suriye Sultanı Selahaddin’in Tarihi</t>
+          <t>Haiku</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052246573</t>
+          <t>9786257253918</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kurden Merwani</t>
+          <t>Zaroken Minare</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052246559</t>
+          <t>9786258383041</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Ehmede Xani</t>
+          <t>Neteweperweriya Kurdi Dı Şanoye De</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052246627</t>
+          <t>9786052246436</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Şagirten Evine</t>
+          <t>Safevi Kroniklerinde Dımdım Kalesi Kuşatması ve Emir Han Bradosti</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052246603</t>
+          <t>9786052246207</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Qurna Min</t>
+          <t>Kürt Medreseleri ve Alimleri 3. Cilt - Cami ve Hücreler</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059082778</t>
+          <t>9786052246184</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Keleh</t>
+          <t>Kürt Medreseleri ve Alimleri 1. Cilt - Teori ve Müfredat</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052246634</t>
+          <t>9786052461600</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Pandomim</t>
+          <t>Rü ü Kür</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052246641</t>
+          <t>9786055279394</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Şina Helbeste</t>
+          <t>Ağrı / Eş</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052246610</t>
+          <t>9786055279592</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Reya Jiyane</t>
+          <t>Soykırımın Cinsiyetçi Tecrübeleri</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052246597</t>
+          <t>9786055279707</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Eş</t>
+          <t>Kürdistan Kartalı Yado</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052246481</t>
+          <t>9786055279912</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Sevdin</t>
+          <t>Doza Kurdistan - Kürdistan Davası</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052246580</t>
+          <t>9786055279806</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Cureyen Edebiyata Geleri ji Derdora Merdine</t>
+          <t>Gazinda Xencera Min</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052246498</t>
+          <t>9786059082716</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Şapat</t>
+          <t>İslamda Savaş Bitmiştir</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052246528</t>
+          <t>9786059082587</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Mirzaye Reben</t>
+          <t>Mewluda Mela Huseyne Bateyi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052246146</t>
+          <t>9786059082280</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Antolojiya Çiroken Kurdi - 3</t>
+          <t>Kevoka Spi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052246139</t>
+          <t>9789757112075</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Antolojiya Çiroken Kurdi - 2</t>
+          <t>Ninova’nın Yakarışı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052246535</t>
+          <t>9786055585525</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Evina Te Ez Parastim</t>
+          <t>Avesta - Zerdüştilerin Kutsal Metinleri (Ciltsiz)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052246566</t>
+          <t>9789757112815</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kamiran Ali Bedirxan (1895 - 1978)</t>
+          <t>Yezidiler Din Tarih ve Toplumsal Hayat Cebel Sincar ve Suriye Yezidileri</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052246511</t>
+          <t>9789757112273</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Emirxane Lepzerin u Kela Dimdim Di Navbera Mejü ü Efsaneye Da</t>
+          <t>Were Dotmam</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052246443</t>
+          <t>9789944382359</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Komara Kurdistane ya 1946an</t>
+          <t>Türkiye’nin Modern Tarihi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052246399</t>
+          <t>9789757112563</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Çar Mix</t>
+          <t>Şerif Paşa Bir Kürt Diplomatın Fırtınalı Yılları 1865-1951</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052246429</t>
+          <t>9786055585877</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Ekrem Cemilpaşa - Bir Kürt Milliyetçisinin Portresi</t>
+          <t>Serpehatiyen Zana</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052246474</t>
+          <t>9789757112143</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Tebinıyek</t>
+          <t>Birakuji</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052246450</t>
+          <t>9789944382403</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Soneyen Sewdaser</t>
+          <t>Folklora Kurmanca</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>180</v>
+        <v>750</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052246467</t>
+          <t>9789944382021</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kabul İle Red Arasında İslami Feminizm</t>
+          <t>Baye Bakur</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052246412</t>
+          <t>9786055585464</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Serpehatiyen Alicee li Welateki Eceb</t>
+          <t>Kültür Bakanlığı’nın Mem u Zin Çevirisine Eleştirel Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052246344</t>
+          <t>9786055279226</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Orijinia</t>
+          <t>Kurd u Kurdistan</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052246337</t>
+          <t>9786055585082</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Folklor u Edebiyata Geleri</t>
+          <t>Kassandra</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052246382</t>
+          <t>9786052246504</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Endişeya Pexember</t>
+          <t>Çeme Barane</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052246375</t>
+          <t>9786255535221</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Amedspor</t>
+          <t>Moğol İlhanlıları Döneminde Kürdistan</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052246351</t>
+          <t>9786255535252</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Gemiyek Li Nav Biyabane</t>
+          <t>Mahmut Celayir Gölgenin İzinde</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9876052246290</t>
+          <t>9786255535238</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Şeveke İstismar</t>
+          <t>Kürtlerin Özne Oluşu</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>90</v>
+        <v>340</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052246313</t>
+          <t>9786255535108</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Birqen Direxşan</t>
+          <t>Kürt Milliyetçiliğinin Ortaya Çıkışı ve Şeyh Said İsyanı, 1880 - 1925</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052246320</t>
+          <t>9786258383720</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Meryem Xan</t>
+          <t>Jiyana Asayî ya John Sanders</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052246306</t>
+          <t>9786255535092</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kürd Kadınları Teali Cemiyeti (1919)</t>
+          <t>Ken Parker - Lily u Neçirvan</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059082372</t>
+          <t>9786255535122</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Zindana Gevere</t>
+          <t>Walid Siti Babil’in Gölgesinde Dağların Peşinde</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052246276</t>
+          <t>9786255535023</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Dane Barane</t>
+          <t>Kültürel Yaşanmışlıklar Bakımından Van - Başkale Yahudileri</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786055279745</t>
+          <t>9786258383997</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Sefera Xaçparezan A Seyem 1191</t>
+          <t>Meşa Kîso/ Çîroka Medya Kitabevi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052246269</t>
+          <t>9786055279813</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Roja Nü ü Edebiyata Kurdi ya Geleri - 1</t>
+          <t>Leylanok</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052246214</t>
+          <t>9789757112457</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp'in Büyük Çilesi Kürtler</t>
+          <t>Hoybün Örgütü ve Ağrı Ayaklanması</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052246245</t>
+          <t>9786055585785</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Le Xake Xurasane</t>
+          <t>Tanrı Ve Şeyh Adi Kusursuzdur</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>270</v>
+        <v>650</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052246153</t>
+          <t>3990000025372</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Dupişk</t>
+          <t>Adil Sultan Selahaddin-i Eyyubi</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052246252</t>
+          <t>3990000030317</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Şopajo</t>
+          <t>Gerdeniya Gewheri (3 Kitap Takım - Ciltsiz)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>180</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052246115</t>
+          <t>9786059082884</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Tecarip ul-Umem</t>
+          <t>Avesta - Zerdüştilerin Kutsal Metinleri (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>220</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059082808</t>
+          <t>9786258383706</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Li Çiyayen Kurdistane Di Bin Niveheyve de</t>
+          <t>Feyli Kürtler Her Yönüyle Feyli Kürtler ve Feylice</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052246191</t>
+          <t>9786258383416</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kürt Medreseleri ve Alimleri 2. Cilt - Tekkelere Bağlı Medreseler</t>
+          <t>Ulysses</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>450</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786055585754</t>
+          <t>9786258383096</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Çiya</t>
+          <t>Tuhfetü’l Ahbab</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>170</v>
+        <v>680</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052246085</t>
+          <t>9786258383317</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Tarix ur-Rusul We l-Miluk - Kudo di Tarixa Teberi de</t>
+          <t>Yeni Bir Başlangıç</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059082921</t>
+          <t>9786052246856</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Listiken Tomeri</t>
+          <t>Kirase Min Bibore</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052246016</t>
+          <t>9786059082761</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Rojava 1 - Efrin (Afrin)</t>
+          <t>Edebiyata Swedi - İsveç Edebiyatı (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059082990</t>
+          <t>9876052246069</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Ne Şev Tera Xewnen Min Dike Ne Roj Tera Xemen Min</t>
+          <t>Barabbas</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052246030</t>
+          <t>9789758637652</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Şifa Gerdi</t>
+          <t>Amidabad - Göç, Çocuk ve Irmak</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059082938</t>
+          <t>9786055279523</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Çar Neçar</t>
+          <t>Mihemed Axaye Kelhoki</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059082877</t>
+          <t>9786059082440</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Darül İslam - Osmanlının Şark Bölgelerine Seyahat</t>
+          <t>Zaroken Ber Çem</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786059082815</t>
+          <t>9786059082689</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Kürt Edebiyatı</t>
+          <t>Runıştıman Dersen Cexrafyaye</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059082952</t>
+          <t>9786055585532</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Bağımsızlığa Doğru Irak Kürdistanı</t>
+          <t>Cesur Adamların Ülkesine Yolculuk</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059082891</t>
+          <t>9786055585112</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kuçikistan</t>
+          <t>Kürdistan Bayrağının Altında - Mustafa Barzani Yaşamı ve Eylemi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>140</v>
+        <v>630</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059082907</t>
+          <t>9786059082174</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Emina</t>
+          <t>Çaldıran Savaşı'nda Osmanlılar Safeviler ve Kürtler</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059082839</t>
+          <t>9786257253130</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Doktor Glas</t>
+          <t>Rezimana Zazaki Ya Devoka Gimgime</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059082785</t>
+          <t>9786257253208</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Folklor U Teoriyen Folklore Yen İroyin</t>
+          <t>Bazeber</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059082570</t>
+          <t>9786257253222</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Semantik Nedir?</t>
+          <t>Çiroken Jinen Dilşikesti</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059082730</t>
+          <t>9786257253086</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Lilav</t>
+          <t>Şin U Şadi</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059082723</t>
+          <t>9786257253284</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Edebiyata Swedi - İsveç Edebiyatı</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786059082662</t>
+          <t>9786257253543</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Göçmenlik ve Vaadedilmiş Topraklar</t>
+          <t>Siltane Kurdistane</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786059082624</t>
+          <t>9786257253437</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Devlet Piyasa Parti</t>
+          <t>Xelek</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059082747</t>
+          <t>9786257253413</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Sefername</t>
+          <t>Tarihe Not (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>180</v>
+        <v>800</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059082693</t>
+          <t>9789944382328</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Yen Ko Xizmeta İnsaniyete Kirine</t>
+          <t>Şehitler Hainler ve Yurtseverler</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059082655</t>
+          <t>9786257253659</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Erbil-Bodrum Hattı</t>
+          <t>Şekıre Di Berika Bave Min De</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059082617</t>
+          <t>9789758637447</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>İkinci Xani / Xaniye Duyem: Haci Qadire Koyi</t>
+          <t>Irak'ta Soykırım</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>170</v>
+        <v>650</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059082594</t>
+          <t>9786055585105</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Stranvan</t>
+          <t>Kan İnançlar ve Oy Pusulaları</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786055279820</t>
+          <t>9786257253673</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Selaheddin: Serokati, Stratej, Dijberi</t>
+          <t>Kurd Di Kiteben Çar Cografinasan De Ibn Xurdadbih, Ibn Feqih, Mesudi, İstexri</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059082525</t>
+          <t>9786257253857</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kürdistan Hıristiyanları</t>
+          <t>Bezaren Dinyalige</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786059082549</t>
+          <t>9786257253871</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Memozina Xani</t>
+          <t>Bajare Mosiqaren Spi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786059082532</t>
+          <t>9786257253994</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>İncas</t>
+          <t>Diyalogen Bi Leuco Re</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786055279554</t>
+          <t>9786258383003</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Doğu Kapısındaki Jonglör</t>
+          <t>Bir Dil Niye Kanar</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>140</v>
+        <v>440</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059082020</t>
+          <t>9786257253833</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Hayatım</t>
+          <t>Collected Poems Of James Joyce - Sercem Şi'ren James Joyce</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059082433</t>
+          <t>9786257253956</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Strana Şev u Rojeke</t>
+          <t>Fransız Diplomatik Arşivlerinde Kürtler Kürt Milliyetçiliğinin Ortaya Çıkışı (1874 – 1945)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>140</v>
+        <v>480</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059082495</t>
+          <t>9786257253949</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Oyunları</t>
+          <t>Fetvalar Mecmuası</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059082471</t>
+          <t>9786257253888</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Pelen Deryaya Reş</t>
+          <t>Kürt Cumhuriyeti (1946)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059082389</t>
+          <t>9786257253895</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Yankesiciyim Efendim</t>
+          <t>Kütüphane Risalesi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059082419</t>
+          <t>9786257253826</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Heftiyeke Direj Li Amede</t>
+          <t>Kobani’nin Kızları</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786059082464</t>
+          <t>9786052246283</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Nasturiler ya da Kayıp Kabileler</t>
+          <t>Roboski Mektupları</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059082297</t>
+          <t>9786055279653</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Mıhalmi Kültürü</t>
+          <t>Kurdoloji u Malbata Celilan</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786059082334</t>
+          <t>9786052246368</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Otobes</t>
+          <t>Tarih-i Kurd - Kürt Tarihi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786055279301</t>
+          <t>9786059082204</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Lekolinen Zimannasiya Kurdi</t>
+          <t>Zana ü Rewşenbir Evdırehim Rehmi Hekkari</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059082358</t>
+          <t>9786059082228</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Çar Yek</t>
+          <t>Xezal</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786055279608</t>
+          <t>9786055279622</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal’in Yapıtlarında Kürtler</t>
+          <t>İçsel Zaman Bilincinin Fenomenolojisi Üzerine</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059082310</t>
+          <t>9786059082112</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Rojen Almanyaye 1922 - 1925</t>
+          <t>Heft Weney Ruti Jini Cenabi Wezir</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059082242</t>
+          <t>9786055279615</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Reis Remezan (Ekan)</t>
+          <t>Metafiziğe Giriş</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786059082266</t>
+          <t>9786059082044</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Segwer (Reyin)</t>
+          <t>Bekle Diyarbakır - Mehdi Zana</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>140</v>
+        <v>460</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786055279349</t>
+          <t>9786055279967</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Evdo u Çend Behniken Şadiye</t>
+          <t>Ez Tev De Pencere Me</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786059082259</t>
+          <t>9789758637683</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Kember</t>
+          <t>Üniter Düşüncenin Sonu</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059082273</t>
+          <t>9789944382922</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Edebiyata Kurdi ya Geleri</t>
+          <t>Bingehen Gramera Kurdmanci</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786059082211</t>
+          <t>9786059082167</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Çiroka Malbata Evdo</t>
+          <t>Penabereki fransi li Kurdistane</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059082150</t>
+          <t>9786055279530</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Girti</t>
+          <t>Yüz Gün</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059082105</t>
+          <t>9786059082235</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Ew Jin ü Mere Bi Maske</t>
+          <t>Maria Melekek Bu</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786055279929</t>
+          <t>9786055279950</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kadri Cemilpaşa : Bir Kürt Milliyetçisinin Portresi</t>
+          <t>Lehi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059082143</t>
+          <t>9786055279936</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>1915 Komkujiya Ermeniyan</t>
+          <t>Çirokbej - Çiroken Kurdmanci</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055279493</t>
+          <t>9786052246238</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Rewşa Welet</t>
+          <t>Kürdistan ve Eski Ninova'da Bir Yaşamöyküsü</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>170</v>
+        <v>630</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789758637669</t>
+          <t>9786059082846</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Hunere Tabloyen Şerefnameye</t>
+          <t>Hamal Kürt</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786055279974</t>
+          <t>9786052246108</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Gotinen Navdaran</t>
+          <t>Muhtasar Kürdistan Tarihi</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059082082</t>
+          <t>9786052246221</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Batı Kürdistan</t>
+          <t>Folklor ü Nasnameya Kurdi ya Neteweyi (1898-1946)</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059082051</t>
+          <t>9786059082945</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Bermayiyen Deme</t>
+          <t>Birketü’l-Kelimat</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786055585914</t>
+          <t>9786059082563</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Berbiska Zer</t>
+          <t>Kavramlar Tarihi Nedir?</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786055585400</t>
+          <t>9786059082754</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Acıyla Diri</t>
+          <t>Sindoqa Dirune</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786055585501</t>
+          <t>9786059082914</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>33 Gule</t>
+          <t>Fincana Jehre</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055585419</t>
+          <t>9786059082792</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Pirça Winda</t>
+          <t>Rewşa Dinyaye</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055279714</t>
+          <t>9786059082983</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Hittin 1187 - Serfiraziya Heri Mezin ya Selaheddin</t>
+          <t>Gunnar Ekelöf</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055279882</t>
+          <t>9786059082976</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Jiyana Xwedayi</t>
+          <t>Xewn ü Xeyal</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055279943</t>
+          <t>9786059082402</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Pira Navbera Axreşke u Şexan</t>
+          <t>Romanseke Çilmisi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055279899</t>
+          <t>9786059082679</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Çağlar Boyunca Büyük Kadınlar</t>
+          <t>Şiretbej</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786055279851</t>
+          <t>9786059082488</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Tasavvur mu Gerçek mi?</t>
+          <t>Avesta Dili Grameri ve Etimolojik Sözlüğü</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786055279738</t>
+          <t>9786059082860</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Derb</t>
+          <t>Yirmiüç Kürt Aydını</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786055279691</t>
+          <t>9786059082426</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Ne Ba Min Siwar Dike, Ne Ax Min Peya Dike (Ciltli)</t>
+          <t>Yezidi İnancında Melek-i Tawus</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786055585693</t>
+          <t>9786059082822</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Xevna Pirepindan</t>
+          <t>Hetawi Kurd</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789944382526</t>
+          <t>9786059082709</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Xadim</t>
+          <t>20:39</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059082013</t>
+          <t>9786059082501</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Teoriye Giriş</t>
+          <t>Göçebe İmajlar - Bahman Ghobadi ve Sineması</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789944382755</t>
+          <t>9786059082556</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Di Xew De</t>
+          <t>Kürtlere Dair Kısa Tanıtım Yazıları ve Öyküler Derlemesi</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786055585860</t>
+          <t>9786059082181</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Di Folklora Kurdi de Serdestiyeke Jinan</t>
+          <t>Aşiret ve İsyan</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789758637690</t>
+          <t>9786059082075</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Di Arşiven Rus de Mustefa Barzani</t>
+          <t>Kürdistan’da Dini Azınlıklar</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786055279059</t>
+          <t>9786055279783</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Zaman Ayarlı</t>
+          <t>Piçen Jiyan - Qetek Asiman</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789758637928</t>
+          <t>9786059082365</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Zal ile Rudabe</t>
+          <t>Xewndank</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>3990000045137</t>
+          <t>9786055279790</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Ferheng (Ciltli)</t>
+          <t>İstanbul ve İzmir'de İsveç İzleri (1730 - 1930)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055585563</t>
+          <t>9786059082136</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Yol Bulmak Dünyaya</t>
+          <t>Yaşar Kaya’nın Hatıraları</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>210</v>
+        <v>520</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789944382090</t>
+          <t>9786052246962</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Yaylılar İçin Dörtlü</t>
+          <t>Sözlük (Kürtçe-Türkçe) Ferheng (Kurdi-Tirki)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786055585228</t>
+          <t>9786055585099</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Fenomonolojisi</t>
+          <t>Nara</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786055585969</t>
+          <t>9786055585136</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Ülkemde Bir Yabancı</t>
+          <t>Nan u Jiyan</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789758637997</t>
+          <t>9786055279257</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Usame  Bir Teröristin Doğuşu</t>
+          <t>Münasebetler</t>
         </is>
       </c>
       <c r="C442" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789944382663</t>
+          <t>9789757112556</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Torin</t>
+          <t>Musul Sorunu</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786055585594</t>
+          <t>9786055585891</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Şewq u Payiz</t>
+          <t>Mustafa Kemal’e Mektup</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789944382175</t>
+          <t>9786055279448</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Şevek Bi Şeyten Re</t>
+          <t>Mizgina Dizan</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9799758637064</t>
+          <t>9786055585808</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Şehzade İhticab</t>
+          <t>Mirzaye Piçük</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789758637843</t>
+          <t>9789944382069</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Solgun Romans</t>
+          <t>Mirina Roje</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789944382427</t>
+          <t>9789758637850</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Siltan Selaheddine Eyyubi</t>
+          <t>Min Beriya Şeven Spi Kiriye</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786055585617</t>
+          <t>9789758637874</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin ve Kürtler</t>
+          <t>Meşa Bi Serhişki</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055585372</t>
+          <t>9789944382762</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin - Kudretli Sultan ve İslamın Bütünleştiricisi</t>
+          <t>Meseleya Wijdane</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789758637935</t>
+          <t>9789757112013</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Rüstem ile Efrasiyab</t>
+          <t>Meme Alan</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786055585716</t>
+          <t>9789757112150</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Rewşa Kurdi Ya Sosyolenguistik li Türkiyeye</t>
+          <t>Mehabad Ber Bi Olimpiyada Xwede De</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786055585495</t>
+          <t>9789757112846</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Reşe Şeve</t>
+          <t>Medyamorfoz</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786055585938</t>
+          <t>9789944382465</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Rebera Axaftine (Fransi - Kurdi)</t>
+          <t>Medusa</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786055585853</t>
+          <t>9786055279141</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Palyaço</t>
+          <t>Mari</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789758637812</t>
+          <t>9786257253444</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu’da Etnisite, Çoğulculuk ve Devlet</t>
+          <t>Kürt Kadını (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786055585273</t>
+          <t>9786257253741</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Nuriye Ulviye Mevlan ve Kadınlar Dünyasında Kürtler</t>
+          <t>Baweriye Binin Em Bi Destpeka Demsala Sar</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789944382977</t>
+          <t>9789757112464</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Noş</t>
+          <t>Yüzümdeki Kuyu</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786055585488</t>
+          <t>9786055585037</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Bobi’nin Hatası</t>
+          <t>Yeni Savaş Sanatı</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789758637188</t>
+          <t>9789757112624</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Bir Eylem Felsefesine Doğru</t>
+          <t>Yazgıların Tableti</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789944382007</t>
+          <t>9786055585945</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Bihuşta Lal</t>
+          <t>Xwendina Kurdi</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789944382168</t>
+          <t>9789758637287</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Ber Evari</t>
+          <t>Verilmiş Sözdür</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786055279288</t>
+          <t>9789758637485</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Ber bi Binxete ve</t>
+          <t>Vahşet ve Sessizlik</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786055279035</t>
+          <t>9789759303013</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Bare Şeve</t>
+          <t>Ütopya Mevsimi</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786055585570</t>
+          <t>9789757112860</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Ayna, İz ve Bakış</t>
+          <t>Ütopistik ya da 21. Yüzyılın Tarihsel Seçimleri</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786055585686</t>
+          <t>9789758637881</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Yezidilik</t>
+          <t>Üm Şark Yıldızı Arap Müziğinin Divası</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789757112945</t>
+          <t>9779758637059</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Amidabad</t>
+          <t>Unutulanı Anmak</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789758637041</t>
+          <t>9786055585365</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Dımdım</t>
+          <t>Türk Edebiyatında Kürtler</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789944382861</t>
+          <t>9786055585679</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Kurden Suriyeye: Geleki Jibirkiri</t>
+          <t>Tolstoy - U Ronahi Di Tariye De Dibiriqe</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786055279165</t>
+          <t>9786055585556</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Kuçaya Hunerı</t>
+          <t>Tektanrıcılık ve Şiddetin Dili</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786055585457</t>
+          <t>9789944382236</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Koçera Kej</t>
+          <t>Te Bira Min</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786055279455</t>
+          <t>9786055585822</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Kesi Bi Qasi Min Ji Te Hez Nekir</t>
+          <t>Şevname</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789757112495</t>
+          <t>9789944382342</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Kene Parsek</t>
+          <t>Şev Şahid e</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789944382311</t>
+          <t>9786055585259</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Keçen Derike Yen Serseri</t>
+          <t>Şedadi</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786055585815</t>
+          <t>9786055279264</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Jineke Xinani</t>
+          <t>Şaneşin</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786055585631</t>
+          <t>9789944382984</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>İşrak’ul Kebir</t>
+          <t>Sürgün Hatıralarım</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786055585662</t>
+          <t>9789757112617</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Gerçek İhtiyaçları Üzerine</t>
+          <t>Suç Duyurusu</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789944382601</t>
+          <t>9789757112891</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Sınır ve Aşiret</t>
+          <t>Su, Ölen Bir Yağmur</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786055585211</t>
+          <t>9789757112136</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>İlahi Kapitalizm</t>
+          <t>Siruda Barane</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>3990000001953</t>
+          <t>9789757112181</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Hotel Europe</t>
+          <t>Sesime Gel</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789758637980</t>
+          <t>9786055279370</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Hatıramın Hatırası</t>
+          <t>Sergotina Calvino</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789758637409</t>
+          <t>9786055585068</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Günün Sırrı</t>
+          <t>Selahaddin</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786055585792</t>
+          <t>9789757112686</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Globalleşen Dünyada Modernizm Coğrafyaları</t>
+          <t>Rüzgar Kütüphanesi</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789758637416</t>
+          <t>9789758637911</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Gemal</t>
+          <t>Qetran</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789757112471</t>
+          <t>9789944382045</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul Kürtleri</t>
+          <t>Qehweyek Li Gel Wi</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789944382892</t>
+          <t>9789944382533</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Elfabeya Min</t>
+          <t>Peşdiroka Selaheddin</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>3990000010546</t>
+          <t>9789944382397</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Dozek Dewranek Lehengek Wedat Aydın (2 Cild)</t>
+          <t>Payiz ü Ba</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786055585624</t>
+          <t>9786257253055</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Diyarbekir ve Mırdasiler Tarihi</t>
+          <t>Binbaşı Kasım’ın Hatıraları</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>420</v>
+        <v>310</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786055585990</t>
+          <t>9786257253109</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Diyarbekir Merwanileri</t>
+          <t>Tefsira Qurane</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>640</v>
+        <v>650</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789944382304</t>
+          <t>9786257253314</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Diaspora Mekanları</t>
+          <t>Kürtlerin Eski Tarihi</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786055279110</t>
+          <t>9786257253550</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Desten Vala</t>
+          <t>Tarihe Not</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789944382915</t>
+          <t>9786257253338</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Dağ Kavmi</t>
+          <t>Nivisen Oli yen Ariyan En Heri Kevnar</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>290</v>
+        <v>750</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789944382137</t>
+          <t>9789758637645</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Çok Sevmek</t>
+          <t>Israr Falcıları</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789758637430</t>
+          <t>9789944382120</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Çinko Yahut Ağzımda Toz</t>
+          <t>Gunehen Xweşik</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786055585303</t>
+          <t>9789758637379</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Çaryek Esman Bi Şun De</t>
+          <t>Gulücinükavil</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786055279097</t>
+          <t>9786055279233</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Em Li Vir In</t>
+          <t>Gramera Kurdı (Kurdi - Tirki) - Kürtçe Gramer (Kürtçe - Türkçe)</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
+          <t>9789944382335</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Gotinen Gunehkar</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786055279172</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Firdevsi’nin Şahname’sinde Kürtler</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786055279158</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Ferhenga Navan</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786055585204</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Fenomenolojiye Giriş</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9789944382557</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Ez E Yeki Bikujim</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9789757112372</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Ermeni Müziği</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786055585051</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Erdalan Kürtleri</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9789944382946</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın En Yaşlı Adamı Zaro Ağa 1774-1934</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786055279073</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Doğu-Batı Yakınlaşmaları</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9789758637768</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Dicle ve Fırat’ın Destanı</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786055279240</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Dersen Şeriete - Hedisen Cenabe Pexember</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9789758637737</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Dehşetin Kokusu</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9789757112716</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Cızira Botanlı Bedirhaniler ve Bedirhani Ailesi Derneği’nin Tutanakları</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786055279363</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Careke ji Caran</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9789944382632</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Burhan’ın Kitabı</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9789944382441</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Biranin</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9789758637867</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Bıra Ruye Min</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9779758637257</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Beyrut’ta Deniz Yok</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9789757112808</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Bedeli Ödenmiştir</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9789758637782</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Babamın Tüfeği</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9789757112419</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Azeri Müziği</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9779758637226</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Ayna ve Düş</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9789944382434</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Bender</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786055585884</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Antolojıya Çıroken Kurmancen Başur</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9789944382939</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Analiza Qewlen Ezdıyan</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786055585020</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>ABD ve Irak - Halepçe’nin Zehirlenmesi</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786055279387</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Li Dor Kevjalan</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9789758637744</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Kürtçe Gramer</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786055279189</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Kürt Ülkesinde Avrupalı Bir Kadın</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9789757112877</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Kürdistan’dan Geçen Yol</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9789757112921</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Kürdistan’da Gümüş İşlemeciliği</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786055585600</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Kurden Nejibirkirine</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9799758637231</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Korku ve Titreme</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9789758637904</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Kerkük Tarih, Politika ve Etnik Yapı</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9789758637027</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Karanfil Mesafesi</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9789944382298</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Kaplumbağalar da Uçar</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9789944382151</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Kapitalizm Öncesi İran</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9789757112518</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Kanlı Mahabad’dan Aras’ın Kıyılarına</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9799758637262</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Lobisi Batı Irak’ı Nasıl Silahlandırdı?</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786257253178</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Antigoni</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786052246122</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Antolojiya Çiroken Kurdu - 1</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786052246689</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Sular Divanı</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786052246542</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Zerdüşti ve İslami Kaynaklara Göre Zerdüşt Avesta ve Temel Öğretileri</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786052246405</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Vena</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9789944382519</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Mem ü Zin</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786059082341</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Tılsım - Aslan Yürekli Richard ve Sultan Selahaddin</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786052246009</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Kurden Yarsan</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786258383959</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Küllerim Golda ve Diğerleri</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786258383881</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Devamlılık ile Dönüşüm Arasında Yezidilik</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786258383898</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Botan Mitolojisi ve Halk İnançları</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786059082037</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Payiza Dereng</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786055585013</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Mağdur Diasporadan Sınır-ötesi Vatandaşlığa mı?</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>4440000001616</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Avesta Nivisen Oli Yen Ariyan En Heri Kevnar</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786258383591</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Kürt Tarihinden Bir Kesit Azadi Örgütü ve Cibranlı Xalid Bey</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786258383522</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Amedi</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786059082853</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Kürtçe - Fransızca Sözlük</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>2700</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786258383324</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Tuhfet'ül Ahbab (Özel Baskı)</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786258383362</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Boyunduruk</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786258383232</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Çewlige Heywanan</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>4440000001683</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Gullepeyv</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786052246870</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Dinivisim Yusif</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786052246832</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Beytiken Nifiran</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>4440000001682</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Tarantino, Babe Min U Ez</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786052246740</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Yazdehok</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786052246702</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Derza Dile Min</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786055279646</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Li Xurbete</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>4440000001673</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Gopale Sor</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786257253048</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Nameyek Ji Hınduyeki Re</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786257253024</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Berfin</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786257253031</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Sindoqa Girti</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786052246719</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Bist Salen Din</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786052246993</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Sterka Piçuk</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786257253093</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Tefsira Qurane</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786257253017</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Mırişka Kulek</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786257253239</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Şeven Spi</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786257253079</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Wek Xewneke Kurt Wek Xemeke Direj</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786052246849</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Kiteba Pexembere Ciwan U Xanita We Dema Hej Li Vir Bün</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786257253253</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Hikayeye Hewn U Hişyari</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786257253383</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Silük</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786257253475</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Bazirgane Venedike</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9786257253406</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Bo Diroke</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9786257253598</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>Li Bin Siwana Xweziyan</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9786257253574</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Wisa Te Bira Min</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9786257253697</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Pilingeki Li Hewsele</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786257253727</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Deje Werthere Ciwani</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9786257253604</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Her Se Şekir U Her Se Gunehen Mezin</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9786257253628</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>Mere Bi Guhe Jekiri</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9786257253635</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Mere Ku Kevir Bilind Dikirin</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9786257253642</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Mere Ku Tişteki Wi Nebu</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>4440000001615</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>Zarema - Sal 7 Hejmar 15 İlon, Cotmeh, Kanun, 2021</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>4440000001613</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Rüzgarı Seti</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9786257253925</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>Li Du Şopa Ezdiyan</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786257253390</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Roja Nu u Edebiyata Kurdi Ya Geleri 2</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9786052246047</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>El-Kamil fi t-Tarix - Kurd di Tarixa Ibn el-Esir de I</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9786257253901</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Şahnameya Kurdi</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9786257253932</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>Hawar</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9786257253963</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>Deng Bi Peren Kevokan Dikeve</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9786257253970</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>Meseleyeke Gıring - Ziman Edebiyat U Welat</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9786258383010</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Tızbi, Destmal U Tasek Av: Şakiro</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786257253987</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Sere We Neeşinim</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9786258383058</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>Sihren Mizewran</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9786258383027</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>Kure Dele</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9786258383072</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>Deftera Sor</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9786258383102</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>Stenbol Stenbol</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9786052246924</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Kitab-u Ehmediye</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9786258383034</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Kürtler - İngiliz Seyyahların Gözüyle Ondokuzuncu Yüzyılda</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9786052246733</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Çin - Bi Deh Peyvan</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9786257253864</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>Bende Mahfuz Fotoğraflar</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9786257253789</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Eski Zaman Eşkıyaları</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9786257253819</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Kevneşopa Ezdıyatıye Ya Tekstuel A Dini: Jı Ya Devki Bo Ya Nıviski</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9786257253840</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Dansın Kürt Prensesi Leila Bederkhan</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9786257253802</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Onca Açlık Varken</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786257253772</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Yağmura Şemsiyesiz Çıkanlar</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786257253376</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Avesta (Kahverengi, Gri, Kırmızı Renk) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9786247253710</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Nameyek Ji Bave Min Re</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9786257253734</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı-Kürt Bedirxani Aile Tarihinin İmparatorluk ve İmparatorluk Sonrası Bağlamlarındaki Anlatıları: Devamlılıklar ve Değişimler</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9786257253703</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Nergiza Li Deftere Bişkivi</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9786257253666</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Dublini</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9786257253680</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>Bir Siyasetçi ve Lider Olarak Seyid Abdulkadir</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9786257253567</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Meme Din</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9786257253611</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Abdurrahman Qasimlo (1930 - 1989)</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9786257253581</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Eşira Birukiyan Çawa Keçen Izmiri Direvinin</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9786257253536</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Doz</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9786257253529</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Serpehatiyen İnanolo u Çiroken Din</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9786257253345</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Keça Kapitan</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9786257253512</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Peyven Biçuk</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9786257253505</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Şinşem</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786257253420</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Werise Sor - Kızıl Urgan</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9786257253369</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Jı El Qaide Heta Daışe</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9786257253321</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Jineke Miri Li Cihangire</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786257253307</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Odeyek Ji Bo Xwe</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>3990000052765</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>El-Kamil fi t-Tarix - Kurd di Tarixa Ibn el-Esir de II</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786257253246</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Koronatopia</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786257253277</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Neteweperweriya Feminist</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9786257253260</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Eve Giden Uzun Yol</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786257253192</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Gatsbye Behawe</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786257253123</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>Birca Bedengiye</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786257253147</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Sercem Soneyen William Shakespeare</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786257253215</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Merreyi u Merdimi</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786257253154</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Dewleta Cihuyan</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9786257253185</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>Haymana Kürtleri - Haymana Kürtleri ve Kürtlerin Orta ve Batı Anadolu'daki Varlığı</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9786257253116</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>Kürt Hakim</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9786257253062</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Kiteba Sale</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9786257253000</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>Şeyh Rıza Talabani ve Türkçe Şiirleri</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9786052246771</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Helale</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9786052246726</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Fenomenoloji ve Geleceği</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9786052246818</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>Bediüzzaman'ın Hançeri</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9786052246931</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Meriven Reben</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9786052246795</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>Xunçeyen Heyame</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9786052246948</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>Bhagavad Gita</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9786052246801</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>Meseleya Seyr a Dr. Jekyll u Mr. Hyde</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9786052246955</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Nigarkeş u Heft Qambihosten Dewlete</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9786052246788</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>Deste Min Li Deste Te Digere</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9786052246757</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>Banyas 1985</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9786052246894</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>Diroka Erdelane</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9786052246825</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>Suret ul-Erd</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9786052246887</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Siwareki Beniştiman</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9786059082518</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>Li Çiyayen Ande</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9786052246665</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>Ew Ne Ez Büm</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9786052246672</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>Name Bo Firat Ceweri</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>9786052246658</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>Mısır ve Suriye Sultanı Selahaddin’in Tarihi</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>9786052246573</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>Kurden Merwani</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>9786052246559</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>Ehmede Xani</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9786052246627</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>Şagirten Evine</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9786052246603</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>Qurna Min</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>9786059082778</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>Keleh</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9786052246634</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>Pandomim</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9786052246641</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>Şina Helbeste</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9786052246610</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Reya Jiyane</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9786052246597</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Eş</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>9786052246481</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>Sevdin</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9786052246580</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>Cureyen Edebiyata Geleri ji Derdora Merdine</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>9786052246498</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>Şapat</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9786052246528</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>Mirzaye Reben</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9786052246146</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>Antolojiya Çiroken Kurdi - 3</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>9786052246139</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t>Antolojiya Çiroken Kurdi - 2</t>
+        </is>
+      </c>
+      <c r="C672" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="673" spans="1:3">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>9786052246535</t>
+        </is>
+      </c>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t>Evina Te Ez Parastim</t>
+        </is>
+      </c>
+      <c r="C673" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="674" spans="1:3">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>9786052246566</t>
+        </is>
+      </c>
+      <c r="B674" s="1" t="inlineStr">
+        <is>
+          <t>Kamiran Ali Bedirxan (1895 - 1978)</t>
+        </is>
+      </c>
+      <c r="C674" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="675" spans="1:3">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>9786052246511</t>
+        </is>
+      </c>
+      <c r="B675" s="1" t="inlineStr">
+        <is>
+          <t>Emirxane Lepzerin u Kela Dimdim Di Navbera Mejü ü Efsaneye Da</t>
+        </is>
+      </c>
+      <c r="C675" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="676" spans="1:3">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>9786052246443</t>
+        </is>
+      </c>
+      <c r="B676" s="1" t="inlineStr">
+        <is>
+          <t>Komara Kurdistane ya 1946an</t>
+        </is>
+      </c>
+      <c r="C676" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="677" spans="1:3">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>9786052246399</t>
+        </is>
+      </c>
+      <c r="B677" s="1" t="inlineStr">
+        <is>
+          <t>Çar Mix</t>
+        </is>
+      </c>
+      <c r="C677" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="678" spans="1:3">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>9786052246429</t>
+        </is>
+      </c>
+      <c r="B678" s="1" t="inlineStr">
+        <is>
+          <t>Ekrem Cemilpaşa - Bir Kürt Milliyetçisinin Portresi</t>
+        </is>
+      </c>
+      <c r="C678" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="679" spans="1:3">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>9786052246474</t>
+        </is>
+      </c>
+      <c r="B679" s="1" t="inlineStr">
+        <is>
+          <t>Tebinıyek</t>
+        </is>
+      </c>
+      <c r="C679" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="680" spans="1:3">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>9786052246450</t>
+        </is>
+      </c>
+      <c r="B680" s="1" t="inlineStr">
+        <is>
+          <t>Soneyen Sewdaser</t>
+        </is>
+      </c>
+      <c r="C680" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="681" spans="1:3">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>9786052246467</t>
+        </is>
+      </c>
+      <c r="B681" s="1" t="inlineStr">
+        <is>
+          <t>Kabul İle Red Arasında İslami Feminizm</t>
+        </is>
+      </c>
+      <c r="C681" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="682" spans="1:3">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>9786052246412</t>
+        </is>
+      </c>
+      <c r="B682" s="1" t="inlineStr">
+        <is>
+          <t>Serpehatiyen Alicee li Welateki Eceb</t>
+        </is>
+      </c>
+      <c r="C682" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="683" spans="1:3">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>9786052246344</t>
+        </is>
+      </c>
+      <c r="B683" s="1" t="inlineStr">
+        <is>
+          <t>Orijinia</t>
+        </is>
+      </c>
+      <c r="C683" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="684" spans="1:3">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>9786052246337</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t>Folklor u Edebiyata Geleri</t>
+        </is>
+      </c>
+      <c r="C684" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="685" spans="1:3">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>9786052246382</t>
+        </is>
+      </c>
+      <c r="B685" s="1" t="inlineStr">
+        <is>
+          <t>Endişeya Pexember</t>
+        </is>
+      </c>
+      <c r="C685" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="686" spans="1:3">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>9786052246375</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t>Amedspor</t>
+        </is>
+      </c>
+      <c r="C686" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="687" spans="1:3">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>9786052246351</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t>Gemiyek Li Nav Biyabane</t>
+        </is>
+      </c>
+      <c r="C687" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="688" spans="1:3">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>9876052246290</t>
+        </is>
+      </c>
+      <c r="B688" s="1" t="inlineStr">
+        <is>
+          <t>Şeveke İstismar</t>
+        </is>
+      </c>
+      <c r="C688" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="689" spans="1:3">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>9786052246313</t>
+        </is>
+      </c>
+      <c r="B689" s="1" t="inlineStr">
+        <is>
+          <t>Birqen Direxşan</t>
+        </is>
+      </c>
+      <c r="C689" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="690" spans="1:3">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>9786052246320</t>
+        </is>
+      </c>
+      <c r="B690" s="1" t="inlineStr">
+        <is>
+          <t>Meryem Xan</t>
+        </is>
+      </c>
+      <c r="C690" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="691" spans="1:3">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>9786052246306</t>
+        </is>
+      </c>
+      <c r="B691" s="1" t="inlineStr">
+        <is>
+          <t>Kürd Kadınları Teali Cemiyeti (1919)</t>
+        </is>
+      </c>
+      <c r="C691" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="692" spans="1:3">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>9786059082372</t>
+        </is>
+      </c>
+      <c r="B692" s="1" t="inlineStr">
+        <is>
+          <t>Zindana Gevere</t>
+        </is>
+      </c>
+      <c r="C692" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="693" spans="1:3">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
+          <t>9786052246276</t>
+        </is>
+      </c>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t>Dane Barane</t>
+        </is>
+      </c>
+      <c r="C693" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="694" spans="1:3">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>9786055279745</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t>Sefera Xaçparezan A Seyem 1191</t>
+        </is>
+      </c>
+      <c r="C694" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="695" spans="1:3">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>9786052246269</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t>Roja Nü ü Edebiyata Kurdi ya Geleri - 1</t>
+        </is>
+      </c>
+      <c r="C695" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="696" spans="1:3">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>9786052246214</t>
+        </is>
+      </c>
+      <c r="B696" s="1" t="inlineStr">
+        <is>
+          <t>Ziya Gökalp'in Büyük Çilesi Kürtler</t>
+        </is>
+      </c>
+      <c r="C696" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="697" spans="1:3">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>9786052246245</t>
+        </is>
+      </c>
+      <c r="B697" s="1" t="inlineStr">
+        <is>
+          <t>Le Xake Xurasane</t>
+        </is>
+      </c>
+      <c r="C697" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="698" spans="1:3">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>9786052246153</t>
+        </is>
+      </c>
+      <c r="B698" s="1" t="inlineStr">
+        <is>
+          <t>Dupişk</t>
+        </is>
+      </c>
+      <c r="C698" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="699" spans="1:3">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>9786052246252</t>
+        </is>
+      </c>
+      <c r="B699" s="1" t="inlineStr">
+        <is>
+          <t>Şopajo</t>
+        </is>
+      </c>
+      <c r="C699" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="700" spans="1:3">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
+          <t>9786052246115</t>
+        </is>
+      </c>
+      <c r="B700" s="1" t="inlineStr">
+        <is>
+          <t>Tecarip ul-Umem</t>
+        </is>
+      </c>
+      <c r="C700" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="701" spans="1:3">
+      <c r="A701" s="1" t="inlineStr">
+        <is>
+          <t>9786059082808</t>
+        </is>
+      </c>
+      <c r="B701" s="1" t="inlineStr">
+        <is>
+          <t>Li Çiyayen Kurdistane Di Bin Niveheyve de</t>
+        </is>
+      </c>
+      <c r="C701" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="702" spans="1:3">
+      <c r="A702" s="1" t="inlineStr">
+        <is>
+          <t>9786052246191</t>
+        </is>
+      </c>
+      <c r="B702" s="1" t="inlineStr">
+        <is>
+          <t>Kürt Medreseleri ve Alimleri 2. Cilt - Tekkelere Bağlı Medreseler</t>
+        </is>
+      </c>
+      <c r="C702" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="703" spans="1:3">
+      <c r="A703" s="1" t="inlineStr">
+        <is>
+          <t>9786055585754</t>
+        </is>
+      </c>
+      <c r="B703" s="1" t="inlineStr">
+        <is>
+          <t>Çiya</t>
+        </is>
+      </c>
+      <c r="C703" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="704" spans="1:3">
+      <c r="A704" s="1" t="inlineStr">
+        <is>
+          <t>9786052246085</t>
+        </is>
+      </c>
+      <c r="B704" s="1" t="inlineStr">
+        <is>
+          <t>Tarix ur-Rusul We l-Miluk - Kudo di Tarixa Teberi de</t>
+        </is>
+      </c>
+      <c r="C704" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="705" spans="1:3">
+      <c r="A705" s="1" t="inlineStr">
+        <is>
+          <t>9786059082921</t>
+        </is>
+      </c>
+      <c r="B705" s="1" t="inlineStr">
+        <is>
+          <t>Listiken Tomeri</t>
+        </is>
+      </c>
+      <c r="C705" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="706" spans="1:3">
+      <c r="A706" s="1" t="inlineStr">
+        <is>
+          <t>9786052246016</t>
+        </is>
+      </c>
+      <c r="B706" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Yönleriyle Rojava 1 - Efrin (Afrin)</t>
+        </is>
+      </c>
+      <c r="C706" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="707" spans="1:3">
+      <c r="A707" s="1" t="inlineStr">
+        <is>
+          <t>9786059082990</t>
+        </is>
+      </c>
+      <c r="B707" s="1" t="inlineStr">
+        <is>
+          <t>Ne Şev Tera Xewnen Min Dike Ne Roj Tera Xemen Min</t>
+        </is>
+      </c>
+      <c r="C707" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="708" spans="1:3">
+      <c r="A708" s="1" t="inlineStr">
+        <is>
+          <t>9786052246030</t>
+        </is>
+      </c>
+      <c r="B708" s="1" t="inlineStr">
+        <is>
+          <t>Şifa Gerdi</t>
+        </is>
+      </c>
+      <c r="C708" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="709" spans="1:3">
+      <c r="A709" s="1" t="inlineStr">
+        <is>
+          <t>9786059082938</t>
+        </is>
+      </c>
+      <c r="B709" s="1" t="inlineStr">
+        <is>
+          <t>Çar Neçar</t>
+        </is>
+      </c>
+      <c r="C709" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="710" spans="1:3">
+      <c r="A710" s="1" t="inlineStr">
+        <is>
+          <t>9786059082877</t>
+        </is>
+      </c>
+      <c r="B710" s="1" t="inlineStr">
+        <is>
+          <t>Darül İslam - Osmanlının Şark Bölgelerine Seyahat</t>
+        </is>
+      </c>
+      <c r="C710" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="711" spans="1:3">
+      <c r="A711" s="1" t="inlineStr">
+        <is>
+          <t>9786059082815</t>
+        </is>
+      </c>
+      <c r="B711" s="1" t="inlineStr">
+        <is>
+          <t>Kürt Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C711" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="712" spans="1:3">
+      <c r="A712" s="1" t="inlineStr">
+        <is>
+          <t>9786059082952</t>
+        </is>
+      </c>
+      <c r="B712" s="1" t="inlineStr">
+        <is>
+          <t>Bağımsızlığa Doğru Irak Kürdistanı</t>
+        </is>
+      </c>
+      <c r="C712" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="713" spans="1:3">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>9786059082891</t>
+        </is>
+      </c>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t>Kuçikistan</t>
+        </is>
+      </c>
+      <c r="C713" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="714" spans="1:3">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>9786059082907</t>
+        </is>
+      </c>
+      <c r="B714" s="1" t="inlineStr">
+        <is>
+          <t>Emina</t>
+        </is>
+      </c>
+      <c r="C714" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="715" spans="1:3">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>9786059082839</t>
+        </is>
+      </c>
+      <c r="B715" s="1" t="inlineStr">
+        <is>
+          <t>Doktor Glas</t>
+        </is>
+      </c>
+      <c r="C715" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="716" spans="1:3">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>9786059082785</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t>Folklor U Teoriyen Folklore Yen İroyin</t>
+        </is>
+      </c>
+      <c r="C716" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="717" spans="1:3">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
+          <t>9786059082570</t>
+        </is>
+      </c>
+      <c r="B717" s="1" t="inlineStr">
+        <is>
+          <t>Tarihsel Semantik Nedir?</t>
+        </is>
+      </c>
+      <c r="C717" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="718" spans="1:3">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>9786059082730</t>
+        </is>
+      </c>
+      <c r="B718" s="1" t="inlineStr">
+        <is>
+          <t>Lilav</t>
+        </is>
+      </c>
+      <c r="C718" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="719" spans="1:3">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>9786059082723</t>
+        </is>
+      </c>
+      <c r="B719" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyata Swedi - İsveç Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C719" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="720" spans="1:3">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>9786059082662</t>
+        </is>
+      </c>
+      <c r="B720" s="1" t="inlineStr">
+        <is>
+          <t>Göçmenlik ve Vaadedilmiş Topraklar</t>
+        </is>
+      </c>
+      <c r="C720" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="721" spans="1:3">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>9786059082624</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t>Devlet Piyasa Parti</t>
+        </is>
+      </c>
+      <c r="C721" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="722" spans="1:3">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>9786059082747</t>
+        </is>
+      </c>
+      <c r="B722" s="1" t="inlineStr">
+        <is>
+          <t>Sefername</t>
+        </is>
+      </c>
+      <c r="C722" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="723" spans="1:3">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>9786059082693</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t>Yen Ko Xizmeta İnsaniyete Kirine</t>
+        </is>
+      </c>
+      <c r="C723" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="724" spans="1:3">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>9786059082655</t>
+        </is>
+      </c>
+      <c r="B724" s="1" t="inlineStr">
+        <is>
+          <t>Erbil-Bodrum Hattı</t>
+        </is>
+      </c>
+      <c r="C724" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="725" spans="1:3">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>9786059082617</t>
+        </is>
+      </c>
+      <c r="B725" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Xani / Xaniye Duyem: Haci Qadire Koyi</t>
+        </is>
+      </c>
+      <c r="C725" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="726" spans="1:3">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>9786059082594</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t>Stranvan</t>
+        </is>
+      </c>
+      <c r="C726" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="727" spans="1:3">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
+          <t>9786055279820</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>Selaheddin: Serokati, Stratej, Dijberi</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9786059082525</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>Kürdistan Hıristiyanları</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9786059082549</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>Memozina Xani</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9786059082532</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>İncas</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9786055279554</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Kapısındaki Jonglör</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9786059082020</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>Muhtasar Hayatım</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9786059082433</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>Strana Şev u Rojeke</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9786059082495</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>Siyaset Oyunları</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9786059082471</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>Pelen Deryaya Reş</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>9786059082389</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>Yankesiciyim Efendim</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>9786059082419</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>Heftiyeke Direj Li Amede</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9786059082464</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Nasturiler ya da Kayıp Kabileler</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9786059082297</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>Mıhalmi Kültürü</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9786059082334</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>Otobes</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9786055279301</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>Lekolinen Zimannasiya Kurdi</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9786059082358</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>Çar Yek</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9786055279608</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>Yaşar Kemal’in Yapıtlarında Kürtler</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9786059082310</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>Rojen Almanyaye 1922 - 1925</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9786059082242</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>Reis Remezan (Ekan)</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9786059082266</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Segwer (Reyin)</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9786055279349</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>Evdo u Çend Behniken Şadiye</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>9786059082259</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>Kember</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9786059082273</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyata Kurdi ya Geleri</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9786059082211</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>Çiroka Malbata Evdo</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9786059082150</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>Girti</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>9786059082105</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>Ew Jin ü Mere Bi Maske</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9786055279929</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>Kadri Cemilpaşa : Bir Kürt Milliyetçisinin Portresi</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9786059082143</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>1915 Komkujiya Ermeniyan</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9786055279493</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>Rewşa Welet</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9789758637669</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Hunere Tabloyen Şerefnameye</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>9786055279974</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>Gotinen Navdaran</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9786059082082</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>Vahşi Batı Kürdistan</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9786059082051</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>Bermayiyen Deme</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9786055585914</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Berbiska Zer</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>9786055585400</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t>Acıyla Diri</t>
+        </is>
+      </c>
+      <c r="C761" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>9786055585501</t>
+        </is>
+      </c>
+      <c r="B762" s="1" t="inlineStr">
+        <is>
+          <t>33 Gule</t>
+        </is>
+      </c>
+      <c r="C762" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="763" spans="1:3">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>9786055585419</t>
+        </is>
+      </c>
+      <c r="B763" s="1" t="inlineStr">
+        <is>
+          <t>Pirça Winda</t>
+        </is>
+      </c>
+      <c r="C763" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="764" spans="1:3">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>9786055279714</t>
+        </is>
+      </c>
+      <c r="B764" s="1" t="inlineStr">
+        <is>
+          <t>Hittin 1187 - Serfiraziya Heri Mezin ya Selaheddin</t>
+        </is>
+      </c>
+      <c r="C764" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="765" spans="1:3">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>9786055279882</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t>Jiyana Xwedayi</t>
+        </is>
+      </c>
+      <c r="C765" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="766" spans="1:3">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
+          <t>9786055279943</t>
+        </is>
+      </c>
+      <c r="B766" s="1" t="inlineStr">
+        <is>
+          <t>Pira Navbera Axreşke u Şexan</t>
+        </is>
+      </c>
+      <c r="C766" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="767" spans="1:3">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>9786055279899</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t>Çağlar Boyunca Büyük Kadınlar</t>
+        </is>
+      </c>
+      <c r="C767" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="768" spans="1:3">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>9786055279851</t>
+        </is>
+      </c>
+      <c r="B768" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvur mu Gerçek mi?</t>
+        </is>
+      </c>
+      <c r="C768" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="769" spans="1:3">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>9786055279738</t>
+        </is>
+      </c>
+      <c r="B769" s="1" t="inlineStr">
+        <is>
+          <t>Derb</t>
+        </is>
+      </c>
+      <c r="C769" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="770" spans="1:3">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>9786055279691</t>
+        </is>
+      </c>
+      <c r="B770" s="1" t="inlineStr">
+        <is>
+          <t>Ne Ba Min Siwar Dike, Ne Ax Min Peya Dike (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C770" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="771" spans="1:3">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>9786055585693</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t>Xevna Pirepindan</t>
+        </is>
+      </c>
+      <c r="C771" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="772" spans="1:3">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>9789944382526</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t>Xadim</t>
+        </is>
+      </c>
+      <c r="C772" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="773" spans="1:3">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>9786059082013</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t>Eleştirel Teoriye Giriş</t>
+        </is>
+      </c>
+      <c r="C773" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="774" spans="1:3">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>9789944382755</t>
+        </is>
+      </c>
+      <c r="B774" s="1" t="inlineStr">
+        <is>
+          <t>Di Xew De</t>
+        </is>
+      </c>
+      <c r="C774" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="775" spans="1:3">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>9786055585860</t>
+        </is>
+      </c>
+      <c r="B775" s="1" t="inlineStr">
+        <is>
+          <t>Di Folklora Kurdi de Serdestiyeke Jinan</t>
+        </is>
+      </c>
+      <c r="C775" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="776" spans="1:3">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>9789758637690</t>
+        </is>
+      </c>
+      <c r="B776" s="1" t="inlineStr">
+        <is>
+          <t>Di Arşiven Rus de Mustefa Barzani</t>
+        </is>
+      </c>
+      <c r="C776" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="777" spans="1:3">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>9786055279059</t>
+        </is>
+      </c>
+      <c r="B777" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Ayarlı</t>
+        </is>
+      </c>
+      <c r="C777" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="778" spans="1:3">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>9789758637928</t>
+        </is>
+      </c>
+      <c r="B778" s="1" t="inlineStr">
+        <is>
+          <t>Zal ile Rudabe</t>
+        </is>
+      </c>
+      <c r="C778" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="779" spans="1:3">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>3990000045137</t>
+        </is>
+      </c>
+      <c r="B779" s="1" t="inlineStr">
+        <is>
+          <t>Ferheng (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C779" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="780" spans="1:3">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>9786055585563</t>
+        </is>
+      </c>
+      <c r="B780" s="1" t="inlineStr">
+        <is>
+          <t>Yol Bulmak Dünyaya</t>
+        </is>
+      </c>
+      <c r="C780" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="781" spans="1:3">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>9789944382090</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>Yaylılar İçin Dörtlü</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9786055585228</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Fenomonolojisi</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9786055585969</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>Ülkemde Bir Yabancı</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9789758637997</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>Usame  Bir Teröristin Doğuşu</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9789944382663</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Torin</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9786055585594</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Şewq u Payiz</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9789944382175</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>Şevek Bi Şeyten Re</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9799758637064</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>Şehzade İhticab</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9789758637843</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>Solgun Romans</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>9789944382427</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>Siltan Selaheddine Eyyubi</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9786055585617</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>Selahaddin ve Kürtler</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>9786055585372</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>Selahaddin - Kudretli Sultan ve İslamın Bütünleştiricisi</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9789758637935</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>Rüstem ile Efrasiyab</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>9786055585716</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>Rewşa Kurdi Ya Sosyolenguistik li Türkiyeye</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9786055585495</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>Reşe Şeve</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9786055585938</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>Rebera Axaftine (Fransi - Kurdi)</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>9786055585853</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Palyaço</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9789758637812</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>Orta Doğu’da Etnisite, Çoğulculuk ve Devlet</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9786055585273</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>Nuriye Ulviye Mevlan ve Kadınlar Dünyasında Kürtler</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9789944382977</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>Noş</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9786055585488</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>Bobi’nin Hatası</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>9789758637188</t>
+        </is>
+      </c>
+      <c r="B802" s="1" t="inlineStr">
+        <is>
+          <t>Bir Eylem Felsefesine Doğru</t>
+        </is>
+      </c>
+      <c r="C802" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="803" spans="1:3">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>9789944382007</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t>Bihuşta Lal</t>
+        </is>
+      </c>
+      <c r="C803" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="804" spans="1:3">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>9789944382168</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t>Ber Evari</t>
+        </is>
+      </c>
+      <c r="C804" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="805" spans="1:3">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>9786055279288</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t>Ber bi Binxete ve</t>
+        </is>
+      </c>
+      <c r="C805" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="806" spans="1:3">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>9786055279035</t>
+        </is>
+      </c>
+      <c r="B806" s="1" t="inlineStr">
+        <is>
+          <t>Bare Şeve</t>
+        </is>
+      </c>
+      <c r="C806" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="807" spans="1:3">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>9786055585570</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t>Ayna, İz ve Bakış</t>
+        </is>
+      </c>
+      <c r="C807" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="808" spans="1:3">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>9786055585686</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa’da Yezidilik</t>
+        </is>
+      </c>
+      <c r="C808" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="809" spans="1:3">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>9789757112945</t>
+        </is>
+      </c>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t>Amidabad</t>
+        </is>
+      </c>
+      <c r="C809" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="810" spans="1:3">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>9789758637041</t>
+        </is>
+      </c>
+      <c r="B810" s="1" t="inlineStr">
+        <is>
+          <t>Dımdım</t>
+        </is>
+      </c>
+      <c r="C810" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="811" spans="1:3">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>9789944382861</t>
+        </is>
+      </c>
+      <c r="B811" s="1" t="inlineStr">
+        <is>
+          <t>Kurden Suriyeye: Geleki Jibirkiri</t>
+        </is>
+      </c>
+      <c r="C811" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="812" spans="1:3">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>9786055279165</t>
+        </is>
+      </c>
+      <c r="B812" s="1" t="inlineStr">
+        <is>
+          <t>Kuçaya Hunerı</t>
+        </is>
+      </c>
+      <c r="C812" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="813" spans="1:3">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>9786055585457</t>
+        </is>
+      </c>
+      <c r="B813" s="1" t="inlineStr">
+        <is>
+          <t>Koçera Kej</t>
+        </is>
+      </c>
+      <c r="C813" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="814" spans="1:3">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>9786055279455</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>Kesi Bi Qasi Min Ji Te Hez Nekir</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="815" spans="1:3">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>9789757112495</t>
+        </is>
+      </c>
+      <c r="B815" s="1" t="inlineStr">
+        <is>
+          <t>Kene Parsek</t>
+        </is>
+      </c>
+      <c r="C815" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="816" spans="1:3">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>9789944382311</t>
+        </is>
+      </c>
+      <c r="B816" s="1" t="inlineStr">
+        <is>
+          <t>Keçen Derike Yen Serseri</t>
+        </is>
+      </c>
+      <c r="C816" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="817" spans="1:3">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>9786055585815</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t>Jineke Xinani</t>
+        </is>
+      </c>
+      <c r="C817" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="818" spans="1:3">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>9786055585631</t>
+        </is>
+      </c>
+      <c r="B818" s="1" t="inlineStr">
+        <is>
+          <t>İşrak’ul Kebir</t>
+        </is>
+      </c>
+      <c r="C818" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="819" spans="1:3">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>9786055585662</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın Gerçek İhtiyaçları Üzerine</t>
+        </is>
+      </c>
+      <c r="C819" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="820" spans="1:3">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>9789944382601</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorluk Sınır ve Aşiret</t>
+        </is>
+      </c>
+      <c r="C820" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="821" spans="1:3">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>9786055585211</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t>İlahi Kapitalizm</t>
+        </is>
+      </c>
+      <c r="C821" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="822" spans="1:3">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>3990000001953</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>Hotel Europe</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9789758637980</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>Hatıramın Hatırası</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9789758637409</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>Günün Sırrı</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9786055585792</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>Globalleşen Dünyada Modernizm Coğrafyaları</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>9789758637416</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>Gemal</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9789757112471</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>Eski İstanbul Kürtleri</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>9789944382892</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>Elfabeya Min</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>3990000010546</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>Dozek Dewranek Lehengek Wedat Aydın (2 Cild)</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>9786055585624</t>
+        </is>
+      </c>
+      <c r="B830" s="1" t="inlineStr">
+        <is>
+          <t>Diyarbekir ve Mırdasiler Tarihi</t>
+        </is>
+      </c>
+      <c r="C830" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="831" spans="1:3">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>9786055585990</t>
+        </is>
+      </c>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t>Diyarbekir Merwanileri</t>
+        </is>
+      </c>
+      <c r="C831" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="832" spans="1:3">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>9789944382304</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t>Diaspora Mekanları</t>
+        </is>
+      </c>
+      <c r="C832" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="833" spans="1:3">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>9786055279110</t>
+        </is>
+      </c>
+      <c r="B833" s="1" t="inlineStr">
+        <is>
+          <t>Desten Vala</t>
+        </is>
+      </c>
+      <c r="C833" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="834" spans="1:3">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>9789944382915</t>
+        </is>
+      </c>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t>Dağ Kavmi</t>
+        </is>
+      </c>
+      <c r="C834" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="835" spans="1:3">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
+          <t>9789944382137</t>
+        </is>
+      </c>
+      <c r="B835" s="1" t="inlineStr">
+        <is>
+          <t>Çok Sevmek</t>
+        </is>
+      </c>
+      <c r="C835" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="836" spans="1:3">
+      <c r="A836" s="1" t="inlineStr">
+        <is>
+          <t>9789758637430</t>
+        </is>
+      </c>
+      <c r="B836" s="1" t="inlineStr">
+        <is>
+          <t>Çinko Yahut Ağzımda Toz</t>
+        </is>
+      </c>
+      <c r="C836" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="837" spans="1:3">
+      <c r="A837" s="1" t="inlineStr">
+        <is>
+          <t>9786055585303</t>
+        </is>
+      </c>
+      <c r="B837" s="1" t="inlineStr">
+        <is>
+          <t>Çaryek Esman Bi Şun De</t>
+        </is>
+      </c>
+      <c r="C837" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="838" spans="1:3">
+      <c r="A838" s="1" t="inlineStr">
+        <is>
+          <t>9786055279097</t>
+        </is>
+      </c>
+      <c r="B838" s="1" t="inlineStr">
+        <is>
+          <t>Em Li Vir In</t>
+        </is>
+      </c>
+      <c r="C838" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="839" spans="1:3">
+      <c r="A839" s="1" t="inlineStr">
+        <is>
           <t>9786055585952</t>
         </is>
       </c>
-      <c r="B497" s="1" t="inlineStr">
+      <c r="B839" s="1" t="inlineStr">
         <is>
           <t>Searching for Leila the Kurdish Princess of Dance (Ciltli)</t>
         </is>
       </c>
-      <c r="C497" s="1">
-        <v>500</v>
+      <c r="C839" s="1">
+        <v>700</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>