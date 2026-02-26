--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,475 +85,490 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789750155932</t>
+          <t>9786057174109</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsel Bireylerde Ebeveynlik ve Gençlerde Cinsellik</t>
+          <t>Genlerim Yüzünden</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057208132</t>
+          <t>9789750155932</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsellik ve Ruh Sağlığı Sorunları</t>
+          <t>Eşcinsel Bireylerde Ebeveynlik ve Gençlerde Cinsellik</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789750155970</t>
+          <t>9786057208132</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yasakçı Zihniyet</t>
+          <t>Eşcinsellik ve Ruh Sağlığı Sorunları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057208194</t>
+          <t>9789750155970</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Klinik Uygulamada Eşcinsellik</t>
+          <t>Yasakçı Zihniyet</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789750155901</t>
+          <t>9786057208194</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsellikte Değişim Mümkün</t>
+          <t>Klinik Uygulamada Eşcinsellik</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789750155925</t>
+          <t>9789750155901</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Eşcinselliğin Psikolojisi</t>
+          <t>Eşcinsellikte Değişim Mümkün</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057208125</t>
+          <t>9789750155925</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsellik ve Cinsel Kimlik Gelişimi</t>
+          <t>Eşcinselliğin Psikolojisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057174161</t>
+          <t>9786057208125</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsellik Tedavi Rehberi</t>
+          <t>Eşcinsellik ve Cinsel Kimlik Gelişimi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057174130</t>
+          <t>9786057174161</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Eşcinsel mi?</t>
+          <t>Eşcinsellik Tedavi Rehberi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057174116</t>
+          <t>9786057174130</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapi Savaşı</t>
+          <t>Çocuğum Eşcinsel mi?</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057325747</t>
+          <t>9786057174116</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Bağımlılık ve Porno Bağımlılığını Anlamak ve Tedavi Etmek</t>
+          <t>Psikoterapi Savaşı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789750155987</t>
+          <t>9786057325747</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsel Çekim</t>
+          <t>Cinsel Bağımlılık ve Porno Bağımlılığını Anlamak ve Tedavi Etmek</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057174123</t>
+          <t>9789750155987</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Eşcinselliğin Tedavisi: Onarım Terapisi Vaka Öyküleri</t>
+          <t>Eşcinsel Çekim</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789750155994</t>
+          <t>9786057174123</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Yönelim, Ebeveynlik ve Babalık</t>
+          <t>Eşcinselliğin Tedavisi: Onarım Terapisi Vaka Öyküleri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057208187</t>
+          <t>9789750155994</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Yönelim ve Adım Adım Değişim</t>
+          <t>Cinsel Yönelim, Ebeveynlik ve Babalık</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789750155949</t>
+          <t>9786057208187</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Politik Dil Olarak Eşcinsellik</t>
+          <t>Cinsel Yönelim ve Adım Adım Değişim</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789750155956</t>
+          <t>9789750155949</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsel Olmak</t>
+          <t>Yeni Bir Politik Dil Olarak Eşcinsellik</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789750155918</t>
+          <t>9789750155956</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsellik ve Terapi Eleştirisi</t>
+          <t>Eşcinsel Olmak</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057208163</t>
+          <t>9789750155918</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Eşcinselliğin Nedenleri</t>
+          <t>Eşcinsellik ve Terapi Eleştirisi</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057208118</t>
+          <t>9786057208163</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Yönelimde Değişim Mümkün mü?</t>
+          <t>Eşcinselliğin Nedenleri</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057174192</t>
+          <t>9786057208118</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Politik Eşcinsellik</t>
+          <t>Cinsel Yönelimde Değişim Mümkün mü?</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057208149</t>
+          <t>9786057174192</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Eşcinselliğin Gelişimi ve Eşcinsel Ebeveynlik Tartışmaları</t>
+          <t>Politik Eşcinsellik</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057208170</t>
+          <t>9786057208149</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Politik Bilim Kıskacında Eşcinsellik</t>
+          <t>Eşcinselliğin Gelişimi ve Eşcinsel Ebeveynlik Tartışmaları</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057174185</t>
+          <t>9786057208170</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsellikte Sosyal İlişkiler ve Aile</t>
+          <t>Politik Bilim Kıskacında Eşcinsellik</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057174178</t>
+          <t>9786057174185</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsellikte Terapötik Uygulamalar ve Değişim</t>
+          <t>Eşcinsellikte Sosyal İlişkiler ve Aile</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057174147</t>
+          <t>9786057174178</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsel Bireylere ve Yakınlarına Yardım Sunanlara Yönelik Psikolojik Danışman Eğitim Programı Rehberi</t>
+          <t>Eşcinsellikte Terapötik Uygulamalar ve Değişim</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057174154</t>
+          <t>9786057174147</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsellikten İyileşmek</t>
+          <t>Eşcinsel Bireylere ve Yakınlarına Yardım Sunanlara Yönelik Psikolojik Danışman Eğitim Programı Rehberi</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057208101</t>
+          <t>9786057174154</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsellik, Toplumsal Cinsiyet ve Sosyal Faktörler</t>
+          <t>Eşcinsellikten İyileşmek</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
+          <t>9786057208101</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Eşcinsellik, Toplumsal Cinsiyet ve Sosyal Faktörler</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
           <t>9786057208156</t>
         </is>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Biyolojik Açıdan Eşcinsellik</t>
         </is>
       </c>
-      <c r="C30" s="1">
+      <c r="C31" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>