--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,325 +85,1975 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789758337248</t>
+          <t>9789758337507</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Arap Kaymakam</t>
+          <t>Yeşil ile Kırmızı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>105</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789758337378</t>
+          <t>9789756154014</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist Devleti Anlamak</t>
+          <t>Yesh Gvul Her Şeyin Bir Sınırı Vardır! Başkaldıran İsrail Askerleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>9.72</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789756154342</t>
+          <t>9789758337965</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ötesindeki Deha Tesla</t>
+          <t>Vanilyalı İdeoloji</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>340</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789756154441</t>
+          <t>9789758337194</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>1923 - 2023 Yüz Yılın Siyasi Hikayesi</t>
+          <t>Türk Tarihinde Fiyaskolar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>410</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789758337675</t>
+          <t>9789758337828</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Cilveleri 2</t>
+          <t>Tırı Vırı Şeyler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>430</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789756154335</t>
+          <t>9789756154076</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Darbe ile İmtihanı</t>
+          <t>Tezatname</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>290</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789756154434</t>
+          <t>9789758337156</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bir Kara Deliğe Atlasaydınız</t>
+          <t>Tarihte Büyük Fiyaskolar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>290</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789756154427</t>
+          <t>9789758337668</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Danimarkalı Gibi Mutlu</t>
+          <t>Tarihin Cilveleri 1</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>210</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789756154410</t>
+          <t>9789758337552</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Teröristlerle Konuşmak</t>
+          <t>Tarihin Büyük Yalanları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>550</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789756154366</t>
+          <t>9789758337392</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in Saati</t>
+          <t>Tarihin Büyük Sırları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>525</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789756154311</t>
+          <t>9789758337927</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Lüzumsuz Bilgiler Ansiklopedisi 6</t>
+          <t>Tarihin Büyük Komploları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>330</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789758337798</t>
+          <t>9789756154359</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Lüzumsuz Bilgiler Ansiklopedisi 4</t>
+          <t>Tanrının Öldüğü Gün</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>315</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789758337842</t>
+          <t>9789758337866</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Küresel Başkaldırı</t>
+          <t>Tabular ve Tuhaf Adetler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>370</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789758337712</t>
+          <t>9789758337835</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş ve Kurucu</t>
+          <t>Sultan’ın Sarayı Avrupalıların Doğu Fantezileri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>405</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789758337972</t>
+          <t>9789758337590</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gizem Olarak Tarih</t>
+          <t>Stalin, Eisenhover, Truman Hitler, Roosvelt, De Gaulle Ford, Clemenceau, Churchill Tarihi Değiştiren Başarısızlıklar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>380</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789756154168</t>
+          <t>9789756154151</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Değişmesi Gereken 50 Gerçek</t>
+          <t>Son Klasik Darbe 12 Eylül Söyleşileri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>390</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789758337958</t>
+          <t>9789756154250</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Doğu - Batı Kıskacında Türkiye</t>
+          <t>Sollamalar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>410</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789756154137</t>
+          <t>9789758337491</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Kucağında</t>
+          <t>Salaklık Tarihi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>325</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
+          <t>9789758337859</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Rus Devriminin Gölgesindeki Kadınlar</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>14.35</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9789758337118</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Peçeye Öfke</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9789758337613</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Paranın Satın Alabileceği En İyi Demokrasi Küreselleşmenin, Çok Uluslu Şirketlerin ve Hortumcuların Kirli Çamaşırları</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9789758337095</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Öteki Amerika 1</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>23.61</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9789758337545</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>New Orleans’tan Kosova’ya Bir Türk Kızının Anıları</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9789756154052</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Netekim 12 Eylül’de Geldiler Bir Adamlığın Trajikomik Anıları</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9789756154182</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Nereyesun Karadeniz?</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9789758337583</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Mollie’nin İşi Bir Küreselleşme Hikayesi</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>20.83</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9789758337187</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Miriam’ın Şarkısı</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9789758337538</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Milliyetçilik, Faşizm ve MHP</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>3990000012042</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Maskeler Süvariler Gacılar Ülker Sokak: Bir Alt Kültürün Dışlanma Mekanı</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9789758337897</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Marksizmin Geleceği Var mı?</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9789758337521</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Marks Döndü Tarih Üzerine Bir Oyun</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9789758337750</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Marie Antoinette</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9789756154120</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Lüzumsuz Bilgiler Ansiklopedisi 5</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9789758337606</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Lüzumsuz Bilgiler Ansiklopedisi 3</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9789758337446</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Lüzumsuz Bilgiler Ansiklopedisi 2</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9789758337439</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Lüzumsuz Bilgiler Ansiklopedisi 1</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9789758337057</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Dehşet Dinsel Cinayetler Tarihi</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>8.8</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9789758337699</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Kraliyet Skandalları</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9789756154038</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Kötümserin Tarih Rehberi</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>22.69</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9789758337231</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Köstebek İnsanlar New York Metrosunun Altında Yaşam</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9789758337804</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Siber Marx</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9789758337309</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Tohumları</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9789756154007</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Korsan Ütopyaları</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9789758337934</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Korkunç Türk Batı’nın Gözüyle Osmanlı</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9789758337163</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Kongo Ateşi</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9789758337682</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Yeşil Anılar</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9789758337033</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Nefret 90’ların Dinsel Çatışmaları</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>9.72</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9789758337811</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Kırık Mızraklar Azteklerin Anlatımıyla Meksika’nın Fethi</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9789758337781</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Tarih</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9789758337644</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Beyaz Kabileler</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9789758337286</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>İmparatordan Bir Armağan</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9789758337736</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>İki Şehrin Hikayesi Ankara - İstanbul Çatışması</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>10.65</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9789758337989</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>İdeoloji Olarak Din Kalpsiz Bir Dünyanın Kalbi</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9789756154083</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Hüzünlü Bir Aşk Şarkısıydı Paraguay</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9789758337279</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Homopolitikus Lider Biyografilerindeki Türkiye</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9789756154328</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Hitler’e Mektuplar</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9789756154021</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>İyimserin Tarihi Rehberi</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9789756154236</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Kapı Komşum Konfüçyüs Yirmi Birinci Yüzyıl Neden Asya Yüzyılı</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9789758337026</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Kanarya</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9789756154380</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Semboller</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9789758337323</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Baykuş İmparatorluğu Bir Cia Zihin Kontrolü Kölesinin Gerçek Yaşam Öyküsü</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>20.83</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9789758337620</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Batı Neden Kazandı? Katliam ve Kültür</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9789758337149</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Başka Bir Tarih, Başka Bir Türkiye</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789758337873</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Başka Bir Dünya Mümkün</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9789756154274</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Basit Hayat Kuralları</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9789758337767</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Balkanlar Ortadoğu Kafkasya Soğuk Savaş Sonrası ABD Politikaları</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9789758337101</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Balığın Bisiklete İhtiyacı Ne Kadarsa Kadının Erkeğe İhtiyacı O Kadardır</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9789758337217</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Azize Katherine’in Çalınan Dili</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9789758337293</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Ayakta Kalan Son Kadın</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9789758337996</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Sorunu Avrupa Ne, Avrupalı Kim?</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9789758337088</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Atlıkarınca</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>20.83</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9789756744154</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Düştüğü Yeri Yaksa da... Siz Neler Yapabilirsiniz?</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>9.72</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9789756154090</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Zehri</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9789758337774</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Asyalıların Kafası Çalışır mı? Doğu İle Batı Arasındaki Farkı Anlamak</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>10.65</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9789756154199</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Arafat Bir Siyasi Biyografi</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>26.85</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9789758337743</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>A’raf: Oslo Barışı’ndan El Aksa İntifadasına Ortadoğu</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>20.83</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9789758337910</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Aptallık ve Şans Tarihi Nasıl Değiştirdi?</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9789758337125</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Aptal İncir Ağacı</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>7.87</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9789758337316</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Antik Çağdan Günümüze Yaşlılık Sosyolojik Yaşlanma</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9789756154144</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Amma da Accayip Dünya 2. Cilt</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9789756154113</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Amma da Accayip Dünya 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9789758337200</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Amerikan Muhalifleri Konuşuyor</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>7.87</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9789758337880</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Amerika’dan Neden Nefret Ediliyor?</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9789758337415</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif Tarih Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9789758337941</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Allah ve Tanrı İçin Savaşanlar</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>18.06</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9789756154205</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>365 Gün Gün Tarih</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9789758337705</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>3000 Yılın Ayaklanmaları</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9789758337514</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>1688 Bir Dünya Tarihi</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>23.61</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9789758337453</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Çok Lüzumlu Tarih Ansiklopedisi</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9789756154284</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Çankaya’nın Bütün Adamları</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9789756154069</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Cihangir Vampiri</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>14.35</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9789756154297</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Cansuyu</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9789757146698</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Cahide</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>8.8</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9789758337170</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gökkuşağı Projesi Solda Dün Bugün Yarın</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>20.83</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789758337729</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Betula Öyküler</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>8.8</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9789756154243</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bu Devrimi Sevdim!</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9789756154045</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Doğa Tarihi Nasıl Değiştirdi?</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9789756154229</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Dans ve Devrim Küba Anıları</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9789758337903</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Hitler Sürgünleri</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>19.44</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9789758337040</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Her Şey Su ile Başladı Hayatımın Hikayesi</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9789944435005</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Hepsi Hikaye</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9789758337019</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Hayatım Harbiden Roman</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9789758337002</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Gözleri</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>9.72</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9789756154175</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Eski Bir Hırsızın Anıları</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9789758337132</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Elbisenin Kiracısı</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>20.83</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9789758337637</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Einstein’ın Buzdolabı Tuhaf Hikayeler</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>8.8</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9789758337354</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Eğer Öyle Olsaydı... Alternatif Dünya Tarihi Cilt 2</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>19.44</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9789758337347</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Eğer Öyle Olsaydı... Alternatif Dünya Tarihi 1</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>25.46</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9789758337460</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Dokunulmaz</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>21.76</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789758337361</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Doğanın Yarattığı Gibi: Kız Gibi Yetiştirilen Bir Erkeğin Olağandışı Yaşam Öyküsü</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789758337248</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Arap Kaymakam</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789758337378</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Kapitalist Devleti Anlamak</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>9.72</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9789756154342</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Zamanın Ötesindeki Deha Tesla</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9789756154441</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>1923 - 2023 Yüz Yılın Siyasi Hikayesi</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789758337675</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Tarihin Cilveleri 2</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9789756154335</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Türk’ün Darbe ile İmtihanı</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9789756154434</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kara Deliğe Atlasaydınız</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9789756154427</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Danimarkalı Gibi Mutlu</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9789756154410</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Teröristlerle Konuşmak</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9789756154366</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal’in Saati</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789756154311</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Lüzumsuz Bilgiler Ansiklopedisi 6</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789758337798</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Lüzumsuz Bilgiler Ansiklopedisi 4</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9789758337842</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Başkaldırı</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789758337712</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Kuruluş ve Kurucu</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9789758337972</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Gizem Olarak Tarih</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9789756154168</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Dünyada Değişmesi Gereken 50 Gerçek</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789758337958</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Doğu - Batı Kıskacında Türkiye</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9789756154137</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Doğanın Kucağında</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
           <t>9789756154267</t>
         </is>
       </c>
-      <c r="B20" s="1" t="inlineStr">
+      <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Biz İran’ız İranlı Gençler Tartışıyor</t>
         </is>
       </c>
-      <c r="C20" s="1">
-        <v>325</v>
+      <c r="C130" s="1">
+        <v>510</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>