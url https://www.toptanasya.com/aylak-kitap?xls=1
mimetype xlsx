--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,1090 +85,1675 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057437860</t>
+          <t>9786055691974</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Değerli Şeyler</t>
+          <t>Evrim - Kullanım Kılavuzu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>275</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057437877</t>
+          <t>9786054972258</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Sevdiğim Şey</t>
+          <t>Bilimin Öyküsü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>275</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055691752</t>
+          <t>9786054972234</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Wobbit</t>
+          <t>Görkemli Kaybedenler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>248</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055691691</t>
+          <t>9786055691936</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Neden Aşık Oluyoruz?</t>
+          <t>Akıl - Kullanım Kılavuzu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>198</v>
+        <v>69</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054972609</t>
+          <t>9786054972432</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Matematikçinin Galaksi Rehberi</t>
+          <t>Kurma Kız</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>198</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055691851</t>
+          <t>9786054972470</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gece Oturumları</t>
+          <t>Mevsimler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>280</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055691769</t>
+          <t>9786054972296</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Filozofun Mutluluk Seyahatnamesi</t>
+          <t>Hiç Anadolu Piç Amerika</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>198</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054972159</t>
+          <t>9786054972494</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Aboricinler</t>
+          <t>Uçma Sanatı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>224</v>
+        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056988721</t>
+          <t>9786055691356</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Atomları - Mini Bilim 1</t>
+          <t>Zaman - Yaşamın Hammaddesi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>198</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057437846</t>
+          <t>9786055691806</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Bahçe</t>
+          <t>Yalanlar Bilimi Psikiyatri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>275</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057437815</t>
+          <t>9786055691226</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Zaman Nedir ? - Mini Bilim 7</t>
+          <t>Platon Bir Gün Kolunda Bir Ornitorenkle Bara Girer</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>132</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057437822</t>
+          <t>9786055691370</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Çeşitliliği - Mini Bilim 8</t>
+          <t>Özgürlüğün Peygamberleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057437808</t>
+          <t>9786055691288</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Babam Bana Ne Söyledi?</t>
+          <t>Nietzsche Öldü!</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>275</v>
+        <v>59</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786058001299</t>
+          <t>9786055691400</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Seni Hep Seveceğim</t>
+          <t>Köpeğinize Kuantum Fiziğini Nasıl Öğretirsiniz?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>275</v>
+        <v>64</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786058001275</t>
+          <t>3990000032205</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar ve Denizkızı</t>
+          <t>Katilin Şahidi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>259.9</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058001268</t>
+          <t>9786055691578</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Olduğun Gibisin...</t>
+          <t>İnsan Yemenin Nesi Yanlış?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>275</v>
+        <v>159</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786058001251</t>
+          <t>9786055691660</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Masalları</t>
+          <t>İlerlemenin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>212</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786058001237</t>
+          <t>9786055691592</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Evren - Mini Bilim 6</t>
+          <t>İçiyorum Öyleyse Varım</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058001220</t>
+          <t>9786055691738</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mikroplar - Mini Bilim 5</t>
+          <t>Hiç Yoktan Bir Evren</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>180</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056988738</t>
+          <t>9786055691844</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Beyin - Mini Bilim 2</t>
+          <t>Bir Kurt Cobain Romanı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>180</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056988707</t>
+          <t>9786055691141</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sayılar Diyarına Yolculuk - Mini Bilim 4</t>
+          <t>Bilimin Henüz Yanıtlayamadığı 10 Soru</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058001213</t>
+          <t>9786055691677</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Gizli Yaşamı</t>
+          <t>Bay Tanrı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>289</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054972722</t>
+          <t>9786055691394</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tesla: Modern Dünyanın Mucidi</t>
+          <t>Akıl Oyunları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>280</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054972715</t>
+          <t>9786054972067</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Şimdiye Kadar Anlatılmış En İyi Hikaye: Neden Buradayız?</t>
+          <t>Büyük Tarih - Büyük Patlamadan Bugüne</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>336</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054972708</t>
+          <t>9786054972326</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Pofuduk-Kıvırcık-Ufacık Tefecik</t>
+          <t>Simpsonlar Delirdi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>375</v>
+        <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054972685</t>
+          <t>9786054972098</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünyanın Kralları - Mevsimler</t>
+          <t>Zeplin</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>199.9</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054972678</t>
+          <t>9786054972463</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Platon Bir Gün Karikatür Çizer</t>
+          <t>Minimalist Ebeveynlik</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>320</v>
+        <v>39</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056988752</t>
+          <t>9786054972517</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Yapmama Günü</t>
+          <t>Kırık Kanat (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054972654</t>
+          <t>9786054972456</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Frida Kahlo ve Hayvan Dostları</t>
+          <t>Felsefe</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>69</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054972647</t>
+          <t>9786054972241</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Diabolik Yaz</t>
+          <t>Yaşam Doktoru</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>320</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054972630</t>
+          <t>9786054972487</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yok Kent</t>
+          <t>Matematik</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>248</v>
+        <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054972586</t>
+          <t>9786054972203</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ben, Katil (Ciltli)</t>
+          <t>Hepimiz Tamamen Kendimizi Kaybettik</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>248</v>
+        <v>42</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054972579</t>
+          <t>9786054972210</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kazanamazsın</t>
+          <t>Sevda Kitabı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>348</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054972081</t>
+          <t>9786054972401</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İstasyon Sokağı No: 120</t>
+          <t>Her Keşfettiğimde Değiştiriyorlar Hayatın Anlamını</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>275</v>
+        <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054972562</t>
+          <t>9786055691943</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Seni Dolaba Kim Koydu?</t>
+          <t>Eşeklerin Bilgeliği</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>224</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054972319</t>
+          <t>9786055691981</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bak!</t>
+          <t>Rebetiko</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>280</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054972395</t>
+          <t>9786054972692</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Lotarya</t>
+          <t>Mazhar Saka Kafesinden Uçtu</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>248</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054972333</t>
+          <t>9786056988714</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Fizik - Kullanım Kılavuzu</t>
+          <t>Robotlar ve Yapay Zeka - Mini Bilim 3</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>248</v>
+        <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055691783</t>
+          <t>9786057437884</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Felidae</t>
+          <t>Harika Bir Yeteneğin Var!</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055691790</t>
+          <t>9786057437860</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Einstein’ın Köpeği</t>
+          <t>Değerli Şeyler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>380</v>
+        <v>312.5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055691554</t>
+          <t>9786057437877</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Einstein’ın Düşleri</t>
+          <t>Gerçekten Sevdiğim Şey</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>312.5</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055691813</t>
+          <t>9786055691752</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dünya Neden Var? - Varoluş Üzerine Bir Dedektiflik Hikayesi</t>
+          <t>Wobbit</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>350</v>
+        <v>248</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054972357</t>
+          <t>9786055691691</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Gizli Anarşisi</t>
+          <t>Neden Aşık Oluyoruz?</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>248</v>
+        <v>198</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054972340</t>
+          <t>9786054972609</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Oğul</t>
+          <t>Matematikçinin Galaksi Rehberi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>180</v>
+        <v>198</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054972302</t>
+          <t>9786055691851</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Şeyler Oluyor</t>
+          <t>Gece Oturumları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>212</v>
+        <v>280</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054972289</t>
+          <t>9786055691769</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Filozoflar Dünyası</t>
+          <t>Filozofun Mutluluk Seyahatnamesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>198</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054972272</t>
+          <t>9786054972159</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>En Sevilen Oyun</t>
+          <t>Aboricinler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>260</v>
+        <v>224</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054972265</t>
+          <t>9786056988721</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Küfür Etmenin Kısa Tarihi</t>
+          <t>Evrenin Atomları - Mini Bilim 1</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055691721</t>
+          <t>9786057437846</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Madiba Büyüsü (Ciltli)</t>
+          <t>İçimizdeki Bahçe</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>649.9</v>
+        <v>375</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055691417</t>
+          <t>9786057437815</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sözcük Fabrikası</t>
+          <t>Zaman Nedir ? - Mini Bilim 7</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054972142</t>
+          <t>9786057437822</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Tanrılar</t>
+          <t>Yaşamın Çeşitliliği - Mini Bilim 8</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>224</v>
+        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054972135</t>
+          <t>9786057437808</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet</t>
+          <t>Babam Bana Ne Söyledi?</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>228</v>
+        <v>312.5</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054972036</t>
+          <t>9786058001299</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Filozof Olunur?</t>
+          <t>Seni Hep Seveceğim</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>198</v>
+        <v>312.5</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054972074</t>
+          <t>9786058001275</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein'ın Böceği</t>
+          <t>Rüzgar ve Denizkızı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>198</v>
+        <v>259.9</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789944989770</t>
+          <t>9786058001268</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bilgiler Kitabı</t>
+          <t>Olduğun Gibisin...</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>360</v>
+        <v>375</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055691448</t>
+          <t>9786058001251</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Başarısız Hipotez Tanrı</t>
+          <t>Seçme Dünya Masalları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>280</v>
+        <v>212</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055691776</t>
+          <t>9786058001237</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlarını Öldür</t>
+          <t>Evren - Mini Bilim 6</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>248</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054972227</t>
+          <t>9786058001220</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Işık Parçacıkları</t>
+          <t>Mikroplar - Mini Bilim 5</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054972050</t>
+          <t>9786056988738</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kedi</t>
+          <t>Beyin - Mini Bilim 2</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054972043</t>
+          <t>9786056988707</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Simpsonlar - Hava Binbeşyüz</t>
+          <t>Sayılar Diyarına Yolculuk - Mini Bilim 4</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>248</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054972104</t>
+          <t>9786058001213</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Simpsonlar – Simpsonistan</t>
+          <t>Zihnin Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>248</v>
+        <v>289</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054972029</t>
+          <t>9786054972722</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bana Hayatı Yaşanır Kılan Bazı Şeyler</t>
+          <t>Tesla: Modern Dünyanın Mucidi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>198</v>
+        <v>280</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055691707</t>
+          <t>9786054972715</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Matematik Histerisi</t>
+          <t>Şimdiye Kadar Anlatılmış En İyi Hikaye: Neden Buradayız?</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>240</v>
+        <v>336</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055691998</t>
+          <t>9786054972708</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Yükselişi</t>
+          <t>Muhteşem Pofuduk-Kıvırcık-Ufacık Tefecik</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>380</v>
+        <v>412.5</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055691868</t>
+          <t>9786054972685</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Türk Lokumu</t>
+          <t>Bu Dünyanın Kralları - Mevsimler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>180</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055691950</t>
+          <t>9786054972678</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Pis Maymun</t>
+          <t>Platon Bir Gün Karikatür Çizer</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>298</v>
+        <v>320</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055691929</t>
+          <t>9786056988752</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yavru Kuş</t>
+          <t>Hiçbir Şey Yapmama Günü</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>275</v>
+        <v>412.5</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055691967</t>
+          <t>9786054972654</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Panzehir</t>
+          <t>Frida Kahlo ve Hayvan Dostları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>228</v>
+        <v>375</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055691912</t>
+          <t>9786054972647</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Simpsonlar - Hücum Vakti!</t>
+          <t>Diabolik Yaz</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>248</v>
+        <v>320</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
+          <t>9786054972630</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Yok Kent</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786054972586</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Ben, Katil (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786054972579</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Kazanamazsın</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786054972081</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>İstasyon Sokağı No: 120</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786054972562</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Seni Dolaba Kim Koydu?</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786054972319</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Bak!</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786054972395</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Lotarya</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786054972333</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Fizik - Kullanım Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786055691783</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Felidae</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786055691790</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Einstein’ın Köpeği</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786055691554</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Einstein’ın Düşleri</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786055691813</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Neden Var? - Varoluş Üzerine Bir Dedektiflik Hikayesi</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786054972357</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Bilimin Gizli Anarşisi</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786054972340</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Oğul</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786054972302</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Tuhaf Şeyler Oluyor</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786054972289</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Filozoflar Dünyası</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786054972272</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>En Sevilen Oyun</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786054972265</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Küfür Etmenin Kısa Tarihi</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786055691721</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Madiba Büyüsü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>649.9</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786055691417</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Sözcük Fabrikası</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786054972142</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Tanrılar</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786054972135</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Kıyamet</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786054972036</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Filozof Olunur?</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786054972074</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Wittgenstein'ın Böceği</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9789944989770</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Bilgiler Kitabı</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786055691448</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Başarısız Hipotez Tanrı</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786055691776</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaşlarını Öldür</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786054972227</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Işık Parçacıkları</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786054972050</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Kedi</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786054972043</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Simpsonlar - Hava Binbeşyüz</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786054972104</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Simpsonlar – Simpsonistan</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786054972029</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Bana Hayatı Yaşanır Kılan Bazı Şeyler</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786055691707</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Histerisi</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786055691998</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamın Yükselişi</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786055691868</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Türk Lokumu</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786055691950</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Pis Maymun</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786055691929</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Yavru Kuş</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786055691967</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Panzehir</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786055691912</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Simpsonlar - Hücum Vakti!</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
           <t>9786055691875</t>
         </is>
       </c>
-      <c r="B71" s="1" t="inlineStr">
+      <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Simpsonlar: Makara Kukara</t>
         </is>
       </c>
-      <c r="C71" s="1">
+      <c r="C110" s="1">
         <v>248</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>