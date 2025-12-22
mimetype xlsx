--- v0 (2025-11-03)
+++ v1 (2025-12-22)
@@ -85,2245 +85,2395 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255963390</t>
+          <t>9786259773469</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Valerie Vogler’ın Günlüğü</t>
+          <t>Bizans Düşerken</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>154</v>
+        <v>135</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255963475</t>
+          <t>9786255963758</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ben Tam Kendime Göre</t>
+          <t>Dikiş Tutmaz</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255963352</t>
+          <t>9786255963598</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bataklık</t>
+          <t>Yaban Belde</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255963314</t>
+          <t>9786255963659</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Beni Gördüğünü Anlat</t>
+          <t>Madame Bovary' yi Kim Öldürdü?</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255963512</t>
+          <t>9786255963499</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sesin Yolculuğunda</t>
+          <t>Köy</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255963437</t>
+          <t>9786255963611</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Karmaşası</t>
+          <t>Yasak Şehrin Kırmızı Duvarı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255963277</t>
+          <t>9786255963338</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Paris'te Yedi Günah</t>
+          <t>Sekizinci Kıta - Enis Batur Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>110</v>
+        <v>390</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255963550</t>
+          <t>9786255963697</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağalar Uçar mı?</t>
+          <t>Roman Kuramı ve Uygulamaları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255963468</t>
+          <t>9786255963673</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Komedi Oyunları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255963413</t>
+          <t>9786255963635</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Unutuşun Anatomisi</t>
+          <t>Diyemedim</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>164</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255963253</t>
+          <t>9786255963390</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kırgın Bir Gezgin</t>
+          <t>Valerie Vogler’ın Günlüğü</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255963215</t>
+          <t>9786255963475</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Arifiye’de Kuşlar</t>
+          <t>Ben Tam Kendime Göre</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>115</v>
+        <v>320</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255963376</t>
+          <t>9786255963352</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Varsın Çıksın Her Şey Çığırından</t>
+          <t>Bataklık</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>445</v>
+        <v>450</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255963291</t>
+          <t>9786255963314</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kemikler ve Yeşil Elma</t>
+          <t>Beni Gördüğünü Anlat</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055862121</t>
+          <t>9786255963512</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet ve Gurur</t>
+          <t>Sesin Yolculuğunda</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>205</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255963239</t>
+          <t>9786255963437</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Öyküler</t>
+          <t>Kuantum Karmaşası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259526645</t>
+          <t>9786255963277</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Kanatları Altında</t>
+          <t>Paris'te Yedi Günah</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>290</v>
+        <v>145</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255963130</t>
+          <t>9786255963550</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tiyatrodan Sinemaya</t>
+          <t>Kaplumbağalar Uçar mı?</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>396</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255963093</t>
+          <t>9786255963468</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Pala Mustafa</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>296</v>
+        <v>395</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255963178</t>
+          <t>9786255963413</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>M. C. Anday Romanlarında Felsefi ve Düşünsel Gizem</t>
+          <t>Bir Unutuşun Anatomisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>364</v>
+        <v>240</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255963154</t>
+          <t>9786255963253</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Asi Nehrin Çocukları</t>
+          <t>Kırgın Bir Gezgin</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>296</v>
+        <v>145</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255963055</t>
+          <t>9786255963215</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Batı Dağının Gölgesinde</t>
+          <t>Arifiye’de Kuşlar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>198</v>
+        <v>225</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255963031</t>
+          <t>9786255963376</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Şehrazat’ın İrlandalı Üvey Kız Kardeşleri</t>
+          <t>Varsın Çıksın Her Şey Çığırından</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>235</v>
+        <v>555</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255963116</t>
+          <t>9786255963291</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sana Milyarlarca Kelime Yazabilirdim</t>
+          <t>Kemikler ve Yeşil Elma</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255963079</t>
+          <t>9786055862121</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Yangın Yeri</t>
+          <t>Masumiyet ve Gurur</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259526607</t>
+          <t>9786255963239</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Geceyi Takma Saçlarıma</t>
+          <t>Karanlık Öyküler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>148</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055862589</t>
+          <t>9786259526645</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kolay Lokma</t>
+          <t>Meleklerin Kanatları Altında</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>158</v>
+        <v>360</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255963017</t>
+          <t>9786255963130</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kuş Sesleri</t>
+          <t>Tiyatrodan Sinemaya</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>112</v>
+        <v>495</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259773438</t>
+          <t>9786255963093</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Gençlik Tiyatro Oyunları</t>
+          <t>Pala Mustafa</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>192</v>
+        <v>370</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259773414</t>
+          <t>9786255963178</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bu Gençler Ne Bilirler?</t>
+          <t>M. C. Anday Romanlarında Felsefi ve Düşünsel Gizem</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>160</v>
+        <v>455</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259526669</t>
+          <t>9786255963154</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Kudret</t>
+          <t>Asi Nehrin Çocukları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259526638</t>
+          <t>9786255963055</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Zamandan Artakalan</t>
+          <t>Batı Dağının Gölgesinde</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>480</v>
+        <v>245</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055862893</t>
+          <t>9786255963031</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kar Küresi</t>
+          <t>Şehrazat’ın İrlandalı Üvey Kız Kardeşleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>144</v>
+        <v>295</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259526683</t>
+          <t>9786255963116</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İkame Aşklar</t>
+          <t>Sana Milyarlarca Kelime Yazabilirdim</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>258</v>
+        <v>375</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258309782</t>
+          <t>9786255963079</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kendi Yolumda</t>
+          <t>Yüreğim Yangın Yeri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055862480</t>
+          <t>9786259526607</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal Pirandello</t>
+          <t>Geceyi Takma Saçlarıma</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>148</v>
+        <v>185</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259526614</t>
+          <t>9786055862589</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Şemsiyenin Gizemi</t>
+          <t>Kolay Lokma</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>238</v>
+        <v>195</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259773476</t>
+          <t>9786255963017</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Padişahın Kaftanı</t>
+          <t>Kuş Sesleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>134</v>
+        <v>140</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055862176</t>
+          <t>9786259773438</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kaybolduğum Şehirler</t>
+          <t>Çocuk ve Gençlik Tiyatro Oyunları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>192</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259781495</t>
+          <t>9786259773414</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Anlaşılmayan İnsan</t>
+          <t>Bu Gençler Ne Bilirler?</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>394</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259781471</t>
+          <t>9786259526669</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Taban Tepenler</t>
+          <t>Üçüncü Kudret</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055862688</t>
+          <t>9786259526638</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kral</t>
+          <t>Zamandan Artakalan</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055862909</t>
+          <t>9786055862893</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz’in Diliyle</t>
+          <t>Kar Küresi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>260</v>
+        <v>144</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055862879</t>
+          <t>9786259526683</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Bahçesi</t>
+          <t>İkame Aşklar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055862862</t>
+          <t>9786258309782</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gamlar</t>
+          <t>Kendi Yolumda</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>188</v>
+        <v>195</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055862886</t>
+          <t>9786055862480</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ruziye Hanım</t>
+          <t>Hoşçakal Pirandello</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055862848</t>
+          <t>9786259526614</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ya Herkes Kurtarılmalı Ya Da Hiç Kimse</t>
+          <t>Şemsiyenin Gizemi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>210</v>
+        <v>295</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055862749</t>
+          <t>9786259773476</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mendil Alır Mısınız?</t>
+          <t>Padişahın Kaftanı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055862565</t>
+          <t>9786055862176</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Maymun ve Oğlan</t>
+          <t>Kaybolduğum Şehirler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>196</v>
+        <v>240</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055862664</t>
+          <t>9786259781495</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Meryem ve Kız Kardeşleri</t>
+          <t>Anlaşılmayan İnsan</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>120</v>
+        <v>394</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055862794</t>
+          <t>9786259781471</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Küllerinden Yeniden</t>
+          <t>Taban Tepenler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>374</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055862787</t>
+          <t>9786055862688</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Rüya</t>
+          <t>Kral</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055862770</t>
+          <t>9786055862909</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kırık Rapsodi</t>
+          <t>Akdeniz’in Diliyle</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>360</v>
+        <v>325</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055862855</t>
+          <t>9786055862879</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kim Katlanabilir Zamanın Kırbaçlarına?</t>
+          <t>Bilgelik Bahçesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055862831</t>
+          <t>9786055862862</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Deniz Esintisi</t>
+          <t>Gamlar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>118</v>
+        <v>235</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055862756</t>
+          <t>9786055862886</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Not Defteri</t>
+          <t>Ruziye Hanım</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>118</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055862640</t>
+          <t>9786055862848</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz Ceruse</t>
+          <t>Ya Herkes Kurtarılmalı Ya Da Hiç Kimse</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>178</v>
+        <v>265</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055862701</t>
+          <t>9786055862749</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Acının Ütopyası</t>
+          <t>Mendil Alır Mısınız?</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055862800</t>
+          <t>9786055862565</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun Gözü</t>
+          <t>Maymun ve Oğlan</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>148</v>
+        <v>245</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055862817</t>
+          <t>9786055862664</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hayrana’da Toplu İntihar</t>
+          <t>Meryem ve Kız Kardeşleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>188</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055862763</t>
+          <t>9786055862794</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Stalin + Bianca</t>
+          <t>Küllerinden Yeniden</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>226</v>
+        <v>470</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256459991</t>
+          <t>9786055862787</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Zafer Apartmanı</t>
+          <t>Rüya</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>224</v>
+        <v>410</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055862725</t>
+          <t>9786055862770</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Troyalı Helen</t>
+          <t>Kırık Rapsodi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>196</v>
+        <v>400</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055862466</t>
+          <t>9786055862855</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Aslanın Sırıtışı</t>
+          <t>Kim Katlanabilir Zamanın Kırbaçlarına?</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>256</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055862442</t>
+          <t>9786055862831</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Demirden Kız</t>
+          <t>Deniz Esintisi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>228</v>
+        <v>145</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055862602</t>
+          <t>9786055862756</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Reyhan Şerbeti</t>
+          <t>İmparatorun Not Defteri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>154</v>
+        <v>145</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055862534</t>
+          <t>9786055862640</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kadın, Pencere ve Kedi</t>
+          <t>Eşsiz Ceruse</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>196</v>
+        <v>215</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055862428</t>
+          <t>9786055862701</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Eksik</t>
+          <t>Acının Ütopyası</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055862404</t>
+          <t>9786055862800</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>Kuzgun Gözü</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>194</v>
+        <v>185</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055862367</t>
+          <t>9786055862817</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Dikey Orman</t>
+          <t>Hayrana’da Toplu İntihar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055862343</t>
+          <t>9786055862763</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Osman’ın Keçileri Kaçırdığı Mevsim</t>
+          <t>Stalin + Bianca</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>282.5</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055862510</t>
+          <t>9786256459991</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Bilinmeyen Yazgısında</t>
+          <t>Zafer Apartmanı</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055862312</t>
+          <t>9786055862725</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yazınca Oluyor</t>
+          <t>Troyalı Helen</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>192</v>
+        <v>245</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055862381</t>
+          <t>9786055862466</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Aynı Yıldızın Altında</t>
+          <t>Aslanın Sırıtışı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055862558</t>
+          <t>9786055862442</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Adı: Kadın Öykü Seçkisi</t>
+          <t>Demirden Kız</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>194</v>
+        <v>285</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055862329</t>
+          <t>9786055862602</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Lovitler - Gizli Tapınak Mithras Yolculuğu</t>
+          <t>Reyhan Şerbeti</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055862275</t>
+          <t>9786055862534</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Pucepe</t>
+          <t>Kadın, Pencere ve Kedi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055862268</t>
+          <t>9786055862428</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Altı Üstü</t>
+          <t>Eksik</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055862251</t>
+          <t>9786055862404</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Açık Perde</t>
+          <t>Yol</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>210</v>
+        <v>245</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055862220</t>
+          <t>9786055862367</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kocam Bir Gey mi?</t>
+          <t>Dikey Orman</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055862183</t>
+          <t>9786055862343</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Gör Dediği</t>
+          <t>Osman’ın Keçileri Kaçırdığı Mevsim</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055862244</t>
+          <t>9786055862510</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Duygu Uygarlığı</t>
+          <t>Geleceğin Bilinmeyen Yazgısında</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>196</v>
+        <v>350</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055862114</t>
+          <t>9786055862312</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Su Üzerindeki Petrol</t>
+          <t>Yazınca Oluyor</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>196</v>
+        <v>240</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055862152</t>
+          <t>9786055862381</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Petrol Mezarlığı</t>
+          <t>Aynı Yıldızın Altında</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>196</v>
+        <v>325</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258309867</t>
+          <t>9786055862558</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Şehirler</t>
+          <t>Adı: Kadın Öykü Seçkisi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>232</v>
+        <v>194</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256459632</t>
+          <t>9786055862329</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Şarkılarını Söylemeyi Unutan Kadınlar</t>
+          <t>Lovitler - Gizli Tapınak Mithras Yolculuğu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055862145</t>
+          <t>9786055862275</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Denizde Uçarken Gökyüzüne Düşen Kuşlar</t>
+          <t>Pucepe</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>296</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055862107</t>
+          <t>9786055862268</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Azgın Var!</t>
+          <t>Altı Üstü</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>190</v>
+        <v>235</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055862084</t>
+          <t>9786055862251</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Masalcı Ana Masallarıyla Şifa Dağıtan Kadın</t>
+          <t>Açık Perde</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256459151</t>
+          <t>9786055862220</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Lily Olmadan Yüz Gün</t>
+          <t>Kocam Bir Gey mi?</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256459045</t>
+          <t>9786055862183</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçsel Hazinesini Keşfetmek</t>
+          <t>Şeytanın Gör Dediği</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>196</v>
+        <v>275</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256459144</t>
+          <t>9786055862244</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kasabanın Kadınları</t>
+          <t>Duygu Uygarlığı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>192</v>
+        <v>245</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256459625</t>
+          <t>9786055862114</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kadın Hapishanesindeki Anılarım</t>
+          <t>Su Üzerindeki Petrol</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258309812</t>
+          <t>9786055862152</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Okunaksız</t>
+          <t>Petrol Mezarlığı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>260</v>
+        <v>245</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256459489</t>
+          <t>9786258309867</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Melek Görülecek Çağ Değildi</t>
+          <t>Kağıttan Şehirler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256459236</t>
+          <t>9786256459632</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sakin Bir Yermiş Gibi</t>
+          <t>Şarkılarını Söylemeyi Unutan Kadınlar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256459472</t>
+          <t>9786055862145</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bir Cinayetin Sıra Dışı Hikayesi - Oğuz</t>
+          <t>Denizde Uçarken Gökyüzüne Düşen Kuşlar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>154</v>
+        <v>370</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256459496</t>
+          <t>9786055862107</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Okumanın İncelikleri</t>
+          <t>Azgın Var!</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258309492</t>
+          <t>9786055862084</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kırılan Camların Sesi</t>
+          <t>Masalcı Ana Masallarıyla Şifa Dağıtan Kadın</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256459274</t>
+          <t>9786256459151</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Henüz Vakit Varken</t>
+          <t>Lily Olmadan Yüz Gün</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>134</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258309171</t>
+          <t>9786256459045</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yılan Balığı Avı</t>
+          <t>Hayatın İçsel Hazinesini Keşfetmek</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>260</v>
+        <v>245</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256459250</t>
+          <t>9786256459144</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Alkarısı Öykü Seçkisi</t>
+          <t>Kasabanın Kadınları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256459359</t>
+          <t>9786256459625</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Veda ve Ada - Omnia Mors Aequat Beşlisi V</t>
+          <t>Kadın Hapishanesindeki Anılarım</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256459366</t>
+          <t>9786258309812</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar ve Tepe - Omnia Mors Aequat Beşlisi IV</t>
+          <t>Okunaksız</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256459380</t>
+          <t>9786256459489</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kent ve Kaos - Omnia Mors Aequat Beşlisi I</t>
+          <t>Melek Görülecek Çağ Değildi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256459403</t>
+          <t>9786256459236</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Dağ ve Kaçış - Omnia Mors Aequat Beşlisi II</t>
+          <t>Dünya Sakin Bir Yermiş Gibi</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256459397</t>
+          <t>9786256459472</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Arzu ve Kan - Omnia Mors Aequat Beşlisi III</t>
+          <t>Bir Cinayetin Sıra Dışı Hikayesi - Oğuz</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256459182</t>
+          <t>9786256459496</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sessiz</t>
+          <t>Okumanın İncelikleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256459199</t>
+          <t>9786258309492</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Konsensüs: Mafyaya Demokrasi Gelirse</t>
+          <t>Kırılan Camların Sesi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256459014</t>
+          <t>9786256459274</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Oyunlarını Okumak İçin Yöntemsel Bir Kılavuz</t>
+          <t>Henüz Vakit Varken</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256459021</t>
+          <t>9786258309171</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kelebeklerin Hayatı</t>
+          <t>Yılan Balığı Avı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258309546</t>
+          <t>9786256459250</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın En Önemli Toplantısı</t>
+          <t>Alkarısı Öykü Seçkisi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258309997</t>
+          <t>9786256459359</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Eski Dünya</t>
+          <t>Veda ve Ada - Omnia Mors Aequat Beşlisi V</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258309973</t>
+          <t>9786256459366</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Samut</t>
+          <t>Rüzgar ve Tepe - Omnia Mors Aequat Beşlisi IV</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258309980</t>
+          <t>9786256459380</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Oran</t>
+          <t>Kent ve Kaos - Omnia Mors Aequat Beşlisi I</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256459052</t>
+          <t>9786256459403</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Git Konuş! Ölmezsin</t>
+          <t>Dağ ve Kaçış - Omnia Mors Aequat Beşlisi II</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258309744</t>
+          <t>9786256459397</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hişt Hişt! Duyan Var mı?</t>
+          <t>Arzu ve Kan - Omnia Mors Aequat Beşlisi III</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258309942</t>
+          <t>9786256459182</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Var Mısın Sevdaya?</t>
+          <t>Sessiz</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258309843</t>
+          <t>9786256459199</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Patolojisi</t>
+          <t>Konsensüs: Mafyaya Demokrasi Gelirse</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258309805</t>
+          <t>9786256459014</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Bir Yıldız Daha</t>
+          <t>Tiyatro Oyunlarını Okumak İçin Yöntemsel Bir Kılavuz</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258309799</t>
+          <t>9786256459021</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Köpekler ve İnsanlar</t>
+          <t>Kelebeklerin Hayatı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258309133</t>
+          <t>9786258309546</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Mağaraya Sıkışan Son İnsanlar</t>
+          <t>Hayatımın En Önemli Toplantısı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258309935</t>
+          <t>9786258309997</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Dört Hali</t>
+          <t>Eski Dünya</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257537353</t>
+          <t>9786258309973</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bir Kar Tanesinin Ömrü</t>
+          <t>Samut</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257537766</t>
+          <t>9786258309980</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Uzaklardaki Ayçiçeği Tarlaları</t>
+          <t>Yanlış Oran</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258309621</t>
+          <t>9786256459052</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Elibittibile</t>
+          <t>Git Konuş! Ölmezsin</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>194</v>
+        <v>300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258309508</t>
+          <t>9786258309744</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Gece Ölmek</t>
+          <t>Hişt Hişt! Duyan Var mı?</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>198</v>
+        <v>190</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258309119</t>
+          <t>9786258309942</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hayalindeki Ev</t>
+          <t>Var Mısın Sevdaya?</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>184</v>
+        <v>170</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258309720</t>
+          <t>9786258309843</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Avril, Kyoto’dasın!</t>
+          <t>Aşkın Patolojisi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>194</v>
+        <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258309652</t>
+          <t>9786258309805</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>En Uzun Gün</t>
+          <t>Bir Yıldız Bir Yıldız Daha</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>160</v>
+        <v>295</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258309560</t>
+          <t>9786258309799</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Leyla Buradan Taşındı</t>
+          <t>Köpekler ve İnsanlar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257537933</t>
+          <t>9786258309133</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Savaş Günlükleri</t>
+          <t>Mağaraya Sıkışan Son İnsanlar</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258309690</t>
+          <t>9786258309935</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ansızın Değişir Hayat</t>
+          <t>Aşkın Dört Hali</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258309249</t>
+          <t>9786257537353</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Luka Benim Adım</t>
+          <t>Bir Kar Tanesinin Ömrü</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258309256</t>
+          <t>9786257537766</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Yıllar</t>
+          <t>Uzaklardaki Ayçiçeği Tarlaları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258309034</t>
+          <t>9786258309621</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Öykü Yazmanın İncelikleri</t>
+          <t>Elibittibile</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258309201</t>
+          <t>9786258309508</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Fısıltılar</t>
+          <t>Gece Ölmek</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>260</v>
+        <v>198</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258309058</t>
+          <t>9786258309119</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kaza Geliyorum Der</t>
+          <t>Hayalindeki Ev</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258309270</t>
+          <t>9786258309720</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Kız</t>
+          <t>Günaydın Avril, Kyoto’dasın!</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>194</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258309140</t>
+          <t>9786258309652</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Beni Buradan Arama, Yokum</t>
+          <t>En Uzun Gün</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258309157</t>
+          <t>9786258309560</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Ağır Kokusu</t>
+          <t>Leyla Buradan Taşındı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>128</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257537988</t>
+          <t>9786257537933</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Resimli Adalya Kitabı</t>
+          <t>Savaş Günlükleri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257537872</t>
+          <t>9786258309690</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Son Üç Dakika</t>
+          <t>Ansızın Değişir Hayat</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257537834</t>
+          <t>9786258309249</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Şairsel Mevzular</t>
+          <t>Luka Benim Adım</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>179</v>
+        <v>425</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257537865</t>
+          <t>9786258309256</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Sevmeler Ustası</t>
+          <t>Kaybolan Yıllar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752498105</t>
+          <t>9786258309034</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Fısıldadığı Hikayeler</t>
+          <t>Öykü Yazmanın İncelikleri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>178</v>
+        <v>175</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
+          <t>9786258309201</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Fısıltılar</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786258309058</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Kaza Geliyorum Der</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786258309270</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Kız</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786258309140</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Beni Buradan Arama, Yokum</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786258309157</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlığın Ağır Kokusu</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786257537988</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Adalya Kitabı</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786257537872</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Son Üç Dakika</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786257537834</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Şairsel Mevzular</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786257537865</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Uzaktan Sevmeler Ustası</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9789752498105</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Kadınların Fısıldadığı Hikayeler</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
           <t>9789752498341</t>
         </is>
       </c>
-      <c r="B148" s="1" t="inlineStr">
+      <c r="B158" s="1" t="inlineStr">
         <is>
           <t>İstanbul Çözüldü</t>
         </is>
       </c>
-      <c r="C148" s="1">
-        <v>140</v>
+      <c r="C158" s="1">
+        <v>175</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>