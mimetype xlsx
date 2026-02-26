--- v1 (2025-12-22)
+++ v2 (2026-02-26)
@@ -85,2395 +85,2635 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259773469</t>
+          <t>9786255963864</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bizans Düşerken</t>
+          <t>Elif Ana</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>135</v>
+        <v>260</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255963758</t>
+          <t>9786255963840</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dikiş Tutmaz</t>
+          <t>Zer</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255963598</t>
+          <t>9786255963796</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yaban Belde</t>
+          <t>Sri Lanka’nın Yitik Kızları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255963659</t>
+          <t>9786255963710</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Madame Bovary' yi Kim Öldürdü?</t>
+          <t>Safran</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255963499</t>
+          <t>9786255963192</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Köy</t>
+          <t>Can Veremeyenler Mezarlığının Tanığı: Felix</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>135</v>
+        <v>290</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255963611</t>
+          <t>2782025020253</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yasak Şehrin Kırmızı Duvarı</t>
+          <t>2025 Kadın Yazarlar Ajandası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>360</v>
+        <v>134</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255963338</t>
+          <t>9786055862039</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sekizinci Kıta - Enis Batur Üzerine Yazılar</t>
+          <t>Yüz Toprak Şiir</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>390</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255963697</t>
+          <t>9786055862077</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Roman Kuramı ve Uygulamaları</t>
+          <t>Tunceli Gerçeği</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>280</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255963673</t>
+          <t>9786055862046</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Komedi Oyunları</t>
+          <t>Demokrasi Yolunda 1</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>280</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255963635</t>
+          <t>9786255963819</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Diyemedim</t>
+          <t>Bende Kalmasın</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>470</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255963390</t>
+          <t>9786255963574</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Valerie Vogler’ın Günlüğü</t>
+          <t>Ben Rosa!</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255963475</t>
+          <t>9786255963734</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ben Tam Kendime Göre</t>
+          <t>Jeanne Yollarda</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255963352</t>
+          <t>9786255963772</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bataklık</t>
+          <t>Girit’e Dönüyorum</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255963314</t>
+          <t>9786255963536</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Beni Gördüğünü Anlat</t>
+          <t>Benim Altayım</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255963512</t>
+          <t>9786055862190</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sesin Yolculuğunda</t>
+          <t>Omnia Mors Aequat (Tek Kitap)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>980</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255963437</t>
+          <t>9786055862015</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Karmaşası</t>
+          <t>Toprak Devri Asileri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255963277</t>
+          <t>9786259773469</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Paris'te Yedi Günah</t>
+          <t>Bizans Düşerken</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>145</v>
+        <v>135</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255963550</t>
+          <t>9786255963758</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağalar Uçar mı?</t>
+          <t>Dikiş Tutmaz</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255963468</t>
+          <t>9786255963598</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Yaban Belde</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>395</v>
+        <v>360</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255963413</t>
+          <t>9786255963659</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Unutuşun Anatomisi</t>
+          <t>Madame Bovary' yi Kim Öldürdü?</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255963253</t>
+          <t>9786255963499</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kırgın Bir Gezgin</t>
+          <t>Köy</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>145</v>
+        <v>135</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255963215</t>
+          <t>9786255963611</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Arifiye’de Kuşlar</t>
+          <t>Yasak Şehrin Kırmızı Duvarı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>225</v>
+        <v>360</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255963376</t>
+          <t>9786255963338</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Varsın Çıksın Her Şey Çığırından</t>
+          <t>Sekizinci Kıta - Enis Batur Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>555</v>
+        <v>390</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255963291</t>
+          <t>9786255963697</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kemikler ve Yeşil Elma</t>
+          <t>Roman Kuramı ve Uygulamaları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055862121</t>
+          <t>9786255963673</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet ve Gurur</t>
+          <t>Komedi Oyunları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255963239</t>
+          <t>9786255963635</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Öyküler</t>
+          <t>Diyemedim</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259526645</t>
+          <t>9786255963390</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Kanatları Altında</t>
+          <t>Valerie Vogler’ın Günlüğü</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255963130</t>
+          <t>9786255963475</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tiyatrodan Sinemaya</t>
+          <t>Ben Tam Kendime Göre</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>495</v>
+        <v>320</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255963093</t>
+          <t>9786255963352</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Pala Mustafa</t>
+          <t>Bataklık</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255963178</t>
+          <t>9786255963314</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>M. C. Anday Romanlarında Felsefi ve Düşünsel Gizem</t>
+          <t>Beni Gördüğünü Anlat</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>455</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255963154</t>
+          <t>9786255963512</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Asi Nehrin Çocukları</t>
+          <t>Sesin Yolculuğunda</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255963055</t>
+          <t>9786255963437</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Batı Dağının Gölgesinde</t>
+          <t>Kuantum Karmaşası</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>245</v>
+        <v>360</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255963031</t>
+          <t>9786255963277</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Şehrazat’ın İrlandalı Üvey Kız Kardeşleri</t>
+          <t>Paris'te Yedi Günah</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>295</v>
+        <v>145</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255963116</t>
+          <t>9786255963550</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sana Milyarlarca Kelime Yazabilirdim</t>
+          <t>Kaplumbağalar Uçar mı?</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255963079</t>
+          <t>9786255963468</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Yangın Yeri</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259526607</t>
+          <t>9786255963413</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Geceyi Takma Saçlarıma</t>
+          <t>Bir Unutuşun Anatomisi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055862589</t>
+          <t>9786255963253</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kolay Lokma</t>
+          <t>Kırgın Bir Gezgin</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>195</v>
+        <v>145</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255963017</t>
+          <t>9786255963215</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kuş Sesleri</t>
+          <t>Arifiye’de Kuşlar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259773438</t>
+          <t>9786255963376</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Gençlik Tiyatro Oyunları</t>
+          <t>Varsın Çıksın Her Şey Çığırından</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>240</v>
+        <v>555</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259773414</t>
+          <t>9786255963291</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bu Gençler Ne Bilirler?</t>
+          <t>Kemikler ve Yeşil Elma</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259526669</t>
+          <t>9786055862121</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Kudret</t>
+          <t>Masumiyet ve Gurur</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259526638</t>
+          <t>9786255963239</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Zamandan Artakalan</t>
+          <t>Karanlık Öyküler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055862893</t>
+          <t>9786259526645</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kar Küresi</t>
+          <t>Meleklerin Kanatları Altında</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>144</v>
+        <v>360</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259526683</t>
+          <t>9786255963130</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İkame Aşklar</t>
+          <t>Tiyatrodan Sinemaya</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>320</v>
+        <v>495</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258309782</t>
+          <t>9786255963093</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kendi Yolumda</t>
+          <t>Pala Mustafa</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>195</v>
+        <v>370</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055862480</t>
+          <t>9786255963178</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal Pirandello</t>
+          <t>M. C. Anday Romanlarında Felsefi ve Düşünsel Gizem</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>185</v>
+        <v>455</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259526614</t>
+          <t>9786255963154</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Şemsiyenin Gizemi</t>
+          <t>Asi Nehrin Çocukları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>295</v>
+        <v>370</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259773476</t>
+          <t>9786255963055</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Padişahın Kaftanı</t>
+          <t>Batı Dağının Gölgesinde</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>165</v>
+        <v>245</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055862176</t>
+          <t>9786255963031</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kaybolduğum Şehirler</t>
+          <t>Şehrazat’ın İrlandalı Üvey Kız Kardeşleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>240</v>
+        <v>295</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259781495</t>
+          <t>9786255963116</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Anlaşılmayan İnsan</t>
+          <t>Sana Milyarlarca Kelime Yazabilirdim</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>394</v>
+        <v>375</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259781471</t>
+          <t>9786255963079</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Taban Tepenler</t>
+          <t>Yüreğim Yangın Yeri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055862688</t>
+          <t>9786259526607</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kral</t>
+          <t>Geceyi Takma Saçlarıma</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>350</v>
+        <v>185</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055862909</t>
+          <t>9786055862589</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz’in Diliyle</t>
+          <t>Kolay Lokma</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>325</v>
+        <v>195</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055862879</t>
+          <t>9786255963017</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Bahçesi</t>
+          <t>Kuş Sesleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055862862</t>
+          <t>9786259773438</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gamlar</t>
+          <t>Çocuk ve Gençlik Tiyatro Oyunları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>235</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055862886</t>
+          <t>9786259773414</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ruziye Hanım</t>
+          <t>Bu Gençler Ne Bilirler?</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055862848</t>
+          <t>9786259526669</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ya Herkes Kurtarılmalı Ya Da Hiç Kimse</t>
+          <t>Üçüncü Kudret</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055862749</t>
+          <t>9786259526638</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mendil Alır Mısınız?</t>
+          <t>Zamandan Artakalan</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>185</v>
+        <v>600</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055862565</t>
+          <t>9786055862893</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Maymun ve Oğlan</t>
+          <t>Kar Küresi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055862664</t>
+          <t>9786259526683</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Meryem ve Kız Kardeşleri</t>
+          <t>İkame Aşklar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055862794</t>
+          <t>9786258309782</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Küllerinden Yeniden</t>
+          <t>Kendi Yolumda</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>470</v>
+        <v>195</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055862787</t>
+          <t>9786055862480</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Rüya</t>
+          <t>Hoşçakal Pirandello</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>410</v>
+        <v>185</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055862770</t>
+          <t>9786259526614</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kırık Rapsodi</t>
+          <t>Şemsiyenin Gizemi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>400</v>
+        <v>295</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055862855</t>
+          <t>9786259773476</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kim Katlanabilir Zamanın Kırbaçlarına?</t>
+          <t>Padişahın Kaftanı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055862831</t>
+          <t>9786055862176</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Deniz Esintisi</t>
+          <t>Kaybolduğum Şehirler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>145</v>
+        <v>240</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055862756</t>
+          <t>9786259781495</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Not Defteri</t>
+          <t>Anlaşılmayan İnsan</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>145</v>
+        <v>394</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055862640</t>
+          <t>9786259781471</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz Ceruse</t>
+          <t>Taban Tepenler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055862701</t>
+          <t>9786055862688</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Acının Ütopyası</t>
+          <t>Kral</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055862800</t>
+          <t>9786055862909</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun Gözü</t>
+          <t>Akdeniz’in Diliyle</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055862817</t>
+          <t>9786055862879</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hayrana’da Toplu İntihar</t>
+          <t>Bilgelik Bahçesi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>235</v>
+        <v>165</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055862763</t>
+          <t>9786055862862</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Stalin + Bianca</t>
+          <t>Gamlar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>282.5</v>
+        <v>235</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256459991</t>
+          <t>9786055862886</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Zafer Apartmanı</t>
+          <t>Ruziye Hanım</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055862725</t>
+          <t>9786055862848</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Troyalı Helen</t>
+          <t>Ya Herkes Kurtarılmalı Ya Da Hiç Kimse</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>245</v>
+        <v>265</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055862466</t>
+          <t>9786055862749</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Aslanın Sırıtışı</t>
+          <t>Mendil Alır Mısınız?</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>320</v>
+        <v>185</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055862442</t>
+          <t>9786055862565</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Demirden Kız</t>
+          <t>Maymun ve Oğlan</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>285</v>
+        <v>245</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055862602</t>
+          <t>9786055862664</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Reyhan Şerbeti</t>
+          <t>Meryem ve Kız Kardeşleri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055862534</t>
+          <t>9786055862794</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kadın, Pencere ve Kedi</t>
+          <t>Küllerinden Yeniden</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>245</v>
+        <v>470</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055862428</t>
+          <t>9786055862787</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Eksik</t>
+          <t>Rüya</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>275</v>
+        <v>410</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055862404</t>
+          <t>9786055862770</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>Kırık Rapsodi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>245</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055862367</t>
+          <t>9786055862855</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dikey Orman</t>
+          <t>Kim Katlanabilir Zamanın Kırbaçlarına?</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055862343</t>
+          <t>9786055862831</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Osman’ın Keçileri Kaçırdığı Mevsim</t>
+          <t>Deniz Esintisi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055862510</t>
+          <t>9786055862756</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Bilinmeyen Yazgısında</t>
+          <t>İmparatorun Not Defteri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>350</v>
+        <v>145</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055862312</t>
+          <t>9786055862640</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yazınca Oluyor</t>
+          <t>Eşsiz Ceruse</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>240</v>
+        <v>215</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055862381</t>
+          <t>9786055862701</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Aynı Yıldızın Altında</t>
+          <t>Acının Ütopyası</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>325</v>
+        <v>230</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055862558</t>
+          <t>9786055862800</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Adı: Kadın Öykü Seçkisi</t>
+          <t>Kuzgun Gözü</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>194</v>
+        <v>185</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055862329</t>
+          <t>9786055862817</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Lovitler - Gizli Tapınak Mithras Yolculuğu</t>
+          <t>Hayrana’da Toplu İntihar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055862275</t>
+          <t>9786055862763</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Pucepe</t>
+          <t>Stalin + Bianca</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>250</v>
+        <v>282.5</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055862268</t>
+          <t>9786256459991</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Altı Üstü</t>
+          <t>Zafer Apartmanı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>235</v>
+        <v>280</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055862251</t>
+          <t>9786055862725</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Açık Perde</t>
+          <t>Troyalı Helen</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>260</v>
+        <v>245</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055862220</t>
+          <t>9786055862466</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kocam Bir Gey mi?</t>
+          <t>Aslanın Sırıtışı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055862183</t>
+          <t>9786055862442</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Gör Dediği</t>
+          <t>Demirden Kız</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>275</v>
+        <v>285</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055862244</t>
+          <t>9786055862602</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Duygu Uygarlığı</t>
+          <t>Reyhan Şerbeti</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055862114</t>
+          <t>9786055862534</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Su Üzerindeki Petrol</t>
+          <t>Kadın, Pencere ve Kedi</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055862152</t>
+          <t>9786055862428</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Petrol Mezarlığı</t>
+          <t>Eksik</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258309867</t>
+          <t>9786055862404</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Şehirler</t>
+          <t>Yol</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256459632</t>
+          <t>9786055862367</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Şarkılarını Söylemeyi Unutan Kadınlar</t>
+          <t>Dikey Orman</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055862145</t>
+          <t>9786055862343</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Denizde Uçarken Gökyüzüne Düşen Kuşlar</t>
+          <t>Osman’ın Keçileri Kaçırdığı Mevsim</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055862107</t>
+          <t>9786055862510</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Azgın Var!</t>
+          <t>Geleceğin Bilinmeyen Yazgısında</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055862084</t>
+          <t>9786055862312</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Masalcı Ana Masallarıyla Şifa Dağıtan Kadın</t>
+          <t>Yazınca Oluyor</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256459151</t>
+          <t>9786055862381</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Lily Olmadan Yüz Gün</t>
+          <t>Aynı Yıldızın Altında</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256459045</t>
+          <t>9786055862558</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçsel Hazinesini Keşfetmek</t>
+          <t>Adı: Kadın Öykü Seçkisi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>245</v>
+        <v>194</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256459144</t>
+          <t>9786055862329</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kasabanın Kadınları</t>
+          <t>Lovitler - Gizli Tapınak Mithras Yolculuğu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256459625</t>
+          <t>9786055862275</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kadın Hapishanesindeki Anılarım</t>
+          <t>Pucepe</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258309812</t>
+          <t>9786055862268</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Okunaksız</t>
+          <t>Altı Üstü</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>325</v>
+        <v>235</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256459489</t>
+          <t>9786055862251</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Melek Görülecek Çağ Değildi</t>
+          <t>Açık Perde</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256459236</t>
+          <t>9786055862220</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sakin Bir Yermiş Gibi</t>
+          <t>Kocam Bir Gey mi?</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256459472</t>
+          <t>9786055862183</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bir Cinayetin Sıra Dışı Hikayesi - Oğuz</t>
+          <t>Şeytanın Gör Dediği</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256459496</t>
+          <t>9786055862244</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Okumanın İncelikleri</t>
+          <t>Duygu Uygarlığı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258309492</t>
+          <t>9786055862114</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kırılan Camların Sesi</t>
+          <t>Su Üzerindeki Petrol</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>310</v>
+        <v>245</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256459274</t>
+          <t>9786055862152</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Henüz Vakit Varken</t>
+          <t>Petrol Mezarlığı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>170</v>
+        <v>245</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258309171</t>
+          <t>9786258309867</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yılan Balığı Avı</t>
+          <t>Kağıttan Şehirler</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>325</v>
+        <v>290</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256459250</t>
+          <t>9786256459632</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Alkarısı Öykü Seçkisi</t>
+          <t>Şarkılarını Söylemeyi Unutan Kadınlar</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256459359</t>
+          <t>9786055862145</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Veda ve Ada - Omnia Mors Aequat Beşlisi V</t>
+          <t>Denizde Uçarken Gökyüzüne Düşen Kuşlar</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256459366</t>
+          <t>9786055862107</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar ve Tepe - Omnia Mors Aequat Beşlisi IV</t>
+          <t>Azgın Var!</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256459380</t>
+          <t>9786055862084</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kent ve Kaos - Omnia Mors Aequat Beşlisi I</t>
+          <t>Masalcı Ana Masallarıyla Şifa Dağıtan Kadın</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256459403</t>
+          <t>9786256459151</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Dağ ve Kaçış - Omnia Mors Aequat Beşlisi II</t>
+          <t>Lily Olmadan Yüz Gün</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256459397</t>
+          <t>9786256459045</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Arzu ve Kan - Omnia Mors Aequat Beşlisi III</t>
+          <t>Hayatın İçsel Hazinesini Keşfetmek</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>250</v>
+        <v>245</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256459182</t>
+          <t>9786256459144</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sessiz</t>
+          <t>Kasabanın Kadınları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256459199</t>
+          <t>9786256459625</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Konsensüs: Mafyaya Demokrasi Gelirse</t>
+          <t>Kadın Hapishanesindeki Anılarım</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256459014</t>
+          <t>9786258309812</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Oyunlarını Okumak İçin Yöntemsel Bir Kılavuz</t>
+          <t>Okunaksız</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256459021</t>
+          <t>9786256459489</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kelebeklerin Hayatı</t>
+          <t>Melek Görülecek Çağ Değildi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>325</v>
+        <v>190</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258309546</t>
+          <t>9786256459236</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın En Önemli Toplantısı</t>
+          <t>Dünya Sakin Bir Yermiş Gibi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258309997</t>
+          <t>9786256459472</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Eski Dünya</t>
+          <t>Bir Cinayetin Sıra Dışı Hikayesi - Oğuz</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>400</v>
+        <v>195</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258309973</t>
+          <t>9786256459496</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Samut</t>
+          <t>Okumanın İncelikleri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258309980</t>
+          <t>9786258309492</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Oran</t>
+          <t>Kırılan Camların Sesi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256459052</t>
+          <t>9786256459274</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Git Konuş! Ölmezsin</t>
+          <t>Henüz Vakit Varken</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258309744</t>
+          <t>9786258309171</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hişt Hişt! Duyan Var mı?</t>
+          <t>Yılan Balığı Avı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258309942</t>
+          <t>9786256459250</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Var Mısın Sevdaya?</t>
+          <t>Alkarısı Öykü Seçkisi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258309843</t>
+          <t>9786256459359</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Patolojisi</t>
+          <t>Veda ve Ada - Omnia Mors Aequat Beşlisi V</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258309805</t>
+          <t>9786256459366</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Bir Yıldız Daha</t>
+          <t>Rüzgar ve Tepe - Omnia Mors Aequat Beşlisi IV</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258309799</t>
+          <t>9786256459380</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Köpekler ve İnsanlar</t>
+          <t>Kent ve Kaos - Omnia Mors Aequat Beşlisi I</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258309133</t>
+          <t>9786256459403</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Mağaraya Sıkışan Son İnsanlar</t>
+          <t>Dağ ve Kaçış - Omnia Mors Aequat Beşlisi II</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258309935</t>
+          <t>9786256459397</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Dört Hali</t>
+          <t>Arzu ve Kan - Omnia Mors Aequat Beşlisi III</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257537353</t>
+          <t>9786256459182</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bir Kar Tanesinin Ömrü</t>
+          <t>Sessiz</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257537766</t>
+          <t>9786256459199</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Uzaklardaki Ayçiçeği Tarlaları</t>
+          <t>Konsensüs: Mafyaya Demokrasi Gelirse</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258309621</t>
+          <t>9786256459014</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Elibittibile</t>
+          <t>Tiyatro Oyunlarını Okumak İçin Yöntemsel Bir Kılavuz</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258309508</t>
+          <t>9786256459021</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Gece Ölmek</t>
+          <t>Kelebeklerin Hayatı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>198</v>
+        <v>325</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258309119</t>
+          <t>9786258309546</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hayalindeki Ev</t>
+          <t>Hayatımın En Önemli Toplantısı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>230</v>
+        <v>375</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258309720</t>
+          <t>9786258309997</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Avril, Kyoto’dasın!</t>
+          <t>Eski Dünya</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>194</v>
+        <v>400</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258309652</t>
+          <t>9786258309973</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>En Uzun Gün</t>
+          <t>Samut</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258309560</t>
+          <t>9786258309980</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Leyla Buradan Taşındı</t>
+          <t>Yanlış Oran</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257537933</t>
+          <t>9786256459052</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Savaş Günlükleri</t>
+          <t>Git Konuş! Ölmezsin</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258309690</t>
+          <t>9786258309744</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Ansızın Değişir Hayat</t>
+          <t>Hişt Hişt! Duyan Var mı?</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>395</v>
+        <v>240</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258309249</t>
+          <t>9786258309942</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Luka Benim Adım</t>
+          <t>Var Mısın Sevdaya?</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>425</v>
+        <v>220</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258309256</t>
+          <t>9786258309843</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Yıllar</t>
+          <t>Aşkın Patolojisi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258309034</t>
+          <t>9786258309805</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Öykü Yazmanın İncelikleri</t>
+          <t>Bir Yıldız Bir Yıldız Daha</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258309201</t>
+          <t>9786258309799</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Fısıltılar</t>
+          <t>Köpekler ve İnsanlar</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258309058</t>
+          <t>9786258309133</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kaza Geliyorum Der</t>
+          <t>Mağaraya Sıkışan Son İnsanlar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258309270</t>
+          <t>9786258309935</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Kız</t>
+          <t>Aşkın Dört Hali</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258309140</t>
+          <t>9786257537353</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Beni Buradan Arama, Yokum</t>
+          <t>Bir Kar Tanesinin Ömrü</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258309157</t>
+          <t>9786257537766</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Ağır Kokusu</t>
+          <t>Uzaklardaki Ayçiçeği Tarlaları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257537988</t>
+          <t>9786258309621</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Resimli Adalya Kitabı</t>
+          <t>Elibittibile</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257537872</t>
+          <t>9786258309508</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Son Üç Dakika</t>
+          <t>Gece Ölmek</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257537834</t>
+          <t>9786258309119</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Şairsel Mevzular</t>
+          <t>Hayalindeki Ev</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257537865</t>
+          <t>9786258309720</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Sevmeler Ustası</t>
+          <t>Günaydın Avril, Kyoto’dasın!</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789752498105</t>
+          <t>9786258309652</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Fısıldadığı Hikayeler</t>
+          <t>En Uzun Gün</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
+          <t>9786258309560</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Leyla Buradan Taşındı</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786257537933</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Günlükleri</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786258309690</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Ansızın Değişir Hayat</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786258309249</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Luka Benim Adım</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786258309256</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Kaybolan Yıllar</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786258309034</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Yazmanın İncelikleri</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786258309201</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Fısıltılar</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786258309058</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Kaza Geliyorum Der</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786258309270</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Kız</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786258309140</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Beni Buradan Arama, Yokum</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786258309157</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlığın Ağır Kokusu</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786257537988</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Adalya Kitabı</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786257537872</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Son Üç Dakika</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786257537834</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Şairsel Mevzular</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786257537865</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Uzaktan Sevmeler Ustası</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9789752498105</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Kadınların Fısıldadığı Hikayeler</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
           <t>9789752498341</t>
         </is>
       </c>
-      <c r="B158" s="1" t="inlineStr">
+      <c r="B174" s="1" t="inlineStr">
         <is>
           <t>İstanbul Çözüldü</t>
         </is>
       </c>
-      <c r="C158" s="1">
+      <c r="C174" s="1">
         <v>175</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>