--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,22270 +85,22390 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786053147763</t>
+          <t>9786053147916</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Dirilişi: Temel Kavramlar ve Yeni Yorumlar</t>
+          <t>Yalpalayan Kanaryalar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>650</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786053147886</t>
+          <t>9786053147961</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çarmıhtaki Şeytan</t>
+          <t>Lazlar: Kimlik ve Toplum</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786053147893</t>
+          <t>9786053147954</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ailenin İlgası: Bakım ve Özgürleşme İçin Bir Manifesto</t>
+          <t>İçimde Kırık Zaman</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786053147671</t>
+          <t>9786053147947</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Acının Tarihi: Duyum, Duygu ve Deneyim</t>
+          <t>Houdini’nin Kutusu Kaçış Sanatı Üzerine</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786053147541</t>
+          <t>9786053147770</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Cümle</t>
+          <t>Benim Babam Darbeci</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786053147534</t>
+          <t>9786053147978</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Özen</t>
+          <t>Antik Yunan Kuşkuculuğu Epistemolojik Bir Çalışma</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786053147565</t>
+          <t>9786053147923</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Mühendis</t>
+          <t>Irk Kavramına Felsefi Bir Giriş</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786053146827</t>
+          <t>9786053147909</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Thomas Münzer - Devrimin Teoloğu</t>
+          <t>Hareket Felsefesi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786053147244</t>
+          <t>9786053147930</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Meslek Olarak Sanat</t>
+          <t>Günce İkinci Cilt: 1966-1990</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786053147237</t>
+          <t>9786053147763</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kar: Kapitalizmin Tarihine Ekolojik Bakış</t>
+          <t>Marx’ın Dirilişi: Temel Kavramlar ve Yeni Yorumlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053147268</t>
+          <t>9786053147886</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kısa: Daha Anlamlı Bir Hayat İçin Kısa Bir Rehber</t>
+          <t>Çarmıhtaki Şeytan</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786053147275</t>
+          <t>9786053147893</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ajayi'nin Yolculuğu</t>
+          <t>Ailenin İlgası: Bakım ve Özgürleşme İçin Bir Manifesto</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259945880</t>
+          <t>9786053147671</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kafka ve Oyuncak Bebek</t>
+          <t>Acının Tarihi: Duyum, Duygu ve Deneyim</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259945873</t>
+          <t>9786053147541</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tepetaklak: Gençler İçin Hata Yapma Sanatı</t>
+          <t>Sessiz Cümle</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>3990000051542</t>
+          <t>9786053147534</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkçe Şiir Antolojisi Cilt: 1</t>
+          <t>Özen</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>46.29</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053143475</t>
+          <t>9786053147565</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kivamini Tutturamaduk</t>
+          <t>Kayıp Mühendis</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>17</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789755391380</t>
+          <t>9786053146827</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Üzerine</t>
+          <t>Thomas Münzer - Devrimin Teoloğu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>10</v>
+        <v>260</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789755391748</t>
+          <t>9786053147244</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Dokunma</t>
+          <t>Meslek Olarak Sanat</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>12.04</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789755395944</t>
+          <t>9786053147237</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Doğu Mitolojisinin Edebiyata Etkisi</t>
+          <t>Kar: Kapitalizmin Tarihine Ekolojik Bakış</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>23</v>
+        <v>400</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789755394527</t>
+          <t>9786053147268</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Doğruyu Söylemek</t>
+          <t>Hayat Kısa: Daha Anlamlı Bir Hayat İçin Kısa Bir Rehber</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>20</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789755392806</t>
+          <t>9786053147275</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dişi Adam</t>
+          <t>Ajayi'nin Yolculuğu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>12.96</v>
+        <v>290</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789755395234</t>
+          <t>9786259945880</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dinin Geleceği</t>
+          <t>Kafka ve Oyuncak Bebek</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>8.33</v>
+        <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789755394435</t>
+          <t>9786259945873</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Deleuze &amp; Guattari</t>
+          <t>Tepetaklak: Gençler İçin Hata Yapma Sanatı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>21.3</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789755396972</t>
+          <t>3990000051542</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Dayıcan Napolyon</t>
+          <t>Modern Türkçe Şiir Antolojisi Cilt: 1</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>37.04</v>
+        <v>46.29</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789755390345</t>
+          <t>9786053143475</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çöküşten Sonra Sosyalizmin Geleceği</t>
+          <t>Kivamini Tutturamaduk</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>9.26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789755391687</t>
+          <t>9789755391380</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma</t>
+          <t>Dostluk Üzerine</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>13.89</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789755396507</t>
+          <t>9789755391748</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çamur Kralının Kızı</t>
+          <t>Dokunma</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>19.44</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789755393483</t>
+          <t>9789755395944</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Cool Bir Tavrın Anatomisi</t>
+          <t>Doğu Mitolojisinin Edebiyata Etkisi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>12.04</v>
+        <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789755399836</t>
+          <t>9789755394527</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretimin Serbest Düşüşü: Özel Üniversiteler</t>
+          <t>Doğruyu Söylemek</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789755397931</t>
+          <t>9789755392806</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Eğitime Tehdit Dershaneler</t>
+          <t>Dişi Adam</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>24</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789755393841</t>
+          <t>9789755395234</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kültür, Kimlik ve Siyaset</t>
+          <t>Dinin Geleceği</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>4.63</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789755399867</t>
+          <t>9789755394435</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Evren Bozması</t>
+          <t>Deleuze &amp; Guattari</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>20</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789755399324</t>
+          <t>9789755396972</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Okumadığınız İçin Teşekkürler</t>
+          <t>Dayıcan Napolyon</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>16.67</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789755398037</t>
+          <t>9789755390345</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Gezi ve Sosyoloji</t>
+          <t>Çöküşten Sonra Sosyalizmin Geleceği</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789755394602</t>
+          <t>9789755391687</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Foucault'nun Özgürlük Serüveni</t>
+          <t>Çarpışma</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789755398259</t>
+          <t>9789755396507</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Psikolojide Söz ve Anlam Analizi: Niteliksel Duruş</t>
+          <t>Çamur Kralının Kızı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>16.67</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789755398099</t>
+          <t>9789755393483</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Sorunu</t>
+          <t>Cool Bir Tavrın Anatomisi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>10</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789755397634</t>
+          <t>9789755399836</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kasabanın Laneti</t>
+          <t>Yükseköğretimin Serbest Düşüşü: Özel Üniversiteler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789755397658</t>
+          <t>9789755397931</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Gezgin</t>
+          <t>Kamusal Eğitime Tehdit Dershaneler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>12.96</v>
+        <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789755397566</t>
+          <t>9789755393841</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yazma Cesareti</t>
+          <t>Kültür, Kimlik ve Siyaset</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>18.52</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789755399478</t>
+          <t>9789755399867</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kaltenburg</t>
+          <t>Evren Bozması</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789755397764</t>
+          <t>9789755399324</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşının Kimyası</t>
+          <t>Okumadığınız İçin Teşekkürler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789755397733</t>
+          <t>9789755398037</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Toplumla Yüzleşme</t>
+          <t>Gezi ve Sosyoloji</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789755397788</t>
+          <t>9789755394602</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitap: Sarı</t>
+          <t>Foucault'nun Özgürlük Serüveni</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>8.33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789755397757</t>
+          <t>9789755398259</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Bireyselleşme Serüveni</t>
+          <t>Psikolojide Söz ve Anlam Analizi: Niteliksel Duruş</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>14.81</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789755396958</t>
+          <t>9789755398099</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kirli, Paslı, Bozuk</t>
+          <t>Çalışma Sorunu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>18.52</v>
+        <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789755392059</t>
+          <t>9789755397634</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kentsiz Kentleşme Yurttaşlığın Yükselişi ve Çöküşü</t>
+          <t>Kasabanın Laneti</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>17.59</v>
+        <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789755393728</t>
+          <t>9789755397658</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kendini Aldatma</t>
+          <t>Yalnız Gezgin</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>10.19</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789755397139</t>
+          <t>9789755397566</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kedi ve Ölüm</t>
+          <t>Yazma Cesareti</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789755396774</t>
+          <t>9789755399478</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Taşlar</t>
+          <t>Kaltenburg</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>12.96</v>
+        <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789755397580</t>
+          <t>9789755397764</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan</t>
+          <t>Gözyaşının Kimyası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>7.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789755394183</t>
+          <t>9789755397733</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Karşılıksız Aşk: Kovalamak ve Kovalanmak Üzerine</t>
+          <t>Toplumla Yüzleşme</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>8.33</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789755391977</t>
+          <t>9789755397788</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Karşıdevrim ve İsyan</t>
+          <t>İlk Kitap: Sarı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789755397047</t>
+          <t>9789755397757</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kar Suyu</t>
+          <t>Edebiyatımızda Bireyselleşme Serüveni</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>22</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789755390468</t>
+          <t>9789755396958</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm, Sosyalizm, Ekoloji Yönelim Bozuklukları Arayışlar</t>
+          <t>Kirli, Paslı, Bozuk</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789755395890</t>
+          <t>9789755392059</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Küreselleşirken Dünya Ahvali</t>
+          <t>Kentsiz Kentleşme Yurttaşlığın Yükselişi ve Çöküşü</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>32.41</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789755390420</t>
+          <t>9789755393728</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Kültürü</t>
+          <t>Kendini Aldatma</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789755390081</t>
+          <t>9789755397139</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kapanda Üç Kaplan</t>
+          <t>Kedi ve Ölüm</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>27.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789755396781</t>
+          <t>9789755396774</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Alan</t>
+          <t>Kayıp Taşlar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>12</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789755391823</t>
+          <t>9789755397580</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Neden Yazdıkları Her Mektubu Göndermezler?</t>
+          <t>Kaybolan</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789755393353</t>
+          <t>9789755394183</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İyi İş</t>
+          <t>Karşılıksız Aşk: Kovalamak ve Kovalanmak Üzerine</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789755391328</t>
+          <t>9789755391977</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İtiraf Edilemeyen Cemaat</t>
+          <t>Karşıdevrim ve İsyan</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>7.41</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789755395173</t>
+          <t>9789755397047</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İşkence Bahçesi</t>
+          <t>Kar Suyu</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>13.89</v>
+        <v>22</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789755392721</t>
+          <t>9789755390468</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İş İşten Geçtikten Sonra Verilen Sözler</t>
+          <t>Kapitalizm, Sosyalizm, Ekoloji Yönelim Bozuklukları Arayışlar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789755390291</t>
+          <t>9789755395890</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Bilinçaltında Kadın</t>
+          <t>Kapitalizm Küreselleşirken Dünya Ahvali</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>10.19</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789755393773</t>
+          <t>9789755390420</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İsis</t>
+          <t>Kapitalizm Kültürü</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>17.59</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789755394671</t>
+          <t>9789755390081</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İsa’nın Oğlu</t>
+          <t>Kapanda Üç Kaplan</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>6.94</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789755395609</t>
+          <t>9789755396781</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İnternette Balık Avlamak</t>
+          <t>Kamusal Alan</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>17.59</v>
+        <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789755396101</t>
+          <t>9789755391823</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İnsan Lekesi</t>
+          <t>Kadınlar Neden Yazdıkları Her Mektubu Göndermezler?</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>39</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789755396682</t>
+          <t>9789755393353</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Bir Bahar</t>
+          <t>İyi İş</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>41.67</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789755397412</t>
+          <t>9789755391328</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İmgeden Yoruma</t>
+          <t>İtiraf Edilemeyen Cemaat</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>16.67</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789755397375</t>
+          <t>9789755395173</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Hezeyan</t>
+          <t>İşkence Bahçesi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789755392592</t>
+          <t>9789755392721</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hayatın ve Aşkın Yasaları</t>
+          <t>İş İşten Geçtikten Sonra Verilen Sözler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789755395241</t>
+          <t>9789755390291</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mucizeleri</t>
+          <t>İslam’ın Bilinçaltında Kadın</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>15.74</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789755399379</t>
+          <t>9789755393773</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji - İnsan Birlikteliği</t>
+          <t>İsis</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>12.04</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789755398440</t>
+          <t>9789755394671</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk ve Kadın</t>
+          <t>İsa’nın Oğlu</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>25</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789755397856</t>
+          <t>9789755395609</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ufacık Bir Peygamber</t>
+          <t>İnternette Balık Avlamak</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>27.78</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789755397771</t>
+          <t>9789755396101</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hannah Arendt’te “Radikal Kötülük” Problemi</t>
+          <t>İnsan Lekesi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>13.89</v>
+        <v>39</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789755397573</t>
+          <t>9789755396682</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısında Aydınlık</t>
+          <t>İnatçı Bir Bahar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>27.78</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789755397610</t>
+          <t>9789755397412</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Imperium</t>
+          <t>İmgeden Yoruma</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>12.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786053149996</t>
+          <t>9789755397375</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 (Toplu Set)</t>
+          <t>Hezeyan</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786053140030</t>
+          <t>9789755392592</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 0</t>
+          <t>Hayatın ve Aşkın Yasaları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>3</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789755399300</t>
+          <t>9789755395241</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Hukuk</t>
+          <t>Hayatın Mucizeleri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>20.37</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053140740</t>
+          <t>9789755399379</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 8</t>
+          <t>Teknoloji - İnsan Birlikteliği</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>7</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789755397863</t>
+          <t>9789755398440</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Vis ile Ramin (Ciltli)</t>
+          <t>Yoksulluk ve Kadın</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>27.78</v>
+        <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789755393377</t>
+          <t>9789755397856</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Piyasa</t>
+          <t>Ufacık Bir Peygamber</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>4.63</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789755393216</t>
+          <t>9789755397771</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Operada Cinayet</t>
+          <t>Hannah Arendt’te “Radikal Kötülük” Problemi</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789755394381</t>
+          <t>9789755397573</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hacker Etiği</t>
+          <t>Gece Yarısında Aydınlık</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>2.78</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789755392561</t>
+          <t>9789755397610</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Anarşizmin Bugünü Tavırlar</t>
+          <t>Imperium</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>2.78</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789755396248</t>
+          <t>9786053149996</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Güzellik</t>
+          <t>Dövüş Kulübü 2 (Toplu Set)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>18.52</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789755396347</t>
+          <t>9786053140030</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Zeval</t>
+          <t>Dövüş Kulübü 2 Sayı: 0</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>12.04</v>
+        <v>3</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789755395579</t>
+          <t>9789755399300</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Zen Kaçıkları</t>
+          <t>Vahşi Hukuk</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789755395531</t>
+          <t>9786053140740</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yolda</t>
+          <t>Dövüş Kulübü 2 Sayı: 8</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>32.41</v>
+        <v>7</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789755390932</t>
+          <t>9789755397863</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zamanlar 1990’larda Politikanın Değişen Çehresi</t>
+          <t>Vis ile Ramin (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>19.44</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789755390963</t>
+          <t>9789755393377</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Sol Üzerine Tartışmalar</t>
+          <t>Piyasa</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>23.15</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789755395920</t>
+          <t>9789755393216</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yazar, Yazar</t>
+          <t>Operada Cinayet</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789755395296</t>
+          <t>9789755394381</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Politika</t>
+          <t>Hacker Etiği</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>13.89</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789755395753</t>
+          <t>9789755392561</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Sakinleri</t>
+          <t>Anarşizmin Bugünü Tavırlar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>10.19</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789755395050</t>
+          <t>9789755396248</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kırıklığı</t>
+          <t>Zoraki Güzellik</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789755396903</t>
+          <t>9789755396347</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Havaalanı Balıkları</t>
+          <t>Zeval</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789755397191</t>
+          <t>9789755395579</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Harmattan</t>
+          <t>Zen Kaçıkları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>27.78</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789755396767</t>
+          <t>9789755395531</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Harabelerde Aşk</t>
+          <t>Yolda</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>29.63</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789755395111</t>
+          <t>9789755390932</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ve Hakikatlilik</t>
+          <t>Yeni Zamanlar 1990’larda Politikanın Değişen Çehresi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>20.37</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789755395791</t>
+          <t>9789755390963</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Durduracağız</t>
+          <t>Yeni Bir Sol Üzerine Tartışmalar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>26.85</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789755395319</t>
+          <t>9789755395920</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Güneş İmparatorluğu</t>
+          <t>Yazar, Yazar</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789755390543</t>
+          <t>9789755395296</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayat Kılavuzu</t>
+          <t>Yeşil Politika</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789755397528</t>
+          <t>9789755395753</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Günah Keçisi</t>
+          <t>Yeraltı Sakinleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>13.89</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789755396156</t>
+          <t>9789755395050</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Güleryüzlü Sohbetler</t>
+          <t>Hayal Kırıklığı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789755394176</t>
+          <t>9789755396903</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Ayak Sesleri</t>
+          <t>Havaalanı Balıkları</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789755390604</t>
+          <t>9789755397191</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Geceyi Anlat Bana</t>
+          <t>Harmattan</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>9.26</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789755393490</t>
+          <t>9789755396767</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Gece Gece Hayatı, Gecenin Dili, Uyku ve Rüyalar</t>
+          <t>Harabelerde Aşk</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>17.59</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789755396859</t>
+          <t>9789755395111</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Fransız Balkon</t>
+          <t>Hakikat ve Hakikatlilik</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>10</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789755394152</t>
+          <t>9789755395791</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Flamenkonun İzinde</t>
+          <t>Güneşi Durduracağız</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>16.67</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789755396644</t>
+          <t>9789755395319</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Fevkalbeşer Sair Bey ve Suskunluğu</t>
+          <t>Güneş İmparatorluğu</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789755391151</t>
+          <t>9789755390543</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ferdydurke</t>
+          <t>Gündelik Hayat Kılavuzu</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>15.74</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789755397320</t>
+          <t>9789755397528</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ferahlık Anına Övgü</t>
+          <t>Günah Keçisi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789755397009</t>
+          <t>9789755396156</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Işığıyla Arayışlar</t>
+          <t>Güleryüzlü Sohbetler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>41.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789755395470</t>
+          <t>9789755394176</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Farmakon</t>
+          <t>Geçmişin Ayak Sesleri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>25.93</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789755396293</t>
+          <t>9789755390604</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Eve Yüzmek</t>
+          <t>Geceyi Anlat Bana</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>38.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789755391786</t>
+          <t>9789755393490</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Esirgeyen Gökyüzü</t>
+          <t>Gece Gece Hayatı, Gecenin Dili, Uyku ve Rüyalar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>13.89</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789755393568</t>
+          <t>9789755396859</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Erojen Bölge</t>
+          <t>Fransız Balkon</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>15.74</v>
+        <v>10</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789755394220</t>
+          <t>9789755394152</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Erken Çöken Karanlık İntiharı Anlamak</t>
+          <t>Flamenkonun İzinde</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>23.15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789755393292</t>
+          <t>9789755396644</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Erdem Peşinde Ahlak Teorisi Üzerine Bir Çalışma</t>
+          <t>Fevkalbeşer Sair Bey ve Suskunluğu</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>22.22</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789755390567</t>
+          <t>9789755391151</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ekotopya William Weston’ın Defterleri ve Haberleri</t>
+          <t>Ferdydurke</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789755391298</t>
+          <t>9789755397320</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Bir Topluma Doğru</t>
+          <t>Ferahlık Anına Övgü</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>12.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789755391212</t>
+          <t>9789755397009</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Düzen ve Kalkınma Kıskacında Türkiye</t>
+          <t>Felsefe Işığıyla Arayışlar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>30</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789755394558</t>
+          <t>9789755395470</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Balonları</t>
+          <t>Farmakon</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>9</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789755395869</t>
+          <t>9789755396293</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Düşmanla Oynamak</t>
+          <t>Eve Yüzmek</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>18.52</v>
+        <v>38.89</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789755395326</t>
+          <t>9789755391786</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Erskine’nin Kutusu</t>
+          <t>Esirgeyen Gökyüzü</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789755391847</t>
+          <t>9789755393568</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştirmek Üzerine Karl Marx’tan Walter Benjamin’e Siyaset Felsefesi Denemeleri</t>
+          <t>Erojen Bölge</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>30</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786053141068</t>
+          <t>9789755394220</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kar ve İnci</t>
+          <t>Erken Çöken Karanlık İntiharı Anlamak</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>20</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789755399614</t>
+          <t>9789755393292</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Güvercinler Havalanırken</t>
+          <t>Erdem Peşinde Ahlak Teorisi Üzerine Bir Çalışma</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>16.67</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789755399553</t>
+          <t>9789755390567</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Şovenist İnşa</t>
+          <t>Ekotopya William Weston’ın Defterleri ve Haberleri</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>25.93</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789755397900</t>
+          <t>9789755391298</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar</t>
+          <t>Ekolojik Bir Topluma Doğru</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>12.04</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789755397832</t>
+          <t>9789755391212</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Gezi, İsyan, Özgürlük</t>
+          <t>Düzen ve Kalkınma Kıskacında Türkiye</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>23.15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>3990000027898</t>
+          <t>9789755394558</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 1B</t>
+          <t>Düşünce Balonları</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789755399430</t>
+          <t>9789755395869</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Özgür Ölüler</t>
+          <t>Düşmanla Oynamak</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>27.78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789755398051</t>
+          <t>9789755395326</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Küresel Çarkın Dışında Kalanlar</t>
+          <t>Erskine’nin Kutusu</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789755398013</t>
+          <t>9789755391847</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Direnen İstanbul</t>
+          <t>Dünyayı Değiştirmek Üzerine Karl Marx’tan Walter Benjamin’e Siyaset Felsefesi Denemeleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>16.67</v>
+        <v>30</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789755398044</t>
+          <t>9786053141068</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Körebe</t>
+          <t>Kar ve İnci</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786053140238</t>
+          <t>9789755399614</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkçe Şiir Antolojisi (2 Cilt)</t>
+          <t>Güvercinler Havalanırken</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>100</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789755399294</t>
+          <t>9789755399553</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Parrot İle Olivier Amerika'da</t>
+          <t>Şovenist İnşa</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>32.41</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789755398112</t>
+          <t>9789755397900</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İktidarsızlığın İktidarı ve Sanat</t>
+          <t>Dalgalar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>12.96</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789755398174</t>
+          <t>9789755397832</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Fişlemenin Kısa Tarihi</t>
+          <t>Gezi, İsyan, Özgürlük</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789755398150</t>
+          <t>3990000027898</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Demokrasi</t>
+          <t>Dövüş Kulübü 2 Sayı: 1B</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789755397368</t>
+          <t>9789755399430</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kültürü</t>
+          <t>Özgür Ölüler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>140</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789755394680</t>
+          <t>9789755398051</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Söz</t>
+          <t>Küresel Çarkın Dışında Kalanlar</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789755397979</t>
+          <t>9789755398013</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğin Özgürlüğü</t>
+          <t>Direnen İstanbul</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789755391045</t>
+          <t>9789755398044</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Melekler Zamanı</t>
+          <t>Karanlıkta Körebe</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>270</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786053147176</t>
+          <t>9786053140238</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Düşünmek</t>
+          <t>Modern Türkçe Şiir Antolojisi (2 Cilt)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789755394695</t>
+          <t>9789755399294</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Modern Düşüncede Kötülük</t>
+          <t>Parrot İle Olivier Amerika'da</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>420</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789755393162</t>
+          <t>9789755398112</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık</t>
+          <t>İktidarsızlığın İktidarı ve Sanat</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>3990000020255</t>
+          <t>9789755398174</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Hayır! Aforizmalar</t>
+          <t>Fişlemenin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>10</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789755390871</t>
+          <t>9789755398150</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Beyin İğfal Şebekesi</t>
+          <t>Çocuk ve Demokrasi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>21</v>
+        <v>33</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>3990000020254</t>
+          <t>9789755397368</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kavunlu Natürmort</t>
+          <t>Müslüman Kültürü</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>5</v>
+        <v>140</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>4440000000768</t>
+          <t>9789755394680</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Antropolojik Açıdan Şiddet</t>
+          <t>Ateş ve Söz</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789755394978</t>
+          <t>9789755397979</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Adalet ve Demokrasi</t>
+          <t>Hiçliğin Özgürlüğü</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>25.93</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789755394794</t>
+          <t>9789755391045</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Arabölge</t>
+          <t>Melekler Zamanı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789755397290</t>
+          <t>9786053147176</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Arabesk</t>
+          <t>Sosyolojik Düşünmek</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789755390116</t>
+          <t>9789755394695</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Anarşinin Kısa Yazı</t>
+          <t>Modern Düşüncede Kötülük</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>294</v>
+        <v>420</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789755396484</t>
+          <t>9789755393162</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Analitik Resim Çözümlemeleri</t>
+          <t>Arkadaşlık</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>550</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789755390529</t>
+          <t>3990000020255</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Amerika</t>
+          <t>Hayır! Aforizmalar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789755391366</t>
+          <t>9789755390871</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Altın Damla</t>
+          <t>Beyin İğfal Şebekesi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>234</v>
+        <v>21</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789755395760</t>
+          <t>3990000020254</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Üzerine Tartışmalar</t>
+          <t>Kavunlu Natürmort</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>290</v>
+        <v>5</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789755392417</t>
+          <t>4440000000768</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Ağaçkakan</t>
+          <t>Antropolojik Açıdan Şiddet</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>288</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789755390499</t>
+          <t>9789755394978</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ağ</t>
+          <t>İktisadi Adalet ve Demokrasi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>304</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789755395128</t>
+          <t>9789755394794</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Abanoz Kule</t>
+          <t>Arabölge</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789755392714</t>
+          <t>9789755397290</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sanatı</t>
+          <t>Arabesk</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>30</v>
+        <v>320</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789755397535</t>
+          <t>9789755390116</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yarasalar</t>
+          <t>Anarşinin Kısa Yazı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>16.67</v>
+        <v>294</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789755394664</t>
+          <t>9789755396484</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Erdemi</t>
+          <t>Analitik Resim Çözümlemeleri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>12.04</v>
+        <v>550</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789755397221</t>
+          <t>9789755390529</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Vampirin Kültür Tarihi</t>
+          <t>Amerika</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>32.41</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789755391540</t>
+          <t>9789755391366</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Vakit Öldürmek</t>
+          <t>Altın Damla</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>11.11</v>
+        <v>234</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789755390123</t>
+          <t>9789755395760</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Savaşçının Mutsuzluğu Siyasal Antropoloji Araştırmaları</t>
+          <t>Ahlak Üzerine Tartışmalar</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>9.26</v>
+        <v>290</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789755395395</t>
+          <t>9789755392417</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Vahşet Sergisi</t>
+          <t>Ağaçkakan</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>12.96</v>
+        <v>288</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789755397399</t>
+          <t>9789755390499</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Ağ</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>23.15</v>
+        <v>304</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789755391526</t>
+          <t>9789755395128</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Üçleme</t>
+          <t>Abanoz Kule</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>27.78</v>
+        <v>320</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789755397108</t>
+          <t>9789755392714</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Adanın Kararsız Seçmeni</t>
+          <t>Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>20.37</v>
+        <v>30</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789755396095</t>
+          <t>9789755397535</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Uç(Ur)amayan Balon: Finans</t>
+          <t>Yarasalar</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>15.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789755396354</t>
+          <t>9789755394664</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Toplumu, Nevrotik Kültür ve Dövüş Kulübü</t>
+          <t>Yalanın Erdemi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>23.15</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789755392462</t>
+          <t>9789755397221</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Tutkulu Sosyoloji</t>
+          <t>Vampirin Kültür Tarihi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>25</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789755396491</t>
+          <t>9789755391540</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Turing’in Hezeyanı</t>
+          <t>Vakit Öldürmek</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>20.37</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789755397337</t>
+          <t>9789755390123</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Alan</t>
+          <t>Vahşi Savaşçının Mutsuzluğu Siyasal Antropoloji Araştırmaları</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789755390284</t>
+          <t>9789755395395</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Totalitarizm</t>
+          <t>Vahşet Sergisi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789755396002</t>
+          <t>9789755397399</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Tıbbileştirilen Yaşam Bireyselleştirilen Sağlık</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>17.59</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789755393957</t>
+          <t>9789755391526</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Terapi</t>
+          <t>Üçleme</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>6.48</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789755392738</t>
+          <t>9789755397108</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Yapısökümü</t>
+          <t>Unutulmuş Adanın Kararsız Seçmeni</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789755390062</t>
+          <t>9789755396095</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Şövalye, Kadın ve Rahip Feodal Fransa’da Evlilik</t>
+          <t>Uç(Ur)amayan Balon: Finans</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789755393612</t>
+          <t>9789755396354</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Şöhret</t>
+          <t>Tüketim Toplumu, Nevrotik Kültür ve Dövüş Kulübü</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>12.96</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789755395166</t>
+          <t>9789755392462</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Şirket</t>
+          <t>Tutkulu Sosyoloji</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>12.96</v>
+        <v>25</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789755394084</t>
+          <t>9789755396491</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Süper Kent</t>
+          <t>Turing’in Hezeyanı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>21.3</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789755395838</t>
+          <t>9789755397337</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Suçluluk Kitabı</t>
+          <t>Tuhaf Alan</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>22.22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789755392318</t>
+          <t>9789755390284</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Son Sürgün</t>
+          <t>Totalitarizm</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789755395210</t>
+          <t>9789755396002</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Son Mektup</t>
+          <t>Tıbbileştirilen Yaşam Bireyselleştirilen Sağlık</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>130</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789755396422</t>
+          <t>9789755393957</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Bilinçdışı</t>
+          <t>Terapi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>320</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789755392608</t>
+          <t>9789755392738</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Siyah Anlar 1-2 1980-1990</t>
+          <t>Tarihin Yapısökümü</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>19.44</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789755391625</t>
+          <t>9789755390062</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik Kamu Vicdanına Çağrı</t>
+          <t>Şövalye, Kadın ve Rahip Feodal Fransa’da Evlilik</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>270</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789755393346</t>
+          <t>9789755393612</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Sirius’tan Gelen Kurbağa</t>
+          <t>Şöhret</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>360</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789755394404</t>
+          <t>9789755395166</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Sinema Müdavimi</t>
+          <t>Şirket</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789755393926</t>
+          <t>9789755394084</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Sıska Bacaklar</t>
+          <t>Süper Kent</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>430</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789755396750</t>
+          <t>9789755395838</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Olanın Başkalaşımı</t>
+          <t>Suçluluk Kitabı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>250</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789755390970</t>
+          <t>9789755392318</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Rüyalar Diyarı</t>
+          <t>Son Sürgün</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789755395180</t>
+          <t>9789755395210</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sıkıgözetim</t>
+          <t>Son Mektup</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789755394732</t>
+          <t>9789755396422</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Ülkelerden Dönen Vahşi Sakatlar</t>
+          <t>Siyasal Bilinçdışı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789755395517</t>
+          <t>9789755392608</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Shylock Operasyonu</t>
+          <t>Siyah Anlar 1-2 1980-1990</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>350</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789755392691</t>
+          <t>9789755391625</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Halleri</t>
+          <t>Sivil İtaatsizlik Kamu Vicdanına Çağrı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>310</v>
+        <v>270</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789755391083</t>
+          <t>9789755393346</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Bilgeliği</t>
+          <t>Sirius’tan Gelen Kurbağa</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789755395661</t>
+          <t>9789755394404</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Sermaye ve Dil</t>
+          <t>Sinema Müdavimi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053143888</t>
+          <t>9789755393926</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Seni İçime Gömdüm</t>
+          <t>Sıska Bacaklar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789755395692</t>
+          <t>9789755396750</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Vahşi İnsanlar</t>
+          <t>Sıradan Olanın Başkalaşımı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>25.93</v>
+        <v>250</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789755390246</t>
+          <t>9789755390970</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Çin Gölü Cinayetleri</t>
+          <t>Sınırsız Rüyalar Diyarı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789755395845</t>
+          <t>9789755395180</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Savaş Oyunları A. Ş.</t>
+          <t>Sıkıgözetim</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>20.37</v>
+        <v>120</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789755395906</t>
+          <t>9789755394732</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Savaş Artığı</t>
+          <t>Sıcak Ülkelerden Dönen Vahşi Sakatlar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>25.93</v>
+        <v>420</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789755390006</t>
+          <t>9789755395517</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Sanayi Sonrası Ütopyalar</t>
+          <t>Shylock Operasyonu</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>16.67</v>
+        <v>350</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789755395654</t>
+          <t>9789755392691</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Sonundan Sonra</t>
+          <t>Sevginin Halleri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789755394753</t>
+          <t>9789755391083</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Sorumluluk</t>
+          <t>Sevginin Bilgeliği</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789755394046</t>
+          <t>9789755395661</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Propaganda</t>
+          <t>Sermaye ve Dil</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>490</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789755397238</t>
+          <t>9786053143888</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sanat Dünyaları</t>
+          <t>Seni İçime Gömdüm</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>32.41</v>
+        <v>190</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789755396149</t>
+          <t>9789755395692</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın On İki Köşesi</t>
+          <t>Vahşi İnsanlar</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>300</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789755396576</t>
+          <t>9789755390246</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü</t>
+          <t>Çin Gölü Cinayetleri</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>290</v>
+        <v>15</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789755392424</t>
+          <t>9789755395845</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Rüya Sakinleri</t>
+          <t>Savaş Oyunları A. Ş.</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>320</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789755392165</t>
+          <t>9789755395906</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Ruj Lekesi</t>
+          <t>Savaş Artığı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>540</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789755395043</t>
+          <t>9789755390006</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Yeni Hastalıkları</t>
+          <t>Sanayi Sonrası Ütopyalar</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>290</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789755395852</t>
+          <t>9789755395654</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Romantik Muamma</t>
+          <t>Sanatın Sonundan Sonra</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>15</v>
+        <v>270</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789755391229</t>
+          <t>9789755394753</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Rock Laneti</t>
+          <t>Sanat ve Sorumluluk</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>16.67</v>
+        <v>310</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789755393834</t>
+          <t>9789755394046</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Seks İsyanları</t>
+          <t>Sanat ve Propaganda</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>460</v>
+        <v>490</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789755394596</t>
+          <t>9789755397238</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Rabelais ve Dünyası</t>
+          <t>Sanat Dünyaları</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>430</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789755392745</t>
+          <t>9789755396149</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Postyapısalcı Anarşizmin Siyaset Felsefesi</t>
+          <t>Rüzgarın On İki Köşesi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>12.04</v>
+        <v>300</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789755394398</t>
+          <t>9789755396576</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Saygı</t>
+          <t>Rüzgargülü</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789755391816</t>
+          <t>9789755392424</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Etik</t>
+          <t>Rüya Sakinleri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789755392615</t>
+          <t>9789755392165</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Portnoy’un Feryadı</t>
+          <t>Ruj Lekesi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>27</v>
+        <v>540</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789755391588</t>
+          <t>9789755395043</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Pornografi</t>
+          <t>Ruhun Yeni Hastalıkları</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>10.19</v>
+        <v>290</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789755393032</t>
+          <t>9789755395852</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Salome - Yaşamı ve Yapıtları</t>
+          <t>Romantik Muamma</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>380</v>
+        <v>15</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789755395029</t>
+          <t>9789755391229</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Pastoral Amerika</t>
+          <t>Rock Laneti</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>335</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789755391014</t>
+          <t>9789755393834</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Parfümün Dansı</t>
+          <t>Seks İsyanları</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>380</v>
+        <v>460</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789755390765</t>
+          <t>9789755394596</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Ekolojisi</t>
+          <t>Rabelais ve Dünyası</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>33.33</v>
+        <v>430</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789755391250</t>
+          <t>9789755392745</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Özgür Eğitim</t>
+          <t>Postyapısalcı Anarşizmin Siyaset Felsefesi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>200</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789755390055</t>
+          <t>9789755394398</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Özgür Bir Toplumda Bilim</t>
+          <t>Saygı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789755392233</t>
+          <t>9789755391816</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Öpüşme Metafizikten Erotiğe</t>
+          <t>Postmodern Etik</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789755396521</t>
+          <t>9789755392615</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Önceki Çağın Akşamüstü</t>
+          <t>Portnoy’un Feryadı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>20.37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789755396613</t>
+          <t>9789755391588</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Ömür Boyu Esenlik</t>
+          <t>Pornografi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>12.96</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789755396736</t>
+          <t>9789755393032</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Pigme</t>
+          <t>Salome - Yaşamı ve Yapıtları</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789755392509</t>
+          <t>9789755395029</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ölümlülük, Ölümsüzlük ve Diğer Hayat Stratejileri</t>
+          <t>Pastoral Amerika</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>320</v>
+        <v>335</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789755395913</t>
+          <t>9789755391014</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Pornosu</t>
+          <t>Parfümün Dansı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789755395647</t>
+          <t>9789755390765</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ölü Bir Dilde Aşk</t>
+          <t>Özgürlüğün Ekolojisi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>27.78</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789755392554</t>
+          <t>9789755391250</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Ölme Hakkı</t>
+          <t>Özgür Eğitim</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>15.74</v>
+        <v>200</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789755394985</t>
+          <t>9789755390055</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Ölen Hayvan</t>
+          <t>Özgür Bir Toplumda Bilim</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>6.48</v>
+        <v>330</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789755392493</t>
+          <t>9789755392233</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Öküzün A’sı</t>
+          <t>Öpüşme Metafizikten Erotiğe</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789755390277</t>
+          <t>9789755396521</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Otorite</t>
+          <t>Önceki Çağın Akşamüstü</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>280</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789755394145</t>
+          <t>9789755396613</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Özgürlükle Kalkınma</t>
+          <t>Ömür Boyu Esenlik</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>23.15</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789755395951</t>
+          <t>9789755396736</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ortak Zenginlik</t>
+          <t>Pigme</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789755390413</t>
+          <t>9789755392509</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağda Entelektüeller</t>
+          <t>Ölümlülük, Ölümsüzlük ve Diğer Hayat Stratejileri</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>25</v>
+        <v>320</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789755390260</t>
+          <t>9789755395913</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Orlando</t>
+          <t>Ölüm Pornosu</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>4.63</v>
+        <v>240</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789755391649</t>
+          <t>9789755395647</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Popüler Kültürler</t>
+          <t>Ölü Bir Dilde Aşk</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>17.59</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789755391137</t>
+          <t>9789755392554</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Olumsallık, İroni ve Dayanışma</t>
+          <t>Ölme Hakkı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789755392349</t>
+          <t>9789755394985</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Oklukirpi</t>
+          <t>Ölen Hayvan</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>170</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789755396477</t>
+          <t>9789755392493</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Oegstgeest’e Dönüş</t>
+          <t>Öküzün A’sı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>12.96</v>
+        <v>290</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789755394206</t>
+          <t>9789755390277</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Oda Hizmetçisinin Günlüğü</t>
+          <t>Otorite</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>18.52</v>
+        <v>280</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789755397450</t>
+          <t>9789755394145</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>O Asla Geri Gelmeyecek</t>
+          <t>Özgürlükle Kalkınma</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789755395104</t>
+          <t>9789755395951</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ninni</t>
+          <t>Ortak Zenginlik</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789755396057</t>
+          <t>9789755390413</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Nihilizm</t>
+          <t>Ortaçağda Entelektüeller</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>260</v>
+        <v>25</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789755393810</t>
+          <t>9789755390260</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche: Bir Ahlak Karşıtının Etiği</t>
+          <t>Orlando</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>22.22</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789755395548</t>
+          <t>9789755391649</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ne Kadar İleri Gidebilirsin?</t>
+          <t>Popüler Kültürler</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>8</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789755397153</t>
+          <t>9789755391137</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Nesne Benliği</t>
+          <t>Olumsallık, İroni ve Dayanışma</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053147299</t>
+          <t>9789755392349</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche Ağladığında</t>
+          <t>Oklukirpi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789755397641</t>
+          <t>9789755396477</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu'nda Sosyalist Hareketler</t>
+          <t>Oegstgeest’e Dönüş</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>320</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789755397504</t>
+          <t>9789755394206</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Narkopolis</t>
+          <t>Oda Hizmetçisinin Günlüğü</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>21.3</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789755396637</t>
+          <t>9789755397450</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Nabız</t>
+          <t>O Asla Geri Gelmeyecek</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>240</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789755394633</t>
+          <t>9789755395104</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Müneccim Krallar</t>
+          <t>Ninni</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789755390772</t>
+          <t>9789755396057</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Murphy</t>
+          <t>Nihilizm</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>215</v>
+        <v>260</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789755390680</t>
+          <t>9789755393810</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Modernliğin Sonuçları</t>
+          <t>Nietzsche: Bir Ahlak Karşıtının Etiği</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>220</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789755393964</t>
+          <t>9789755395548</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Moda ve Gündemleri</t>
+          <t>Ne Kadar İleri Gidebilirsin?</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>430</v>
+        <v>8</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789755394589</t>
+          <t>9789755397153</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Milenyum İnsanları</t>
+          <t>Nesne Benliği</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789755397023</t>
+          <t>9789755397641</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Michel Foucault</t>
+          <t>Osmanlı İmparatorluğu'nda Sosyalist Hareketler</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>28.7</v>
+        <v>320</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789755392387</t>
+          <t>9789755397504</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Metroland</t>
+          <t>Narkopolis</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>230</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789755395333</t>
+          <t>9789755396637</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Metin Çözümlemeleri</t>
+          <t>Nabız</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789755393285</t>
+          <t>9789755394633</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Meteorlar</t>
+          <t>Müneccim Krallar</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789755395739</t>
+          <t>9789755390772</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Modernliğin Sıkıntıları</t>
+          <t>Murphy</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>160</v>
+        <v>215</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789755397559</t>
+          <t>9789755390680</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Metedolojik Bireyciliğin Eleştirisi</t>
+          <t>Modernliğin Sonuçları</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>27.78</v>
+        <v>220</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789755394015</t>
+          <t>9789755393964</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Mona Lisa Kaçırıldı</t>
+          <t>Moda ve Gündemleri</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>220</v>
+        <v>430</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789755395524</t>
+          <t>9789755394589</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Melezliğe Övgü</t>
+          <t>Milenyum İnsanları</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>19.44</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789755396200</t>
+          <t>9789755397023</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Melekler Evi</t>
+          <t>Michel Foucault</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>20.37</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789755394268</t>
+          <t>9789755392387</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Melekler</t>
+          <t>Metroland</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>12.04</v>
+        <v>230</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789755392189</t>
+          <t>9789755395333</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Gazetecilikte Etik Sorunlar</t>
+          <t>Metin Çözümlemeleri</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>14.81</v>
+        <v>340</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789755390826</t>
+          <t>9789755393285</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Masal Masal İçinde Khimaira</t>
+          <t>Meteorlar</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>13.89</v>
+        <v>380</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789755392196</t>
+          <t>9789755395739</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Marksizm, Ahlak ve Toplumsal Adalet</t>
+          <t>Modernliğin Sıkıntıları</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>57</v>
+        <v>160</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789755391830</t>
+          <t>9789755397559</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Ahlak</t>
+          <t>Metedolojik Bireyciliğin Eleştirisi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>12.04</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789755393186</t>
+          <t>9789755394015</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Modernlik ve Müphemlik</t>
+          <t>Mona Lisa Kaçırıldı</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789755396019</t>
+          <t>9789755395524</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Medya Mahrem</t>
+          <t>Melezliğe Övgü</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>29.63</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789755396170</t>
+          <t>9789755396200</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Lazzaro, Dışarı Çık</t>
+          <t>Melekler Evi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789755395555</t>
+          <t>9789755394268</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Lanetlilerin Saç Stili</t>
+          <t>Melekler</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>21.3</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789755395616</t>
+          <t>9789755392189</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Lancelot</t>
+          <t>Medya ve Gazetecilikte Etik Sorunlar</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>14.81</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789755396705</t>
+          <t>9789755390826</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Laf Evi</t>
+          <t>Masal Masal İçinde Khimaira</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789755397016</t>
+          <t>9789755392196</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Sonu mu?</t>
+          <t>Marksizm, Ahlak ve Toplumsal Adalet</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>20.37</v>
+        <v>57</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789755395227</t>
+          <t>9789755391830</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Küresel Isınmanın Kırılma Noktası</t>
+          <t>Marksizm ve Ahlak</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>23.15</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789755396262</t>
+          <t>9789755393186</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Küresel Dünya (Ciltli)</t>
+          <t>Modernlik ve Müphemlik</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789755397405</t>
+          <t>9789755396019</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Kuzunun Kusuru</t>
+          <t>Medya Mahrem</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>21.3</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789755392035</t>
+          <t>9789755396170</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Nihilist</t>
+          <t>Lazzaro, Dışarı Çık</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>19.44</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789755396279</t>
+          <t>9789755395555</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Kurumuş Nehrin Yatağında</t>
+          <t>Lanetlilerin Saç Stili</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>16.67</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789755393759</t>
+          <t>9789755395616</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Gözcüsü</t>
+          <t>Lancelot</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>12.04</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789755392523</t>
+          <t>9789755396705</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kolonyalizm-Postkolonyalizm</t>
+          <t>Laf Evi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>265</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789755395265</t>
+          <t>9789755397016</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kokain Geceleri</t>
+          <t>Küreselleşmenin Sonu mu?</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789755396033</t>
+          <t>9789755395227</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kirlilik Kavramı ve Aleviliğin Asimilasyonu</t>
+          <t>Küresel Isınmanın Kırılma Noktası</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789755391168</t>
+          <t>9789755396262</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Kapitalizm</t>
+          <t>Küresel Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>4.63</v>
+        <v>125</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789755391021</t>
+          <t>9789755397405</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Baykuş Çığlığı</t>
+          <t>Kuzunun Kusuru</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>15</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>3990000052044</t>
+          <t>9789755392035</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkçe Şiir Antolojisi Cilt: 2</t>
+          <t>Kusursuz Nihilist</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>46.29</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>3996053140047</t>
+          <t>9789755396279</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı 1C</t>
+          <t>Kurumuş Nehrin Yatağında</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>7</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789755390475</t>
+          <t>9789755393759</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Mutsuzluk Kılavuzu</t>
+          <t>Kuzey Gözcüsü</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>20</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786053142652</t>
+          <t>9789755392523</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Zürafanın Boynu</t>
+          <t>Kolonyalizm-Postkolonyalizm</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>120</v>
+        <v>265</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786053145936</t>
+          <t>9789755395265</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Baştan Çıkarma Üzerine</t>
+          <t>Kokain Geceleri</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>270</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786053147879</t>
+          <t>9789755396033</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Beyin: Dirimsel Kentte Akıl Sağlığı</t>
+          <t>Kirlilik Kavramı ve Aleviliğin Asimilasyonu</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>440</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786053147855</t>
+          <t>9789755391168</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Avcı</t>
+          <t>Demokrasi ve Kapitalizm</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>300</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786053147848</t>
+          <t>9789755391021</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>IRA (İrlanda Cumhuriyet Ordusu)</t>
+          <t>Baykuş Çığlığı</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786053147862</t>
+          <t>3990000052044</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Çalkantılı Deniz</t>
+          <t>Modern Türkçe Şiir Antolojisi Cilt: 2</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>650</v>
+        <v>46.29</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786053147824</t>
+          <t>3996053140047</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Parçalar Halinde Hayatım</t>
+          <t>Dövüş Kulübü 2 Sayı 1C</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>270</v>
+        <v>7</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786053147435</t>
+          <t>9789755390475</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Baki Karanlık</t>
+          <t>Mutsuzluk Kılavuzu</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>270</v>
+        <v>20</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786053147817</t>
+          <t>9786053142652</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Tebdili Mekan</t>
+          <t>Zürafanın Boynu</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786053147688</t>
+          <t>9786053145936</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Bauman İle Sohbetler</t>
+          <t>Baştan Çıkarma Üzerine</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786053147794</t>
+          <t>9786053147879</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Tuzlu Su</t>
+          <t>Kentsel Beyin: Dirimsel Kentte Akıl Sağlığı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786053147800</t>
+          <t>9786053147855</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Gazze Felaketi: Soykırımı Tarihsel Perspektiften Okumak</t>
+          <t>Kaçak Avcı</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786053145837</t>
+          <t>9786053147848</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>IRA (İrlanda Cumhuriyet Ordusu)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053147831</t>
+          <t>9786053147862</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Arifiye İlköğretmen Okulu / Lisesi</t>
+          <t>Çalkantılı Deniz</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786053147787</t>
+          <t>9786053147824</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Yeni Soğuk Savaş</t>
+          <t>Parçalar Halinde Hayatım</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786053147718</t>
+          <t>9786053147435</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>İsyan ve İtaat Arasında</t>
+          <t>Baki Karanlık</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786053147732</t>
+          <t>9786053147817</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Heykeltıraşın Kızı</t>
+          <t>Tebdili Mekan</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786053147602</t>
+          <t>9786053147688</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizm ve Tüketim Kültürü</t>
+          <t>Bauman İle Sohbetler</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786053147756</t>
+          <t>9786053147794</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Sonuna Yetiştiğim Şarkılar</t>
+          <t>Tuzlu Su</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786053147701</t>
+          <t>9786053147800</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar: Türk-Yunan Sınırından İnsan Hikâyeleri</t>
+          <t>Gazze Felaketi: Soykırımı Tarihsel Perspektiften Okumak</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786053147695</t>
+          <t>9786053145837</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Oldukça Onurlu Bir Yenilgi</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>430</v>
+        <v>400</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786053147749</t>
+          <t>9786053147831</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitülülerin Ardından</t>
+          <t>Arifiye İlköğretmen Okulu / Lisesi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786053147725</t>
+          <t>9786053147787</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Gelecektir</t>
+          <t>Yeni Soğuk Savaş</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786053147633</t>
+          <t>9786053147718</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Sen Anlatınca, Çöllerde Çiçekler Açıyor</t>
+          <t>İsyan ve İtaat Arasında</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786053147619</t>
+          <t>9786053147732</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Türeyişi</t>
+          <t>Heykeltıraşın Kızı</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>480</v>
+        <v>160</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786053147572</t>
+          <t>9786053147602</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Heidegger Sözlüğü</t>
+          <t>Postmodernizm ve Tüketim Kültürü</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786053147626</t>
+          <t>9786053147756</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Freud ve Psikanaliz Altı Giriş Dersi</t>
+          <t>Sonuna Yetiştiğim Şarkılar</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786053147589</t>
+          <t>9786053147701</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Feminizmin Yazgıları: Devlet Güdümlü Kapitalizmden Neoliberal Krize</t>
+          <t>Sınırlar: Türk-Yunan Sınırından İnsan Hikâyeleri</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786053147664</t>
+          <t>9786053147695</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Devrimciler: Okuma Biçimimizi Değiştiren Beş Eleştirmen</t>
+          <t>Oldukça Onurlu Bir Yenilgi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>290</v>
+        <v>430</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786053147640</t>
+          <t>9786053147749</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>1848 Unutulmuş Devrim</t>
+          <t>Köy Enstitülülerin Ardından</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789755397986</t>
+          <t>9786053147725</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>İkomünizm</t>
+          <t>Geçmiş Gelecektir</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>8.33</v>
+        <v>340</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786053147596</t>
+          <t>9786053147633</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Düşen Kedigiller ve Temel Fizik</t>
+          <t>Sen Anlatınca, Çöllerde Çiçekler Açıyor</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053147558</t>
+          <t>9786053147619</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Dijital Toplumun Sosyolojik Teorisi</t>
+          <t>İnsanın Türeyişi</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786053147152</t>
+          <t>9786053147572</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğun Gölgesi 2. Cilt : Ayaz &amp; Çığ</t>
+          <t>Heidegger Sözlüğü</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786053145943</t>
+          <t>9786053147626</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Bağlantısallık, Yaşamdaşlık (Ciltli)</t>
+          <t>Freud ve Psikanaliz Altı Giriş Dersi</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786053146179</t>
+          <t>9786053147589</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Karga Kafası Ajanda 2023</t>
+          <t>Feminizmin Yazgıları: Devlet Güdümlü Kapitalizmden Neoliberal Krize</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>25</v>
+        <v>350</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789755394824</t>
+          <t>9786053147664</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Görünür Dünyanın Eşiği</t>
+          <t>Eleştirel Devrimciler: Okuma Biçimimizi Değiştiren Beş Eleştirmen</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>19.44</v>
+        <v>290</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789755391007</t>
+          <t>9786053147640</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Çekirge :  Oyun, Yaşam ve Ütopya</t>
+          <t>1848 Unutulmuş Devrim</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>75</v>
+        <v>240</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789755390185</t>
+          <t>9789755397986</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Şiddet Yaşayanların Yaşatanların Anlatımlarıyla</t>
+          <t>İkomünizm</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>10.19</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789755395807</t>
+          <t>9786053147596</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Che’nin Yasadışı Benliği</t>
+          <t>Düşen Kedigiller ve Temel Fizik</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>18.52</v>
+        <v>320</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789755392936</t>
+          <t>9786053147558</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Cennete Bir Koşu</t>
+          <t>Dijital Toplumun Sosyolojik Teorisi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>13.89</v>
+        <v>280</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789755394039</t>
+          <t>9786053147152</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Cehennemin Tarihi</t>
+          <t>Çocukluğun Gölgesi 2. Cilt : Ayaz &amp; Çığ</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>21.3</v>
+        <v>390</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789755397160</t>
+          <t>9786053145943</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Capon Çayevi</t>
+          <t>Bağlantısallık, Yaşamdaşlık (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>20.37</v>
+        <v>90</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789755395937</t>
+          <t>9786053146179</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Buradasınız</t>
+          <t>Karga Kafası Ajanda 2023</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>16.67</v>
+        <v>25</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789755396941</t>
+          <t>9789755394824</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Boşluğun Sesi</t>
+          <t>Görünür Dünyanın Eşiği</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>12.96</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789755396453</t>
+          <t>9789755391007</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Biz Rüya Görürken</t>
+          <t>Çekirge :  Oyun, Yaşam ve Ütopya</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>37.04</v>
+        <v>75</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789755396439</t>
+          <t>9789755390185</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Bakırköy</t>
+          <t>Cinsel Şiddet Yaşayanların Yaşatanların Anlatımlarıyla</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>12.96</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789755393889</t>
+          <t>9789755395807</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Blues Tarihi Şeytan’ ın Müziği</t>
+          <t>Che’nin Yasadışı Benliği</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>22.22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789755396996</t>
+          <t>9789755392936</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Bir Tuhaf İntikam</t>
+          <t>Cennete Bir Koşu</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789755395593</t>
+          <t>9789755394039</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Bir Sahtekar Olarak Hayatım</t>
+          <t>Cehennemin Tarihi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>15.74</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789755394022</t>
+          <t>9789755397160</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Bilim Etiği</t>
+          <t>Capon Çayevi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789755394114</t>
+          <t>9789755395937</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Beton Ada</t>
+          <t>Buradasınız</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>8.33</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786053140078</t>
+          <t>9789755396941</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 3A</t>
+          <t>Boşluğun Sesi</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>7</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789755397924</t>
+          <t>9789755396453</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İhvan-ı Safa Risaleleri Cilt: 4 (Ciltli)</t>
+          <t>Biz Rüya Görürken</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>200</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789755398204</t>
+          <t>9789755396439</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Acuka</t>
+          <t>Bir Zamanlar Bakırköy</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789755397740</t>
+          <t>9789755393889</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Aşk Üzerine Bir Diyalog</t>
+          <t>Blues Tarihi Şeytan’ ın Müziği</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>57</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789755394510</t>
+          <t>9789755396996</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Özgürleşmesi</t>
+          <t>Bir Tuhaf İntikam</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>400</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786053141457</t>
+          <t>9789755395593</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İzinde (Ciltli)</t>
+          <t>Bir Sahtekar Olarak Hayatım</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>750</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786053140924</t>
+          <t>9789755394022</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 9A</t>
+          <t>Bilim Etiği</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>7</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786053147497</t>
+          <t>9789755394114</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Hafız Divanı Cilt: 1</t>
+          <t>Beton Ada</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>750</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789755399850</t>
+          <t>9786053140078</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Bizi Güneşe Çıkardılar</t>
+          <t>Dövüş Kulübü 2 Sayı: 3A</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>60</v>
+        <v>7</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789755397894</t>
+          <t>9789755397924</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Azınlıklar, Ötekiler ve Medya</t>
+          <t>İhvan-ı Safa Risaleleri Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>34</v>
+        <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789755397887</t>
+          <t>9789755398204</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Anathem</t>
+          <t>Acuka</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>46.3</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789755398471</t>
+          <t>9789755397740</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Arap İsyanları Güncesi</t>
+          <t>Aşk Üzerine Bir Diyalog</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>13.89</v>
+        <v>57</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786053140443</t>
+          <t>9789755394510</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Göçler Ülkesi</t>
+          <t>Hayvan Özgürleşmesi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>272</v>
+        <v>400</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789755397955</t>
+          <t>9786053141457</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Dünya</t>
+          <t>Zamanın İzinde (Ciltli)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>25.93</v>
+        <v>750</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789755396415</t>
+          <t>9786053140924</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Bay Blanc</t>
+          <t>Dövüş Kulübü 2 Sayı: 9A</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>12.96</v>
+        <v>7</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789755397474</t>
+          <t>9786053147497</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Bauman Sosyolojisi</t>
+          <t>Hafız Divanı Cilt: 1</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>22.22</v>
+        <v>750</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789755396064</t>
+          <t>9789755399850</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Babamın Kitabı</t>
+          <t>Bizi Güneşe Çıkardılar</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789755395630</t>
+          <t>9789755397894</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Fikri</t>
+          <t>Azınlıklar, Ötekiler ve Medya</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>25</v>
+        <v>34</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789755395463</t>
+          <t>9789755397887</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Asker Gramofonu Nasıl Tamir Eder?</t>
+          <t>Anathem</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>18.52</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789755393155</t>
+          <t>9789755398471</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Aristos Yaşam Üzerine Notlar</t>
+          <t>Arap İsyanları Güncesi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789755396330</t>
+          <t>9786053140443</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Arıza Babaların Çatlak Kızları</t>
+          <t>Göçler Ülkesi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>11.11</v>
+        <v>272</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789755394107</t>
+          <t>9789755397955</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Aptallık Ansiklopedisi</t>
+          <t>Beyaz Dünya</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>56</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789755396446</t>
+          <t>9789755396415</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Antikapitalizm ve Kültür</t>
+          <t>Bay Blanc</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>24.07</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789755394282</t>
+          <t>9789755397474</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Annem</t>
+          <t>Bauman Sosyolojisi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>60</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789755392264</t>
+          <t>9789755396064</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Anarşist</t>
+          <t>Babamın Kitabı</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>16.67</v>
+        <v>40</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789755395005</t>
+          <t>9789755395630</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Altkültür</t>
+          <t>Avrupa Fikri</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789755390192</t>
+          <t>9789755395463</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Teknoloji Teknik Değişmenin Politik Boyutları</t>
+          <t>Asker Gramofonu Nasıl Tamir Eder?</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789755393179</t>
+          <t>9789755393155</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Aldatma</t>
+          <t>Aristos Yaşam Üzerine Notlar</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>20</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789755396545</t>
+          <t>9789755396330</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Akvaryumda Ölü Bir Balık</t>
+          <t>Arıza Babaların Çatlak Kızları</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>8.33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789755396194</t>
+          <t>9789755394107</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Akhisar Düşerken</t>
+          <t>Aptallık Ansiklopedisi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>20.37</v>
+        <v>56</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789755393537</t>
+          <t>9789755396446</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Protesto Sanatı</t>
+          <t>Antikapitalizm ve Kültür</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>60</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789755396866</t>
+          <t>9789755394282</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Acı Düşler Bulvarı</t>
+          <t>Annem</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>12.96</v>
+        <v>60</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789755397146</t>
+          <t>9789755392264</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Acemiler</t>
+          <t>Anarşist</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>12.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789755393476</t>
+          <t>9789755395005</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Acemi Pezevenk</t>
+          <t>Altkültür</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>18.52</v>
+        <v>23</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789755393261</t>
+          <t>9789755390192</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Acaba Nasıl?</t>
+          <t>Alternatif Teknoloji Teknik Değişmenin Politik Boyutları</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>20</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789755392240</t>
+          <t>9789755393179</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>21.Yüzyıl Anarşizmi Yeni Binyıl İçin Ortodoks Olmayan Fikirler</t>
+          <t>Aldatma</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>18.52</v>
+        <v>20</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789755394657</t>
+          <t>9789755396545</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Uyku</t>
+          <t>Akvaryumda Ölü Bir Balık</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>100</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789755392974</t>
+          <t>9789755396194</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Tünel</t>
+          <t>Akhisar Düşerken</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>60</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789755394190</t>
+          <t>9789755393537</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İktisadın ABC’si</t>
+          <t>Ahlaki Protesto Sanatı</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789755394299</t>
+          <t>9789755396866</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Adsız Devler</t>
+          <t>Acı Düşler Bulvarı</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>6.94</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789755394879</t>
+          <t>9789755397146</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Düzülke</t>
+          <t>Acemiler</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>42</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789755395197</t>
+          <t>9789755393476</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Paravanlar</t>
+          <t>Acemi Pezevenk</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>156</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789755396309</t>
+          <t>9789755393261</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Nefret Söylemi Nefret Suçları</t>
+          <t>Acaba Nasıl?</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>72</v>
+        <v>20</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789755392158</t>
+          <t>9789755392240</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Mercier ile Camier</t>
+          <t>21.Yüzyıl Anarşizmi Yeni Binyıl İçin Ortodoks Olmayan Fikirler</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>50</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789755394480</t>
+          <t>9789755394657</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Modernliğin Sosyolojisi</t>
+          <t>Uyku</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>69</v>
+        <v>100</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789755391489</t>
+          <t>9789755392974</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Konfidenz</t>
+          <t>Tünel</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786053143215</t>
+          <t>9789755394190</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick - Beyaz Balina</t>
+          <t>Siyasal İktisadın ABC’si</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786053147527</t>
+          <t>9789755394299</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Ziya Yılmaz: Yaşamı ve Siyasal Mücadelesi</t>
+          <t>Adsız Devler</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>340</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786053147404</t>
+          <t>9789755394879</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Naif Ruhlar: İnsanın Yok Oluşu</t>
+          <t>Açıklamalı Düzülke</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>370</v>
+        <v>42</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786053147510</t>
+          <t>9789755395197</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Merkez’den “Uç”lara: Neoliberal Dönemde Sağ Siyaset (1983-2002)</t>
+          <t>Paravanlar</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>300</v>
+        <v>156</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786053147503</t>
+          <t>9789755396309</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>İnşa Etmek ve Yaşamak: Şehir Etiği</t>
+          <t>Nefret Söylemi Nefret Suçları</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>370</v>
+        <v>72</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786053147411</t>
+          <t>9789755392158</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Et Yiyenler Arasında Yaşamak</t>
+          <t>Mercier ile Camier</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>365</v>
+        <v>50</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786053145608</t>
+          <t>9789755394480</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Aleni Yaşamlar</t>
+          <t>Modernliğin Sosyolojisi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>250</v>
+        <v>69</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786053144618</t>
+          <t>9789755391489</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi (Cilt 1 - 2 - 3)</t>
+          <t>Konfidenz</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>950</v>
+        <v>40</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789755393897</t>
+          <t>9786053143215</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Zaman Tüneli</t>
+          <t>Moby Dick - Beyaz Balina</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786053140535</t>
+          <t>9786053147527</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 6B</t>
+          <t>Ziya Yılmaz: Yaşamı ve Siyasal Mücadelesi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786053140061</t>
+          <t>9786053147404</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 2A</t>
+          <t>Naif Ruhlar: İnsanın Yok Oluşu</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>100</v>
+        <v>370</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789755396798</t>
+          <t>9786053147510</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>İngiltere’de Emekçi Sınıfların Durumu</t>
+          <t>Merkez’den “Uç”lara: Neoliberal Dönemde Sağ Siyaset (1983-2002)</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789755393018</t>
+          <t>9786053147503</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>İngiltere İngiltere’ye Karşı</t>
+          <t>İnşa Etmek ve Yaşamak: Şehir Etiği</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>290</v>
+        <v>370</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789755393322</t>
+          <t>9786053147411</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk</t>
+          <t>Et Yiyenler Arasında Yaşamak</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>440</v>
+        <v>365</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789755394749</t>
+          <t>9786053145608</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Takas</t>
+          <t>Aleni Yaşamlar</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789755392516</t>
+          <t>9786053144618</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>İmaj Görmenin Kültür Ve Politikası</t>
+          <t>Mesnevi (Cilt 1 - 2 - 3)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>300</v>
+        <v>950</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789755396989</t>
+          <t>9789755393897</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>İletişim Bilimlerinin Serüveni</t>
+          <t>Zaman Tüneli</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>360</v>
+        <v>430</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789755390857</t>
+          <t>9786053140535</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Aklın Eleştirisi</t>
+          <t>Dövüş Kulübü 2 Sayı: 6B</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789755393780</t>
+          <t>9786053140061</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Gözü</t>
+          <t>Dövüş Kulübü 2 Sayı: 2A</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789755397344</t>
+          <t>9789755396798</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>İhvan-ı Safa Risaleleri Cilt: 2</t>
+          <t>İngiltere’de Emekçi Sınıfların Durumu</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789755396927</t>
+          <t>9789755393018</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>İbni Haldun: Tarih Biliminin Doğuşu</t>
+          <t>İngiltere İngiltere’ye Karşı</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789755397122</t>
+          <t>9789755393322</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>İbni Arabi ve Derrida</t>
+          <t>İmparatorluk</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789755395982</t>
+          <t>9789755394749</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Hücre</t>
+          <t>İmkansız Takas</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789755392400</t>
+          <t>9789755392516</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Hiç İçin Metinler ve Uzun Öyküler</t>
+          <t>İmaj Görmenin Kültür Ve Politikası</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789755391564</t>
+          <t>9789755396989</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Hırsızın Günlüğü</t>
+          <t>İletişim Bilimlerinin Serüveni</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789755397429</t>
+          <t>9789755390857</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyanlıktaki Ateizm</t>
+          <t>İktisadi Aklın Eleştirisi</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>460</v>
+        <v>320</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786053140351</t>
+          <t>9789755393780</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Güven Cilt 2</t>
+          <t>İktidarın Gözü</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>560</v>
+        <v>320</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789755390024</t>
+          <t>9789755397344</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Zorunlu Eğitime Hayır!</t>
+          <t>İhvan-ı Safa Risaleleri Cilt: 2</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789755395487</t>
+          <t>9789755396927</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Zanaatkar</t>
+          <t>İbni Haldun: Tarih Biliminin Doğuşu</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>390</v>
+        <v>270</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789755390093</t>
+          <t>9789755397122</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kıyısındaki Kadın</t>
+          <t>İbni Arabi ve Derrida</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789755392585</t>
+          <t>9789755395982</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Zaman Üzerine</t>
+          <t>Hücre</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789755396934</t>
+          <t>9789755392400</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Yok Edici</t>
+          <t>Hiç İçin Metinler ve Uzun Öyküler</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789755396743</t>
+          <t>9789755391564</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı</t>
+          <t>Hırsızın Günlüğü</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789755396392</t>
+          <t>9789755397429</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Hafız Divanı Cilt: 2 (Ciltli)</t>
+          <t>Hıristiyanlıktaki Ateizm</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>900</v>
+        <v>460</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789755394954</t>
+          <t>9786053140351</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Gündoğumuna Yolculuk</t>
+          <t>Güven Cilt 2</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>250</v>
+        <v>560</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789755394701</t>
+          <t>9789755390024</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Günce</t>
+          <t>Zorunlu Eğitime Hayır!</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789755392394</t>
+          <t>9789755395487</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Gülün Mucizesi</t>
+          <t>Zanaatkar</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789755391236</t>
+          <t>9789755390093</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Gülme</t>
+          <t>Zamanın Kıyısındaki Kadın</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789755390802</t>
+          <t>9789755392585</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Demokrasi</t>
+          <t>Zaman Üzerine</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789755392622</t>
+          <t>9789755396934</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Gözün Vicdanı</t>
+          <t>Yok Edici</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789755394251</t>
+          <t>9789755396743</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Canavarlar</t>
+          <t>Hayatın Anlamı</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789755393919</t>
+          <t>9789755396392</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Gilles ile Jeanne</t>
+          <t>Hafız Divanı Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>170</v>
+        <v>900</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789755395562</t>
+          <t>9789755394954</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Geriye Uçan Yaban Ördekleri</t>
+          <t>Gündoğumuna Yolculuk</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>288</v>
+        <v>250</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789755395388</t>
+          <t>9789755394701</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Geri Dönüşü</t>
+          <t>Günce</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789755390710</t>
+          <t>9789755392394</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Bakmak 21. Yüzyıl İçin Katılımcı Ekonomi</t>
+          <t>Gülün Mucizesi</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789755394053</t>
+          <t>9789755391236</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf: Çerçevedeki Gizem</t>
+          <t>Gülme</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789755391885</t>
+          <t>9789755390802</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Flört Üzerine</t>
+          <t>Güçlü Demokrasi</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789755392325</t>
+          <t>9789755392622</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Flaubert’in Papağanı</t>
+          <t>Gözün Vicdanı</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>234</v>
+        <v>320</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789755396910</t>
+          <t>9789755394251</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Flanör Düşünce</t>
+          <t>Görünmez Canavarlar</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789755394800</t>
+          <t>9789755393919</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Flamenko</t>
+          <t>Gilles ile Jeanne</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789755397481</t>
+          <t>9789755395562</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Film Eleştirisi</t>
+          <t>Geriye Uçan Yaban Ördekleri</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>320</v>
+        <v>288</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789755396316</t>
+          <t>9789755395388</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Felsefe</t>
+          <t>Gerçeğin Geri Dönüşü</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789755395272</t>
+          <t>9789755390710</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Sahnesi</t>
+          <t>Geleceğe Bakmak 21. Yüzyıl İçin Katılımcı Ekonomi</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789755396880</t>
+          <t>9789755394053</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Faşist İdeolojinin Doğuşu</t>
+          <t>Fotoğraf: Çerçevedeki Gizem</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789755394367</t>
+          <t>9789755391885</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Fahişe</t>
+          <t>Flört Üzerine</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789755391946</t>
+          <t>9789755392325</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Etiğe Giriş</t>
+          <t>Flaubert’in Papağanı</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>300</v>
+        <v>234</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789755393308</t>
+          <t>9789755396910</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Eşiktekiler</t>
+          <t>Flanör Düşünce</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789755390833</t>
+          <t>9789755394800</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Erkek Akıl Batı Felsefesinde "Erkek" ve "Kadın"</t>
+          <t>Flamenko</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789755392837</t>
+          <t>9789755397481</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Entelektüelin Siyasi İşlevi</t>
+          <t>Film Eleştirisi</t>
         </is>
       </c>
       <c r="C465" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789755390949</t>
+          <t>9789755396316</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Entelektüel</t>
+          <t>Yaşayan Felsefe</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789755393025</t>
+          <t>9789755395272</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Teori Habermas ve Frankfurt Okulu</t>
+          <t>Felsefe Sahnesi</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789755396729</t>
+          <t>9789755396880</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Psikoloji</t>
+          <t>Faşist İdeolojinin Doğuşu</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>630</v>
+        <v>370</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789755396699</t>
+          <t>9789755394367</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Ortak Benlik</t>
+          <t>Fahişe</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786053147183</t>
+          <t>9789755391946</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Milletler ve Milliyetçilik</t>
+          <t>Etiğe Giriş</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789755395777</t>
+          <t>9789755393308</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Toplumun McDonaldlaştırılması</t>
+          <t>Eşiktekiler</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789755390338</t>
+          <t>9789755390833</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Milletler ve Milliyetçilik</t>
+          <t>Erkek Akıl Batı Felsefesinde "Erkek" ve "Kadın"</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789755395883</t>
+          <t>9789755392837</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Yolculuk</t>
+          <t>Entelektüelin Siyasi İşlevi</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786053146384</t>
+          <t>9789755390949</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>İhvan-ı Safa Risaleleri (Cilt 5)</t>
+          <t>Entelektüel</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786053144304</t>
+          <t>9789755393025</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Günlerini Demek Bensiz Yaşadın</t>
+          <t>Eleştirel Teori Habermas ve Frankfurt Okulu</t>
         </is>
       </c>
       <c r="C475" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786053142232</t>
+          <t>9789755396729</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kuyrukluyıldız</t>
+          <t>Eleştirel Psikoloji</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>440</v>
+        <v>630</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789755390659</t>
+          <t>9789755396699</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın Gaspı</t>
+          <t>Ortak Benlik</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786053143673</t>
+          <t>9786053147183</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Ayrıntılı Ajanda’25</t>
+          <t>Milletler ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>60</v>
+        <v>270</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786053147107</t>
+          <t>9789755395777</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kılavuz Çubukları</t>
+          <t>Toplumun McDonaldlaştırılması</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786053147459</t>
+          <t>9789755390338</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Uçurumda Saklı Sevdam</t>
+          <t>Milletler ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786053147374</t>
+          <t>9789755395883</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Gidenleri Rahat Bırakma Kılavuzu Kalanları Rahat Bırakma Kılavuzu</t>
+          <t>Bitmeyen Yolculuk</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786053147428</t>
+          <t>9786053146384</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Yine Yeni Yeniden 90’lar</t>
+          <t>İhvan-ı Safa Risaleleri (Cilt 5)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789755393698</t>
+          <t>9786053144304</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Gösteri Peygamberi</t>
+          <t>En Güzel Günlerini Demek Bensiz Yaşadın</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786053147398</t>
+          <t>9786053142232</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Savaşa Doğanların Şiirleri</t>
+          <t>Kuyrukluyıldız</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786053147381</t>
+          <t>9789755390659</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Üç Belirsizlik Kavramı</t>
+          <t>Sağlığın Gaspı</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786053147367</t>
+          <t>9786053143673</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Meyve Hırsızı</t>
+          <t>Ayrıntılı Ajanda’25</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>320</v>
+        <v>60</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786053147350</t>
+          <t>9786053147107</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Sanat Eserine Dönüşmek</t>
+          <t>Kılavuz Çubukları</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786053147343</t>
+          <t>9786053147459</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçmek Üzerine</t>
+          <t>Uçurumda Saklı Sevdam</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786053146520</t>
+          <t>9786053147374</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Faşizmin Yeni Yüzleri</t>
+          <t>Gidenleri Rahat Bırakma Kılavuzu Kalanları Rahat Bırakma Kılavuzu</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786053146704</t>
+          <t>9786053147428</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Politikadan Sinemaya Minör-Oluş</t>
+          <t>Yine Yeni Yeniden 90’lar</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786053147336</t>
+          <t>9789755393698</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Naturans III: Yeni Gündelik Yaşam</t>
+          <t>Gösteri Peygamberi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786053147251</t>
+          <t>9786053147398</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Borçla Yönetmek</t>
+          <t>Savaşa Doğanların Şiirleri</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786053147305</t>
+          <t>9786053147381</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Zürafanın Boynu</t>
+          <t>Üç Belirsizlik Kavramı</t>
         </is>
       </c>
       <c r="C493" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786053147329</t>
+          <t>9786053147367</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Burjuvazi ve Çıplak Kollular: Fransız Devrimi’nde Toplumsal Mücadeleler 1793-1795</t>
+          <t>Meyve Hırsızı</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786053147312</t>
+          <t>9786053147350</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Yürüyüş Pratiği</t>
+          <t>Sanat Eserine Dönüşmek</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789755396026</t>
+          <t>9786053147343</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz ve Devrim</t>
+          <t>Vazgeçmek Üzerine</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789755398167</t>
+          <t>9786053146520</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Tanıklar Kahvesi</t>
+          <t>Faşizmin Yeni Yüzleri</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786053141471</t>
+          <t>9786053146704</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Bizum Cihan</t>
+          <t>Politikadan Sinemaya Minör-Oluş</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786053141273</t>
+          <t>9786053147336</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Başlama Yeri</t>
+          <t>Naturans III: Yeni Gündelik Yaşam</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>252</v>
+        <v>180</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786053140269</t>
+          <t>9786053147251</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Şiir Nasıl Okunur ?</t>
+          <t>Devlet ve Borçla Yönetmek</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786053141709</t>
+          <t>9786053147305</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Soluk Mavi Nokta</t>
+          <t>Zürafanın Boynu</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789755390901</t>
+          <t>9786053147329</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Ezilenlerin Pedagojisi</t>
+          <t>Burjuvazi ve Çıplak Kollular: Fransız Devrimi’nde Toplumsal Mücadeleler 1793-1795</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789755391281</t>
+          <t>9786053147312</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Öpüşme, Gıdıklanma ve Sıkılma Üzerine</t>
+          <t>Yürüyüş Pratiği</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786053146599</t>
+          <t>9789755396026</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Spor Sosyolojisi</t>
+          <t>Psikanaliz ve Devrim</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>760</v>
+        <v>220</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786053143611</t>
+          <t>9789755398167</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Havva'nın Saklı Yüzü</t>
+          <t>Yalancı Tanıklar Kahvesi</t>
         </is>
       </c>
       <c r="C505" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789755397542</t>
+          <t>9786053141471</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Bir Yeniçerinin Hatıraları</t>
+          <t>Bizum Cihan</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789755399485</t>
+          <t>9786053141273</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Çokaşklılık</t>
+          <t>Başlama Yeri</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>220</v>
+        <v>252</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786053142140</t>
+          <t>9786053140269</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Kuşkuculuk</t>
+          <t>Şiir Nasıl Okunur ?</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786053140894</t>
+          <t>9786053141709</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Pop Müziği</t>
+          <t>Soluk Mavi Nokta</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>480</v>
+        <v>340</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789755393230</t>
+          <t>9789755390901</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Parçalanmış Hayat</t>
+          <t>Ezilenlerin Pedagojisi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789755392141</t>
+          <t>9789755391281</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Cinayet</t>
+          <t>Öpüşme, Gıdıklanma ve Sıkılma Üzerine</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786053147282</t>
+          <t>9786053146599</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Toplumun McDonaldlaştırılması</t>
+          <t>Spor Sosyolojisi</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>390</v>
+        <v>760</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786053147213</t>
+          <t>9786053143611</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji ve Uygarlık</t>
+          <t>Havva'nın Saklı Yüzü</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>510</v>
+        <v>380</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786053147190</t>
+          <t>9789755397542</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Modern Barbarlığın Eleştirisi</t>
+          <t>Bir Yeniçerinin Hatıraları</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>260</v>
+        <v>225</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786053147220</t>
+          <t>9789755399485</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Çanları (Kara Haykular)</t>
+          <t>Çokaşklılık</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786053147206</t>
+          <t>9786053142140</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Kuşkuculuk</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>125</v>
+        <v>650</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786053147084</t>
+          <t>9786053140894</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Canbaz Duası</t>
+          <t>Türkiye'nin Pop Müziği</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786053147091</t>
+          <t>9789755393230</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Bir Rüya İçin Gerekli Şeyler</t>
+          <t>Parçalanmış Hayat</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786053146506</t>
+          <t>9789755392141</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Değişmeyi İstemek Üzerine</t>
+          <t>Kusursuz Cinayet</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786053141822</t>
+          <t>9786053147282</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>İlgi Arayışı</t>
+          <t>Toplumun McDonaldlaştırılması</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789755391106</t>
+          <t>9786053147213</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Kimlik ve Farklılık Siyasetin Açmazlarına Dair Demokratik Çözüm Önerileri</t>
+          <t>Teknoloji ve Uygarlık</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>320</v>
+        <v>510</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789755390444</t>
+          <t>9786053147190</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Sol Eli</t>
+          <t>Modern Barbarlığın Eleştirisi</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786053141525</t>
+          <t>9786053147220</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Spinoza'nın Sevinci Nereden Geliyor?</t>
+          <t>Gecenin Çanları (Kara Haykular)</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789755398075</t>
+          <t>9786053147206</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Mutsuzluk Zamanlarında Mutluluk</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786053140191</t>
+          <t>9786053147084</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Mavi Karanlık</t>
+          <t>Canbaz Duası</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>410</v>
+        <v>200</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786053145042</t>
+          <t>9786053147091</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bilim: Bağlantısallık - Yeni Kültür: Yaşamdaşlık</t>
+          <t>Bir Rüya İçin Gerekli Şeyler</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786053144724</t>
+          <t>9786053146506</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 3</t>
+          <t>Değişmeyi İstemek Üzerine</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786053144717</t>
+          <t>9786053141822</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Akıl Sağlığı Üzerine</t>
+          <t>İlgi Arayışı</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786053144199</t>
+          <t>9789755391106</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Mizah</t>
+          <t>Kimlik ve Farklılık Siyasetin Açmazlarına Dair Demokratik Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786053147015</t>
+          <t>9789755390444</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Kolonyalizm Postkolonyalizm</t>
+          <t>Karanlığın Sol Eli</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786053147145</t>
+          <t>9786053141525</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğun Gölgesi Birinci Cilt: Poyraz &amp; Bozkış</t>
+          <t>Spinoza'nın Sevinci Nereden Geliyor?</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>295</v>
+        <v>180</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786053147121</t>
+          <t>9789755398075</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Sermayenin Doğası: Foucault’dan Sonra Marx</t>
+          <t>Mutsuzluk Zamanlarında Mutluluk</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786053147114</t>
+          <t>9786053140191</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Depresyonun Estetiği ve Politikası: Yerinde Saymak</t>
+          <t>Mavi Karanlık</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789755394725</t>
+          <t>9786053145042</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Kayboluş</t>
+          <t>Yeni Bilim: Bağlantısallık - Yeni Kültür: Yaşamdaşlık</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789755390994</t>
+          <t>9786053144724</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Homo Ludens</t>
+          <t>Dövüş Kulübü 3</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789755397719</t>
+          <t>9786053144717</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Etin Cinsel Politikası</t>
+          <t>Akıl Sağlığı Üzerine</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786053146865</t>
+          <t>9786053144199</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Yaşam İçin Felsefesi</t>
+          <t>Mizah</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789755393124</t>
+          <t>9786053147015</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha Benden Yana</t>
+          <t>Kolonyalizm Postkolonyalizm</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786053142812</t>
+          <t>9786053147145</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Gölgedeki Kadınları</t>
+          <t>Çocukluğun Gölgesi Birinci Cilt: Poyraz &amp; Bozkış</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>450</v>
+        <v>295</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786053140474</t>
+          <t>9786053147121</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Spinoza ile Karşılaşmalar</t>
+          <t>Sermayenin Doğası: Foucault’dan Sonra Marx</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789755393001</t>
+          <t>9786053147114</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Postmodernlik ve Hoşnutsuzlukları</t>
+          <t>Depresyonun Estetiği ve Politikası: Yerinde Saymak</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789755391916</t>
+          <t>9789755394725</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Teori</t>
+          <t>Kayboluş</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>440</v>
+        <v>310</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786053147039</t>
+          <t>9789755390994</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Özgürleşmesi Hemen Şimdi</t>
+          <t>Homo Ludens</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786053147077</t>
+          <t>9789755397719</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Sahnedeki Madun: Çağdaş Batı Tiyatrosu'nda Oryantalizm</t>
+          <t>Etin Cinsel Politikası</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786053147053</t>
+          <t>9786053146865</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Libido Zirvesi</t>
+          <t>Yaşam İçin Felsefesi</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786053147060</t>
+          <t>9789755393124</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Çan</t>
+          <t>Kahkaha Benden Yana</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786053147046</t>
+          <t>9786053142812</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Aslında Ne Yiyoruz, Nasıl Yiyoruz?</t>
+          <t>Sanatın Gölgedeki Kadınları</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>310</v>
+        <v>450</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789755397269</t>
+          <t>9786053140474</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kentin Radyosu</t>
+          <t>Spinoza ile Karşılaşmalar</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789755391663</t>
+          <t>9789755393001</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Kötülük</t>
+          <t>Postmodernlik ve Hoşnutsuzlukları</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789755398426</t>
+          <t>9789755391916</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Benlik Yanılsaması</t>
+          <t>Postmodern Teori</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789755393582</t>
+          <t>9786053147039</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Anlamın Görüntüsü</t>
+          <t>Hayvan Özgürleşmesi Hemen Şimdi</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>650</v>
+        <v>380</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789755393872</t>
+          <t>9786053147077</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Edebiyat Kuramı</t>
+          <t>Sahnedeki Madun: Çağdaş Batı Tiyatrosu'nda Oryantalizm</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>330</v>
+        <v>140</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789755395821</t>
+          <t>9786053147053</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca Nasıl İşler?</t>
+          <t>Libido Zirvesi</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786053141969</t>
+          <t>9786053147060</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Sanatı</t>
+          <t>Çan</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786053141143</t>
+          <t>9786053147046</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Cinselliğin Önemi</t>
+          <t>Aslında Ne Yiyoruz, Nasıl Yiyoruz?</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789755390161</t>
+          <t>9789755397269</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Gösteri Toplumu</t>
+          <t>Kayıp Kentin Radyosu</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789755390758</t>
+          <t>9789755391663</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Fransız Teğmenin Kadını</t>
+          <t>Edebiyat ve Kötülük</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789755392028</t>
+          <t>9789755398426</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Aşksız İlişkiler</t>
+          <t>Benlik Yanılsaması</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>216</v>
+        <v>340</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789755394893</t>
+          <t>9789755393582</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Giden Dil</t>
+          <t>Sanatta Anlamın Görüntüsü</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>390</v>
+        <v>650</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789755397313</t>
+          <t>9789755393872</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Savaş Alanı Olarak Tarih</t>
+          <t>Postmodern Edebiyat Kuramı</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789755393667</t>
+          <t>9789755395821</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Sanatın İcadı</t>
+          <t>Kurmaca Nasıl İşler?</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789755397351</t>
+          <t>9786053141969</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi (Cilt 4 - 5 - 6) (Ciltli)</t>
+          <t>Yaşam Sanatı</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>950</v>
+        <v>210</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786257425476</t>
+          <t>9786053141143</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Mösyö Şokola’nın Resimli Yemek Kitabı</t>
+          <t>Cinselliğin Önemi</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786053146971</t>
+          <t>9789755390161</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Kısa Bir Doğa Tarihi</t>
+          <t>Gösteri Toplumu</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786053146995</t>
+          <t>9789755390758</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Yasa ve Yasakla Yönetmek: Türkiye’de 1 Mayıslar</t>
+          <t>Fransız Teğmenin Kadını</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786053147022</t>
+          <t>9789755392028</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>TTB’ye Adanmış Bir Ömür: Dr. Mahmut Ortakaya</t>
+          <t>Aşksız İlişkiler</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>250</v>
+        <v>216</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786053147008</t>
+          <t>9789755394893</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem İsyankarlar: İlk Romantikler ve Benin Keşfi</t>
+          <t>Sonsuza Giden Dil</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>470</v>
+        <v>390</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786053146988</t>
+          <t>9789755397313</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Bir Katilin Günlüğü</t>
+          <t>Savaş Alanı Olarak Tarih</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786053146964</t>
+          <t>9789755393667</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Belirsizlik Çağı: Fiziğin Parlak ve Karanlık Yılları 1895-1945</t>
+          <t>Sanatın İcadı</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789755393902</t>
+          <t>9789755397351</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Cinselliğin Tarihi</t>
+          <t>Mesnevi (Cilt 4 - 5 - 6) (Ciltli)</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>520</v>
+        <v>950</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789755392363</t>
+          <t>9786257425476</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>10,5 Bölümde Dünya Tarihi</t>
+          <t>Mösyö Şokola’nın Resimli Yemek Kitabı</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>320</v>
+        <v>700</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786053146919</t>
+          <t>9786053146971</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Politikası 21. Yüzyılda Biyomedikal, İktidar ve Öznellik</t>
+          <t>Uygarlığın Kısa Bir Doğa Tarihi</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>440</v>
+        <v>360</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786053146933</t>
+          <t>9786053146995</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Ölü Yiyiciler İnsan Yiyen Canavarlar Hakkında Mitler ve Hikayeler</t>
+          <t>Yasa ve Yasakla Yönetmek: Türkiye’de 1 Mayıslar</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786053146957</t>
+          <t>9786053147022</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Devrim - Bir Entelektüel Tarih</t>
+          <t>TTB’ye Adanmış Bir Ömür: Dr. Mahmut Ortakaya</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786053146926</t>
+          <t>9786053147008</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Çingeneler</t>
+          <t>Muhteşem İsyankarlar: İlk Romantikler ve Benin Keşfi</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786053146940</t>
+          <t>9786053146988</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Bir Katilin Günlüğü</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789755391410</t>
+          <t>9786053146964</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Toplumu</t>
+          <t>Belirsizlik Çağı: Fiziğin Parlak ve Karanlık Yılları 1895-1945</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786053146896</t>
+          <t>9789755393902</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Günce</t>
+          <t>Cinselliğin Tarihi</t>
         </is>
       </c>
       <c r="C578" s="1">
         <v>520</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786053146902</t>
+          <t>9789755392363</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Dostluk - Siyasal Bir İnceleme</t>
+          <t>10,5 Bölümde Dünya Tarihi</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786053146889</t>
+          <t>9786053146919</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Faşizmin Yurttaş Dayanakları</t>
+          <t>Yaşamın Politikası 21. Yüzyılda Biyomedikal, İktidar ve Öznellik</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>390</v>
+        <v>440</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789755397627</t>
+          <t>9786053146933</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Divanımdaki Erkekler</t>
+          <t>Ölü Yiyiciler İnsan Yiyen Canavarlar Hakkında Mitler ve Hikayeler</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786053142508</t>
+          <t>9786053146957</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Siyah Gözler</t>
+          <t>Devrim - Bir Entelektüel Tarih</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>100</v>
+        <v>430</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786053146841</t>
+          <t>9786053146926</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kapitalizm ve İnsanlığın Krizi</t>
+          <t>Çingeneler</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786053146834</t>
+          <t>9786053146940</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Bu Dünyası</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786053146858</t>
+          <t>9789755391410</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Düello</t>
+          <t>Tüketim Toplumu</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786053146872</t>
+          <t>9786053146896</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Bizimde Günümüz Gelecek - Savaş Al Kitabı</t>
+          <t>Günce Birinci Cilt: 1949-1965</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>220</v>
+        <v>520</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786053146780</t>
+          <t>9786053146902</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Şehvet</t>
+          <t>Dostluk - Siyasal Bir İnceleme</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786053146674</t>
+          <t>9786053146889</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Şili 1970 – 1973 Dünyayı Sarsan Bin Gün</t>
+          <t>Avrupa'da Faşizmin Yurttaş Dayanakları</t>
         </is>
       </c>
       <c r="C588" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786053146735</t>
+          <t>9789755397627</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>O Da Kızını Öptü ve Gitti</t>
+          <t>Divanımdaki Erkekler</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786053146797</t>
+          <t>9786053142508</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>İyileşmek Üzerine</t>
+          <t>Siyah Gözler</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786053146773</t>
+          <t>9786053146841</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Cezmi - Tarihe Müstenid Hikaye</t>
+          <t>Küresel Kapitalizm ve İnsanlığın Krizi</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786053146766</t>
+          <t>9786053146834</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Bulanık Adam</t>
+          <t>İnsanların Bu Dünyası</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786053146810</t>
+          <t>9786053146858</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Aksanlı Sinema Sürgüne Ait ve Diyasporal Film Yapımı</t>
+          <t>Edebiyat ve Düello</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786053146803</t>
+          <t>9786053146872</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Akışkan Modern Dünyada Yönetim</t>
+          <t>Bizimde Günümüz Gelecek - Savaş Al Kitabı</t>
         </is>
       </c>
       <c r="C594" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786053146742</t>
+          <t>9786053146780</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Ku'yu</t>
+          <t>Uzayda Şehvet</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786053146711</t>
+          <t>9786053146674</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Hareketler (Bazen) Nasıl Fark Yaratabilir?</t>
+          <t>Şili 1970 – 1973 Dünyayı Sarsan Bin Gün</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786053146728</t>
+          <t>9786053146735</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Ceza Kolonisinde Tüm Hikayeler 1</t>
+          <t>O Da Kızını Öptü ve Gitti</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786053146759</t>
+          <t>9786053146797</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Fikri</t>
+          <t>İyileşmek Üzerine</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786053146681</t>
+          <t>9786053146773</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Kudüsün Kapısında Kelimeler</t>
+          <t>Cezmi - Tarihe Müstenid Hikaye</t>
         </is>
       </c>
       <c r="C599" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786053145356</t>
+          <t>9786053146766</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Kant ve Ornitorenk</t>
+          <t>Bulanık Adam</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>430</v>
+        <v>140</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786053146667</t>
+          <t>9786053146810</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Kremlin'in Büyücüsü</t>
+          <t>Aksanlı Sinema Sürgüne Ait ve Diyasporal Film Yapımı</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786053146650</t>
+          <t>9786053146803</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Ataerkil Sistemlerin Yükselişi ve Düşüşü</t>
+          <t>Akışkan Modern Dünyada Yönetim</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786053146643</t>
+          <t>9786053146742</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyetlendirilmiş Beyin</t>
+          <t>Ku'yu</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>440</v>
+        <v>180</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789755393513</t>
+          <t>9786053146711</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Etik</t>
+          <t>Toplumsal Hareketler (Bazen) Nasıl Fark Yaratabilir?</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786053146636</t>
+          <t>9786053146728</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Yeşilçam’da Öteki Olmak</t>
+          <t>Ceza Kolonisinde Tüm Hikayeler 1</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786053146612</t>
+          <t>9786053146759</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Aklımdaki Diyarlar</t>
+          <t>Cumhuriyet Fikri</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786053146605</t>
+          <t>9786053146681</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Türlerin Kökeni</t>
+          <t>Kudüsün Kapısında Kelimeler</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786053146148</t>
+          <t>9786053145356</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Geniş Ovaların Mamutları</t>
+          <t>Kant ve Ornitorenk</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>180</v>
+        <v>430</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786053146629</t>
+          <t>9786053146667</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Tehlike, Suç ve Haklar</t>
+          <t>Kremlin'in Büyücüsü</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786053146575</t>
+          <t>9786053146650</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Mücadelesine Adanmış Bir Ömür - Memet Turhan Kitabı</t>
+          <t>Ataerkil Sistemlerin Yükselişi ve Düşüşü</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786053146551</t>
+          <t>9786053146643</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Popülizm ve Medya</t>
+          <t>Cinsiyetlendirilmiş Beyin</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786053146568</t>
+          <t>9789755393513</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina'nın Küçük Tıp Kanunu</t>
+          <t>Eğitimde Etik</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786053145684</t>
+          <t>9786053146636</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Doğal Hak ve Tarih</t>
+          <t>Yeşilçam’da Öteki Olmak</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786053146544</t>
+          <t>9786053146612</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Zaniyeler</t>
+          <t>Aklımdaki Diyarlar</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>130</v>
+        <v>440</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786053146582</t>
+          <t>9786053146605</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Ağlama Çocuk</t>
+          <t>Türlerin Kökeni</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>210</v>
+        <v>310</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786053145707</t>
+          <t>9786053146148</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>İnsafsızlar</t>
+          <t>Geniş Ovaların Mamutları</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786053146537</t>
+          <t>9786053146629</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Yürü Bir Gerçeğe - Hakikat Sonrası'nı Anlamak</t>
+          <t>Tehlike, Suç ve Haklar</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786053146513</t>
+          <t>9786053146575</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Spinoza: Bir Hakikat İfadesi</t>
+          <t>Sınıf Mücadelesine Adanmış Bir Ömür - Memet Turhan Kitabı</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786053145455</t>
+          <t>9786053146551</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Bilinç İçin Eğitim</t>
+          <t>Popülizm ve Medya</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786053146490</t>
+          <t>9786053146568</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Tekinsiz Bölge</t>
+          <t>İbn Sina'nın Küçük Tıp Kanunu</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786053146476</t>
+          <t>9786053145684</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Uzak Ormanda Ölen</t>
+          <t>Doğal Hak ve Tarih</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786053146377</t>
+          <t>9786053146544</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>İhvan-ı Safa Risaleleri Cilt: 4</t>
+          <t>Zaniyeler</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786053146445</t>
+          <t>9786053146582</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Travma ve Ruh</t>
+          <t>Ağlama Çocuk</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786053146438</t>
+          <t>9786053145707</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>İnsafsızlar</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786053146469</t>
+          <t>9786053146537</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Koruda Söylenen</t>
+          <t>Yürü Bir Gerçeğe - Hakikat Sonrası'nı Anlamak</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786053146353</t>
+          <t>9786053146513</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Bizans Dünyası - 3. Cilt</t>
+          <t>Spinoza: Bir Hakikat İfadesi</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>520</v>
+        <v>260</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786053146414</t>
+          <t>9786053145455</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Beagle Yolculuğu</t>
+          <t>Eleştirel Bilinç İçin Eğitim</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786053146407</t>
+          <t>9786053146490</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Adı Kayıp - Ali Uygur Kitabı</t>
+          <t>Tekinsiz Bölge</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786053146360</t>
+          <t>9786053146476</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Anavatanda Nefret - Yeni Küresel Aşırı Sağ</t>
+          <t>Uzak Ormanda Ölen</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786053146421</t>
+          <t>9786053146377</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Sartre Romantik Rasyonalist</t>
+          <t>İhvan-ı Safa Risaleleri Cilt: 4</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786053146322</t>
+          <t>9786053146445</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Mercia’nın Bedeli</t>
+          <t>Travma ve Ruh</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>190</v>
+        <v>460</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786053145998</t>
+          <t>9786053146438</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Toplu Set</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>580</v>
+        <v>125</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786053146346</t>
+          <t>9786053146469</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Mahir Çayan - Kızıldere'den Önce 10 Ay</t>
+          <t>Koruda Söylenen</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786053146315</t>
+          <t>9786053146353</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Büyüme Sonrası - Kapitalizmden Sonra Yaşam</t>
+          <t>Bizans Dünyası - 3. Cilt</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>270</v>
+        <v>520</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786053146216</t>
+          <t>9786053146414</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Freud'un Yası</t>
+          <t>Beagle Yolculuğu</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>295</v>
+        <v>370</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786053146292</t>
+          <t>9786053146407</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Savaş Ontolojisi (2018-2019 Dersleri)</t>
+          <t>Adı Kayıp - Ali Uygur Kitabı</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786053146278</t>
+          <t>9786053146360</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Tarih Mümkün Müydü?</t>
+          <t>Anavatanda Nefret - Yeni Küresel Aşırı Sağ</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786053146285</t>
+          <t>9786053146421</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Ulaş Yoldaş</t>
+          <t>Sartre Romantik Rasyonalist</t>
         </is>
       </c>
       <c r="C638" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786053146308</t>
+          <t>9786053146322</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Felsefesinde Spinoza</t>
+          <t>Mercia’nın Bedeli</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786053146261</t>
+          <t>9786053145998</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Hizmetçiler</t>
+          <t>Dövüş Kulübü 2 Toplu Set</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>110</v>
+        <v>580</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786053142188</t>
+          <t>9786053146346</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Hapishaneye Alternatifler</t>
+          <t>Mahir Çayan - Kızıldere'den Önce 10 Ay</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786053146230</t>
+          <t>9786053146315</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Edward Said Seçme Eserler</t>
+          <t>Büyüme Sonrası - Kapitalizmden Sonra Yaşam</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>610</v>
+        <v>270</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786053146223</t>
+          <t>9786053146216</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın Ölümü</t>
+          <t>Freud'un Yası</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>260</v>
+        <v>295</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786053146254</t>
+          <t>9786053146292</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Kuşkuculuk 2</t>
+          <t>Savaş Ontolojisi (2018-2019 Dersleri)</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786053146247</t>
+          <t>9786053146278</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Rusya'da Sol - Muhalifler Arasındaki Muhalifler</t>
+          <t>Bir Başka Tarih Mümkün Müydü?</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786053141860</t>
+          <t>9786053146285</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Dokuzlu</t>
+          <t>Ulaş Yoldaş</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786053146193</t>
+          <t>9786053146308</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Sovyet Felsefesinde Spinoza</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786053146209</t>
+          <t>9786053146261</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Akışkan Kötülük</t>
+          <t>Hizmetçiler</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786053146186</t>
+          <t>9786053142188</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Nemide</t>
+          <t>Hapishaneye Alternatifler</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786053146070</t>
+          <t>9786053146230</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Bütün İşçileri</t>
+          <t>Edward Said Seçme Eserler</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>510</v>
+        <v>610</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786053146124</t>
+          <t>9786053146223</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Politik İktisadın Klasik Teorileri</t>
+          <t>Sağlığın Ölümü</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786053146162</t>
+          <t>9786053146254</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Üç Yaranın Şarkıları</t>
+          <t>Kuşkuculuk 2</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786053146117</t>
+          <t>9786053146247</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Alevileş(tiril)miş Ermeniler</t>
+          <t>Rusya'da Sol - Muhalifler Arasındaki Muhalifler</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>425</v>
+        <v>280</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786053146155</t>
+          <t>9786053141860</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche'nin Beşinci İncili</t>
+          <t>Mükemmel Dokuzlu</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786053144861</t>
+          <t>9786053146193</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Adorno ve Teoloji</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786053146131</t>
+          <t>9786053146209</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Zeyn'in Düğünü</t>
+          <t>Akışkan Kötülük</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786053145967</t>
+          <t>9786053146186</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Cinselliğin Tarihi 4 - Tenin İtirafları</t>
+          <t>Nemide</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>420</v>
+        <v>100</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786053146100</t>
+          <t>9786053146070</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Elizabeth Finch</t>
+          <t>Dünyanın Bütün İşçileri</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>216</v>
+        <v>510</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786053146094</t>
+          <t>9786053146124</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Büyük Geri Tepme - Popülizm ve Pandemi Sonrası Politika</t>
+          <t>Politik İktisadın Klasik Teorileri</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786053146087</t>
+          <t>9786053146162</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömrün Takvimi</t>
+          <t>Üç Yaranın Şarkıları</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786053146032</t>
+          <t>9786053146117</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Rubailer</t>
+          <t>Alevileş(tiril)miş Ermeniler</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>400</v>
+        <v>425</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786053142393</t>
+          <t>9786053146155</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Walden - Ormanda Bir Yaşam</t>
+          <t>Nietzsche'nin Beşinci İncili</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786053145752</t>
+          <t>9786053144861</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Suzy Pommier Cinayeti</t>
+          <t>Adorno ve Teoloji</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786053146025</t>
+          <t>9786053146131</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çağları</t>
+          <t>Zeyn'in Düğünü</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786053146018</t>
+          <t>9786053145967</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın ve Hastalığın Toplumsal Nedenleri</t>
+          <t>Cinselliğin Tarihi 4 - Tenin İtirafları</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786053146001</t>
+          <t>9786053146100</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Kadınlar Düşü</t>
+          <t>Elizabeth Finch</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>250</v>
+        <v>216</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786053145974</t>
+          <t>9786053146094</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Steampunk - Bilimkurgu Sinemasının Buhar Çılgınlığı</t>
+          <t>Büyük Geri Tepme - Popülizm ve Pandemi Sonrası Politika</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786053145899</t>
+          <t>9786053146087</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyanın Yeniden İnşası</t>
+          <t>Bir Ömrün Takvimi</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786053145981</t>
+          <t>9786053146032</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Naturans 2 - Yeni Etik Politik</t>
+          <t>Rubailer</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786053145769</t>
+          <t>9786053142393</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Daha Geride Kalanlar</t>
+          <t>Walden - Ormanda Bir Yaşam</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786053145745</t>
+          <t>9786053145752</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Dinsel Efsanelerin Kökeni - İbrani Dinlerin Marksist Eleştirisi</t>
+          <t>Suzy Pommier Cinayeti</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>510</v>
+        <v>190</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786053145691</t>
+          <t>9786053146025</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Genç Törless</t>
+          <t>Dünya Çağları</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786053145905</t>
+          <t>9786053146018</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Huzursuzluğun Kitabı</t>
+          <t>Sağlığın ve Hastalığın Toplumsal Nedenleri</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786053145875</t>
+          <t>9786053146001</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>İyilik Üzerine</t>
+          <t>Sıradan Kadınlar Düşü</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786053145868</t>
+          <t>9786053145974</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Dersleri</t>
+          <t>Steampunk - Bilimkurgu Sinemasının Buhar Çılgınlığı</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786053145851</t>
+          <t>9786053145899</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Küresel Polis Devleti</t>
+          <t>Modern Dünyanın Yeniden İnşası</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786053145882</t>
+          <t>9786053145981</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Sabaha Karşı</t>
+          <t>Naturans 2 - Yeni Etik Politik</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786053141204</t>
+          <t>9786053145769</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Yorum ve Aşırı Yorum</t>
+          <t>Daha Geride Kalanlar</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786053145561</t>
+          <t>9786053145745</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Mantıku’t-Tayr (Kuş Dili)</t>
+          <t>Dinsel Efsanelerin Kökeni - İbrani Dinlerin Marksist Eleştirisi</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>490</v>
+        <v>510</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786053145578</t>
+          <t>9786053145691</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Yaşa ya da Öl</t>
+          <t>Genç Törless</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786053145547</t>
+          <t>9786053145905</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Zamansal Macera</t>
+          <t>Huzursuzluğun Kitabı</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789755394848</t>
+          <t>9786053145875</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Cool Anılar 5 (2000 - 2004)</t>
+          <t>İyilik Üzerine</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789755394312</t>
+          <t>9786053145868</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Katiller, Sanatçılar ve Teröristler</t>
+          <t>Felsefe Dersleri</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789755392912</t>
+          <t>9786053145851</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Hep Yuvaya Dönmek</t>
+          <t>Küresel Polis Devleti</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>660</v>
+        <v>270</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786053140047</t>
+          <t>9786053145882</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 1</t>
+          <t>Sabaha Karşı</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789755399423</t>
+          <t>9786053141204</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Domatesi Çiçek Sananlar</t>
+          <t>Yorum ve Aşırı Yorum</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789755391632</t>
+          <t>9786053145561</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Politik Kamera</t>
+          <t>Mantıku’t-Tayr (Kuş Dili)</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>560</v>
+        <v>490</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786053144298</t>
+          <t>9786053145578</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Üzerine</t>
+          <t>Yaşa ya da Öl</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786053146063</t>
+          <t>9786053145547</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Beauvoir Olmak: Bir Yaşam</t>
+          <t>Zamansal Macera</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786053146056</t>
+          <t>9789755394848</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Borç Sistemi Devlet Borçlarının Ve Reddedilmelerinin Bir Tarihi</t>
+          <t>Cool Anılar 5 (2000 - 2004)</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786053146049</t>
+          <t>9789755394312</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Kültür</t>
+          <t>Katiller, Sanatçılar ve Teröristler</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786053145721</t>
+          <t>9789755392912</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Yaşamımdan Acı Dilimler</t>
+          <t>Hep Yuvaya Dönmek</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>180</v>
+        <v>660</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786053145660</t>
+          <t>9786053140047</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Günlüğü</t>
+          <t>Dövüş Kulübü 2 Sayı: 1</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786053145950</t>
+          <t>9789755399423</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Türk Beşleri</t>
+          <t>Domatesi Çiçek Sananlar</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>490</v>
+        <v>180</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786053145493</t>
+          <t>9789755391632</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Aklın Kaderi</t>
+          <t>Politik Kamera</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>490</v>
+        <v>560</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786053141839</t>
+          <t>9786053144298</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Deniz'leri Kurtarmak</t>
+          <t>Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786053145912</t>
+          <t>9786053146063</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>1972 - Meşaleyi Yakanların Öyküsü</t>
+          <t>Beauvoir Olmak: Bir Yaşam</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786053141747</t>
+          <t>9786053146056</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Kırık Beyaz</t>
+          <t>Borç Sistemi Devlet Borçlarının Ve Reddedilmelerinin Bir Tarihi</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786053145783</t>
+          <t>9786053146049</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Tramva Terapi</t>
+          <t>Aykırı Kültür</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786053145646</t>
+          <t>9786053145721</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Askerin Günü</t>
+          <t>Yaşamımdan Acı Dilimler</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>308</v>
+        <v>180</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786053145844</t>
+          <t>9786053145660</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Alman İdealizminde Aşkınlık ve Tarihsellik</t>
+          <t>Hapishane Günlüğü</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786053145738</t>
+          <t>9786053145950</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Nesneler</t>
+          <t>Türk Beşleri</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>270</v>
+        <v>490</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786053145790</t>
+          <t>9786053145493</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Tanımları</t>
+          <t>Aklın Kaderi</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>50</v>
+        <v>490</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786053145714</t>
+          <t>9786053141839</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Kaptan</t>
+          <t>Deniz'leri Kurtarmak</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786053145622</t>
+          <t>9786053145912</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Zygmunt Bauman</t>
+          <t>1972 - Meşaleyi Yakanların Öyküsü</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786053145820</t>
+          <t>9786053141747</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Siyaseti</t>
+          <t>Kırık Beyaz</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786053145530</t>
+          <t>9786053145783</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Yöntem Üzerine Bir Deneme</t>
+          <t>Tramva Terapi</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786053145806</t>
+          <t>9786053145646</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Bir Boru Hattı Nasıl Patlatılır</t>
+          <t>Askerin Günü</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>220</v>
+        <v>308</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786053145776</t>
+          <t>9786053145844</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Asya'nın Geçitleri - Avrasya Stepleri ve Avrupa'nın Sınırları</t>
+          <t>Alman İdealizminde Aşkınlık ve Tarihsellik</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786053145677</t>
+          <t>9786053145738</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık ve Akıl Hastalığı</t>
+          <t>Sanat ve Nesneler</t>
         </is>
       </c>
       <c r="C710" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786053145653</t>
+          <t>9786053145790</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Serdestan</t>
+          <t>Yalnızlık Tanımları</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786053145639</t>
+          <t>9786053145714</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Neden Vegan? Etik Beslenme</t>
+          <t>Kaptan</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786053145615</t>
+          <t>9786053145622</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Hüdai: Hudai Arıkan'ın Yaşamı ve Mucadelesi</t>
+          <t>Zygmunt Bauman</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786053145585</t>
+          <t>9786053145820</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Tanrıya Mektuplar</t>
+          <t>Gelecek Siyaseti</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786053145592</t>
+          <t>9786053145530</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Kahreden ve Yaratan ki Onlardır Anılar</t>
+          <t>Felsefi Yöntem Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786053144878</t>
+          <t>9786053145806</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Harika Güzel Yarınlar</t>
+          <t>Bir Boru Hattı Nasıl Patlatılır</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786053144649</t>
+          <t>9786053145776</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Manuela Adlı Kız</t>
+          <t>Asya'nın Geçitleri - Avrasya Stepleri ve Avrupa'nın Sınırları</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786053145554</t>
+          <t>9786053145677</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Yemeğin Psikopolitikası</t>
+          <t>Yaratıcılık ve Akıl Hastalığı</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786053145486</t>
+          <t>9786053145653</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Minnina Işıkları Kapama</t>
+          <t>Serdestan</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786257952408</t>
+          <t>9786053145639</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Ekoloji Gezegen İçin 40 Aktivist</t>
+          <t>Neden Vegan? Etik Beslenme</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786053145516</t>
+          <t>9786053145615</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Kardinalin Gizli Misyonu</t>
+          <t>Hüdai: Hudai Arıkan'ın Yaşamı ve Mucadelesi</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786053144830</t>
+          <t>9786053145585</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiye Giriş</t>
+          <t>Tanrıya Mektuplar</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>1440</v>
+        <v>310</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786053145509</t>
+          <t>9786053145592</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Siyaset Teorisi</t>
+          <t>Kahreden ve Yaratan ki Onlardır Anılar</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>330</v>
+        <v>140</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786053145448</t>
+          <t>9786053144878</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Ayakta Bir Hayat</t>
+          <t>Harika Güzel Yarınlar</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786053145400</t>
+          <t>9786053144649</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Şiir Şarkı Haiku - Seçilmiş Şiirler</t>
+          <t>Manuela Adlı Kız</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>255</v>
+        <v>170</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786053145523</t>
+          <t>9786053145554</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Yıkıcı Film</t>
+          <t>Yemeğin Psikopolitikası</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786053145431</t>
+          <t>9786053145486</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>David'in Hikayesi</t>
+          <t>Minnina Işıkları Kapama</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>304</v>
+        <v>160</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786053145417</t>
+          <t>9786257952408</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx - Felsefe ve Devrim</t>
+          <t>Ekoloji Gezegen İçin 40 Aktivist</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786053145271</t>
+          <t>9786053145516</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Sessizliklerin Dokunuşu</t>
+          <t>Kardinalin Gizli Misyonu</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786053145462</t>
+          <t>9786053144830</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Haydarpaşa'nın Son Memuru</t>
+          <t>Sosyolojiye Giriş</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>150</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786053145387</t>
+          <t>9786053145509</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Che Guevara’nın Yaşam Öyküsü</t>
+          <t>Yeni Başlayanlar İçin Siyaset Teorisi</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>460</v>
+        <v>330</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786053145479</t>
+          <t>9786053145448</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>’68’in İşçileri</t>
+          <t>Ayakta Bir Hayat</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786053145422</t>
+          <t>9786053145400</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Liya Lu</t>
+          <t>Şiir Şarkı Haiku - Seçilmiş Şiirler</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786053145295</t>
+          <t>9786053145523</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Umudun Mahremleştirilmesi</t>
+          <t>Yıkıcı Film</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786053145325</t>
+          <t>9786053145431</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>İlkel Sanat</t>
+          <t>David'in Hikayesi</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>420</v>
+        <v>304</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786053145394</t>
+          <t>9786053145417</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Fransa’da Okumak, Fransa’yı Okumak</t>
+          <t>Karl Marx - Felsefe ve Devrim</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786053145318</t>
+          <t>9786053145271</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Adını Söylemeye Cesaret Eden Bir Sol</t>
+          <t>Sessizliklerin Dokunuşu</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786053145332</t>
+          <t>9786053145462</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Öze Dönüş</t>
+          <t>Haydarpaşa'nın Son Memuru</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786053145370</t>
+          <t>9786053145387</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Alkoller</t>
+          <t>Che Guevara’nın Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>240</v>
+        <v>460</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786053145363</t>
+          <t>9786053145479</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Aşk Uğruna</t>
+          <t>’68’in İşçileri</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786053145349</t>
+          <t>9786053145422</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Aziz Don Manuel</t>
+          <t>Liya Lu</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786053145288</t>
+          <t>9786053145295</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Fredric Jameson - Diyalektik Eleştiri Projesi</t>
+          <t>Umudun Mahremleştirilmesi</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786053145240</t>
+          <t>9786053145325</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Musibetname</t>
+          <t>İlkel Sanat</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>770</v>
+        <v>420</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786053145219</t>
+          <t>9786053145394</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Yakınlaşmalar</t>
+          <t>Fransa’da Okumak, Fransa’yı Okumak</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>430</v>
+        <v>150</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786053144755</t>
+          <t>9786053145318</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Söylem ve Hakikat</t>
+          <t>Adını Söylemeye Cesaret Eden Bir Sol</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786053144144</t>
+          <t>9786053145332</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Yansımalar</t>
+          <t>Öze Dönüş</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786053145301</t>
+          <t>9786053145370</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Popüler Sinema’nın Mitolojisi 2</t>
+          <t>Alkoller</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>530</v>
+        <v>240</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786053145004</t>
+          <t>9786053145363</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Dönemeç</t>
+          <t>Aşk Uğruna</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786053144731</t>
+          <t>9786053145349</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Aziz Don Manuel</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786053145257</t>
+          <t>9786053145288</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Engelsiz Anarşi</t>
+          <t>Fredric Jameson - Diyalektik Eleştiri Projesi</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786053145264</t>
+          <t>9786053145240</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Turizmi Haberleştirmek</t>
+          <t>Musibetname</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>230</v>
+        <v>770</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786053145233</t>
+          <t>9786053145219</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Bir Ben Bir Yokuş</t>
+          <t>Yakınlaşmalar</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>470</v>
+        <v>430</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786053145226</t>
+          <t>9786053144755</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Plasebo</t>
+          <t>Söylem ve Hakikat</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786053145127</t>
+          <t>9786053144144</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlıkta Hegel’i Düşünmek</t>
+          <t>Yansımalar</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786053145202</t>
+          <t>9786053145301</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Davalar - Franz Kafka Hakkında</t>
+          <t>Popüler Sinema’nın Mitolojisi 2</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>330</v>
+        <v>530</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786053145196</t>
+          <t>9786053145004</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Ertan Sarıhan</t>
+          <t>Dönemeç</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786053145158</t>
+          <t>9786053144731</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Belgesel Sinema Kitabı</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>800</v>
+        <v>240</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786053145165</t>
+          <t>9786053145257</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Evren Sayılarla Konuşur</t>
+          <t>Engelsiz Anarşi</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786053145134</t>
+          <t>9786053145264</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık ve Yenilikçilik</t>
+          <t>Turizmi Haberleştirmek</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786053145141</t>
+          <t>9786053145233</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Kültür Teorisinde Eskizler</t>
+          <t>Bir Ben Bir Yokuş</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>400</v>
+        <v>470</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786053145189</t>
+          <t>9786053145226</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Nora İstanbul Bir Hiçtir</t>
+          <t>Plasebo</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786053145110</t>
+          <t>9786053145127</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Kar Uykusu</t>
+          <t>Alacakaranlıkta Hegel’i Düşünmek</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786053145172</t>
+          <t>9786053145202</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Giysili Adam</t>
+          <t>Davalar - Franz Kafka Hakkında</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786053145103</t>
+          <t>9786053145196</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Neoliberalizm Medya</t>
+          <t>Ertan Sarıhan</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>310</v>
+        <v>130</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786053145066</t>
+          <t>9786053145158</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Kör Mağara Balıkları</t>
+          <t>Belgesel Sinema Kitabı</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>210</v>
+        <v>800</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786053145097</t>
+          <t>9786053145165</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Mesele Teslim Olmamakta</t>
+          <t>Evren Sayılarla Konuşur</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>260</v>
+        <v>310</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786053145073</t>
+          <t>9786053145134</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Sapkın</t>
+          <t>Yaratıcılık ve Yenilikçilik</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>600</v>
+        <v>420</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786053145059</t>
+          <t>9786053145141</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Yasanın Gözü</t>
+          <t>Kültür Teorisinde Eskizler</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786053145080</t>
+          <t>9786053145189</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Medyanın Ombudsmanı Saray'ın Medyası</t>
+          <t>Nora İstanbul Bir Hiçtir</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786053144977</t>
+          <t>9786053145110</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Devrim</t>
+          <t>Kar Uykusu</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>900</v>
+        <v>180</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786053144984</t>
+          <t>9786053145172</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Karşı Salgın</t>
+          <t>Kırmızı Giysili Adam</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786053144434</t>
+          <t>9786053145103</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihin Elli Temel Metni</t>
+          <t>Pandemi Neoliberalizm Medya</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786053145035</t>
+          <t>9786053145066</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Ne İşe Yarar?</t>
+          <t>Kör Mağara Balıkları</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786053145028</t>
+          <t>9786053145097</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Kargalar Büyücüsü</t>
+          <t>Mesele Teslim Olmamakta</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>700</v>
+        <v>260</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786053145011</t>
+          <t>9786053145073</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>İbni Sina ve İbni Rüşd</t>
+          <t>Sapkın</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>270</v>
+        <v>600</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786053144991</t>
+          <t>9786053145059</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Delilik Gemisi</t>
+          <t>Yasanın Gözü</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786053144953</t>
+          <t>9786053145080</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Medyanın Ombudsmanı Saray'ın Medyası</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786053144960</t>
+          <t>9786053144977</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Almanya'da Devrim</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>120</v>
+        <v>900</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786053143703</t>
+          <t>9786053144984</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Hegel'in Diyalektiği</t>
+          <t>Karşı Salgın</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786053144922</t>
+          <t>9786053144434</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare’in Dokuz Yaşamı</t>
+          <t>Sanat Tarihin Elli Temel Metni</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786053144885</t>
+          <t>9786053145035</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Divan</t>
+          <t>Sosyoloji Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786053144915</t>
+          <t>9786053145028</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Ne Adam Ne Hayvan</t>
+          <t>Kargalar Büyücüsü</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>420</v>
+        <v>700</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786053144854</t>
+          <t>9786053145011</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>İnsan Soyu ve Toprak Ana</t>
+          <t>İbni Sina ve İbni Rüşd</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>850</v>
+        <v>270</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786053144595</t>
+          <t>9786053144991</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Ginnie</t>
+          <t>Delilik Gemisi</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786053144465</t>
+          <t>9786053144953</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Bir Belgeseli Gerçekleştirmek</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>825</v>
+        <v>140</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786053144946</t>
+          <t>9786053144960</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Pandemi ve Covid-19</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>480</v>
+        <v>120</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786053144939</t>
+          <t>9786053143703</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Her Yer Seri Direniş</t>
+          <t>Hegel'in Diyalektiği</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786053144908</t>
+          <t>9786053144922</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Aynı Belediye Otobüsündeyiz</t>
+          <t>Shakespeare’in Dokuz Yaşamı</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>380</v>
+        <v>330</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786053144892</t>
+          <t>9786053144885</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Akışkan Korku</t>
+          <t>Yunus Emre - Divan</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786053144847</t>
+          <t>9786053144915</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Tahran 1979</t>
+          <t>Ne Adam Ne Hayvan</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786053144823</t>
+          <t>9786053144854</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Nazi Diktatörlüğü</t>
+          <t>İnsan Soyu ve Toprak Ana</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>340</v>
+        <v>850</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786053144816</t>
+          <t>9786053144595</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Olumsuzlamalar</t>
+          <t>Ben ve Ginnie</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>270</v>
+        <v>490</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786053144779</t>
+          <t>9786053144465</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Schrödinger'in Kedisinden?</t>
+          <t>Bir Belgeseli Gerçekleştirmek</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>410</v>
+        <v>825</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786053144519</t>
+          <t>9786053144946</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Otoriter Popülizm Çağı</t>
+          <t>Pandemi ve Covid-19</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786053144786</t>
+          <t>9786053144939</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Cevahir</t>
+          <t>Her Yer Seri Direniş</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786053143758</t>
+          <t>9786053144908</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Dissensus</t>
+          <t>Hepimiz Aynı Belediye Otobüsündeyiz</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786053144588</t>
+          <t>9786053144892</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Tutanak</t>
+          <t>Akışkan Korku</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786053144793</t>
+          <t>9786053144847</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapide İnternet Bağımlılığı</t>
+          <t>Tahran 1979</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786053144809</t>
+          <t>9786053144823</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Ya Farstan Sonra?</t>
+          <t>Nazi Diktatörlüğü</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786053141112</t>
+          <t>9786053144816</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf İlişkiler</t>
+          <t>Olumsuzlamalar</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786053144700</t>
+          <t>9786053144779</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Kent Hakkı</t>
+          <t>Kim Korkar Schrödinger'in Kedisinden?</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>380</v>
+        <v>410</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786053143642</t>
+          <t>9786053144519</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Af Örgütü Adil Yargılanma Kılavuzu</t>
+          <t>Otoriter Popülizm Çağı</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>153</v>
+        <v>210</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786053144762</t>
+          <t>9786053144786</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Vedat Türkali 100 Yaşında</t>
+          <t>Cevahir</t>
         </is>
       </c>
       <c r="C803" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786053142539</t>
+          <t>9786053143758</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Körlük</t>
+          <t>Dissensus</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786053144748</t>
+          <t>9786053144588</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Küresel Dünya</t>
+          <t>Tutanak</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>825</v>
+        <v>200</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786053144632</t>
+          <t>9786053144793</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Uykusuzluk</t>
+          <t>Psikoterapide İnternet Bağımlılığı</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>255</v>
+        <v>200</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786053144427</t>
+          <t>9786053144809</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Rimalar</t>
+          <t>Ya Farstan Sonra?</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786053144526</t>
+          <t>9786053141112</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Tuhaf İlişkiler</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786053144656</t>
+          <t>9786053144700</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Proust Bir Sinirbilimciydi</t>
+          <t>Kent Hakkı</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>255</v>
+        <v>380</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786053144687</t>
+          <t>9786053143642</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Naturans: Yeni Bir Ontolojiye Doğru</t>
+          <t>Uluslararası Af Örgütü Adil Yargılanma Kılavuzu</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>240</v>
+        <v>153</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786053144694</t>
+          <t>9786053144762</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Seveceksen Radikal Sev</t>
+          <t>Vedat Türkali 100 Yaşında</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786053144670</t>
+          <t>9786053142539</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Yeniyetme Halleri</t>
+          <t>Ahlaki Körlük</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786053144540</t>
+          <t>9786053144748</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri Nedir?</t>
+          <t>Küresel Dünya</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>240</v>
+        <v>825</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786053144625</t>
+          <t>9786053144632</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Komadan Notlar</t>
+          <t>Uykusuzluk</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>210</v>
+        <v>255</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786053144663</t>
+          <t>9786053144427</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Billy Budd</t>
+          <t>Rimalar</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786053144571</t>
+          <t>9786053144526</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Mektuplardaki Felsefe</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786053144601</t>
+          <t>9786053144656</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>İşçilerin Haziranı</t>
+          <t>Proust Bir Sinirbilimciydi</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>700</v>
+        <v>255</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786053144564</t>
+          <t>9786053144687</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Çalan Yolcular 1</t>
+          <t>Naturans: Yeni Bir Ontolojiye Doğru</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786053144250</t>
+          <t>9786053144694</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Dahilere Gerek Yok</t>
+          <t>Seveceksen Radikal Sev</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786053144557</t>
+          <t>9786053144670</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Anlatının Söylemi</t>
+          <t>Sanatçının Yeniyetme Halleri</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786053144366</t>
+          <t>9786053144540</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Tüfekliler</t>
+          <t>Eleştiri Nedir?</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786053144533</t>
+          <t>9786053144625</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar</t>
+          <t>Komadan Notlar</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786053144502</t>
+          <t>9786053144663</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Fenomenoloji: İlk Temeller</t>
+          <t>Billy Budd</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786053144458</t>
+          <t>9786053144571</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Anılar Belleğimizin Bekçileridir</t>
+          <t>Mektuplardaki Felsefe</t>
         </is>
       </c>
       <c r="C824" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786053144472</t>
+          <t>9786053144601</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Dinin Eleştirisi</t>
+          <t>İşçilerin Haziranı</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>320</v>
+        <v>700</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786053144489</t>
+          <t>9786053144564</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Takım Yıldızı</t>
+          <t>Ateşi Çalan Yolcular 1</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786053144496</t>
+          <t>9786053144250</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Orbitor - Göz Kamaştırıcı (Cilt-3)</t>
+          <t>Dahilere Gerek Yok</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>490</v>
+        <v>310</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786053144441</t>
+          <t>9786053144557</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>3. Havalimanı İşçileri Mistik Tülü Kaldırdı</t>
+          <t>Anlatının Söylemi</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786053144342</t>
+          <t>9786053144366</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Biricik Hikaye</t>
+          <t>Tüfekliler</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786053144403</t>
+          <t>9786053144533</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Varoluşçuluk Fenomenoloji Ontoloji</t>
+          <t>Ağaçlar</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>290</v>
+        <v>110</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786053144410</t>
+          <t>9786053144502</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Not - Akılda Kalanlar (1976-1980)</t>
+          <t>Fenomenoloji: İlk Temeller</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786053144373</t>
+          <t>9786053144458</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Nü</t>
+          <t>Anılar Belleğimizin Bekçileridir</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786053144397</t>
+          <t>9786053144472</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Katalanlar - Avrupa’da Ayrılıkçılık</t>
+          <t>Dinin Eleştirisi</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786053144380</t>
+          <t>9786053144489</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>İnsan Cephesi</t>
+          <t>Takım Yıldızı</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786053144359</t>
+          <t>9786053144496</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Memleket ve Gül - Bütün Şiirleri</t>
+          <t>Orbitor - Göz Kamaştırıcı (Cilt-3)</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>450</v>
+        <v>490</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786053144243</t>
+          <t>9786053144441</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Doğa Tasarımı</t>
+          <t>3. Havalimanı İşçileri Mistik Tülü Kaldırdı</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786053144281</t>
+          <t>9786053144342</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Benim Meskenim Dağlardır - Bütün Şiirleri</t>
+          <t>Biricik Hikaye</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786053144274</t>
+          <t>9786053144403</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Dilaver - Mehmet Fatih Öktülmüş Kitabı</t>
+          <t>Varoluşçuluk Fenomenoloji Ontoloji</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786053144335</t>
+          <t>9786053144410</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Akşamları Kalbim - Seçilmiş Şiirler</t>
+          <t>Tarihe Not - Akılda Kalanlar (1976-1980)</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786053144311</t>
+          <t>9786053144373</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Hayal Et</t>
+          <t>Nü</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>255</v>
+        <v>300</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786053144267</t>
+          <t>9786053144397</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Costa Gavras ve Politik Gerilim Sineması</t>
+          <t>Katalanlar - Avrupa’da Ayrılıkçılık</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786053144328</t>
+          <t>9786053144380</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Koçgiri</t>
+          <t>İnsan Cephesi</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786053144182</t>
+          <t>9786053144359</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Malte Laurids Brigge’nin Notları</t>
+          <t>Memleket ve Gül - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786053144137</t>
+          <t>9786053144243</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Kent</t>
+          <t>Doğa Tasarımı</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786053144212</t>
+          <t>9786053144281</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Hegel'in Felsefesine Eleştirel Bir Giriş</t>
+          <t>Benim Meskenim Dağlardır - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>220</v>
+        <v>255</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786053144113</t>
+          <t>9786053144274</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>2084</t>
+          <t>Benim Adım Dilaver - Mehmet Fatih Öktülmüş Kitabı</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>252</v>
+        <v>300</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786053144120</t>
+          <t>9786053144335</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Devrimler</t>
+          <t>Akşamları Kalbim - Seçilmiş Şiirler</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>510</v>
+        <v>200</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786053144229</t>
+          <t>9786053144311</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Ve Birden Akşam</t>
+          <t>Hayal Et</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>240</v>
+        <v>255</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786053144236</t>
+          <t>9786053144267</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Kuş Ölümlüdür Sen Uçmayı Hatırla</t>
+          <t>Costa Gavras ve Politik Gerilim Sineması</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>430</v>
+        <v>150</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786053144205</t>
+          <t>9786053144328</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Aynı Olmayacak</t>
+          <t>Koçgiri</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786053144168</t>
+          <t>9786053144182</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Malte Laurids Brigge’nin Notları</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786053144175</t>
+          <t>9786053144137</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Marksizm ve Kent</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786053144151</t>
+          <t>9786053144212</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Hegel'in Felsefesine Eleştirel Bir Giriş</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786053144083</t>
+          <t>9786053144113</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Denizaltı</t>
+          <t>2084</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>320</v>
+        <v>252</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786053144052</t>
+          <t>9786053144120</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Assata (Ciltli)</t>
+          <t>Devrimler</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>390</v>
+        <v>510</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786053144038</t>
+          <t>9786053144229</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Marksizm, Oryantalizm, Kozmopolitanizm</t>
+          <t>Ve Birden Akşam</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786053144069</t>
+          <t>9786053144236</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>İspanya</t>
+          <t>Kuş Ölümlüdür Sen Uçmayı Hatırla</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786053144045</t>
+          <t>9786053144205</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Fermuar Ağız</t>
+          <t>Hiçbir Şey Aynı Olmayacak</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786053144106</t>
+          <t>9786053144168</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Clara</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786053144021</t>
+          <t>9786053144175</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Roman ve Halk</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786053144076</t>
+          <t>9786053144151</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorunu</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786053144090</t>
+          <t>9786053144083</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Denizaltı</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>800</v>
+        <v>320</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786053143987</t>
+          <t>9786053144052</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya</t>
+          <t>Assata (Ciltli)</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>940</v>
+        <v>390</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786053143970</t>
+          <t>9786053144038</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>LGBTİ Bireyler ve Medya</t>
+          <t>Marksizm, Oryantalizm, Kozmopolitanizm</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786053144014</t>
+          <t>9786053144069</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Necmettin</t>
+          <t>İspanya</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786053143963</t>
+          <t>9786053144045</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Hakikat</t>
+          <t>Fermuar Ağız</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>480</v>
+        <v>170</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786053143994</t>
+          <t>9786053144106</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Grev!</t>
+          <t>Clara</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786053144007</t>
+          <t>9786053144021</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Avusturya'dan Ölüm Beşlemesi</t>
+          <t>Roman ve Halk</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786053143956</t>
+          <t>9786053144076</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Aden Arabistan</t>
+          <t>Kürt Sorunu</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786053143925</t>
+          <t>9786053144090</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Bir Kürt Devrimcisi Niyazi Usta</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>140</v>
+        <v>800</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786053143949</t>
+          <t>9786053143987</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Tony Veitch Belgeleri</t>
+          <t>Kafkasya</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>300</v>
+        <v>940</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786053143901</t>
+          <t>9786053143970</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Borçlu Zamanlarda Yaşamak</t>
+          <t>LGBTİ Bireyler ve Medya</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786053143932</t>
+          <t>9786053144014</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi</t>
+          <t>Necmettin</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786053143918</t>
+          <t>9786053143963</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Dünyası</t>
+          <t>Sanatta Hakikat</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>120</v>
+        <v>480</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786053143857</t>
+          <t>9786053143994</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Savaş Suçları</t>
+          <t>Grev!</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786053143871</t>
+          <t>9786053144007</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Heidegger'in Nietzsche'si</t>
+          <t>Avusturya'dan Ölüm Beşlemesi</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786053143864</t>
+          <t>9786053143956</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Kan Çiçekleri</t>
+          <t>Aden Arabistan</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786053143895</t>
+          <t>9786053143925</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>O Güzel İnsanlar</t>
+          <t>Bir Kürt Devrimcisi Niyazi Usta</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786053143840</t>
+          <t>9786053143949</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Umut Toprakları</t>
+          <t>Tony Veitch Belgeleri</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786053143826</t>
+          <t>9786053143901</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Pauline</t>
+          <t>Borçlu Zamanlarda Yaşamak</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786053143819</t>
+          <t>9786053143932</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Homintern</t>
+          <t>Güneş Ülkesi</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>610</v>
+        <v>130</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786053143833</t>
+          <t>9786053143918</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Emek Vererek Demokrasi</t>
+          <t>İnsanların Dünyası</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786053140825</t>
+          <t>9786053143857</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Azabı</t>
+          <t>Savaş Suçları</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786053143789</t>
+          <t>9786053143871</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Yaşam ve Yapıt</t>
+          <t>Heidegger'in Nietzsche'si</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786053143796</t>
+          <t>9786053143864</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Tefeci Gobseck</t>
+          <t>Kan Çiçekleri</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>100</v>
+        <v>420</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786053143765</t>
+          <t>9786053143895</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Pasif Direniş</t>
+          <t>O Güzel İnsanlar</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786053143802</t>
+          <t>9786053143840</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Gölge Felsefe</t>
+          <t>Umut Toprakları</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786053143772</t>
+          <t>9786053143826</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Karar Anı</t>
+          <t>Pauline</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>295</v>
+        <v>120</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786053143253</t>
+          <t>9786053143819</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Duino Ağıtları</t>
+          <t>Homintern</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>200</v>
+        <v>610</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786053143420</t>
+          <t>9786053143833</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Myndos Geçişi</t>
+          <t>Emek Vererek Demokrasi</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>255</v>
+        <v>210</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786053143734</t>
+          <t>9786053140825</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Şafakta Ayrılık</t>
+          <t>Cehennem Azabı</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786053143710</t>
+          <t>9786053143789</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Yaşam ve Yapıt</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786053143727</t>
+          <t>9786053143796</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Edebiyata Övgü</t>
+          <t>Tefeci Gobseck</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786053143741</t>
+          <t>9786053143765</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Tarihi</t>
+          <t>Pasif Direniş</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>370</v>
+        <v>340</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786053143666</t>
+          <t>9786053143802</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Dracula</t>
+          <t>Gölge Felsefe</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786053143697</t>
+          <t>9786053143772</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>San Sebastian'da Hüzün</t>
+          <t>Karar Anı</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>210</v>
+        <v>295</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786053143659</t>
+          <t>9786053143253</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Meclis</t>
+          <t>Duino Ağıtları</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786053143680</t>
+          <t>9786053143420</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Giresun Yol Hikayeleri</t>
+          <t>Myndos Geçişi</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>260</v>
+        <v>255</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786053143604</t>
+          <t>9786053143734</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Savaştaki Kız</t>
+          <t>Şafakta Ayrılık</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>255</v>
+        <v>200</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786053143598</t>
+          <t>9786053143710</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Radikal Kurban</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786053143628</t>
+          <t>9786053143727</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlar Büyük Sorular</t>
+          <t>Edebiyata Övgü</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786053143635</t>
+          <t>9786053143741</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Michael Kohlhaas</t>
+          <t>Tiyatro Tarihi</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>110</v>
+        <v>370</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786053143581</t>
+          <t>9786053143666</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Zenith Oteli</t>
+          <t>Dracula</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786053143567</t>
+          <t>9786053143697</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Afrikalı Amazonlar</t>
+          <t>San Sebastian'da Hüzün</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786053143574</t>
+          <t>9786053143659</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Ve İnsan Tanrıyı Yarattı</t>
+          <t>Meclis</t>
         </is>
       </c>
       <c r="C905" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786053142546</t>
+          <t>9786053143680</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Günün Geç Vakitleri</t>
+          <t>Giresun Yol Hikayeleri</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786053143505</t>
+          <t>9786053143604</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Savaştaki Kız</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786053143512</t>
+          <t>9786053143598</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Radikal Kurban</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786053143529</t>
+          <t>9786053143628</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Küçük İnsanlar Büyük Sorular</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786053143550</t>
+          <t>9786053143635</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Öyle ve Böyle - Yeni ve Seçilmiş Denemeler</t>
+          <t>Michael Kohlhaas</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>390</v>
+        <v>110</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786053143536</t>
+          <t>9786053143581</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Kağnı - Ses</t>
+          <t>Zenith Oteli</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786053143543</t>
+          <t>9786053143567</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Afrikalı Amazonlar</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786053143482</t>
+          <t>9786053143574</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Kuşları</t>
+          <t>Ve İnsan Tanrıyı Yarattı</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>130</v>
+        <v>420</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786053143499</t>
+          <t>9786053142546</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Kitle Katliamları</t>
+          <t>Günün Geç Vakitleri</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786053143468</t>
+          <t>9786053143505</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hırsızları Söylencesi</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786053143383</t>
+          <t>9786053143512</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Selahattin Eyyubi</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786053143451</t>
+          <t>9786053143529</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Sayılarla Seks</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>370</v>
+        <v>100</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786053143307</t>
+          <t>9786053143550</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Masallar</t>
+          <t>Öyle ve Böyle - Yeni ve Seçilmiş Denemeler</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786053143444</t>
+          <t>9786053143536</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’in Seyahatleri</t>
+          <t>Kağnı - Ses</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786053143437</t>
+          <t>9786053143543</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C920" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786053143406</t>
+          <t>9786053143482</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Akışkan Hayat</t>
+          <t>Gözyaşı Kuşları</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786053143390</t>
+          <t>9786053143499</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük İçin Kürt Yazıları 1</t>
+          <t>Kitle Katliamları</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>135</v>
+        <v>340</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786053143352</t>
+          <t>9786053143468</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Militarizm</t>
+          <t>Ateş Hırsızları Söylencesi</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786053143369</t>
+          <t>9786053143383</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Adsız Kahramanlar</t>
+          <t>Selahattin Eyyubi</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786053143321</t>
+          <t>9786053143451</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Avrupa</t>
+          <t>Sayılarla Seks</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786053143345</t>
+          <t>9786053143307</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Kapı</t>
+          <t>Felsefi Masallar</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786053143376</t>
+          <t>9786053143444</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Cinsellikler</t>
+          <t>Gulliver’in Seyahatleri</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786053143338</t>
+          <t>9786053143437</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Fragmanlar</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786053143413</t>
+          <t>9786053143406</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hırsızları Söylencesi</t>
+          <t>Akışkan Hayat</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786053143161</t>
+          <t>9786053143390</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yazıları Konuşmaları 1</t>
+          <t>Özgürlük İçin Kürt Yazıları 1</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>490</v>
+        <v>135</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786053143260</t>
+          <t>9786053143352</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Uzak Gece Rüzgarı</t>
+          <t>Türkiye'de Militarizm</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786053143222</t>
+          <t>9786053143369</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>İslamda "Tasvir Sorunu" Var mı?</t>
+          <t>Adsız Kahramanlar</t>
         </is>
       </c>
       <c r="C932" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786053143192</t>
+          <t>9786053143321</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar ve İmparatorlar: Eskiler ve Yeniler</t>
+          <t>Avrupa</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786053143185</t>
+          <t>9786053143345</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat, Eleştiri ve Kurama Giriş</t>
+          <t>Yeşil Kapı</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786053143239</t>
+          <t>9786053143376</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma, Devrim ve Romantizm</t>
+          <t>Aykırı Cinsellikler</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>540</v>
+        <v>330</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786053143314</t>
+          <t>9786053143338</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Eleştirel Fragmanlar</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786053143277</t>
+          <t>9786053143413</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Yeniden Keşfi - Küreselleşmenin Çöküşü</t>
+          <t>Ateş Hırsızları Söylencesi</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786053143291</t>
+          <t>9786053143161</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Uydurma Bir Şeyler</t>
+          <t>Tüm Yazıları Konuşmaları 1</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>310</v>
+        <v>490</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786053143284</t>
+          <t>9786053143260</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Lucky Strike</t>
+          <t>Uzak Gece Rüzgarı</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786053143178</t>
+          <t>9786053143222</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Gulyabaninin Bahçesi</t>
+          <t>İslamda "Tasvir Sorunu" Var mı?</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>198</v>
+        <v>180</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786053143246</t>
+          <t>9786053143192</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Bu Benim Kanım</t>
+          <t>Korsanlar ve İmparatorlar: Eskiler ve Yeniler</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786053143208</t>
+          <t>9786053143185</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Willnot Kasabası</t>
+          <t>Edebiyat, Eleştiri ve Kurama Giriş</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786053142874</t>
+          <t>9786053143239</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Zamanlar</t>
+          <t>Aydınlanma, Devrim ve Romantizm</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>210</v>
+        <v>540</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786053143147</t>
+          <t>9786053143314</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Modem Zamanlar 2.0</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786053143154</t>
+          <t>9786053143277</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Çalılık</t>
+          <t>Dünyanın Yeniden Keşfi - Küreselleşmenin Çöküşü</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>322</v>
+        <v>420</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786053143093</t>
+          <t>9786053143291</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Uydurma Bir Şeyler</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>450</v>
+        <v>310</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786053143079</t>
+          <t>9786053143284</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Büstan</t>
+          <t>Lucky Strike</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786053143086</t>
+          <t>9786053143178</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Gulyabaninin Bahçesi</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>470</v>
+        <v>198</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786053143109</t>
+          <t>9786053143246</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Yemek ve Ulusal Kimlik</t>
+          <t>Bu Benim Kanım</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786053143123</t>
+          <t>9786053143208</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Eski Filmler</t>
+          <t>Willnot Kasabası</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>375</v>
+        <v>210</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786053143116</t>
+          <t>9786053142874</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Bataklık Çiçeği</t>
+          <t>Turuncu Zamanlar</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786053143130</t>
+          <t>9786053143147</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Modem Zamanlar 2.0</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786053143055</t>
+          <t>9786053143154</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Milyonlardan Biri</t>
+          <t>Çalılık</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>220</v>
+        <v>322</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786053143024</t>
+          <t>9786053143093</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786053143011</t>
+          <t>9786053143079</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Therese Raquin</t>
+          <t>Büstan</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786053143048</t>
+          <t>9786053143086</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Demir Kafes</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>210</v>
+        <v>470</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786053143017</t>
+          <t>9786053143109</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Porsuk Durgun Akardı</t>
+          <t>Yemek ve Ulusal Kimlik</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>540</v>
+        <v>270</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786053143062</t>
+          <t>9786053143123</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Dinamik Ahlak</t>
+          <t>Eski Filmler</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786053142928</t>
+          <t>9786053143116</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Zoka</t>
+          <t>Bataklık Çiçeği</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786053142942</t>
+          <t>9786053143130</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Yeni Tabular</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786053142959</t>
+          <t>9786053143055</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Adınla Başlar Hayat</t>
+          <t>Milyonlardan Biri</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>234</v>
+        <v>220</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786053142980</t>
+          <t>9786053143024</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Bir Muadele-i Sevda</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786053142935</t>
+          <t>9786053143011</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Travmatize Toplum</t>
+          <t>Therese Raquin</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786053142997</t>
+          <t>9786053143048</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Ülkesi</t>
+          <t>Demir Kafes</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786053142966</t>
+          <t>9786053143017</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Günahlarımızda Yıkandık</t>
+          <t>Porsuk Durgun Akardı</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>330</v>
+        <v>540</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786053142973</t>
+          <t>9786053143062</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Kürt Edebiyatının Anatomisi</t>
+          <t>Dinamik Ahlak</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786053143000</t>
+          <t>9786053142928</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Perdeyi Aralamak</t>
+          <t>Zoka</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786053142737</t>
+          <t>9786053142942</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Şiirler</t>
+          <t>Yeni Tabular</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786053142911</t>
+          <t>9786053142959</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Lut</t>
+          <t>Adınla Başlar Hayat</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>290</v>
+        <v>234</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786053142850</t>
+          <t>9786053142980</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Bir Subay</t>
+          <t>Bir Muadele-i Sevda</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786053142843</t>
+          <t>9786053142935</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Travmatize Toplum</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786053142805</t>
+          <t>9786053142997</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Kuşatılmış Toplum</t>
+          <t>Geleceğin Ülkesi</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786053142898</t>
+          <t>9786053142966</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Gücümüzün Doğuşu</t>
+          <t>Günahlarımızda Yıkandık</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786053142904</t>
+          <t>9786053142973</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Marx'ın İşçi Anketi Üzerine Bir İnceleme</t>
+          <t>Kürt Edebiyatının Anatomisi</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786053142881</t>
+          <t>9786053143000</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Gözünü Açık Tutmak</t>
+          <t>Perdeyi Aralamak</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786053142799</t>
+          <t>9786053142737</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Bizans Dünyası 2</t>
+          <t>Seçilmiş Şiirler</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>600</v>
+        <v>270</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786053142829</t>
+          <t>9786053142911</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Denize Gömülenler</t>
+          <t>Aşk ve Lut</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786053142867</t>
+          <t>9786053142850</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Kapımızdaki Yabancılar</t>
+          <t>Devrimci Bir Subay</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786053142836</t>
+          <t>9786053142843</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Yengeç Konserveleme Gemisi</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786053142744</t>
+          <t>9786053142805</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Örülü Hayatlar</t>
+          <t>Kuşatılmış Toplum</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>510</v>
+        <v>340</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786053142706</t>
+          <t>9786053142898</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Metafiziği</t>
+          <t>Gücümüzün Doğuşu</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786053142751</t>
+          <t>9786053142904</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Papa ve Mussolini</t>
+          <t>Marx'ın İşçi Anketi Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>540</v>
+        <v>200</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786053142782</t>
+          <t>9786053142881</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Hâlâ Şafakta Geliyorlar Angela</t>
+          <t>Gözünü Açık Tutmak</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786053142775</t>
+          <t>9786053142799</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Pierre ve Jean</t>
+          <t>Bizans Dünyası 2</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786053142768</t>
+          <t>9786053142829</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Karanfil ve Yasemin</t>
+          <t>Denize Gömülenler</t>
         </is>
       </c>
       <c r="C985" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786053142386</t>
+          <t>9786053142867</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Eşya ve İnsan</t>
+          <t>Kapımızdaki Yabancılar</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786053142720</t>
+          <t>9786053142836</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Kafka - Boyun Eğmeyen Hayalperest</t>
+          <t>Yengeç Konserveleme Gemisi</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786053142683</t>
+          <t>9786053142744</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Benlik Pratikleri</t>
+          <t>Örülü Hayatlar</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>240</v>
+        <v>510</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786053142690</t>
+          <t>9786053142706</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Toplu Hikayeler 1</t>
+          <t>Aşkın Metafiziği</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786053142713</t>
+          <t>9786053142751</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Lenin'i Yeniden Keşfetmek</t>
+          <t>Papa ve Mussolini</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>800</v>
+        <v>540</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786053142669</t>
+          <t>9786053142782</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>İstisna Hali</t>
+          <t>Hâlâ Şafakta Geliyorlar Angela</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786053142676</t>
+          <t>9786053142775</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Gezegeninden Raporlar</t>
+          <t>Pierre ve Jean</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786053142614</t>
+          <t>9786053142768</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Einstein’ın En Büyük Hatası</t>
+          <t>Karanfil ve Yasemin</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786053142591</t>
+          <t>9786053142386</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Hakka Sığındık</t>
+          <t>Eşya ve İnsan</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786053142416</t>
+          <t>9786053142720</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Kalım Oyunu</t>
+          <t>Kafka - Boyun Eğmeyen Hayalperest</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786053142645</t>
+          <t>9786053142683</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>101 Fabl</t>
+          <t>Benlik Pratikleri</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786053142577</t>
+          <t>9786053142690</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Büyük Firar</t>
+          <t>Toplu Hikayeler 1</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786053142560</t>
+          <t>9786053142713</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'ya ve İnsana Dair</t>
+          <t>Lenin'i Yeniden Keşfetmek</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786053142621</t>
+          <t>9786053142669</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Ha Bu Nasul Dev-Genç’tur Uşağum?</t>
+          <t>İstisna Hali</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786053142638</t>
+          <t>9786053142676</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Laidlaw Soruşturması</t>
+          <t>Gece Yarısı Gezegeninden Raporlar</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786053142607</t>
+          <t>9786053142614</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Cilvesi</t>
+          <t>Einstein’ın En Büyük Hatası</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786053142430</t>
+          <t>9786053142591</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Muhammed, Şarlman ve Avrupa'nın Kökenleri</t>
+          <t>Hakka Sığındık</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786053142584</t>
+          <t>9786053142416</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Faşizm ve Kapitalizm</t>
+          <t>Ölüm Kalım Oyunu</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786053142553</t>
+          <t>9786053142645</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Andy Warhol</t>
+          <t>101 Fabl</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786053142102</t>
+          <t>9786053142577</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Bir İsyancının Sözleri</t>
+          <t>Büyük Firar</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786053142423</t>
+          <t>9786053142560</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Türk Edebiyatı</t>
+          <t>Tanrı'ya ve İnsana Dair</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786053142515</t>
+          <t>9786053142621</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Gammaz Ceketi</t>
+          <t>Ha Bu Nasul Dev-Genç’tur Uşağum?</t>
         </is>
       </c>
       <c r="C1007" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786053141938</t>
+          <t>9786053142638</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri - Yüreğimin Kışlarında</t>
+          <t>Laidlaw Soruşturması</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>470</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786053142522</t>
+          <t>9786053142607</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Kızlar</t>
+          <t>Kaderin Cilvesi</t>
         </is>
       </c>
       <c r="C1009" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786053142492</t>
+          <t>9786053142430</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Kapıyı İçeriden Kilitledim</t>
+          <t>Muhammed, Şarlman ve Avrupa'nın Kökenleri</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>125</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786053142478</t>
+          <t>9786053142584</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya ve Kendimize Dair</t>
+          <t>Faşizm ve Kapitalizm</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786053142485</t>
+          <t>9786053142553</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>İspanya’da Devrim ve İç Savaş</t>
+          <t>Andy Warhol</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786053142362</t>
+          <t>9786053142102</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Akrabalar</t>
+          <t>Bir İsyancının Sözleri</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786053142447</t>
+          <t>9786053142423</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Oyunları</t>
+          <t>100 Soruda Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>460</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786053142409</t>
+          <t>9786053142515</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Yerma</t>
+          <t>Gammaz Ceketi</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786053142461</t>
+          <t>9786053141938</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Esrarname</t>
+          <t>Bütün Şiirleri - Yüreğimin Kışlarında</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>400</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786053141723</t>
+          <t>9786053142522</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Kitabe-i Gam</t>
+          <t>Vahşi Kızlar</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786053142379</t>
+          <t>9786053142492</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Kapıyı İçeriden Kilitledim</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786053142317</t>
+          <t>9786053142478</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Oluşumu</t>
+          <t>Dünyaya ve Kendimize Dair</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>310</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786053142324</t>
+          <t>9786053142485</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Kesik Baş - Utanmaz Adam Bütün Eserleri</t>
+          <t>İspanya’da Devrim ve İç Savaş</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786053142294</t>
+          <t>9786053142362</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Akrabalar</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786053142355</t>
+          <t>9786053142447</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Tiyatro Oyunları</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>160</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786053142300</t>
+          <t>9786053142409</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Atı Neden Yalnız Bıraktın</t>
+          <t>Yerma</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786053142195</t>
+          <t>9786053142461</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Ahu Hanım'ın Kocası</t>
+          <t>Esrarname</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>658</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786053142287</t>
+          <t>9786053141723</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Ekim</t>
+          <t>Kitabe-i Gam</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786053142270</t>
+          <t>9786053142379</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Kant Felsefesinin Politik Evreni</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786053142331</t>
+          <t>9786053142317</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Devrim</t>
+          <t>İnsanın Oluşumu</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>670</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786053142348</t>
+          <t>9786053142324</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Işid ve Türkiye - Katili Tanıyoruz</t>
+          <t>Kesik Baş - Utanmaz Adam Bütün Eserleri</t>
         </is>
       </c>
       <c r="C1028" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786053141952</t>
+          <t>9786053142294</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesi</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786053142171</t>
+          <t>9786053142355</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786053142263</t>
+          <t>9786053142300</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Hüsn ü Aşk</t>
+          <t>Atı Neden Yalnız Bıraktın</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786053142256</t>
+          <t>9786053142195</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Çizik</t>
+          <t>Ahu Hanım'ın Kocası</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>300</v>
+        <v>658</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786053142225</t>
+          <t>9786053142287</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Sosyalizm</t>
+          <t>Ekim</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786053142089</t>
+          <t>9786053142270</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Kürtler</t>
+          <t>Kant Felsefesinin Politik Evreni</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786053142249</t>
+          <t>9786053142331</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Ölüyordum, Geçerken Uğradım</t>
+          <t>Bilinmeyen Devrim</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>410</v>
+        <v>670</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786053142164</t>
+          <t>9786053142348</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Lenin 2017</t>
+          <t>Işid ve Türkiye - Katili Tanıyoruz</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786053142201</t>
+          <t>9786053141952</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Bahtin</t>
+          <t>Beyaz Zambaklar Ülkesi</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786053142218</t>
+          <t>9786053142171</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Sabo</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786053142126</t>
+          <t>9786053142263</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Savrulanlar</t>
+          <t>Hüsn ü Aşk</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786053142065</t>
+          <t>9786053142256</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Demir Ökçe</t>
+          <t>Çizik</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786053142119</t>
+          <t>9786053142225</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Hermenötik ve Sosyal Bilimler</t>
+          <t>İslam ve Sosyalizm</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786053141853</t>
+          <t>9786053142089</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Benlik Üzerine Denemeler</t>
+          <t>Kürtler</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786053142072</t>
+          <t>9786053142249</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Atree ve Thyeste Trajedisi</t>
+          <t>Ölüyordum, Geçerken Uğradım</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>120</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786053142133</t>
+          <t>9786053142164</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Teolojideki Sosyoloji</t>
+          <t>Lenin 2017</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>310</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786053142157</t>
+          <t>9786053142201</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Sapak</t>
+          <t>Bahtin</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786053142058</t>
+          <t>9786053142218</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Lenin</t>
+          <t>Sabo</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786053142096</t>
+          <t>9786053142126</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Devrimcilerin Filistin Günlüğü 2 1976-1985</t>
+          <t>Savrulanlar</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786053142034</t>
+          <t>9786053142065</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Üç Film Birden</t>
+          <t>Demir Ökçe</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786053141990</t>
+          <t>9786053142119</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Halkın Özgürlüğü</t>
+          <t>Hermenötik ve Sosyal Bilimler</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786055648275</t>
+          <t>9786053141853</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları</t>
+          <t>Benlik Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786053142027</t>
+          <t>9786053142072</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Benlik</t>
+          <t>Atree ve Thyeste Trajedisi</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786053142003</t>
+          <t>9786053142133</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes’ün Dönüşü</t>
+          <t>Teolojideki Sosyoloji</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786053142041</t>
+          <t>9786053142157</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Kastilya Kırları</t>
+          <t>Sapak</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>255</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786053142010</t>
+          <t>9786053142058</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Eva</t>
+          <t>Lenin</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>168</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786053141983</t>
+          <t>9786053142096</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Jack Kerouac'ın Yalnız Hayatı</t>
+          <t>Devrimcilerin Filistin Günlüğü 2 1976-1985</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>420</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786053141976</t>
+          <t>9786053142034</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>İntikamlar</t>
+          <t>Üç Film Birden</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786053141891</t>
+          <t>9786053141990</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Keşfi</t>
+          <t>Halkın Özgürlüğü</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>525</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786053141945</t>
+          <t>9786055648275</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış Mı Evrim Mi?</t>
+          <t>Grimm Masalları</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786053141877</t>
+          <t>9786053142027</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Hermenötiğin Kökeni</t>
+          <t>Kuantum Benlik</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786053141808</t>
+          <t>9786053142003</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Almanya’da Din ve Felsefenin Tarihi Üzerine</t>
+          <t>Sherlock Holmes’ün Dönüşü</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786053141907</t>
+          <t>9786053142041</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Bu</t>
+          <t>Kastilya Kırları</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>160</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786053141914</t>
+          <t>9786053142010</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler Zamanı</t>
+          <t>Eva</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>350</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786053141921</t>
+          <t>9786053141983</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Bir Pusula - Gezi</t>
+          <t>Jack Kerouac'ın Yalnız Hayatı</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786053141884</t>
+          <t>9786053141976</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Tarih</t>
+          <t>İntikamlar</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786053141679</t>
+          <t>9786053141891</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Ey Gece! Ey Uçurum!</t>
+          <t>Doğanın Keşfi</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>490</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786053141785</t>
+          <t>9786053141945</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizmde Eğitim Küba</t>
+          <t>Yaratılış Mı Evrim Mi?</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786053141846</t>
+          <t>9786053141877</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>İnsan Özgürlüğünün Özü Üzerine</t>
+          <t>Hermenötiğin Kökeni</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786053141792</t>
+          <t>9786053141808</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Çizmelerimi Çıkarayım Mı ?</t>
+          <t>Almanya’da Din ve Felsefenin Tarihi Üzerine</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786053141761</t>
+          <t>9786053141907</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Bir Devlet İki Cumhuriyet</t>
+          <t>Hepsi Bu</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786053141815</t>
+          <t>9786053141914</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Rus Devrimi</t>
+          <t>Kelebekler Zamanı</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786053141624</t>
+          <t>9786053141921</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Risk Toplumu</t>
+          <t>Devrimci Bir Pusula - Gezi</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786053141686</t>
+          <t>9786053141884</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Adam</t>
+          <t>Sinema ve Tarih</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>155</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786053141778</t>
+          <t>9786053141679</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Öteki Şehir</t>
+          <t>Ey Gece! Ey Uçurum!</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786053141730</t>
+          <t>9786053141785</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Kaçış</t>
+          <t>Sosyalizmde Eğitim Küba</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786053141716</t>
+          <t>9786053141846</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Su Duydum</t>
+          <t>İnsan Özgürlüğünün Özü Üzerine</t>
         </is>
       </c>
       <c r="C1075" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786053141662</t>
+          <t>9786053141792</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Protesto</t>
+          <t>Çizmelerimi Çıkarayım Mı ?</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786053141693</t>
+          <t>9786053141761</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Nostalji</t>
+          <t>Bir Devlet İki Cumhuriyet</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786053141617</t>
+          <t>9786053141815</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Çaven Gurgi</t>
+          <t>Rus Devrimi</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>170</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786053141655</t>
+          <t>9786053141624</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Kör Kadı</t>
+          <t>Risk Toplumu</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786053141556</t>
+          <t>9786053141686</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Eşlik</t>
+          <t>Görünmez Adam</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786053141563</t>
+          <t>9786053141778</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Kurdun Gözleri</t>
+          <t>Öteki Şehir</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786053141600</t>
+          <t>9786053141730</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>New York'ta İki Aylak Sanatçı</t>
+          <t>Sonsuz Kaçış</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786053141587</t>
+          <t>9786053141716</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Teknik, Sermaye, Medya</t>
+          <t>Su Duydum</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786053141570</t>
+          <t>9786053141662</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Sanat İçgüdüsü</t>
+          <t>Protesto</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786053141594</t>
+          <t>9786053141693</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Güneş Kavgası</t>
+          <t>Nostalji</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>420</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786053141648</t>
+          <t>9786053141617</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İzinde</t>
+          <t>Çaven Gurgi</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>600</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786053141631</t>
+          <t>9786053141655</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Yüzbir Gece Masalları (Ciltsiz)</t>
+          <t>Merhaba Kör Kadı</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786053141433</t>
+          <t>9786053141556</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Yüzbir Gece Masalları (Ciltli)</t>
+          <t>Eşlik</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786053141440</t>
+          <t>9786053141563</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Hayal-et (Ciltli)</t>
+          <t>Kurdun Gözleri</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>700</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786053141549</t>
+          <t>9786053141600</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Şiiri Antolojisi</t>
+          <t>New York'ta İki Aylak Sanatçı</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>470</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9789755397030</t>
+          <t>9786053141587</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Varlık Tutulması</t>
+          <t>Teknik, Sermaye, Medya</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9789755397597</t>
+          <t>9786053141570</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Pas</t>
+          <t>Sanat İçgüdüsü</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786053141532</t>
+          <t>9786053141594</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Güzergahlar</t>
+          <t>Güneş Kavgası</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786053141518</t>
+          <t>9786053141648</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesi</t>
+          <t>Zamanın İzinde</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>410</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786053141488</t>
+          <t>9786053141631</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Hukuk</t>
+          <t>Yüzbir Gece Masalları (Ciltsiz)</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786053141501</t>
+          <t>9786053141433</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Roma'nın Sultanları</t>
+          <t>Yüzbir Gece Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786053141464</t>
+          <t>9786053141440</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Ağabeyine Çiçek Taşıyan Kız</t>
+          <t>Hayal-et (Ciltli)</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786053141495</t>
+          <t>9786053141549</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>İyimser Olmayan Umut</t>
+          <t>Türk Halk Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>220</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786053141365</t>
+          <t>9789755397030</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Tango Böyle Bir Şey!</t>
+          <t>Varlık Tutulması</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786053141013</t>
+          <t>9789755397597</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Ritimlerin Kurgusu</t>
+          <t>Pas</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786053141174</t>
+          <t>9786053141532</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Üşümüş Kuşlar</t>
+          <t>Karanlık Güzergahlar</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786053141402</t>
+          <t>9786053141518</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Yanık Diller</t>
+          <t>Din Felsefesi</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>320</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786053141426</t>
+          <t>9786053141488</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Mavi Siyah</t>
+          <t>Devlet ve Hukuk</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786053141341</t>
+          <t>9786053141501</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Roma'nın Sultanları</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786053141396</t>
+          <t>9786053141464</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kişiler İçin Felsefe Rehberi</t>
+          <t>Ağabeyine Çiçek Taşıyan Kız</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786053141419</t>
+          <t>9786053141495</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Paralel Cinayetler</t>
+          <t>İyimser Olmayan Umut</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786053141358</t>
+          <t>9786053141365</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Silahı Seçmek</t>
+          <t>Tango Böyle Bir Şey!</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786053141389</t>
+          <t>9786053141013</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk Sürer...</t>
+          <t>Sinemada Ritimlerin Kurgusu</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786053141372</t>
+          <t>9786053141174</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Mesih Garabeti</t>
+          <t>Üşümüş Kuşlar</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786053141334</t>
+          <t>9786053141402</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Kırılganlığı</t>
+          <t>Yanık Diller</t>
         </is>
       </c>
       <c r="C1110" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786053141310</t>
+          <t>9786053141426</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Performatif Estetik</t>
+          <t>Gökyüzü Mavi Siyah</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786053141242</t>
+          <t>9786053141341</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Koca Karınlı Kent</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786053141266</t>
+          <t>9786053141396</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlıkta Bir Öykü</t>
+          <t>Akıllı Kişiler İçin Felsefe Rehberi</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786053141303</t>
+          <t>9786053141419</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Dün Gece Nerede Uyudun?</t>
+          <t>Paralel Cinayetler</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>350</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786053141297</t>
+          <t>9786053141358</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Tutku ve Aşkın Kutsal Kitabı</t>
+          <t>Silahı Seçmek</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786053141327</t>
+          <t>9786053141389</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Muzaffer Oruçoğlu Anlatıyor</t>
+          <t>Yolculuk Sürer...</t>
         </is>
       </c>
       <c r="C1116" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786053141280</t>
+          <t>9786053141372</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Gizli Hazları</t>
+          <t>Mesih Garabeti</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9789755399898</t>
+          <t>9786053141334</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Gastro Gösteri</t>
+          <t>Hayatın Kırılganlığı</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786053141150</t>
+          <t>9786053141310</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Brillo Kutusu</t>
+          <t>Performatif Estetik</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786053141228</t>
+          <t>9786053141242</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray'in Portresi</t>
+          <t>Koca Karınlı Kent</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786053141235</t>
+          <t>9786053141266</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Gece Gündüzü Düşlüyor</t>
+          <t>Alacakaranlıkta Bir Öykü</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>330</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786053141259</t>
+          <t>9786053141303</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Alman Sosyolojisinin Felsefi Tarihi</t>
+          <t>Dün Gece Nerede Uyudun?</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>540</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786053141211</t>
+          <t>9786053141297</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Brezilya Oteli</t>
+          <t>Tutku ve Aşkın Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786053141181</t>
+          <t>9786053141327</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Deniz Deniz</t>
+          <t>Muzaffer Oruçoğlu Anlatıyor</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>448</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786053141198</t>
+          <t>9786053141280</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Düşüncesi</t>
+          <t>Hayatın Gizli Hazları</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786053141167</t>
+          <t>9789755399898</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Amerikalı</t>
+          <t>Gastro Gösteri</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786053141051</t>
+          <t>9786053141150</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Kötülük Çiçekleri</t>
+          <t>Brillo Kutusu</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786053141082</t>
+          <t>9786053141228</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Marksizmin Anlamı</t>
+          <t>Dorian Gray'in Portresi</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>540</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786053141099</t>
+          <t>9786053141235</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kardeşler</t>
+          <t>Gece Gündüzü Düşlüyor</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9789755391670</t>
+          <t>9786053141259</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Fidel ve Din</t>
+          <t>Alman Sosyolojisinin Felsefi Tarihi</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>340</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786053141129</t>
+          <t>9786053141211</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Üç Devrimci Tiyatro Bir Meddah</t>
+          <t>Brezilya Oteli</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786053141105</t>
+          <t>9786053141181</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Seçme Eserler</t>
+          <t>Deniz Deniz</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>110</v>
+        <v>448</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786053141075</t>
+          <t>9786053141198</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Kıraç Gökyüzü</t>
+          <t>Çalışma Düşüncesi</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>310</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786053141020</t>
+          <t>9786053141167</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Mansfield Park</t>
+          <t>Amerikalı</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786053141044</t>
+          <t>9786053141051</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 10B</t>
+          <t>Kötülük Çiçekleri</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786053141006</t>
+          <t>9786053141082</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Siyah Yıldız Nairobi</t>
+          <t>Marksizmin Anlamı</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>290</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786053140993</t>
+          <t>9786053141099</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Roman Tütün İşçileri</t>
+          <t>Müslüman Kardeşler</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786053140979</t>
+          <t>9789755391670</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Metrodaki Yabancı</t>
+          <t>Fidel ve Din</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786053141037</t>
+          <t>9786053141129</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Tek Yola Sığmayan Devrim</t>
+          <t>Üç Devrimci Tiyatro Bir Meddah</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786053140900</t>
+          <t>9786053141105</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Kürklü Venüs</t>
+          <t>Seçme Eserler</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9789755396361</t>
+          <t>9786053141075</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Tanrısız Ahlak</t>
+          <t>Kıraç Gökyüzü</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786053140689</t>
+          <t>9786053141020</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Orbitor - Cilt: 2</t>
+          <t>Mansfield Park</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>530</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786053140948</t>
+          <t>9786053141044</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Görülmemiştir</t>
+          <t>Dövüş Kulübü 2 Sayı: 10B</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786053140665</t>
+          <t>9786053141006</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Kardeş</t>
+          <t>Siyah Yıldız Nairobi</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>470</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786053140986</t>
+          <t>9786053140993</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Penceremden</t>
+          <t>Roman Tütün İşçileri</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786053140757</t>
+          <t>9786053140979</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Echo'nun Kemikleri</t>
+          <t>Metrodaki Yabancı</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786053140696</t>
+          <t>9786053141037</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Sömürge ve Kölelik</t>
+          <t>Tek Yola Sığmayan Devrim</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>460</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9789755399416</t>
+          <t>9786053140900</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri</t>
+          <t>Kürklü Venüs</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786053140658</t>
+          <t>9789755396361</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Sürekli Devrim Teorisi</t>
+          <t>Tanrısız Ahlak</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786053140641</t>
+          <t>9786053140689</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 7B</t>
+          <t>Orbitor - Cilt: 2</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>100</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786053140702</t>
+          <t>9786053140948</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Yevgeniy Onegin</t>
+          <t>Görülmemiştir</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786053140719</t>
+          <t>9786053140665</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Keşiş'in Torunları Dersimli Ermeniler (Birinci Kitap)</t>
+          <t>Karanlık Kardeş</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>280</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786053140610</t>
+          <t>9786053140986</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Moğol Komplosu</t>
+          <t>Penceremden</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786053140672</t>
+          <t>9786053140757</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Aradaki Nehir</t>
+          <t>Echo'nun Kemikleri</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>216</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786053140627</t>
+          <t>9786053140696</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Periler</t>
+          <t>Sömürge ve Kölelik</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>160</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786053140634</t>
+          <t>9789755399416</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Hala Hayalleri Olanlar İçin Felsefe</t>
+          <t>Deniz Feneri</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9789755391779</t>
+          <t>9786053140658</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Betty Blue</t>
+          <t>Sürekli Devrim Teorisi</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786053140580</t>
+          <t>9786053140641</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Fransız Savaş Sanatı</t>
+          <t>Dövüş Kulübü 2 Sayı: 7B</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>602</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786053140528</t>
+          <t>9786053140702</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Arkaik Ortadoğu</t>
+          <t>Yevgeniy Onegin</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786053140573</t>
+          <t>9786053140719</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Can Çekişen İmparatorluk</t>
+          <t>Keşiş'in Torunları Dersimli Ermeniler (Birinci Kitap)</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786053140597</t>
+          <t>9786053140610</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>Moğol Komplosu</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786053140498</t>
+          <t>9786053140672</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Quma Mezopotamyaye</t>
+          <t>Aradaki Nehir</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>170</v>
+        <v>216</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786053140405</t>
+          <t>9786053140627</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Şiir</t>
+          <t>Huzursuz Periler</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786053140511</t>
+          <t>9786053140634</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Gül</t>
+          <t>Hala Hayalleri Olanlar İçin Felsefe</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>430</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786053140504</t>
+          <t>9789755391779</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Betty Blue</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786053142454</t>
+          <t>9786053140580</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>İhvan-ı Safa Risaleleri Cilt: 1</t>
+          <t>Fransız Savaş Sanatı</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>340</v>
+        <v>602</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9789755391472</t>
+          <t>9786053140528</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji</t>
+          <t>Arkaik Ortadoğu</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786053140481</t>
+          <t>9786053140573</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya'nın Kumları</t>
+          <t>Can Çekişen İmparatorluk</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786053140795</t>
+          <t>9786053140597</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Şiddetsiz Direniş</t>
+          <t>Genç Werther'in Acıları</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786053140726</t>
+          <t>9786053140498</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Anne Bak Kral Çıplak!</t>
+          <t>Quma Mezopotamyaye</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786053140733</t>
+          <t>9786053140405</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Güncesi</t>
+          <t>Yalnız Şiir</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9789755397306</t>
+          <t>9786053140511</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Roman Kuramına Giriş</t>
+          <t>Bir Demet Gül</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786053140603</t>
+          <t>9786053140504</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786053140542</t>
+          <t>9786053142454</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Canım Cicim</t>
+          <t>İhvan-ı Safa Risaleleri Cilt: 1</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786053140566</t>
+          <t>9789755391472</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Şair ve Taifesi</t>
+          <t>İdeoloji</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786053140559</t>
+          <t>9786053140481</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Devrimcilerin Filistin Günlüğü 1968-1975</t>
+          <t>Mezopotamya'nın Kumları</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9789755394428</t>
+          <t>9786053140795</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Psişik Yaşamı - Tabiyet Üzerine Teoriler</t>
+          <t>Şiddetsiz Direniş</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786053140788</t>
+          <t>9786053140726</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Şiirler Karşışiirler Başka Şiirler</t>
+          <t>Anne Bak Kral Çıplak!</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786053140450</t>
+          <t>9786053140733</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Uğultulu Tepeler</t>
+          <t>Bedenin Güncesi</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786053140368</t>
+          <t>9789755397306</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 5B</t>
+          <t>Roman Kuramına Giriş</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786053140412</t>
+          <t>9786053140603</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Yeşilçam Dedikleri Türkiye</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>530</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786053140429</t>
+          <t>9786053140542</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Mektuplaşmalar 1912-1942</t>
+          <t>Canım Cicim</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786053140436</t>
+          <t>9786053140566</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Cepheden Anılar- Orhan Savaşçı'nın THKP-C Anıları</t>
+          <t>Şair ve Taifesi</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786053140375</t>
+          <t>9786053140559</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Adam Strand'ın Otuz Dokuz Ölümü</t>
+          <t>Devrimcilerin Filistin Günlüğü 1968-1975</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>256</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786053140382</t>
+          <t>9789755394428</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Efendinin Güzeli</t>
+          <t>İktidarın Psişik Yaşamı - Tabiyet Üzerine Teoriler</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>812</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786053140399</t>
+          <t>9786053140788</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Yaşamak</t>
+          <t>Şiirler Karşışiirler Başka Şiirler</t>
         </is>
       </c>
       <c r="C1186" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786053140801</t>
+          <t>9786053140450</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Bekle Bizi İstanbul</t>
+          <t>Uğultulu Tepeler</t>
         </is>
       </c>
       <c r="C1187" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786053140764</t>
+          <t>9786053140368</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Hakları</t>
+          <t>Dövüş Kulübü 2 Sayı: 5B</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786053140320</t>
+          <t>9786053140412</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Sinança</t>
+          <t>Yeşilçam Dedikleri Türkiye</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>430</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9789755396538</t>
+          <t>9786053140429</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Sinematografi Üzerine Düşünceler</t>
+          <t>Mektuplaşmalar 1912-1942</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786053140085</t>
+          <t>9786053140436</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 4 (İki Farklı Kapak)</t>
+          <t>Cepheden Anılar- Orhan Savaşçı'nın THKP-C Anıları</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786053140337</t>
+          <t>9786053140375</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Trabzonlu Delikanlı</t>
+          <t>Adam Strand'ın Otuz Dokuz Ölümü</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>210</v>
+        <v>256</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786053140313</t>
+          <t>9786053140382</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Kafesteki Kuşun Şarkısı</t>
+          <t>Efendinin Güzeli</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>200</v>
+        <v>812</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786053140283</t>
+          <t>9786053140399</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Zamanı Yaşamak</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>100</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786053140276</t>
+          <t>9786053140801</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Le Horla</t>
+          <t>Bekle Bizi İstanbul</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786053140252</t>
+          <t>9786053140764</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük</t>
+          <t>Hayvan Hakları</t>
         </is>
       </c>
       <c r="C1196" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9789755399942</t>
+          <t>9786053140320</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Mitostan Felsefeye</t>
+          <t>Sinança</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>260</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786053140306</t>
+          <t>9789755396538</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>İyinin Egemenliği</t>
+          <t>Sinematografi Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786053140344</t>
+          <t>9786053140085</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Segah Makamı</t>
+          <t>Dövüş Kulübü 2 Sayı: 4 (İki Farklı Kapak)</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786053140221</t>
+          <t>9786053140337</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Biraderim Aleksey'in Köylü Ütopyası Ülkesine Seyahati</t>
+          <t>Trabzonlu Delikanlı</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786053140177</t>
+          <t>9786053140313</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Tek Başına</t>
+          <t>Kafesteki Kuşun Şarkısı</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786053140207</t>
+          <t>9786053140283</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Ölüm</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786053140184</t>
+          <t>9786053140276</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Komünist</t>
+          <t>Le Horla</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786053140160</t>
+          <t>9786053140252</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Özgürlük</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786053140214</t>
+          <t>9789755399942</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kadınlar ve Hayat</t>
+          <t>Mitostan Felsefeye</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>255</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786053140245</t>
+          <t>9786053140306</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Kitap</t>
+          <t>İyinin Egemenliği</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786053140139</t>
+          <t>9786053140344</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>İzmarit</t>
+          <t>Segah Makamı</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786053140146</t>
+          <t>9786053140221</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Zihin ve Doğa Arasında Bir Psikoloji Tarihi</t>
+          <t>Biraderim Aleksey'in Köylü Ütopyası Ülkesine Seyahati</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>420</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786053140115</t>
+          <t>9786053140177</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Che'nin Birliği</t>
+          <t>Bir Gün Tek Başına</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>320</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786053140108</t>
+          <t>9786053140207</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Bahar</t>
+          <t>Tek Kişilik Ölüm</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786053140122</t>
+          <t>9786053140184</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>İslam Teolojisine Giriş</t>
+          <t>Komünist</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>700</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786053140467</t>
+          <t>9786053140160</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Komün</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>380</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9789755391243</t>
+          <t>9786053140214</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Biz</t>
+          <t>Aşk Kadınlar ve Hayat</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>252</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786053140290</t>
+          <t>9786053140245</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Güven Cilt 1</t>
+          <t>Sekiz Kitap</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>750</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786053140092</t>
+          <t>9786053140139</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Okulu</t>
+          <t>İzmarit</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786053140023</t>
+          <t>9786053140146</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Skolastik Fantazya</t>
+          <t>Zihin ve Doğa Arasında Bir Psikoloji Tarihi</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786053140009</t>
+          <t>9786053140115</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Mülkiye</t>
+          <t>Che'nin Birliği</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>125</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9789755399911</t>
+          <t>9786053140108</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Krediokrasi</t>
+          <t>Bahar</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786053140016</t>
+          <t>9786053140122</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Liberhell</t>
+          <t>İslam Teolojisine Giriş</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>290</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9789755399997</t>
+          <t>9786053140467</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Bir Haz Markası : Beautiful You</t>
+          <t>Komün</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9789755396323</t>
+          <t>9789755391243</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Şenlikli Toplum</t>
+          <t>Biz</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>200</v>
+        <v>252</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9789755399904</t>
+          <t>9786053140290</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Direniş, Sürgün ve Ölüm Günleri</t>
+          <t>Güven Cilt 1</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>170</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9789755399966</t>
+          <t>9786053140092</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta ve Felsefede Varoluşçular ve Mistikler</t>
+          <t>Frankfurt Okulu</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>580</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9789755399928</t>
+          <t>9786053140023</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Kömürkirchen</t>
+          <t>Skolastik Fantazya</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9789755399980</t>
+          <t>9786053140009</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Özyönetim Düşüncesi</t>
+          <t>Bir Zamanlar Mülkiye</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>330</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9789755399874</t>
+          <t>9789755399911</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Harcıyorum Öyleyse Varım</t>
+          <t>Krediokrasi</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786053140153</t>
+          <t>9786053140016</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Liberhell</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786053140054</t>
+          <t>9789755399997</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Özne Hayatı Konuşunca</t>
+          <t>Bir Haz Markası : Beautiful You</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9789755393469</t>
+          <t>9789755396323</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Yatak Odasında Felsefe ya da Ahlaksız Eğitmenler</t>
+          <t>Şenlikli Toplum</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9789755399973</t>
+          <t>9789755399904</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Özel Görevler : Sovyet İstihbarat Şefinin Anıları</t>
+          <t>Direniş, Sürgün ve Ölüm Günleri</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>580</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9789755399935</t>
+          <t>9789755399966</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Li Welate Sinoran</t>
+          <t>Edebiyatta ve Felsefede Varoluşçular ve Mistikler</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>140</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9789755399959</t>
+          <t>9789755399928</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar Ülkesinde</t>
+          <t>Kömürkirchen</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9789755399881</t>
+          <t>9789755399980</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Mısır’ın Uzun 19. Yüzyılı</t>
+          <t>Özyönetim Düşüncesi</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9789755399690</t>
+          <t>9789755399874</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Halkının Tarihi</t>
+          <t>Harcıyorum Öyleyse Varım</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>560</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9789755395258</t>
+          <t>9786053140153</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kapitalizmin Kültürü</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9789755399720</t>
+          <t>9786053140054</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Soren Kierkegaar’da Kaygı Kavramı</t>
+          <t>Özne Hayatı Konuşunca</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9789755399744</t>
+          <t>9789755393469</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Tüy</t>
+          <t>Yatak Odasında Felsefe ya da Ahlaksız Eğitmenler</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9789755399829</t>
+          <t>9789755399973</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Bellek ve Belgesel Sinema</t>
+          <t>Özel Görevler : Sovyet İstihbarat Şefinin Anıları</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>270</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9789755399645</t>
+          <t>9789755399935</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Devrimciler Ölmez</t>
+          <t>Li Welate Sinoran</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9789755399638</t>
+          <t>9789755399959</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>İlahi Gazap</t>
+          <t>Sınırlar Ülkesinde</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9789755399683</t>
+          <t>9789755399881</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Tek Dünyaya Doğru - Avrupa'daki Asya ve Batı'nın Şekillenişi Cilt 2</t>
+          <t>Mısır’ın Uzun 19. Yüzyılı</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9789755399669</t>
+          <t>9789755399690</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Parıltılı Armağan</t>
+          <t>Ermeni Halkının Tarihi</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>290</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9789755399676</t>
+          <t>9789755395258</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Kayıp Estetiği</t>
+          <t>Yeni Kapitalizmin Kültürü</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9789755399652</t>
+          <t>9789755399720</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Kayboluyorsun</t>
+          <t>Soren Kierkegaar’da Kaygı Kavramı</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9789755399607</t>
+          <t>9789755399744</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Birazcık Halil</t>
+          <t>Tüy</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9789755399751</t>
+          <t>9789755399829</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Vay...</t>
+          <t>Toplumsal Bellek ve Belgesel Sinema</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9789755399706</t>
+          <t>9789755399645</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>İçerdekiler</t>
+          <t>Devrimciler Ölmez</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9789755399737</t>
+          <t>9789755399638</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kapitalist Yöneticiler Sınıfı</t>
+          <t>İlahi Gazap</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9789755399713</t>
+          <t>9789755399683</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Perik</t>
+          <t>Tek Dünyaya Doğru - Avrupa'daki Asya ve Batı'nın Şekillenişi Cilt 2</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9789755399805</t>
+          <t>9789755399669</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal Muhafazakar Medya</t>
+          <t>Parıltılı Armağan</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9789755399768</t>
+          <t>9789755399676</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Kaçan Şehir</t>
+          <t>Marx’ın Kayıp Estetiği</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9789755399812</t>
+          <t>9789755399652</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Tibet Şeftali Turtası</t>
+          <t>Kayboluyorsun</t>
         </is>
       </c>
       <c r="C1252" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9789755392097</t>
+          <t>9789755399607</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Çokkültürlü Yurttaşlık</t>
+          <t>Birazcık Halil</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9789755399546</t>
+          <t>9789755399751</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Komşum Sade</t>
+          <t>Vay...</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9789755399522</t>
+          <t>9789755399706</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Erikler Çiçek Açınca</t>
+          <t>İçerdekiler</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9789755399393</t>
+          <t>9789755399737</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Zapata ve Meksika Devrimi</t>
+          <t>Türkiye’de Kapitalist Yöneticiler Sınıfı</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9789755399508</t>
+          <t>9789755399713</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Orbitor - Cilt: 1</t>
+          <t>Perik</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9789755399577</t>
+          <t>9789755399805</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>İlle de Mavi</t>
+          <t>Neoliberal Muhafazakar Medya</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9789755399515</t>
+          <t>9789755399768</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Marksizmden Sonra Marx</t>
+          <t>Kaçan Şehir</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786053140931</t>
+          <t>9789755399812</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Cennet ile Cehennemin Evliliği</t>
+          <t>Tibet Şeftali Turtası</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9789755392134</t>
+          <t>9789755392097</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Hesaplaşma</t>
+          <t>Çokkültürlü Yurttaşlık</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786053140917</t>
+          <t>9789755399546</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>İletişim Bilimlerinin Unutulmuş Kökenleri</t>
+          <t>Komşum Sade</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9789755399539</t>
+          <t>9789755399522</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Bitti Bitti Bitmedi</t>
+          <t>Erikler Çiçek Açınca</t>
         </is>
       </c>
       <c r="C1263" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9789755399461</t>
+          <t>9789755399393</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Düğün Uçuşu</t>
+          <t>Zapata ve Meksika Devrimi</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9789755399492</t>
+          <t>9789755399508</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Keçi Medeniyeti</t>
+          <t>Orbitor - Cilt: 1</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9789755399454</t>
+          <t>9789755399577</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Diyalektik İmgelem</t>
+          <t>İlle de Mavi</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>510</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9789755391403</t>
+          <t>9789755399515</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Yönteme Karşı</t>
+          <t>Marksizmden Sonra Marx</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9789755399447</t>
+          <t>9786053140931</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Devrimcilik Güzel Şey Be Kardeşim</t>
+          <t>Cennet ile Cehennemin Evliliği</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9789755399799</t>
+          <t>9789755392134</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Katilin Peşinde</t>
+          <t>Hesaplaşma</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9789755399782</t>
+          <t>9786053140917</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Eleştirinin Anatomisi</t>
+          <t>İletişim Bilimlerinin Unutulmuş Kökenleri</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>460</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786053140856</t>
+          <t>9789755399539</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Modernitesinin Sonu</t>
+          <t>Bitti Bitti Bitmedi</t>
         </is>
       </c>
       <c r="C1271" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9789755391090</t>
+          <t>9789755399461</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Tahakküm ve Direniş Sanatları</t>
+          <t>Düğün Uçuşu</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9789755399348</t>
+          <t>9789755399492</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>İstisna</t>
+          <t>Keçi Medeniyeti</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9789755392172</t>
+          <t>9789755399454</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Hoşgörü Üzerine</t>
+          <t>Diyalektik İmgelem</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>3</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9789755397948</t>
+          <t>9789755391403</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Galler'in Ruhu Ejderha</t>
+          <t>Yönteme Karşı</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>530</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9789755398068</t>
+          <t>9789755399447</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Lanetli</t>
+          <t>Devrimcilik Güzel Şey Be Kardeşim</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9789755399317</t>
+          <t>9789755399799</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Çalışmalarında Araştırma Yöntem ve Teknikleri</t>
+          <t>Mükemmel Katilin Peşinde</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9789755399386</t>
+          <t>9789755399782</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kentleşmesinin Toplumsal Arkeolojisi</t>
+          <t>Eleştirinin Anatomisi</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786053140771</t>
+          <t>9786053140856</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Popüler Sinemanın Mitolojisi</t>
+          <t>Yahudi Modernitesinin Sonu</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>530</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786053140818</t>
+          <t>9789755391090</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Celestina</t>
+          <t>Tahakküm ve Direniş Sanatları</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786053140849</t>
+          <t>9789755399348</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Gürültüsü</t>
+          <t>İstisna</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>215</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786053140887</t>
+          <t>9789755392172</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Fatmagül'ün Suçu Ne?</t>
+          <t>Hoşgörü Üzerine</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>135</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786053140832</t>
+          <t>9789755397948</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Albayım</t>
+          <t>Galler'in Ruhu Ejderha</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>150</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9789755398211</t>
+          <t>9789755398068</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Davet 1 : Antik Felsefe</t>
+          <t>Lanetli</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9789755398181</t>
+          <t>9789755399317</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük İçin Kürt Yazıları 2</t>
+          <t>Yeni Medya Çalışmalarında Araştırma Yöntem ve Teknikleri</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9789755398235</t>
+          <t>9789755399386</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Bizans Dünyası</t>
+          <t>Türkiye Kentleşmesinin Toplumsal Arkeolojisi</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>540</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9789755397962</t>
+          <t>9786053140771</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>İlahiname</t>
+          <t>Popüler Sinemanın Mitolojisi</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>525</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9789755398242</t>
+          <t>9786053140818</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Orpheus'un Bakışı</t>
+          <t>Celestina</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9789755398228</t>
+          <t>9786053140849</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Geceleri Daireler Çizerek Yürürüz</t>
+          <t>Zamanın Gürültüsü</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>310</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9789755398266</t>
+          <t>9786053140887</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Denizin Kıyısında - Şansal Dikmen Kitabı</t>
+          <t>Fatmagül'ün Suçu Ne?</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>210</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9789755392356</t>
+          <t>9786053140832</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Seni Sevmiyorum</t>
+          <t>Albayım</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9789755398105</t>
+          <t>9789755398211</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Kırık Köşeli İlkbahar</t>
+          <t>Felsefeye Davet 1 : Antik Felsefe</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9789755398198</t>
+          <t>9789755398181</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yazıları Konuşmaları 2</t>
+          <t>Özgürlük İçin Kürt Yazıları 2</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9789755399591</t>
+          <t>9789755398235</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Anlat Bakalım</t>
+          <t>Bizans Dünyası</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>220</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9789755399560</t>
+          <t>9789755397962</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyanın Doğuşu</t>
+          <t>İlahiname</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>700</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9789755399584</t>
+          <t>9789755398242</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Romantik Ortadoğu: Milletlerarası Bir Deneme</t>
+          <t>Orpheus'un Bakışı</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9789755399621</t>
+          <t>9789755398228</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Oyun, Oyunbazlık, Yaratıcılık ve İnovasyon</t>
+          <t>Geceleri Daireler Çizerek Yürürüz</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9789755399775</t>
+          <t>9789755398266</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Adem ile Havva Her Yerde</t>
+          <t>Fırtınalı Denizin Kıyısında - Şansal Dikmen Kitabı</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9789755399843</t>
+          <t>9789755392356</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>İnternet ve Sokak</t>
+          <t>Seni Sevmiyorum</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9789755393452</t>
+          <t>9789755398105</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Anne: Melek mi, Yosma mı?</t>
+          <t>Kırık Köşeli İlkbahar</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9789755396835</t>
+          <t>9789755398198</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Estetik</t>
+          <t>Tüm Yazıları Konuşmaları 2</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9789755398082</t>
+          <t>9789755399591</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Azınlığın Zenginliği Hepimizin Çıkarına mıdır?</t>
+          <t>Anlat Bakalım</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786053140870</t>
+          <t>9789755399560</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Aydınlar Sosyalizmi</t>
+          <t>Modern Dünyanın Doğuşu</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>320</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9789755394305</t>
+          <t>9789755399584</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Güçleri</t>
+          <t>Romantik Ortadoğu: Milletlerarası Bir Deneme</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>290</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9789755398129</t>
+          <t>9789755399621</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Affedilmeyenler</t>
+          <t>Oyun, Oyunbazlık, Yaratıcılık ve İnovasyon</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9789755399287</t>
+          <t>9789755399775</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Site</t>
+          <t>Adem ile Havva Her Yerde</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>480</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9789755393407</t>
+          <t>9789755399843</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Göğü Delen Adam</t>
+          <t>İnternet ve Sokak</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9789755393391</t>
+          <t>9789755393452</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Göç, Kültür, Kimlik</t>
+          <t>Anne: Melek mi, Yosma mı?</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9789755394831</t>
+          <t>9789755396835</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Zaman</t>
+          <t>Sanat ve Estetik</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9789755393384</t>
+          <t>9789755398082</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Karnavaldan Romana</t>
+          <t>Azınlığın Zenginliği Hepimizin Çıkarına mıdır?</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>370</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9789755392967</t>
+          <t>9786053140870</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Zenciler</t>
+          <t>Aydınlar Sosyalizmi</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9789755390895</t>
+          <t>9789755394305</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Zen ve Motosiklet Bakım Sanatı</t>
+          <t>Korkunun Güçleri</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>380</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9789755391441</t>
+          <t>9789755398129</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Baştan Çıkarıcının Günlüğü</t>
+          <t>Affedilmeyenler</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9789755395715</t>
+          <t>9789755399287</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma Partisi</t>
+          <t>Müslüman Site</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>310</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9789755398006</t>
+          <t>9789755393407</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Cool Anılar 1-2</t>
+          <t>Göğü Delen Adam</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9789755392844</t>
+          <t>9789755393391</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Özne ve İktidar - Seçme Yazılar 2</t>
+          <t>Göç, Kültür, Kimlik</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9789755392455</t>
+          <t>9789755394831</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Edepsizlik, Anarşi ve Gerçeklik</t>
+          <t>Ölüm ve Zaman</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9789755397993</t>
+          <t>9789755393384</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Medyaya Karşı</t>
+          <t>Karnavaldan Romana</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>520</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9789755397849</t>
+          <t>9789755392967</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Kara Perde</t>
+          <t>Zenciler</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9789755397870</t>
+          <t>9789755390895</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Arabistan'dan Öteye Cilt: 1</t>
+          <t>Zen ve Motosiklet Bakım Sanatı</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9789755394459</t>
+          <t>9789755391441</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Gürültüden Müziğe</t>
+          <t>Baştan Çıkarıcının Günlüğü</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9789755397665</t>
+          <t>9789755395715</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Bir Türk Filmi Olarak Kanser</t>
+          <t>Çarpışma Partisi</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9789755397702</t>
+          <t>9789755398006</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Denizin Yolcuları: Sedat Göçmen Kitabı</t>
+          <t>Cool Anılar 1-2</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>325</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9789755398907</t>
+          <t>9789755392844</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Haziran'da Bir Fidan</t>
+          <t>Özne ve İktidar - Seçme Yazılar 2</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9789755399331</t>
+          <t>9789755392455</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Yakınlaşma</t>
+          <t>Edepsizlik, Anarşi ve Gerçeklik</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9789755399409</t>
+          <t>9789755397993</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Halk İstiyor</t>
+          <t>Medyaya Karşı</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>340</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9789755398457</t>
+          <t>9789755397849</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Sinema Teorisine Giriş</t>
+          <t>Kara Perde</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>480</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9789755398464</t>
+          <t>9789755397870</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Bir Buğday Tanesi</t>
+          <t>Arabistan'dan Öteye Cilt: 1</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>304</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9789755398143</t>
+          <t>9789755394459</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya - Her Şeyden Önce Savaş Yapmaya Yarar</t>
+          <t>Gürültüden Müziğe</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9789755394121</t>
+          <t>9789755397665</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Kuramı</t>
+          <t>Bir Türk Filmi Olarak Kanser</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9789755396408</t>
+          <t>9789755397702</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Düşmanın Tarihi</t>
+          <t>Fırtınalı Denizin Yolcuları: Sedat Göçmen Kitabı</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9789755396873</t>
+          <t>9789755398907</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Duyuru</t>
+          <t>Haziran'da Bir Fidan</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>180</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9789755392073</t>
+          <t>9789755399331</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Mekanları Tüketmek</t>
+          <t>Tehlikeli Yakınlaşma</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9789755390307</t>
+          <t>9789755399409</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Demokrasi</t>
+          <t>Halk İstiyor</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9789755394862</t>
+          <t>9789755398457</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Masumiyetin Ayartıcılığı</t>
+          <t>Sinema Teorisine Giriş</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9789755392820</t>
+          <t>9789755398464</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Hayaletleri</t>
+          <t>Bir Buğday Tanesi</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>290</v>
+        <v>304</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9789755396583</t>
+          <t>9789755398143</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Marx ve Weber’de Doğu Toplumları</t>
+          <t>Coğrafya - Her Şeyden Önce Savaş Yapmaya Yarar</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9789755394237</t>
+          <t>9789755394121</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Marx ve Mahdumları</t>
+          <t>Edebiyat Kuramı</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9789755392202</t>
+          <t>9789755396408</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Dil Felsefesi</t>
+          <t>Düşmanın Tarihi</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9789755393070</t>
+          <t>9789755396873</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Mantissa</t>
+          <t>Duyuru</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9789755392332</t>
+          <t>9789755392073</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Manş Ötesi</t>
+          <t>Mekanları Tüketmek</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9789755390697</t>
+          <t>9789755390307</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyetin Dönüşümü</t>
+          <t>Medya ve Demokrasi</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9789755396224</t>
+          <t>9789755394862</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Maddesiz</t>
+          <t>Masumiyetin Ayartıcılığı</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9789755394907</t>
+          <t>9789755392820</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Limon Masası</t>
+          <t>Marx’ın Hayaletleri</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9789755391984</t>
+          <t>9789755396583</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Lila Ahlakın Sorgulanması</t>
+          <t>Marx ve Weber’de Doğu Toplumları</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>405</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786053142547</t>
+          <t>9789755394237</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme</t>
+          <t>Marx ve Mahdumları</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9789755392572</t>
+          <t>9789755392202</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Emperyalizm</t>
+          <t>Marksizm ve Dil Felsefesi</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9789755392899</t>
+          <t>9789755393070</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Bellek : Eski Yüksek Kültürlerde Yazı, Hatırlama ve Politik Kimlik</t>
+          <t>Mantissa</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>380</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9789755394466</t>
+          <t>9789755392332</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Kültür Yorumları</t>
+          <t>Manş Ötesi</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9789755396163</t>
+          <t>9789755390697</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Kuzeye Göç Mevsimi</t>
+          <t>Mahremiyetin Dönüşümü</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9789755393766</t>
+          <t>9789755396224</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Ruh</t>
+          <t>Maddesiz</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9789755393339</t>
+          <t>9789755394907</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İnsan</t>
+          <t>Limon Masası</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>280</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9789755395999</t>
+          <t>9789755391984</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Teolojisi</t>
+          <t>Lila Ahlakın Sorgulanması</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>410</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9789755393636</t>
+          <t>9786053142547</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Kurtlarla Koşan Kadınlar</t>
+          <t>Küreselleşme</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9789755397245</t>
+          <t>9789755392572</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Kurgudan da Garip</t>
+          <t>Kültürel Emperyalizm</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9789755392653</t>
+          <t>9789755392899</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Kreşteki Yabani</t>
+          <t>Kültürel Bellek : Eski Yüksek Kültürlerde Yazı, Hatırlama ve Politik Kimlik</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9789755395722</t>
+          <t>9789755394466</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Kötülüğün Şeffaflığı</t>
+          <t>Kültür Yorumları</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9789755393629</t>
+          <t>9789755396163</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Haydutlar</t>
+          <t>Kuzeye Göç Mevsimi</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9789755396552</t>
+          <t>9789755393766</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Kovboy Kızlar da Hüzünlenir</t>
+          <t>Kutsal Ruh</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9789755396217</t>
+          <t>9789755393339</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Korkulacak Bir Şey Yok</t>
+          <t>Kutsal İnsan</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9789755393506</t>
+          <t>9789755395999</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Korku Kültürü</t>
+          <t>Kurtuluş Teolojisi</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>290</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9789755393087</t>
+          <t>9789755393636</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Koleksiyoncu</t>
+          <t>Kurtlarla Koşan Kadınlar</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>310</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9789755392301</t>
+          <t>9789755397245</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Kitle ve İktidar</t>
+          <t>Kurgudan da Garip</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>560</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9789755391274</t>
+          <t>9789755392653</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Mekanları</t>
+          <t>Kreşteki Yabani</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9789755397061</t>
+          <t>9789755395722</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Kızıllığın Kalbi</t>
+          <t>Kötülüğün Şeffaflığı</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9789755396965</t>
+          <t>9789755393629</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Kızılbaşlar - Aleviler</t>
+          <t>Kozmik Haydutlar</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9789755391373</t>
+          <t>9789755396552</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Kızılağaçlar Kralı</t>
+          <t>Kovboy Kızlar da Hüzünlenir</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>335</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9789755395302</t>
+          <t>9789755396217</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Kesik Bir Baş</t>
+          <t>Korkulacak Bir Şey Yok</t>
         </is>
       </c>
       <c r="C1368" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9789755392950</t>
+          <t>9789755393506</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Kaynak ve Çalı ya da Eleazar</t>
+          <t>Korku Kültürü</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9789755395876</t>
+          <t>9789755393087</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Kaybedenlerin Belleği</t>
+          <t>Koleksiyoncu</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>420</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9789755395586</t>
+          <t>9789755392301</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Kültürleri</t>
+          <t>Kitle ve İktidar</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>640</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9789755393704</t>
+          <t>9789755391274</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Karakter Aşınması</t>
+          <t>Kimlik Mekanları</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9789755392783</t>
+          <t>9789755397061</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Kara Prens</t>
+          <t>Kızıllığın Kalbi</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>430</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9789755391052</t>
+          <t>9789755396965</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Kamusal İnsanın Çöküşü</t>
+          <t>Kızılbaşlar - Aleviler</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>510</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9789755390918</t>
+          <t>9789755391373</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Kalecinin Penaltı Anındaki Endişesi</t>
+          <t>Kızılağaçlar Kralı</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>150</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9789755392110</t>
+          <t>9789755395302</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Kahkahanın Zaferi Yıkıcı Tarih Olarak Gülme</t>
+          <t>Kesik Bir Baş</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>390</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9789755395623</t>
+          <t>9789755392950</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Bedeni</t>
+          <t>Kaynak ve Çalı ya da Eleazar</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9789755394497</t>
+          <t>9789755395876</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Kaçaklar ve Mülteciler</t>
+          <t>Kaybedenlerin Belleği</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9789755397467</t>
+          <t>9789755395586</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Jilet Sinan</t>
+          <t>Karanlığın Kültürleri</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>140</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9789755397511</t>
+          <t>9789755393704</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>İşletme Hastalığına Tutulmuş Toplum</t>
+          <t>Karakter Aşınması</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9789755397115</t>
+          <t>9789755392783</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>İsyan Pazarlanıyor</t>
+          <t>Kara Prens</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>360</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9789755396231</t>
+          <t>9789755391052</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>İslamın İkinci Mesajı</t>
+          <t>Kamusal İnsanın Çöküşü</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>240</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9789755396125</t>
+          <t>9789755390918</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Geleceği</t>
+          <t>Kalecinin Penaltı Anındaki Endişesi</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9789755396514</t>
+          <t>9789755392110</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>İslam’da 50 Önemli İsim</t>
+          <t>Kahkahanın Zaferi Yıkıcı Tarih Olarak Gülme</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9789755395746</t>
+          <t>9789755395623</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Mahrem Tarihi</t>
+          <t>Kadın ve Bedeni</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>560</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9789755390628</t>
+          <t>9789755394497</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>İnsan Postuna Bürünmüş Köpek</t>
+          <t>Kaçaklar ve Mülteciler</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9789755393445</t>
+          <t>9789755397467</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığımız Sefalet</t>
+          <t>Jilet Sinan</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9789755392776</t>
+          <t>9789755397511</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Yaratık</t>
+          <t>İşletme Hastalığına Tutulmuş Toplum</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9789755390482</t>
+          <t>9789755397115</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Watt</t>
+          <t>İsyan Pazarlanıyor</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9789755395432</t>
+          <t>9789755396231</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Villa Meçhul</t>
+          <t>İslamın İkinci Mesajı</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9789755390215</t>
+          <t>9789755396125</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Veda Yemeği</t>
+          <t>İslam’ın Geleceği</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9789755396804</t>
+          <t>9789755396514</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Oğlanlar</t>
+          <t>İslam’da 50 Önemli İsim</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9789755397283</t>
+          <t>9789755395746</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Travesti</t>
+          <t>İnsanlığın Mahrem Tarihi</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>190</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9789755391939</t>
+          <t>9789755390628</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet ve İktidar</t>
+          <t>İnsan Postuna Bürünmüş Köpek</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>440</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9789755391755</t>
+          <t>9789755393445</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Toplumlar Nasıl Anımsar?</t>
+          <t>Yaşadığımız Sefalet</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9789755393797</t>
+          <t>9789755392776</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Tıkanma</t>
+          <t>Yaratık</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9789755390581</t>
+          <t>9789755390482</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Televizyon: Öldüren Eğlence</t>
+          <t>Watt</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9789755395500</t>
+          <t>9789755395432</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Tekinsiz</t>
+          <t>Villa Meçhul</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9789755393544</t>
+          <t>9789755390215</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Tavandaki Kukla</t>
+          <t>Veda Yemeği</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9789755396460</t>
+          <t>9789755396804</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Şiddet</t>
+          <t>Vahşi Oğlanlar</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>460</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9789755397078</t>
+          <t>9789755397283</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Tarihçi ve Toplumsal Hareket</t>
+          <t>Travesti</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9789755390666</t>
+          <t>9789755391939</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Tin</t>
+          <t>Toplumsal Cinsiyet ve İktidar</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9789755392769</t>
+          <t>9789755391755</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Kent</t>
+          <t>Toplumlar Nasıl Anımsar?</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>920</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9789755392998</t>
+          <t>9789755393797</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Ağzından Evrenin Hikayesi</t>
+          <t>Tıkanma</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9789755394008</t>
+          <t>9789755390581</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Tango</t>
+          <t>Televizyon: Öldüren Eğlence</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9789755396842</t>
+          <t>9789755395500</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Süryaniler</t>
+          <t>Tekinsiz</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9789755394343</t>
+          <t>9789755393544</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Sürüden Devlete</t>
+          <t>Tavandaki Kukla</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>520</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9789755396828</t>
+          <t>9789755396460</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Sultanlar Zamanında Anadolu’da Hıristiyanlık ve İslam - 1</t>
+          <t>Tatlı Şiddet</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9789755391892</t>
+          <t>9789755397078</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Dur Bir Mola Ver</t>
+          <t>Tarihçi ve Toplumsal Hareket</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>336</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9789755393223</t>
+          <t>9789755390666</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü</t>
+          <t>Tarih ve Tin</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9789755391991</t>
+          <t>9789755392769</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Tarih Boyunca Kent</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>380</v>
+        <v>920</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9789755393315</t>
+          <t>9789755392998</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Disiplin</t>
+          <t>Tanrı’nın Ağzından Evrenin Hikayesi</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>510</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9789755395708</t>
+          <t>9789755394008</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Dikizleme Günlüğü</t>
+          <t>Tango</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>310</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9789755394503</t>
+          <t>9789755396842</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Zamanı</t>
+          <t>Süryaniler</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9789755397092</t>
+          <t>9789755394343</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Kızları</t>
+          <t>Sürüden Devlete</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>210</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786053146132</t>
+          <t>9789755396828</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Devlete Karşı Toplum</t>
+          <t>Sultanlar Zamanında Anadolu’da Hıristiyanlık ve İslam - 1</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9789755394077</t>
+          <t>9789755391892</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Denizci</t>
+          <t>Dur Bir Mola Ver</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>320</v>
+        <v>336</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9789755396606</t>
+          <t>9789755393223</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Daniel Martin</t>
+          <t>Dövüş Kulübü</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>714</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9789755390611</t>
+          <t>9789755391991</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Daha Az Devlet Daha Çok Toplum</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9789755394336</t>
+          <t>9789755393315</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Çokluk</t>
+          <t>Disiplin</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>410</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9789755392431</t>
+          <t>9789755395708</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerin Meryem Anası</t>
+          <t>Dikizleme Günlüğü</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>256</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9789755395678</t>
+          <t>9789755394503</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerin Kültürü</t>
+          <t>Devrimin Zamanı</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>700</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9789755396620</t>
+          <t>9789755397092</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Çalışmak Sağlığa Zararlıdır</t>
+          <t>Devrimin Kızları</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9789755390635</t>
+          <t>9786053146132</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Çalı Horozu</t>
+          <t>Devlete Karşı Toplum</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>252</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9789755393278</t>
+          <t>9789755394077</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal Bilimler Felsefesi</t>
+          <t>Denizci</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9789755390642</t>
+          <t>9789755396606</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Cuma ya da Pasifik Arafı</t>
+          <t>Daniel Martin</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>252</v>
+        <v>714</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9789755393711</t>
+          <t>9789755390611</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Cool Anılar 3-4 (1990-2000)</t>
+          <t>Daha Az Devlet Daha Çok Toplum</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9789755397498</t>
+          <t>9789755394336</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Cihan Harbine Doğru Türkiye</t>
+          <t>Çokluk</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>340</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9789755397252</t>
+          <t>9789755392431</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Eleştirisi</t>
+          <t>Çiçeklerin Meryem Anası</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>540</v>
+        <v>256</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9789755395401</t>
+          <t>9789755395678</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Cenaze Merasimi</t>
+          <t>Çiçeklerin Kültürü</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>280</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9789755392981</t>
+          <t>9789755396620</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Caz Kitabı</t>
+          <t>Çalışmak Sağlığa Zararlıdır</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>630</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9789755393131</t>
+          <t>9789755390635</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Büyüsü Bozulmuş Dünyayı Büyülemek</t>
+          <t>Çalı Horozu</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>340</v>
+        <v>252</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9789755396071</t>
+          <t>9789755393278</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Büyük Maymunlar</t>
+          <t>Çağdaş Sosyal Bilimler Felsefesi</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>380</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9789755392851</t>
+          <t>9789755390642</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kapatılma</t>
+          <t>Cuma ya da Pasifik Arafı</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>320</v>
+        <v>252</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9789755393735</t>
+          <t>9789755393711</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Büyücü</t>
+          <t>Cool Anılar 3-4 (1990-2000)</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>600</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9789755397054</t>
+          <t>9789755397498</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Bunu Ben de Yaparım!</t>
+          <t>Cihan Harbine Doğru Türkiye</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9789755395364</t>
+          <t>9789755397252</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Brooklyn’e Son Çıkış</t>
+          <t>Cennetin Eleştirisi</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>300</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9789755392295</t>
+          <t>9789755395401</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Bizi "Biz" Yapan Hikayeler</t>
+          <t>Cenaze Merasimi</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>520</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9789755394422</t>
+          <t>9789755392981</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Bireyselleşmiş Toplum</t>
+          <t>Caz Kitabı</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>340</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9789755397214</t>
+          <t>9789755393131</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Bir Son Duygusu</t>
+          <t>Büyüsü Bozulmuş Dünyayı Büyülemek</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9789755393056</t>
+          <t>9789755396071</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Bir Komünistle Evlendim</t>
+          <t>Büyük Maymunlar</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>304</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9789755396118</t>
+          <t>9789755392851</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Bir İdea Olarak Komünizm</t>
+          <t>Büyük Kapatılma</t>
         </is>
       </c>
       <c r="C1442" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9789755395814</t>
+          <t>9789755393735</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Bir Düş İçin Ağıt</t>
+          <t>Büyücü</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9789755394275</t>
+          <t>9789755397054</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Bir Çift Söz</t>
+          <t>Bunu Ben de Yaparım!</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9789755395203</t>
+          <t>9789755395364</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılda Bir Aile Cinayeti</t>
+          <t>Brooklyn’e Son Çıkış</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9789755396255</t>
+          <t>9789755392295</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Arkeolojisi</t>
+          <t>Bizi "Biz" Yapan Hikayeler</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>290</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786053140031</t>
+          <t>9789755394422</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zenciler</t>
+          <t>Bireyselleşmiş Toplum</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9789755396675</t>
+          <t>9789755397214</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Beraber</t>
+          <t>Bir Son Duygusu</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>390</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9789755396668</t>
+          <t>9789755393056</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Benjaminia: Dil, Tarih ve Coğrafya</t>
+          <t>Bir Komünistle Evlendim</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>150</v>
+        <v>304</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9789755392370</t>
+          <t>9789755396118</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Benimle Tanışmadan Önce</t>
+          <t>Bir İdea Olarak Komünizm</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>234</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9789755393421</t>
+          <t>9789755395814</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Beni Ayakta Gömün</t>
+          <t>Bir Düş İçin Ağıt</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9789755396088</t>
+          <t>9789755394275</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Ben Özelim</t>
+          <t>Bir Çift Söz</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9789755397443</t>
+          <t>9789755395203</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Bekleme Dönemi</t>
+          <t>19. Yüzyılda Bir Aile Cinayeti</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9789755392486</t>
+          <t>9789755396255</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Baştan Çıkarma Üzerine</t>
+          <t>Bilginin Arkeolojisi</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9789755395135</t>
+          <t>9786053140031</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Balkon</t>
+          <t>Beyaz Zenciler</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>170</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9789755394916</t>
+          <t>9789755396675</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Bakunin’den Lacan’a</t>
+          <t>Beraber</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9789755397085</t>
+          <t>9789755396668</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Babamın En Güzel Fotoğrafı</t>
+          <t>Benjaminia: Dil, Tarih ve Coğrafya</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9789755395975</t>
+          <t>9789755392370</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>B, Bira</t>
+          <t>Benimle Tanışmadan Önce</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>168</v>
+        <v>234</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9789755390208</t>
+          <t>9789755393421</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Güneş</t>
+          <t>Beni Ayakta Gömün</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9789755392530</t>
+          <t>9789755396088</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Ateizmi Savunmak</t>
+          <t>Ben Özelim</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9789755393247</t>
+          <t>9789755397443</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Aşk Vesaire</t>
+          <t>Bekleme Dönemi</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9789755392929</t>
+          <t>9789755392486</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Aşk İlişkileri</t>
+          <t>Baştan Çıkarma Üzerine</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9789755394763</t>
+          <t>9789755395135</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Arthur ve George</t>
+          <t>Balkon</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>399</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786053140962</t>
+          <t>9789755394916</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Moda-Loji</t>
+          <t>Bakunin’den Lacan’a</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9789755390864</t>
+          <t>9789755397085</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Akla Veda</t>
+          <t>Babamın En Güzel Fotoğrafı</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>445</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9789755397436</t>
+          <t>9789755395975</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Akıl Hastalığı ve Psikoloji</t>
+          <t>B, Bira</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>160</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9789755394886</t>
+          <t>9789755390208</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Bir Ahlak Kuramı</t>
+          <t>Ateş ve Güneş</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>830</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786053145813</t>
+          <t>9789755392530</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>İhvan-ı Safa Risaleleri Cilt 3</t>
+          <t>Ateizmi Savunmak</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9789755397917</t>
+          <t>9789755393247</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Gandi'nin Tutkusu</t>
+          <t>Aşk Vesaire</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9789755397818</t>
+          <t>9789755392929</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Oxford İslam Sözlüğü</t>
+          <t>Aşk İlişkileri</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9789755397825</t>
+          <t>9789755394763</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Akışkan Gözetim</t>
+          <t>Arthur ve George</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>240</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9789755394169</t>
+          <t>9786053140962</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Kültür</t>
+          <t>Moda-Loji</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9789755392219</t>
+          <t>9789755390864</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizmin Yanılsamaları</t>
+          <t>Akla Veda</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>220</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9789755397795</t>
+          <t>9789755397436</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Sultanlar Zamanında Hıristiyanlık Ve İslam (2. Cilt)</t>
+          <t>Akıl Hastalığı ve Psikoloji</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9789755397696</t>
+          <t>9789755394886</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>İblis</t>
+          <t>Bir Ahlak Kuramı</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>310</v>
+        <v>830</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9789755397726</t>
+          <t>9786053145813</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Hayat Düzeyleri</t>
+          <t>İhvan-ı Safa Risaleleri Cilt 3</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9789755394534</t>
+          <t>9789755397917</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Sevdalı Tutsak</t>
+          <t>Gandi'nin Tutkusu</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9789755397689</t>
+          <t>9789755397818</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Komünistlerden İslamcılara Bir 20. Yüzyıl Tarihi: Endonezya</t>
+          <t>Oxford İslam Sözlüğü</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9789755397672</t>
+          <t>9789755397825</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Keşke Bir Öpüp Koklasaydım: Geride Kalan Aileler 12 Eylül'ü Anlatıyor</t>
+          <t>Akışkan Gözetim</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9789755393063</t>
+          <t>9789755394169</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlar ve Mezarları</t>
+          <t>Küreselleşme ve Kültür</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9789755394374</t>
+          <t>9789755392219</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkların Efendisi</t>
+          <t>Postmodernizmin Yanılsamaları</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>405</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9789755397603</t>
+          <t>9789755397795</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Üzerine Bir Deneme</t>
+          <t>Sultanlar Zamanında Hıristiyanlık Ve İslam (2. Cilt)</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
+          <t>9789755397696</t>
+        </is>
+      </c>
+      <c r="B1483" s="1" t="inlineStr">
+        <is>
+          <t>İblis</t>
+        </is>
+      </c>
+      <c r="C1483" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="1484" spans="1:3">
+      <c r="A1484" s="1" t="inlineStr">
+        <is>
+          <t>9789755397726</t>
+        </is>
+      </c>
+      <c r="B1484" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Düzeyleri</t>
+        </is>
+      </c>
+      <c r="C1484" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1485" spans="1:3">
+      <c r="A1485" s="1" t="inlineStr">
+        <is>
+          <t>9789755394534</t>
+        </is>
+      </c>
+      <c r="B1485" s="1" t="inlineStr">
+        <is>
+          <t>Sevdalı Tutsak</t>
+        </is>
+      </c>
+      <c r="C1485" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1486" spans="1:3">
+      <c r="A1486" s="1" t="inlineStr">
+        <is>
+          <t>9789755397689</t>
+        </is>
+      </c>
+      <c r="B1486" s="1" t="inlineStr">
+        <is>
+          <t>Komünistlerden İslamcılara Bir 20. Yüzyıl Tarihi: Endonezya</t>
+        </is>
+      </c>
+      <c r="C1486" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1487" spans="1:3">
+      <c r="A1487" s="1" t="inlineStr">
+        <is>
+          <t>9789755397672</t>
+        </is>
+      </c>
+      <c r="B1487" s="1" t="inlineStr">
+        <is>
+          <t>Keşke Bir Öpüp Koklasaydım: Geride Kalan Aileler 12 Eylül'ü Anlatıyor</t>
+        </is>
+      </c>
+      <c r="C1487" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1488" spans="1:3">
+      <c r="A1488" s="1" t="inlineStr">
+        <is>
+          <t>9789755393063</t>
+        </is>
+      </c>
+      <c r="B1488" s="1" t="inlineStr">
+        <is>
+          <t>Kahramanlar ve Mezarları</t>
+        </is>
+      </c>
+      <c r="C1488" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1489" spans="1:3">
+      <c r="A1489" s="1" t="inlineStr">
+        <is>
+          <t>9789755394374</t>
+        </is>
+      </c>
+      <c r="B1489" s="1" t="inlineStr">
+        <is>
+          <t>Karanlıkların Efendisi</t>
+        </is>
+      </c>
+      <c r="C1489" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="1490" spans="1:3">
+      <c r="A1490" s="1" t="inlineStr">
+        <is>
+          <t>9789755397603</t>
+        </is>
+      </c>
+      <c r="B1490" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlük Üzerine Bir Deneme</t>
+        </is>
+      </c>
+      <c r="C1490" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1491" spans="1:3">
+      <c r="A1491" s="1" t="inlineStr">
+        <is>
           <t>9789755393803</t>
         </is>
       </c>
-      <c r="B1483" s="1" t="inlineStr">
+      <c r="B1491" s="1" t="inlineStr">
         <is>
           <t>Anahtarlar Ve Kilitler</t>
         </is>
       </c>
-      <c r="C1483" s="1">
+      <c r="C1491" s="1">
         <v>270</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>