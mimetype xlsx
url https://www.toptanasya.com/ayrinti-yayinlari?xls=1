--- v1 (2025-12-15)
+++ v2 (2026-02-26)
@@ -85,22390 +85,22525 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786053147916</t>
+          <t>9786053148043</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yalpalayan Kanaryalar</t>
+          <t>Yıldız Üçlemesi: Seni Bekliyorum; Sana Geliyorum; Geleceğe Gidenler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786053147961</t>
+          <t>9786053148029</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Lazlar: Kimlik ve Toplum</t>
+          <t>Umut: Dünyayla Akılcı Bir İlişki Kurmak</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786053147954</t>
+          <t>9786053148036</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İçimde Kırık Zaman</t>
+          <t>Şarap</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786053147947</t>
+          <t>9786053146339</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Houdini’nin Kutusu Kaçış Sanatı Üzerine</t>
+          <t>İnsanlarda ve Hayvanlarda Duyguların İfadesi (1872)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786053147770</t>
+          <t>9786053148012</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Benim Babam Darbeci</t>
+          <t>Estetik Boyut: Marksist Estetiğin Eleştirisine Doğru</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786053147978</t>
+          <t>9786053147985</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Kuşkuculuğu Epistemolojik Bir Çalışma</t>
+          <t>Kant Sözlüğü</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786053147923</t>
+          <t>9786053148005</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Irk Kavramına Felsefi Bir Giriş</t>
+          <t>İstek</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786053147909</t>
+          <t>9786053147169</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hareket Felsefesi</t>
+          <t>Çocukluğun Gölgesi 3. Cilt: Mavi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786053147930</t>
+          <t>9786053147992</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Günce İkinci Cilt: 1966-1990</t>
+          <t>19. - 21. Yüzyıl Küresel Sosyalizm Tarihi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>480</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786053147763</t>
+          <t>9786053147916</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Dirilişi: Temel Kavramlar ve Yeni Yorumlar</t>
+          <t>Yalpalayan Kanaryalar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>650</v>
+        <v>180</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053147886</t>
+          <t>9786053147961</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çarmıhtaki Şeytan</t>
+          <t>Lazlar: Kimlik ve Toplum</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786053147893</t>
+          <t>9786053147954</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ailenin İlgası: Bakım ve Özgürleşme İçin Bir Manifesto</t>
+          <t>İçimde Kırık Zaman</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786053147671</t>
+          <t>9786053147947</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Acının Tarihi: Duyum, Duygu ve Deneyim</t>
+          <t>Houdini’nin Kutusu Kaçış Sanatı Üzerine</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786053147541</t>
+          <t>9786053147770</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Cümle</t>
+          <t>Benim Babam Darbeci</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786053147534</t>
+          <t>9786053147978</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Özen</t>
+          <t>Antik Yunan Kuşkuculuğu Epistemolojik Bir Çalışma</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053147565</t>
+          <t>9786053147923</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Mühendis</t>
+          <t>Irk Kavramına Felsefi Bir Giriş</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053146827</t>
+          <t>9786053147909</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Thomas Münzer - Devrimin Teoloğu</t>
+          <t>Hareket Felsefesi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>260</v>
+        <v>410</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053147244</t>
+          <t>9786053147930</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Meslek Olarak Sanat</t>
+          <t>Günce İkinci Cilt: 1966-1990</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>630</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786053147237</t>
+          <t>9786053147763</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kar: Kapitalizmin Tarihine Ekolojik Bakış</t>
+          <t>Marx’ın Dirilişi: Temel Kavramlar ve Yeni Yorumlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>680</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786053147268</t>
+          <t>9786053147886</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kısa: Daha Anlamlı Bir Hayat İçin Kısa Bir Rehber</t>
+          <t>Çarmıhtaki Şeytan</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786053147275</t>
+          <t>9786053147893</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ajayi'nin Yolculuğu</t>
+          <t>Ailenin İlgası: Bakım ve Özgürleşme İçin Bir Manifesto</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259945880</t>
+          <t>9786053147671</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kafka ve Oyuncak Bebek</t>
+          <t>Acının Tarihi: Duyum, Duygu ve Deneyim</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259945873</t>
+          <t>9786053147541</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tepetaklak: Gençler İçin Hata Yapma Sanatı</t>
+          <t>Sessiz Cümle</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>3990000051542</t>
+          <t>9786053147534</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkçe Şiir Antolojisi Cilt: 1</t>
+          <t>Özen</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>46.29</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786053143475</t>
+          <t>9786053147565</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kivamini Tutturamaduk</t>
+          <t>Kayıp Mühendis</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>17</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789755391380</t>
+          <t>9786053146827</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Üzerine</t>
+          <t>Thomas Münzer - Devrimin Teoloğu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>10</v>
+        <v>310</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789755391748</t>
+          <t>9786053147244</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dokunma</t>
+          <t>Meslek Olarak Sanat</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>12.04</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789755395944</t>
+          <t>9786053147237</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Doğu Mitolojisinin Edebiyata Etkisi</t>
+          <t>Kar: Kapitalizmin Tarihine Ekolojik Bakış</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>23</v>
+        <v>500</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789755394527</t>
+          <t>9786053147268</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Doğruyu Söylemek</t>
+          <t>Hayat Kısa: Daha Anlamlı Bir Hayat İçin Kısa Bir Rehber</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789755392806</t>
+          <t>9786053147275</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dişi Adam</t>
+          <t>Ajayi'nin Yolculuğu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>12.96</v>
+        <v>360</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789755395234</t>
+          <t>9786259945880</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dinin Geleceği</t>
+          <t>Kafka ve Oyuncak Bebek</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>8.33</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789755394435</t>
+          <t>9786259945873</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Deleuze &amp; Guattari</t>
+          <t>Tepetaklak: Gençler İçin Hata Yapma Sanatı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>21.3</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789755396972</t>
+          <t>3990000051542</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Dayıcan Napolyon</t>
+          <t>Modern Türkçe Şiir Antolojisi Cilt: 1</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>37.04</v>
+        <v>46.29</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789755390345</t>
+          <t>9786053143475</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Çöküşten Sonra Sosyalizmin Geleceği</t>
+          <t>Kivamini Tutturamaduk</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>9.26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789755391687</t>
+          <t>9789755391380</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma</t>
+          <t>Dostluk Üzerine</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>13.89</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789755396507</t>
+          <t>9789755391748</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çamur Kralının Kızı</t>
+          <t>Dokunma</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>19.44</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789755393483</t>
+          <t>9789755395944</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Cool Bir Tavrın Anatomisi</t>
+          <t>Doğu Mitolojisinin Edebiyata Etkisi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>12.04</v>
+        <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789755399836</t>
+          <t>9789755394527</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretimin Serbest Düşüşü: Özel Üniversiteler</t>
+          <t>Doğruyu Söylemek</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789755397931</t>
+          <t>9789755392806</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Eğitime Tehdit Dershaneler</t>
+          <t>Dişi Adam</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>24</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789755393841</t>
+          <t>9789755395234</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kültür, Kimlik ve Siyaset</t>
+          <t>Dinin Geleceği</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>4.63</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789755399867</t>
+          <t>9789755394435</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Evren Bozması</t>
+          <t>Deleuze &amp; Guattari</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>20</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789755399324</t>
+          <t>9789755396972</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Okumadığınız İçin Teşekkürler</t>
+          <t>Dayıcan Napolyon</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>16.67</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789755398037</t>
+          <t>9789755390345</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Gezi ve Sosyoloji</t>
+          <t>Çöküşten Sonra Sosyalizmin Geleceği</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789755394602</t>
+          <t>9789755391687</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Foucault'nun Özgürlük Serüveni</t>
+          <t>Çarpışma</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789755398259</t>
+          <t>9789755396507</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Psikolojide Söz ve Anlam Analizi: Niteliksel Duruş</t>
+          <t>Çamur Kralının Kızı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>16.67</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789755398099</t>
+          <t>9789755393483</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Sorunu</t>
+          <t>Cool Bir Tavrın Anatomisi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>10</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789755397634</t>
+          <t>9789755399836</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kasabanın Laneti</t>
+          <t>Yükseköğretimin Serbest Düşüşü: Özel Üniversiteler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789755397658</t>
+          <t>9789755397931</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Gezgin</t>
+          <t>Kamusal Eğitime Tehdit Dershaneler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>12.96</v>
+        <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789755397566</t>
+          <t>9789755393841</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yazma Cesareti</t>
+          <t>Kültür, Kimlik ve Siyaset</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>18.52</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789755399478</t>
+          <t>9789755399867</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kaltenburg</t>
+          <t>Evren Bozması</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789755397764</t>
+          <t>9789755399324</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşının Kimyası</t>
+          <t>Okumadığınız İçin Teşekkürler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789755397733</t>
+          <t>9789755398037</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Toplumla Yüzleşme</t>
+          <t>Gezi ve Sosyoloji</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789755397788</t>
+          <t>9789755394602</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitap: Sarı</t>
+          <t>Foucault'nun Özgürlük Serüveni</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>8.33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789755397757</t>
+          <t>9789755398259</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Bireyselleşme Serüveni</t>
+          <t>Psikolojide Söz ve Anlam Analizi: Niteliksel Duruş</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>14.81</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789755396958</t>
+          <t>9789755398099</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kirli, Paslı, Bozuk</t>
+          <t>Çalışma Sorunu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>18.52</v>
+        <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789755392059</t>
+          <t>9789755397634</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kentsiz Kentleşme Yurttaşlığın Yükselişi ve Çöküşü</t>
+          <t>Kasabanın Laneti</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>17.59</v>
+        <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789755393728</t>
+          <t>9789755397658</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kendini Aldatma</t>
+          <t>Yalnız Gezgin</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>10.19</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789755397139</t>
+          <t>9789755397566</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kedi ve Ölüm</t>
+          <t>Yazma Cesareti</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789755396774</t>
+          <t>9789755399478</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Taşlar</t>
+          <t>Kaltenburg</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>12.96</v>
+        <v>10</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789755397580</t>
+          <t>9789755397764</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan</t>
+          <t>Gözyaşının Kimyası</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>7.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789755394183</t>
+          <t>9789755397733</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Karşılıksız Aşk: Kovalamak ve Kovalanmak Üzerine</t>
+          <t>Toplumla Yüzleşme</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>8.33</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789755391977</t>
+          <t>9789755397788</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Karşıdevrim ve İsyan</t>
+          <t>İlk Kitap: Sarı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789755397047</t>
+          <t>9789755397757</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kar Suyu</t>
+          <t>Edebiyatımızda Bireyselleşme Serüveni</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>22</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789755390468</t>
+          <t>9789755396958</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm, Sosyalizm, Ekoloji Yönelim Bozuklukları Arayışlar</t>
+          <t>Kirli, Paslı, Bozuk</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789755395890</t>
+          <t>9789755392059</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Küreselleşirken Dünya Ahvali</t>
+          <t>Kentsiz Kentleşme Yurttaşlığın Yükselişi ve Çöküşü</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>32.41</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789755390420</t>
+          <t>9789755393728</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Kültürü</t>
+          <t>Kendini Aldatma</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789755390081</t>
+          <t>9789755397139</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kapanda Üç Kaplan</t>
+          <t>Kedi ve Ölüm</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>27.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789755396781</t>
+          <t>9789755396774</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Alan</t>
+          <t>Kayıp Taşlar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>12</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789755391823</t>
+          <t>9789755397580</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Neden Yazdıkları Her Mektubu Göndermezler?</t>
+          <t>Kaybolan</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789755393353</t>
+          <t>9789755394183</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İyi İş</t>
+          <t>Karşılıksız Aşk: Kovalamak ve Kovalanmak Üzerine</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789755391328</t>
+          <t>9789755391977</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İtiraf Edilemeyen Cemaat</t>
+          <t>Karşıdevrim ve İsyan</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>7.41</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789755395173</t>
+          <t>9789755397047</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İşkence Bahçesi</t>
+          <t>Kar Suyu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>13.89</v>
+        <v>22</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789755392721</t>
+          <t>9789755390468</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İş İşten Geçtikten Sonra Verilen Sözler</t>
+          <t>Kapitalizm, Sosyalizm, Ekoloji Yönelim Bozuklukları Arayışlar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789755390291</t>
+          <t>9789755395890</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Bilinçaltında Kadın</t>
+          <t>Kapitalizm Küreselleşirken Dünya Ahvali</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>10.19</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789755393773</t>
+          <t>9789755390420</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İsis</t>
+          <t>Kapitalizm Kültürü</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>17.59</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789755394671</t>
+          <t>9789755390081</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İsa’nın Oğlu</t>
+          <t>Kapanda Üç Kaplan</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>6.94</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789755395609</t>
+          <t>9789755396781</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İnternette Balık Avlamak</t>
+          <t>Kamusal Alan</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>17.59</v>
+        <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789755396101</t>
+          <t>9789755391823</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İnsan Lekesi</t>
+          <t>Kadınlar Neden Yazdıkları Her Mektubu Göndermezler?</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>39</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789755396682</t>
+          <t>9789755393353</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Bir Bahar</t>
+          <t>İyi İş</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>41.67</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789755397412</t>
+          <t>9789755391328</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İmgeden Yoruma</t>
+          <t>İtiraf Edilemeyen Cemaat</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>16.67</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789755397375</t>
+          <t>9789755395173</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hezeyan</t>
+          <t>İşkence Bahçesi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789755392592</t>
+          <t>9789755392721</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hayatın ve Aşkın Yasaları</t>
+          <t>İş İşten Geçtikten Sonra Verilen Sözler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789755395241</t>
+          <t>9789755390291</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mucizeleri</t>
+          <t>İslam’ın Bilinçaltında Kadın</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>15.74</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789755399379</t>
+          <t>9789755393773</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji - İnsan Birlikteliği</t>
+          <t>İsis</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>12.04</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789755398440</t>
+          <t>9789755394671</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk ve Kadın</t>
+          <t>İsa’nın Oğlu</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>25</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789755397856</t>
+          <t>9789755395609</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ufacık Bir Peygamber</t>
+          <t>İnternette Balık Avlamak</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>27.78</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789755397771</t>
+          <t>9789755396101</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hannah Arendt’te “Radikal Kötülük” Problemi</t>
+          <t>İnsan Lekesi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>13.89</v>
+        <v>39</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789755397573</t>
+          <t>9789755396682</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısında Aydınlık</t>
+          <t>İnatçı Bir Bahar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>27.78</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789755397610</t>
+          <t>9789755397412</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Imperium</t>
+          <t>İmgeden Yoruma</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>12.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053149996</t>
+          <t>9789755397375</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 (Toplu Set)</t>
+          <t>Hezeyan</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786053140030</t>
+          <t>9789755392592</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 0</t>
+          <t>Hayatın ve Aşkın Yasaları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>3</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789755399300</t>
+          <t>9789755395241</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Hukuk</t>
+          <t>Hayatın Mucizeleri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>20.37</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053140740</t>
+          <t>9789755399379</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 8</t>
+          <t>Teknoloji - İnsan Birlikteliği</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>7</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789755397863</t>
+          <t>9789755398440</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Vis ile Ramin (Ciltli)</t>
+          <t>Yoksulluk ve Kadın</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>27.78</v>
+        <v>25</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789755393377</t>
+          <t>9789755397856</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Piyasa</t>
+          <t>Ufacık Bir Peygamber</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>4.63</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789755393216</t>
+          <t>9789755397771</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Operada Cinayet</t>
+          <t>Hannah Arendt’te “Radikal Kötülük” Problemi</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789755394381</t>
+          <t>9789755397573</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hacker Etiği</t>
+          <t>Gece Yarısında Aydınlık</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>2.78</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789755392561</t>
+          <t>9789755397610</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Anarşizmin Bugünü Tavırlar</t>
+          <t>Imperium</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>2.78</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789755396248</t>
+          <t>9786053149996</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Güzellik</t>
+          <t>Dövüş Kulübü 2 (Toplu Set)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>18.52</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789755396347</t>
+          <t>9786053140030</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Zeval</t>
+          <t>Dövüş Kulübü 2 Sayı: 0</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>12.04</v>
+        <v>3</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789755395579</t>
+          <t>9789755399300</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Zen Kaçıkları</t>
+          <t>Vahşi Hukuk</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789755395531</t>
+          <t>9786053140740</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Yolda</t>
+          <t>Dövüş Kulübü 2 Sayı: 8</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>32.41</v>
+        <v>7</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789755390932</t>
+          <t>9789755397863</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zamanlar 1990’larda Politikanın Değişen Çehresi</t>
+          <t>Vis ile Ramin (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>19.44</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789755390963</t>
+          <t>9789755393377</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Sol Üzerine Tartışmalar</t>
+          <t>Piyasa</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>23.15</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789755395920</t>
+          <t>9789755393216</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yazar, Yazar</t>
+          <t>Operada Cinayet</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789755395296</t>
+          <t>9789755394381</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Politika</t>
+          <t>Hacker Etiği</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>13.89</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789755395753</t>
+          <t>9789755392561</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Sakinleri</t>
+          <t>Anarşizmin Bugünü Tavırlar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>10.19</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789755395050</t>
+          <t>9789755396248</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kırıklığı</t>
+          <t>Zoraki Güzellik</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789755396903</t>
+          <t>9789755396347</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Havaalanı Balıkları</t>
+          <t>Zeval</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789755397191</t>
+          <t>9789755395579</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Harmattan</t>
+          <t>Zen Kaçıkları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>27.78</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789755396767</t>
+          <t>9789755395531</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Harabelerde Aşk</t>
+          <t>Yolda</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>29.63</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789755395111</t>
+          <t>9789755390932</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ve Hakikatlilik</t>
+          <t>Yeni Zamanlar 1990’larda Politikanın Değişen Çehresi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>20.37</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789755395791</t>
+          <t>9789755390963</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Durduracağız</t>
+          <t>Yeni Bir Sol Üzerine Tartışmalar</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>26.85</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789755395319</t>
+          <t>9789755395920</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Güneş İmparatorluğu</t>
+          <t>Yazar, Yazar</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789755390543</t>
+          <t>9789755395296</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayat Kılavuzu</t>
+          <t>Yeşil Politika</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789755397528</t>
+          <t>9789755395753</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Günah Keçisi</t>
+          <t>Yeraltı Sakinleri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>13.89</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789755396156</t>
+          <t>9789755395050</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Güleryüzlü Sohbetler</t>
+          <t>Hayal Kırıklığı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789755394176</t>
+          <t>9789755396903</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Ayak Sesleri</t>
+          <t>Havaalanı Balıkları</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789755390604</t>
+          <t>9789755397191</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Geceyi Anlat Bana</t>
+          <t>Harmattan</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>9.26</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789755393490</t>
+          <t>9789755396767</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Gece Gece Hayatı, Gecenin Dili, Uyku ve Rüyalar</t>
+          <t>Harabelerde Aşk</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>17.59</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789755396859</t>
+          <t>9789755395111</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Fransız Balkon</t>
+          <t>Hakikat ve Hakikatlilik</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>10</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789755394152</t>
+          <t>9789755395791</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Flamenkonun İzinde</t>
+          <t>Güneşi Durduracağız</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>16.67</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789755396644</t>
+          <t>9789755395319</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Fevkalbeşer Sair Bey ve Suskunluğu</t>
+          <t>Güneş İmparatorluğu</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789755391151</t>
+          <t>9789755390543</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ferdydurke</t>
+          <t>Gündelik Hayat Kılavuzu</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>15.74</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789755397320</t>
+          <t>9789755397528</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ferahlık Anına Övgü</t>
+          <t>Günah Keçisi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789755397009</t>
+          <t>9789755396156</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Işığıyla Arayışlar</t>
+          <t>Güleryüzlü Sohbetler</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>41.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789755395470</t>
+          <t>9789755394176</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Farmakon</t>
+          <t>Geçmişin Ayak Sesleri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>25.93</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789755396293</t>
+          <t>9789755390604</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Eve Yüzmek</t>
+          <t>Geceyi Anlat Bana</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>38.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789755391786</t>
+          <t>9789755393490</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Esirgeyen Gökyüzü</t>
+          <t>Gece Gece Hayatı, Gecenin Dili, Uyku ve Rüyalar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>13.89</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789755393568</t>
+          <t>9789755396859</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Erojen Bölge</t>
+          <t>Fransız Balkon</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>15.74</v>
+        <v>10</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789755394220</t>
+          <t>9789755394152</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Erken Çöken Karanlık İntiharı Anlamak</t>
+          <t>Flamenkonun İzinde</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>23.15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789755393292</t>
+          <t>9789755396644</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Erdem Peşinde Ahlak Teorisi Üzerine Bir Çalışma</t>
+          <t>Fevkalbeşer Sair Bey ve Suskunluğu</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>22.22</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789755390567</t>
+          <t>9789755391151</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ekotopya William Weston’ın Defterleri ve Haberleri</t>
+          <t>Ferdydurke</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789755391298</t>
+          <t>9789755397320</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Bir Topluma Doğru</t>
+          <t>Ferahlık Anına Övgü</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>12.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789755391212</t>
+          <t>9789755397009</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Düzen ve Kalkınma Kıskacında Türkiye</t>
+          <t>Felsefe Işığıyla Arayışlar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>30</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789755394558</t>
+          <t>9789755395470</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Balonları</t>
+          <t>Farmakon</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>9</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789755395869</t>
+          <t>9789755396293</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Düşmanla Oynamak</t>
+          <t>Eve Yüzmek</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>18.52</v>
+        <v>38.89</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789755395326</t>
+          <t>9789755391786</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Erskine’nin Kutusu</t>
+          <t>Esirgeyen Gökyüzü</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789755391847</t>
+          <t>9789755393568</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştirmek Üzerine Karl Marx’tan Walter Benjamin’e Siyaset Felsefesi Denemeleri</t>
+          <t>Erojen Bölge</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>30</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786053141068</t>
+          <t>9789755394220</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kar ve İnci</t>
+          <t>Erken Çöken Karanlık İntiharı Anlamak</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>20</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789755399614</t>
+          <t>9789755393292</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Güvercinler Havalanırken</t>
+          <t>Erdem Peşinde Ahlak Teorisi Üzerine Bir Çalışma</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>16.67</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789755399553</t>
+          <t>9789755390567</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Şovenist İnşa</t>
+          <t>Ekotopya William Weston’ın Defterleri ve Haberleri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>25.93</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789755397900</t>
+          <t>9789755391298</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar</t>
+          <t>Ekolojik Bir Topluma Doğru</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>12.04</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789755397832</t>
+          <t>9789755391212</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Gezi, İsyan, Özgürlük</t>
+          <t>Düzen ve Kalkınma Kıskacında Türkiye</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>23.15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>3990000027898</t>
+          <t>9789755394558</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 1B</t>
+          <t>Düşünce Balonları</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789755399430</t>
+          <t>9789755395869</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Özgür Ölüler</t>
+          <t>Düşmanla Oynamak</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>27.78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789755398051</t>
+          <t>9789755395326</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Küresel Çarkın Dışında Kalanlar</t>
+          <t>Erskine’nin Kutusu</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789755398013</t>
+          <t>9789755391847</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Direnen İstanbul</t>
+          <t>Dünyayı Değiştirmek Üzerine Karl Marx’tan Walter Benjamin’e Siyaset Felsefesi Denemeleri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>16.67</v>
+        <v>30</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789755398044</t>
+          <t>9786053141068</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Körebe</t>
+          <t>Kar ve İnci</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786053140238</t>
+          <t>9789755399614</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkçe Şiir Antolojisi (2 Cilt)</t>
+          <t>Güvercinler Havalanırken</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>100</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789755399294</t>
+          <t>9789755399553</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Parrot İle Olivier Amerika'da</t>
+          <t>Şovenist İnşa</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>32.41</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789755398112</t>
+          <t>9789755397900</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İktidarsızlığın İktidarı ve Sanat</t>
+          <t>Dalgalar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>12.96</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789755398174</t>
+          <t>9789755397832</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Fişlemenin Kısa Tarihi</t>
+          <t>Gezi, İsyan, Özgürlük</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789755398150</t>
+          <t>3990000027898</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Demokrasi</t>
+          <t>Dövüş Kulübü 2 Sayı: 1B</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789755397368</t>
+          <t>9789755399430</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kültürü</t>
+          <t>Özgür Ölüler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>140</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789755394680</t>
+          <t>9789755398051</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Söz</t>
+          <t>Küresel Çarkın Dışında Kalanlar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789755397979</t>
+          <t>9789755398013</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğin Özgürlüğü</t>
+          <t>Direnen İstanbul</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789755391045</t>
+          <t>9789755398044</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Melekler Zamanı</t>
+          <t>Karanlıkta Körebe</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>270</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053147176</t>
+          <t>9786053140238</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Düşünmek</t>
+          <t>Modern Türkçe Şiir Antolojisi (2 Cilt)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789755394695</t>
+          <t>9789755399294</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Modern Düşüncede Kötülük</t>
+          <t>Parrot İle Olivier Amerika'da</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>420</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789755393162</t>
+          <t>9789755398112</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık</t>
+          <t>İktidarsızlığın İktidarı ve Sanat</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>3990000020255</t>
+          <t>9789755398174</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hayır! Aforizmalar</t>
+          <t>Fişlemenin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>10</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789755390871</t>
+          <t>9789755398150</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Beyin İğfal Şebekesi</t>
+          <t>Çocuk ve Demokrasi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>21</v>
+        <v>33</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>3990000020254</t>
+          <t>9789755397368</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kavunlu Natürmort</t>
+          <t>Müslüman Kültürü</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>5</v>
+        <v>180</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>4440000000768</t>
+          <t>9789755394680</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Antropolojik Açıdan Şiddet</t>
+          <t>Ateş ve Söz</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789755394978</t>
+          <t>9789755397979</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Adalet ve Demokrasi</t>
+          <t>Hiçliğin Özgürlüğü</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>25.93</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789755394794</t>
+          <t>9789755391045</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Arabölge</t>
+          <t>Melekler Zamanı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789755397290</t>
+          <t>9786053147176</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Arabesk</t>
+          <t>Sosyolojik Düşünmek</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789755390116</t>
+          <t>9789755394695</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Anarşinin Kısa Yazı</t>
+          <t>Modern Düşüncede Kötülük</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>294</v>
+        <v>520</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789755396484</t>
+          <t>9789755393162</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Analitik Resim Çözümlemeleri</t>
+          <t>Arkadaşlık</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>550</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789755390529</t>
+          <t>3990000020255</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Amerika</t>
+          <t>Hayır! Aforizmalar</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789755391366</t>
+          <t>9789755390871</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Altın Damla</t>
+          <t>Beyin İğfal Şebekesi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>234</v>
+        <v>21</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789755395760</t>
+          <t>3990000020254</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Üzerine Tartışmalar</t>
+          <t>Kavunlu Natürmort</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>290</v>
+        <v>5</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789755392417</t>
+          <t>4440000000768</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Ağaçkakan</t>
+          <t>Antropolojik Açıdan Şiddet</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>288</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789755390499</t>
+          <t>9789755394978</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ağ</t>
+          <t>İktisadi Adalet ve Demokrasi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>304</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789755395128</t>
+          <t>9789755394794</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Abanoz Kule</t>
+          <t>Arabölge</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789755392714</t>
+          <t>9789755397290</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sanatı</t>
+          <t>Arabesk</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>30</v>
+        <v>400</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789755397535</t>
+          <t>9789755390116</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yarasalar</t>
+          <t>Anarşinin Kısa Yazı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>16.67</v>
+        <v>420</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789755394664</t>
+          <t>9789755396484</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Erdemi</t>
+          <t>Analitik Resim Çözümlemeleri</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>12.04</v>
+        <v>600</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789755397221</t>
+          <t>9789755390529</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Vampirin Kültür Tarihi</t>
+          <t>Amerika</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>32.41</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789755391540</t>
+          <t>9789755391366</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Vakit Öldürmek</t>
+          <t>Altın Damla</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>11.11</v>
+        <v>260</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789755390123</t>
+          <t>9789755395760</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Savaşçının Mutsuzluğu Siyasal Antropoloji Araştırmaları</t>
+          <t>Ahlak Üzerine Tartışmalar</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>9.26</v>
+        <v>340</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789755395395</t>
+          <t>9789755392417</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Vahşet Sergisi</t>
+          <t>Ağaçkakan</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>12.96</v>
+        <v>360</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789755397399</t>
+          <t>9789755390499</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Ağ</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>23.15</v>
+        <v>380</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789755391526</t>
+          <t>9789755395128</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Üçleme</t>
+          <t>Abanoz Kule</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>27.78</v>
+        <v>400</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789755397108</t>
+          <t>9789755392714</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Adanın Kararsız Seçmeni</t>
+          <t>Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>20.37</v>
+        <v>30</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789755396095</t>
+          <t>9789755397535</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Uç(Ur)amayan Balon: Finans</t>
+          <t>Yarasalar</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>15.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789755396354</t>
+          <t>9789755394664</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Toplumu, Nevrotik Kültür ve Dövüş Kulübü</t>
+          <t>Yalanın Erdemi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>23.15</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789755392462</t>
+          <t>9789755397221</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Tutkulu Sosyoloji</t>
+          <t>Vampirin Kültür Tarihi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>25</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789755396491</t>
+          <t>9789755391540</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Turing’in Hezeyanı</t>
+          <t>Vakit Öldürmek</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>20.37</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789755397337</t>
+          <t>9789755390123</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Alan</t>
+          <t>Vahşi Savaşçının Mutsuzluğu Siyasal Antropoloji Araştırmaları</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789755390284</t>
+          <t>9789755395395</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Totalitarizm</t>
+          <t>Vahşet Sergisi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789755396002</t>
+          <t>9789755397399</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Tıbbileştirilen Yaşam Bireyselleştirilen Sağlık</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>17.59</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789755393957</t>
+          <t>9789755391526</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Terapi</t>
+          <t>Üçleme</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>6.48</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789755392738</t>
+          <t>9789755397108</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Yapısökümü</t>
+          <t>Unutulmuş Adanın Kararsız Seçmeni</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789755390062</t>
+          <t>9789755396095</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Şövalye, Kadın ve Rahip Feodal Fransa’da Evlilik</t>
+          <t>Uç(Ur)amayan Balon: Finans</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789755393612</t>
+          <t>9789755396354</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Şöhret</t>
+          <t>Tüketim Toplumu, Nevrotik Kültür ve Dövüş Kulübü</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>12.96</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789755395166</t>
+          <t>9789755392462</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Şirket</t>
+          <t>Tutkulu Sosyoloji</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>12.96</v>
+        <v>25</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789755394084</t>
+          <t>9789755396491</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Süper Kent</t>
+          <t>Turing’in Hezeyanı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>21.3</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789755395838</t>
+          <t>9789755397337</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Suçluluk Kitabı</t>
+          <t>Tuhaf Alan</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>22.22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789755392318</t>
+          <t>9789755390284</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Son Sürgün</t>
+          <t>Totalitarizm</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789755395210</t>
+          <t>9789755396002</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Son Mektup</t>
+          <t>Tıbbileştirilen Yaşam Bireyselleştirilen Sağlık</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>130</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789755396422</t>
+          <t>9789755393957</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Bilinçdışı</t>
+          <t>Terapi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>320</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789755392608</t>
+          <t>9789755392738</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Siyah Anlar 1-2 1980-1990</t>
+          <t>Tarihin Yapısökümü</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>19.44</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789755391625</t>
+          <t>9789755390062</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik Kamu Vicdanına Çağrı</t>
+          <t>Şövalye, Kadın ve Rahip Feodal Fransa’da Evlilik</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>270</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789755393346</t>
+          <t>9789755393612</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sirius’tan Gelen Kurbağa</t>
+          <t>Şöhret</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>360</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789755394404</t>
+          <t>9789755395166</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Sinema Müdavimi</t>
+          <t>Şirket</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789755393926</t>
+          <t>9789755394084</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Sıska Bacaklar</t>
+          <t>Süper Kent</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>430</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789755396750</t>
+          <t>9789755395838</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Olanın Başkalaşımı</t>
+          <t>Suçluluk Kitabı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>250</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789755390970</t>
+          <t>9789755392318</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Rüyalar Diyarı</t>
+          <t>Son Sürgün</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789755395180</t>
+          <t>9789755395210</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Sıkıgözetim</t>
+          <t>Son Mektup</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789755394732</t>
+          <t>9789755396422</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Ülkelerden Dönen Vahşi Sakatlar</t>
+          <t>Siyasal Bilinçdışı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789755395517</t>
+          <t>9789755392608</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Shylock Operasyonu</t>
+          <t>Siyah Anlar 1-2 1980-1990</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>350</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789755392691</t>
+          <t>9789755391625</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Halleri</t>
+          <t>Sivil İtaatsizlik Kamu Vicdanına Çağrı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789755391083</t>
+          <t>9789755393346</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Bilgeliği</t>
+          <t>Sirius’tan Gelen Kurbağa</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>180</v>
+        <v>520</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789755395661</t>
+          <t>9789755394404</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Sermaye ve Dil</t>
+          <t>Sinema Müdavimi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786053143888</t>
+          <t>9789755393926</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Seni İçime Gömdüm</t>
+          <t>Sıska Bacaklar</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>190</v>
+        <v>620</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789755395692</t>
+          <t>9789755396750</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Vahşi İnsanlar</t>
+          <t>Sıradan Olanın Başkalaşımı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>25.93</v>
+        <v>330</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789755390246</t>
+          <t>9789755390970</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Çin Gölü Cinayetleri</t>
+          <t>Sınırsız Rüyalar Diyarı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789755395845</t>
+          <t>9789755395180</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Savaş Oyunları A. Ş.</t>
+          <t>Sıkıgözetim</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>20.37</v>
+        <v>180</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789755395906</t>
+          <t>9789755394732</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Savaş Artığı</t>
+          <t>Sıcak Ülkelerden Dönen Vahşi Sakatlar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>25.93</v>
+        <v>600</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789755390006</t>
+          <t>9789755395517</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sanayi Sonrası Ütopyalar</t>
+          <t>Shylock Operasyonu</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>16.67</v>
+        <v>510</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789755395654</t>
+          <t>9789755392691</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Sonundan Sonra</t>
+          <t>Sevginin Halleri</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789755394753</t>
+          <t>9789755391083</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Sorumluluk</t>
+          <t>Sevginin Bilgeliği</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789755394046</t>
+          <t>9789755395661</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Propaganda</t>
+          <t>Sermaye ve Dil</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>490</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789755397238</t>
+          <t>9786053143888</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sanat Dünyaları</t>
+          <t>Seni İçime Gömdüm</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>32.41</v>
+        <v>200</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789755396149</t>
+          <t>9789755395692</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın On İki Köşesi</t>
+          <t>Vahşi İnsanlar</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>300</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789755396576</t>
+          <t>9789755390246</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü</t>
+          <t>Çin Gölü Cinayetleri</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>290</v>
+        <v>15</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789755392424</t>
+          <t>9789755395845</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Rüya Sakinleri</t>
+          <t>Savaş Oyunları A. Ş.</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>320</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789755392165</t>
+          <t>9789755395906</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ruj Lekesi</t>
+          <t>Savaş Artığı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>540</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789755395043</t>
+          <t>9789755390006</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Yeni Hastalıkları</t>
+          <t>Sanayi Sonrası Ütopyalar</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>290</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789755395852</t>
+          <t>9789755395654</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Romantik Muamma</t>
+          <t>Sanatın Sonundan Sonra</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>15</v>
+        <v>370</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789755391229</t>
+          <t>9789755394753</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Rock Laneti</t>
+          <t>Sanat ve Sorumluluk</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>16.67</v>
+        <v>450</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789755393834</t>
+          <t>9789755394046</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Seks İsyanları</t>
+          <t>Sanat ve Propaganda</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>460</v>
+        <v>580</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789755394596</t>
+          <t>9789755397238</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Rabelais ve Dünyası</t>
+          <t>Sanat Dünyaları</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>430</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789755392745</t>
+          <t>9789755396149</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Postyapısalcı Anarşizmin Siyaset Felsefesi</t>
+          <t>Rüzgarın On İki Köşesi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>12.04</v>
+        <v>420</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789755394398</t>
+          <t>9789755396576</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Saygı</t>
+          <t>Rüzgargülü</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789755391816</t>
+          <t>9789755392424</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Etik</t>
+          <t>Rüya Sakinleri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789755392615</t>
+          <t>9789755392165</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Portnoy’un Feryadı</t>
+          <t>Ruj Lekesi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>27</v>
+        <v>640</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789755391588</t>
+          <t>9789755395043</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Pornografi</t>
+          <t>Ruhun Yeni Hastalıkları</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>10.19</v>
+        <v>340</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789755393032</t>
+          <t>9789755395852</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Salome - Yaşamı ve Yapıtları</t>
+          <t>Romantik Muamma</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>380</v>
+        <v>15</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789755395029</t>
+          <t>9789755391229</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Pastoral Amerika</t>
+          <t>Rock Laneti</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>335</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789755391014</t>
+          <t>9789755393834</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Parfümün Dansı</t>
+          <t>Seks İsyanları</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>380</v>
+        <v>540</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789755390765</t>
+          <t>9789755394596</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Ekolojisi</t>
+          <t>Rabelais ve Dünyası</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>33.33</v>
+        <v>680</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789755391250</t>
+          <t>9789755392745</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Özgür Eğitim</t>
+          <t>Postyapısalcı Anarşizmin Siyaset Felsefesi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>200</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789755390055</t>
+          <t>9789755394398</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Özgür Bir Toplumda Bilim</t>
+          <t>Saygı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789755392233</t>
+          <t>9789755391816</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Öpüşme Metafizikten Erotiğe</t>
+          <t>Postmodern Etik</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789755396521</t>
+          <t>9789755392615</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Önceki Çağın Akşamüstü</t>
+          <t>Portnoy’un Feryadı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>20.37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789755396613</t>
+          <t>9789755391588</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ömür Boyu Esenlik</t>
+          <t>Pornografi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>12.96</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789755396736</t>
+          <t>9789755393032</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Pigme</t>
+          <t>Salome - Yaşamı ve Yapıtları</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>240</v>
+        <v>540</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789755392509</t>
+          <t>9789755395029</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Ölümlülük, Ölümsüzlük ve Diğer Hayat Stratejileri</t>
+          <t>Pastoral Amerika</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789755395913</t>
+          <t>9789755391014</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Pornosu</t>
+          <t>Parfümün Dansı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789755395647</t>
+          <t>9789755390765</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ölü Bir Dilde Aşk</t>
+          <t>Özgürlüğün Ekolojisi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>27.78</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789755392554</t>
+          <t>9789755391250</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Ölme Hakkı</t>
+          <t>Özgür Eğitim</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>15.74</v>
+        <v>220</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789755394985</t>
+          <t>9789755390055</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Ölen Hayvan</t>
+          <t>Özgür Bir Toplumda Bilim</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>6.48</v>
+        <v>400</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789755392493</t>
+          <t>9789755392233</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Öküzün A’sı</t>
+          <t>Öpüşme Metafizikten Erotiğe</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789755390277</t>
+          <t>9789755396521</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Otorite</t>
+          <t>Önceki Çağın Akşamüstü</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>280</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789755394145</t>
+          <t>9789755396613</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Özgürlükle Kalkınma</t>
+          <t>Ömür Boyu Esenlik</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>23.15</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789755395951</t>
+          <t>9789755396736</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ortak Zenginlik</t>
+          <t>Pigme</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789755390413</t>
+          <t>9789755392509</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağda Entelektüeller</t>
+          <t>Ölümlülük, Ölümsüzlük ve Diğer Hayat Stratejileri</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>25</v>
+        <v>380</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789755390260</t>
+          <t>9789755395913</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Orlando</t>
+          <t>Ölüm Pornosu</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>4.63</v>
+        <v>260</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789755391649</t>
+          <t>9789755395647</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Popüler Kültürler</t>
+          <t>Ölü Bir Dilde Aşk</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>17.59</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789755391137</t>
+          <t>9789755392554</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Olumsallık, İroni ve Dayanışma</t>
+          <t>Ölme Hakkı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789755392349</t>
+          <t>9789755394985</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Oklukirpi</t>
+          <t>Ölen Hayvan</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>170</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789755396477</t>
+          <t>9789755392493</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Oegstgeest’e Dönüş</t>
+          <t>Öküzün A’sı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>12.96</v>
+        <v>340</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789755394206</t>
+          <t>9789755390277</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Oda Hizmetçisinin Günlüğü</t>
+          <t>Otorite</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>18.52</v>
+        <v>300</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789755397450</t>
+          <t>9789755394145</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>O Asla Geri Gelmeyecek</t>
+          <t>Özgürlükle Kalkınma</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789755395104</t>
+          <t>9789755395951</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ninni</t>
+          <t>Ortak Zenginlik</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>270</v>
+        <v>520</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789755396057</t>
+          <t>9789755390413</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Nihilizm</t>
+          <t>Ortaçağda Entelektüeller</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>260</v>
+        <v>25</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789755393810</t>
+          <t>9789755390260</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche: Bir Ahlak Karşıtının Etiği</t>
+          <t>Orlando</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>22.22</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789755395548</t>
+          <t>9789755391649</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Ne Kadar İleri Gidebilirsin?</t>
+          <t>Popüler Kültürler</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>8</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789755397153</t>
+          <t>9789755391137</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Nesne Benliği</t>
+          <t>Olumsallık, İroni ve Dayanışma</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789755397641</t>
+          <t>9789755392349</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu'nda Sosyalist Hareketler</t>
+          <t>Oklukirpi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789755397504</t>
+          <t>9789755396477</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Narkopolis</t>
+          <t>Oegstgeest’e Dönüş</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>21.3</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789755396637</t>
+          <t>9789755394206</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Nabız</t>
+          <t>Oda Hizmetçisinin Günlüğü</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>240</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789755394633</t>
+          <t>9789755397450</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Müneccim Krallar</t>
+          <t>O Asla Geri Gelmeyecek</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>240</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789755390772</t>
+          <t>9789755395104</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Murphy</t>
+          <t>Ninni</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>215</v>
+        <v>340</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789755390680</t>
+          <t>9789755396057</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Modernliğin Sonuçları</t>
+          <t>Nihilizm</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789755393964</t>
+          <t>9789755393810</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Moda ve Gündemleri</t>
+          <t>Nietzsche: Bir Ahlak Karşıtının Etiği</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>430</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789755394589</t>
+          <t>9789755395548</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Milenyum İnsanları</t>
+          <t>Ne Kadar İleri Gidebilirsin?</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>16.67</v>
+        <v>8</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789755397023</t>
+          <t>9789755397153</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Michel Foucault</t>
+          <t>Nesne Benliği</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>28.7</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789755392387</t>
+          <t>9789755397641</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Metroland</t>
+          <t>Osmanlı İmparatorluğu'nda Sosyalist Hareketler</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789755395333</t>
+          <t>9789755397504</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Metin Çözümlemeleri</t>
+          <t>Narkopolis</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>340</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789755393285</t>
+          <t>9789755396637</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Meteorlar</t>
+          <t>Nabız</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789755395739</t>
+          <t>9789755394633</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Modernliğin Sıkıntıları</t>
+          <t>Müneccim Krallar</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789755397559</t>
+          <t>9789755390772</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Metedolojik Bireyciliğin Eleştirisi</t>
+          <t>Murphy</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>27.78</v>
+        <v>240</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789755394015</t>
+          <t>9789755390680</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Mona Lisa Kaçırıldı</t>
+          <t>Modernliğin Sonuçları</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789755395524</t>
+          <t>9789755393964</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Melezliğe Övgü</t>
+          <t>Moda ve Gündemleri</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>19.44</v>
+        <v>540</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789755396200</t>
+          <t>9789755394589</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Melekler Evi</t>
+          <t>Milenyum İnsanları</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>20.37</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789755394268</t>
+          <t>9789755397023</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Melekler</t>
+          <t>Michel Foucault</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>12.04</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789755392189</t>
+          <t>9789755392387</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Gazetecilikte Etik Sorunlar</t>
+          <t>Metroland</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>14.81</v>
+        <v>260</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789755390826</t>
+          <t>9789755395333</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Masal Masal İçinde Khimaira</t>
+          <t>Metin Çözümlemeleri</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>13.89</v>
+        <v>400</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789755392196</t>
+          <t>9789755393285</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Marksizm, Ahlak ve Toplumsal Adalet</t>
+          <t>Meteorlar</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>57</v>
+        <v>540</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789755391830</t>
+          <t>9789755395739</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Ahlak</t>
+          <t>Modernliğin Sıkıntıları</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>12.04</v>
+        <v>180</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789755393186</t>
+          <t>9789755397559</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Modernlik ve Müphemlik</t>
+          <t>Metedolojik Bireyciliğin Eleştirisi</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>400</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789755396019</t>
+          <t>9789755394015</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Medya Mahrem</t>
+          <t>Mona Lisa Kaçırıldı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>29.63</v>
+        <v>260</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789755396170</t>
+          <t>9789755395524</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Lazzaro, Dışarı Çık</t>
+          <t>Melezliğe Övgü</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>13.89</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789755395555</t>
+          <t>9789755396200</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Lanetlilerin Saç Stili</t>
+          <t>Melekler Evi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>21.3</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789755395616</t>
+          <t>9789755394268</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Lancelot</t>
+          <t>Melekler</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>14.81</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789755396705</t>
+          <t>9789755392189</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Laf Evi</t>
+          <t>Medya ve Gazetecilikte Etik Sorunlar</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>15.74</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789755397016</t>
+          <t>9789755390826</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Sonu mu?</t>
+          <t>Masal Masal İçinde Khimaira</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789755395227</t>
+          <t>9789755392196</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Küresel Isınmanın Kırılma Noktası</t>
+          <t>Marksizm, Ahlak ve Toplumsal Adalet</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>23.15</v>
+        <v>57</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789755396262</t>
+          <t>9789755391830</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Küresel Dünya (Ciltli)</t>
+          <t>Marksizm ve Ahlak</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>125</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789755397405</t>
+          <t>9789755393186</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kuzunun Kusuru</t>
+          <t>Modernlik ve Müphemlik</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>21.3</v>
+        <v>500</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789755392035</t>
+          <t>9789755396019</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Nihilist</t>
+          <t>Medya Mahrem</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>19.44</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789755396279</t>
+          <t>9789755396170</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kurumuş Nehrin Yatağında</t>
+          <t>Lazzaro, Dışarı Çık</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789755393759</t>
+          <t>9789755395555</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Gözcüsü</t>
+          <t>Lanetlilerin Saç Stili</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>12.04</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789755392523</t>
+          <t>9789755395616</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kolonyalizm-Postkolonyalizm</t>
+          <t>Lancelot</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>265</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789755395265</t>
+          <t>9789755396705</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kokain Geceleri</t>
+          <t>Laf Evi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>17.59</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789755396033</t>
+          <t>9789755397016</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kirlilik Kavramı ve Aleviliğin Asimilasyonu</t>
+          <t>Küreselleşmenin Sonu mu?</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789755391168</t>
+          <t>9789755395227</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Kapitalizm</t>
+          <t>Küresel Isınmanın Kırılma Noktası</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>4.63</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789755391021</t>
+          <t>9789755396262</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Baykuş Çığlığı</t>
+          <t>Küresel Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>15</v>
+        <v>125</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>3990000052044</t>
+          <t>9789755397405</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkçe Şiir Antolojisi Cilt: 2</t>
+          <t>Kuzunun Kusuru</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>46.29</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>3996053140047</t>
+          <t>9789755392035</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı 1C</t>
+          <t>Kusursuz Nihilist</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>7</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789755390475</t>
+          <t>9789755396279</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Mutsuzluk Kılavuzu</t>
+          <t>Kurumuş Nehrin Yatağında</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>20</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786053142652</t>
+          <t>9789755393759</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Zürafanın Boynu</t>
+          <t>Kuzey Gözcüsü</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>120</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786053145936</t>
+          <t>9789755392523</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Baştan Çıkarma Üzerine</t>
+          <t>Kolonyalizm-Postkolonyalizm</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786053147879</t>
+          <t>9789755395265</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Beyin: Dirimsel Kentte Akıl Sağlığı</t>
+          <t>Kokain Geceleri</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>440</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786053147855</t>
+          <t>9789755396033</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Avcı</t>
+          <t>Kirlilik Kavramı ve Aleviliğin Asimilasyonu</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786053147848</t>
+          <t>9789755391168</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>IRA (İrlanda Cumhuriyet Ordusu)</t>
+          <t>Demokrasi ve Kapitalizm</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>300</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053147862</t>
+          <t>9789755391021</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Çalkantılı Deniz</t>
+          <t>Baykuş Çığlığı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>650</v>
+        <v>15</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786053147824</t>
+          <t>3990000052044</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Parçalar Halinde Hayatım</t>
+          <t>Modern Türkçe Şiir Antolojisi Cilt: 2</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>270</v>
+        <v>46.29</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786053147435</t>
+          <t>3996053140047</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Baki Karanlık</t>
+          <t>Dövüş Kulübü 2 Sayı 1C</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>270</v>
+        <v>7</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786053147817</t>
+          <t>9789755390475</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Tebdili Mekan</t>
+          <t>Mutsuzluk Kılavuzu</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>270</v>
+        <v>20</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786053147688</t>
+          <t>9786053142652</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Bauman İle Sohbetler</t>
+          <t>Zürafanın Boynu</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786053147794</t>
+          <t>9786053145936</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Tuzlu Su</t>
+          <t>Baştan Çıkarma Üzerine</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786053147800</t>
+          <t>9786053147879</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Gazze Felaketi: Soykırımı Tarihsel Perspektiften Okumak</t>
+          <t>Kentsel Beyin: Dirimsel Kentte Akıl Sağlığı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>280</v>
+        <v>460</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786053145837</t>
+          <t>9786053147855</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Kaçak Avcı</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786053147831</t>
+          <t>9786053147848</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Arifiye İlköğretmen Okulu / Lisesi</t>
+          <t>IRA (İrlanda Cumhuriyet Ordusu)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786053147787</t>
+          <t>9786053147862</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Yeni Soğuk Savaş</t>
+          <t>Çalkantılı Deniz</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>350</v>
+        <v>770</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786053147718</t>
+          <t>9786053147824</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>İsyan ve İtaat Arasında</t>
+          <t>Parçalar Halinde Hayatım</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786053147732</t>
+          <t>9786053147435</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Heykeltıraşın Kızı</t>
+          <t>Baki Karanlık</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786053147602</t>
+          <t>9786053147817</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizm ve Tüketim Kültürü</t>
+          <t>Tebdili Mekan</t>
         </is>
       </c>
       <c r="C334" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786053147756</t>
+          <t>9786053147688</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sonuna Yetiştiğim Şarkılar</t>
+          <t>Bauman İle Sohbetler</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786053147701</t>
+          <t>9786053147794</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar: Türk-Yunan Sınırından İnsan Hikâyeleri</t>
+          <t>Tuzlu Su</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786053147695</t>
+          <t>9786053147800</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Oldukça Onurlu Bir Yenilgi</t>
+          <t>Gazze Felaketi: Soykırımı Tarihsel Perspektiften Okumak</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>430</v>
+        <v>320</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786053147749</t>
+          <t>9786053145837</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitülülerin Ardından</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786053147725</t>
+          <t>9786053147831</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Gelecektir</t>
+          <t>Arifiye İlköğretmen Okulu / Lisesi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786053147633</t>
+          <t>9786053147787</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Sen Anlatınca, Çöllerde Çiçekler Açıyor</t>
+          <t>Yeni Soğuk Savaş</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>420</v>
+        <v>430</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053147619</t>
+          <t>9786053147718</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Türeyişi</t>
+          <t>İsyan ve İtaat Arasında</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786053147572</t>
+          <t>9786053147732</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Heidegger Sözlüğü</t>
+          <t>Heykeltıraşın Kızı</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786053147626</t>
+          <t>9786053147602</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Freud ve Psikanaliz Altı Giriş Dersi</t>
+          <t>Postmodernizm ve Tüketim Kültürü</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786053147589</t>
+          <t>9786053147756</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Feminizmin Yazgıları: Devlet Güdümlü Kapitalizmden Neoliberal Krize</t>
+          <t>Sonuna Yetiştiğim Şarkılar</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786053147664</t>
+          <t>9786053147701</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Devrimciler: Okuma Biçimimizi Değiştiren Beş Eleştirmen</t>
+          <t>Sınırlar: Türk-Yunan Sınırından İnsan Hikâyeleri</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786053147640</t>
+          <t>9786053147695</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>1848 Unutulmuş Devrim</t>
+          <t>Oldukça Onurlu Bir Yenilgi</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>240</v>
+        <v>620</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789755397986</t>
+          <t>9786053147749</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İkomünizm</t>
+          <t>Köy Enstitülülerin Ardından</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>8.33</v>
+        <v>420</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786053147596</t>
+          <t>9786053147725</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Düşen Kedigiller ve Temel Fizik</t>
+          <t>Geçmiş Gelecektir</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786053147558</t>
+          <t>9786053147633</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Dijital Toplumun Sosyolojik Teorisi</t>
+          <t>Sen Anlatınca, Çöllerde Çiçekler Açıyor</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>280</v>
+        <v>580</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786053147152</t>
+          <t>9786053147619</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğun Gölgesi 2. Cilt : Ayaz &amp; Çığ</t>
+          <t>İnsanın Türeyişi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786053145943</t>
+          <t>9786053147572</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Bağlantısallık, Yaşamdaşlık (Ciltli)</t>
+          <t>Heidegger Sözlüğü</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>90</v>
+        <v>480</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786053146179</t>
+          <t>9786053147626</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Karga Kafası Ajanda 2023</t>
+          <t>Freud ve Psikanaliz Altı Giriş Dersi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>25</v>
+        <v>260</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789755394824</t>
+          <t>9786053147589</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Görünür Dünyanın Eşiği</t>
+          <t>Feminizmin Yazgıları: Devlet Güdümlü Kapitalizmden Neoliberal Krize</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>19.44</v>
+        <v>400</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789755391007</t>
+          <t>9786053147664</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Çekirge :  Oyun, Yaşam ve Ütopya</t>
+          <t>Eleştirel Devrimciler: Okuma Biçimimizi Değiştiren Beş Eleştirmen</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>75</v>
+        <v>360</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789755390185</t>
+          <t>9786053147640</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Şiddet Yaşayanların Yaşatanların Anlatımlarıyla</t>
+          <t>1848 Unutulmuş Devrim</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>10.19</v>
+        <v>300</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789755395807</t>
+          <t>9789755397986</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Che’nin Yasadışı Benliği</t>
+          <t>İkomünizm</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>18.52</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789755392936</t>
+          <t>9786053147596</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Cennete Bir Koşu</t>
+          <t>Düşen Kedigiller ve Temel Fizik</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>13.89</v>
+        <v>380</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789755394039</t>
+          <t>9786053147558</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Cehennemin Tarihi</t>
+          <t>Dijital Toplumun Sosyolojik Teorisi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>21.3</v>
+        <v>340</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789755397160</t>
+          <t>9786053147152</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Capon Çayevi</t>
+          <t>Çocukluğun Gölgesi 2. Cilt : Ayaz &amp; Çığ</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>20.37</v>
+        <v>500</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789755395937</t>
+          <t>9786053145943</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Buradasınız</t>
+          <t>Bağlantısallık, Yaşamdaşlık (Ciltli)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>16.67</v>
+        <v>90</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789755396941</t>
+          <t>9786053146179</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Boşluğun Sesi</t>
+          <t>Karga Kafası Ajanda 2023</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>12.96</v>
+        <v>25</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789755396453</t>
+          <t>9789755394824</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Biz Rüya Görürken</t>
+          <t>Görünür Dünyanın Eşiği</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>37.04</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789755396439</t>
+          <t>9789755391007</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Bakırköy</t>
+          <t>Çekirge :  Oyun, Yaşam ve Ütopya</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>12.96</v>
+        <v>75</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789755393889</t>
+          <t>9789755390185</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Blues Tarihi Şeytan’ ın Müziği</t>
+          <t>Cinsel Şiddet Yaşayanların Yaşatanların Anlatımlarıyla</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>22.22</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789755396996</t>
+          <t>9789755395807</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Bir Tuhaf İntikam</t>
+          <t>Che’nin Yasadışı Benliği</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789755395593</t>
+          <t>9789755392936</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Bir Sahtekar Olarak Hayatım</t>
+          <t>Cennete Bir Koşu</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789755394022</t>
+          <t>9789755394039</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Bilim Etiği</t>
+          <t>Cehennemin Tarihi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>17.59</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789755394114</t>
+          <t>9789755397160</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Beton Ada</t>
+          <t>Capon Çayevi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>8.33</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786053140078</t>
+          <t>9789755395937</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 3A</t>
+          <t>Buradasınız</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>7</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789755397924</t>
+          <t>9789755396941</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>İhvan-ı Safa Risaleleri Cilt: 4 (Ciltli)</t>
+          <t>Boşluğun Sesi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>200</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789755398204</t>
+          <t>9789755396453</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Acuka</t>
+          <t>Biz Rüya Görürken</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>13.89</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789755397740</t>
+          <t>9789755396439</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Aşk Üzerine Bir Diyalog</t>
+          <t>Bir Zamanlar Bakırköy</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>57</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789755394510</t>
+          <t>9789755393889</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Özgürleşmesi</t>
+          <t>Blues Tarihi Şeytan’ ın Müziği</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>400</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786053141457</t>
+          <t>9789755396996</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İzinde (Ciltli)</t>
+          <t>Bir Tuhaf İntikam</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>750</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786053140924</t>
+          <t>9789755395593</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 9A</t>
+          <t>Bir Sahtekar Olarak Hayatım</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>7</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786053147497</t>
+          <t>9789755394022</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Hafız Divanı Cilt: 1</t>
+          <t>Bilim Etiği</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>750</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789755399850</t>
+          <t>9789755394114</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Bizi Güneşe Çıkardılar</t>
+          <t>Beton Ada</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>60</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789755397894</t>
+          <t>9786053140078</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Azınlıklar, Ötekiler ve Medya</t>
+          <t>Dövüş Kulübü 2 Sayı: 3A</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>34</v>
+        <v>7</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789755397887</t>
+          <t>9789755397924</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Anathem</t>
+          <t>İhvan-ı Safa Risaleleri Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>46.3</v>
+        <v>200</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789755398471</t>
+          <t>9789755398204</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Arap İsyanları Güncesi</t>
+          <t>Acuka</t>
         </is>
       </c>
       <c r="C380" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786053140443</t>
+          <t>9789755397740</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Göçler Ülkesi</t>
+          <t>Aşk Üzerine Bir Diyalog</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>272</v>
+        <v>57</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789755397955</t>
+          <t>9789755394510</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Dünya</t>
+          <t>Hayvan Özgürleşmesi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>25.93</v>
+        <v>400</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789755396415</t>
+          <t>9786053141457</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Bay Blanc</t>
+          <t>Zamanın İzinde (Ciltli)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>12.96</v>
+        <v>750</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789755397474</t>
+          <t>9786053140924</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Bauman Sosyolojisi</t>
+          <t>Dövüş Kulübü 2 Sayı: 9A</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>22.22</v>
+        <v>7</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789755396064</t>
+          <t>9786053147497</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Babamın Kitabı</t>
+          <t>Hafız Divanı Cilt: 1</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>40</v>
+        <v>950</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789755395630</t>
+          <t>9789755399850</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Fikri</t>
+          <t>Bizi Güneşe Çıkardılar</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789755395463</t>
+          <t>9789755397894</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Asker Gramofonu Nasıl Tamir Eder?</t>
+          <t>Azınlıklar, Ötekiler ve Medya</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>18.52</v>
+        <v>34</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789755393155</t>
+          <t>9789755397887</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Aristos Yaşam Üzerine Notlar</t>
+          <t>Anathem</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>14.81</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789755396330</t>
+          <t>9789755398471</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Arıza Babaların Çatlak Kızları</t>
+          <t>Arap İsyanları Güncesi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789755394107</t>
+          <t>9786053140443</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Aptallık Ansiklopedisi</t>
+          <t>Göçler Ülkesi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>56</v>
+        <v>272</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789755396446</t>
+          <t>9789755397955</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Antikapitalizm ve Kültür</t>
+          <t>Beyaz Dünya</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>24.07</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789755394282</t>
+          <t>9789755396415</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Annem</t>
+          <t>Bay Blanc</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>60</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789755392264</t>
+          <t>9789755397474</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Anarşist</t>
+          <t>Bauman Sosyolojisi</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>16.67</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789755395005</t>
+          <t>9789755396064</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Altkültür</t>
+          <t>Babamın Kitabı</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>23</v>
+        <v>40</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789755390192</t>
+          <t>9789755395630</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Teknoloji Teknik Değişmenin Politik Boyutları</t>
+          <t>Avrupa Fikri</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>11.11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789755393179</t>
+          <t>9789755395463</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Aldatma</t>
+          <t>Asker Gramofonu Nasıl Tamir Eder?</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>20</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789755396545</t>
+          <t>9789755393155</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Akvaryumda Ölü Bir Balık</t>
+          <t>Aristos Yaşam Üzerine Notlar</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>8.33</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789755396194</t>
+          <t>9789755396330</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Akhisar Düşerken</t>
+          <t>Arıza Babaların Çatlak Kızları</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>20.37</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789755393537</t>
+          <t>9789755394107</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Protesto Sanatı</t>
+          <t>Aptallık Ansiklopedisi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>60</v>
+        <v>56</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789755396866</t>
+          <t>9789755396446</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Acı Düşler Bulvarı</t>
+          <t>Antikapitalizm ve Kültür</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>12.96</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789755397146</t>
+          <t>9789755394282</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Acemiler</t>
+          <t>Annem</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>12.96</v>
+        <v>60</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789755393476</t>
+          <t>9789755392264</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Acemi Pezevenk</t>
+          <t>Anarşist</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789755393261</t>
+          <t>9789755395005</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Acaba Nasıl?</t>
+          <t>Altkültür</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789755392240</t>
+          <t>9789755390192</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>21.Yüzyıl Anarşizmi Yeni Binyıl İçin Ortodoks Olmayan Fikirler</t>
+          <t>Alternatif Teknoloji Teknik Değişmenin Politik Boyutları</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789755394657</t>
+          <t>9789755393179</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Uyku</t>
+          <t>Aldatma</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789755392974</t>
+          <t>9789755396545</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Tünel</t>
+          <t>Akvaryumda Ölü Bir Balık</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>60</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789755394190</t>
+          <t>9789755396194</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İktisadın ABC’si</t>
+          <t>Akhisar Düşerken</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>100</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789755394299</t>
+          <t>9789755393537</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Adsız Devler</t>
+          <t>Ahlaki Protesto Sanatı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>6.94</v>
+        <v>60</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789755394879</t>
+          <t>9789755396866</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Düzülke</t>
+          <t>Acı Düşler Bulvarı</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>42</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789755395197</t>
+          <t>9789755397146</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Paravanlar</t>
+          <t>Acemiler</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>156</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789755396309</t>
+          <t>9789755393476</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Nefret Söylemi Nefret Suçları</t>
+          <t>Acemi Pezevenk</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>72</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789755392158</t>
+          <t>9789755393261</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Mercier ile Camier</t>
+          <t>Acaba Nasıl?</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789755394480</t>
+          <t>9789755392240</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Modernliğin Sosyolojisi</t>
+          <t>21.Yüzyıl Anarşizmi Yeni Binyıl İçin Ortodoks Olmayan Fikirler</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>69</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789755391489</t>
+          <t>9789755394657</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Konfidenz</t>
+          <t>Uyku</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786053143215</t>
+          <t>9789755392974</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick - Beyaz Balina</t>
+          <t>Tünel</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786053147527</t>
+          <t>9789755394190</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Ziya Yılmaz: Yaşamı ve Siyasal Mücadelesi</t>
+          <t>Siyasal İktisadın ABC’si</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>340</v>
+        <v>100</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786053147404</t>
+          <t>9789755394299</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Naif Ruhlar: İnsanın Yok Oluşu</t>
+          <t>Adsız Devler</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>370</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786053147510</t>
+          <t>9789755394879</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Merkez’den “Uç”lara: Neoliberal Dönemde Sağ Siyaset (1983-2002)</t>
+          <t>Açıklamalı Düzülke</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>300</v>
+        <v>42</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786053147503</t>
+          <t>9789755395197</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>İnşa Etmek ve Yaşamak: Şehir Etiği</t>
+          <t>Paravanlar</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>370</v>
+        <v>156</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786053147411</t>
+          <t>9789755396309</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Et Yiyenler Arasında Yaşamak</t>
+          <t>Nefret Söylemi Nefret Suçları</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>365</v>
+        <v>72</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786053145608</t>
+          <t>9789755392158</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Aleni Yaşamlar</t>
+          <t>Mercier ile Camier</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786053144618</t>
+          <t>9789755394480</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi (Cilt 1 - 2 - 3)</t>
+          <t>Modernliğin Sosyolojisi</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>950</v>
+        <v>69</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789755393897</t>
+          <t>9789755391489</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Zaman Tüneli</t>
+          <t>Konfidenz</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>430</v>
+        <v>40</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786053140535</t>
+          <t>9786053143215</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 6B</t>
+          <t>Moby Dick - Beyaz Balina</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786053140061</t>
+          <t>9786053147527</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 2A</t>
+          <t>Ziya Yılmaz: Yaşamı ve Siyasal Mücadelesi</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>100</v>
+        <v>460</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789755396798</t>
+          <t>9786053147404</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>İngiltere’de Emekçi Sınıfların Durumu</t>
+          <t>Naif Ruhlar: İnsanın Yok Oluşu</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789755393018</t>
+          <t>9786053147510</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>İngiltere İngiltere’ye Karşı</t>
+          <t>Merkez’den “Uç”lara: Neoliberal Dönemde Sağ Siyaset (1983-2002)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789755393322</t>
+          <t>9786053147503</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk</t>
+          <t>İnşa Etmek ve Yaşamak: Şehir Etiği</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789755394749</t>
+          <t>9786053147411</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Takas</t>
+          <t>Et Yiyenler Arasında Yaşamak</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>210</v>
+        <v>440</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789755392516</t>
+          <t>9786053145608</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>İmaj Görmenin Kültür Ve Politikası</t>
+          <t>Aleni Yaşamlar</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789755396989</t>
+          <t>9786053144618</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>İletişim Bilimlerinin Serüveni</t>
+          <t>Mesnevi (Cilt 1 - 2 - 3)</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>360</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789755390857</t>
+          <t>9789755393897</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Aklın Eleştirisi</t>
+          <t>Zaman Tüneli</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>320</v>
+        <v>680</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789755393780</t>
+          <t>9786053140535</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Gözü</t>
+          <t>Dövüş Kulübü 2 Sayı: 6B</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789755397344</t>
+          <t>9786053140061</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>İhvan-ı Safa Risaleleri Cilt: 2</t>
+          <t>Dövüş Kulübü 2 Sayı: 2A</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789755396927</t>
+          <t>9789755396798</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>İbni Haldun: Tarih Biliminin Doğuşu</t>
+          <t>İngiltere’de Emekçi Sınıfların Durumu</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789755397122</t>
+          <t>9789755393018</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>İbni Arabi ve Derrida</t>
+          <t>İngiltere İngiltere’ye Karşı</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789755395982</t>
+          <t>9789755393322</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Hücre</t>
+          <t>İmparatorluk</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>250</v>
+        <v>570</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789755392400</t>
+          <t>9789755394749</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Hiç İçin Metinler ve Uzun Öyküler</t>
+          <t>İmkansız Takas</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789755391564</t>
+          <t>9789755392516</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Hırsızın Günlüğü</t>
+          <t>İmaj Görmenin Kültür Ve Politikası</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789755397429</t>
+          <t>9789755396989</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyanlıktaki Ateizm</t>
+          <t>İletişim Bilimlerinin Serüveni</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>460</v>
+        <v>400</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786053140351</t>
+          <t>9789755390857</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Güven Cilt 2</t>
+          <t>İktisadi Aklın Eleştirisi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>560</v>
+        <v>400</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789755390024</t>
+          <t>9789755393780</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Zorunlu Eğitime Hayır!</t>
+          <t>İktidarın Gözü</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789755395487</t>
+          <t>9789755397344</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Zanaatkar</t>
+          <t>İhvan-ı Safa Risaleleri Cilt: 2</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>390</v>
+        <v>475</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789755390093</t>
+          <t>9789755396927</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kıyısındaki Kadın</t>
+          <t>İbni Haldun: Tarih Biliminin Doğuşu</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789755392585</t>
+          <t>9789755397122</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Zaman Üzerine</t>
+          <t>İbni Arabi ve Derrida</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789755396934</t>
+          <t>9789755395982</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Yok Edici</t>
+          <t>Hücre</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789755396743</t>
+          <t>9789755392400</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı</t>
+          <t>Hiç İçin Metinler ve Uzun Öyküler</t>
         </is>
       </c>
       <c r="C447" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789755396392</t>
+          <t>9789755391564</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Hafız Divanı Cilt: 2 (Ciltli)</t>
+          <t>Hırsızın Günlüğü</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>900</v>
+        <v>320</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789755394954</t>
+          <t>9789755397429</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Gündoğumuna Yolculuk</t>
+          <t>Hıristiyanlıktaki Ateizm</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>250</v>
+        <v>560</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789755394701</t>
+          <t>9786053140351</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Günce</t>
+          <t>Güven Cilt 2</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>240</v>
+        <v>700</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789755392394</t>
+          <t>9789755390024</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Gülün Mucizesi</t>
+          <t>Zorunlu Eğitime Hayır!</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789755391236</t>
+          <t>9789755395487</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Gülme</t>
+          <t>Zanaatkar</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789755390802</t>
+          <t>9789755390093</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Demokrasi</t>
+          <t>Zamanın Kıyısındaki Kadın</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>390</v>
+        <v>540</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789755392622</t>
+          <t>9789755392585</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Gözün Vicdanı</t>
+          <t>Zaman Üzerine</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789755394251</t>
+          <t>9789755396934</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Canavarlar</t>
+          <t>Yok Edici</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789755393919</t>
+          <t>9789755396743</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Gilles ile Jeanne</t>
+          <t>Hayatın Anlamı</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789755395562</t>
+          <t>9789755396392</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Geriye Uçan Yaban Ördekleri</t>
+          <t>Hafız Divanı Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>288</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789755395388</t>
+          <t>9789755394954</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Geri Dönüşü</t>
+          <t>Gündoğumuna Yolculuk</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789755390710</t>
+          <t>9789755394701</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Bakmak 21. Yüzyıl İçin Katılımcı Ekonomi</t>
+          <t>Günce</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789755394053</t>
+          <t>9789755392394</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf: Çerçevedeki Gizem</t>
+          <t>Gülün Mucizesi</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789755391885</t>
+          <t>9789755391236</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Flört Üzerine</t>
+          <t>Gülme</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789755392325</t>
+          <t>9789755390802</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Flaubert’in Papağanı</t>
+          <t>Güçlü Demokrasi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>234</v>
+        <v>480</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789755396910</t>
+          <t>9789755392622</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Flanör Düşünce</t>
+          <t>Gözün Vicdanı</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789755394800</t>
+          <t>9789755394251</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Flamenko</t>
+          <t>Görünmez Canavarlar</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789755397481</t>
+          <t>9789755393919</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Film Eleştirisi</t>
+          <t>Gilles ile Jeanne</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789755396316</t>
+          <t>9789755395562</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Felsefe</t>
+          <t>Geriye Uçan Yaban Ördekleri</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>480</v>
+        <v>360</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789755395272</t>
+          <t>9789755395388</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Sahnesi</t>
+          <t>Gerçeğin Geri Dönüşü</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>390</v>
+        <v>410</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789755396880</t>
+          <t>9789755390710</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Faşist İdeolojinin Doğuşu</t>
+          <t>Geleceğe Bakmak 21. Yüzyıl İçin Katılımcı Ekonomi</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789755394367</t>
+          <t>9789755394053</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Fahişe</t>
+          <t>Fotoğraf: Çerçevedeki Gizem</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789755391946</t>
+          <t>9789755391885</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Etiğe Giriş</t>
+          <t>Flört Üzerine</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789755393308</t>
+          <t>9789755392325</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Eşiktekiler</t>
+          <t>Flaubert’in Papağanı</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789755390833</t>
+          <t>9789755396910</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Erkek Akıl Batı Felsefesinde "Erkek" ve "Kadın"</t>
+          <t>Flanör Düşünce</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>210</v>
+        <v>620</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789755392837</t>
+          <t>9789755394800</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Entelektüelin Siyasi İşlevi</t>
+          <t>Flamenko</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789755390949</t>
+          <t>9789755397481</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Entelektüel</t>
+          <t>Film Eleştirisi</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789755393025</t>
+          <t>9789755396316</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Teori Habermas ve Frankfurt Okulu</t>
+          <t>Yaşayan Felsefe</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>200</v>
+        <v>640</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789755396729</t>
+          <t>9789755395272</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Psikoloji</t>
+          <t>Felsefe Sahnesi</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>630</v>
+        <v>520</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789755396699</t>
+          <t>9789755396880</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Ortak Benlik</t>
+          <t>Faşist İdeolojinin Doğuşu</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786053147183</t>
+          <t>9789755394367</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Milletler ve Milliyetçilik</t>
+          <t>Fahişe</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789755395777</t>
+          <t>9789755391946</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Toplumun McDonaldlaştırılması</t>
+          <t>Etiğe Giriş</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789755390338</t>
+          <t>9789755393308</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Milletler ve Milliyetçilik</t>
+          <t>Eşiktekiler</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789755395883</t>
+          <t>9789755390833</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Yolculuk</t>
+          <t>Erkek Akıl Batı Felsefesinde "Erkek" ve "Kadın"</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786053146384</t>
+          <t>9789755392837</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>İhvan-ı Safa Risaleleri (Cilt 5)</t>
+          <t>Entelektüelin Siyasi İşlevi</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786053144304</t>
+          <t>9789755390949</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Günlerini Demek Bensiz Yaşadın</t>
+          <t>Entelektüel</t>
         </is>
       </c>
       <c r="C483" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786053142232</t>
+          <t>9789755393025</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Kuyrukluyıldız</t>
+          <t>Eleştirel Teori Habermas ve Frankfurt Okulu</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789755390659</t>
+          <t>9789755396729</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın Gaspı</t>
+          <t>Eleştirel Psikoloji</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>320</v>
+        <v>740</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786053143673</t>
+          <t>9789755396699</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Ayrıntılı Ajanda’25</t>
+          <t>Ortak Benlik</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786053147107</t>
+          <t>9786053147183</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Kılavuz Çubukları</t>
+          <t>Milletler ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786053147459</t>
+          <t>9789755395777</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Uçurumda Saklı Sevdam</t>
+          <t>Toplumun McDonaldlaştırılması</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786053147374</t>
+          <t>9789755390338</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Gidenleri Rahat Bırakma Kılavuzu Kalanları Rahat Bırakma Kılavuzu</t>
+          <t>Milletler ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786053147428</t>
+          <t>9789755395883</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Yine Yeni Yeniden 90’lar</t>
+          <t>Bitmeyen Yolculuk</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789755393698</t>
+          <t>9786053146384</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Gösteri Peygamberi</t>
+          <t>İhvan-ı Safa Risaleleri (Cilt 5)</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786053147398</t>
+          <t>9786053144304</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Savaşa Doğanların Şiirleri</t>
+          <t>En Güzel Günlerini Demek Bensiz Yaşadın</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786053147381</t>
+          <t>9786053142232</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Üç Belirsizlik Kavramı</t>
+          <t>Kuyrukluyıldız</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786053147367</t>
+          <t>9789755390659</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Meyve Hırsızı</t>
+          <t>Sağlığın Gaspı</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786053147350</t>
+          <t>9786053143673</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Sanat Eserine Dönüşmek</t>
+          <t>Ayrıntılı Ajanda’25</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786053147343</t>
+          <t>9786053147107</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçmek Üzerine</t>
+          <t>Kılavuz Çubukları</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786053146520</t>
+          <t>9786053147459</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Faşizmin Yeni Yüzleri</t>
+          <t>Uçurumda Saklı Sevdam</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786053146704</t>
+          <t>9786053147374</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Politikadan Sinemaya Minör-Oluş</t>
+          <t>Gidenleri Rahat Bırakma Kılavuzu Kalanları Rahat Bırakma Kılavuzu</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786053147336</t>
+          <t>9786053147428</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Naturans III: Yeni Gündelik Yaşam</t>
+          <t>Yine Yeni Yeniden 90’lar</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786053147251</t>
+          <t>9789755393698</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Borçla Yönetmek</t>
+          <t>Gösteri Peygamberi</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786053147305</t>
+          <t>9786053147398</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Zürafanın Boynu</t>
+          <t>Savaşa Doğanların Şiirleri</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786053147329</t>
+          <t>9786053147381</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Burjuvazi ve Çıplak Kollular: Fransız Devrimi’nde Toplumsal Mücadeleler 1793-1795</t>
+          <t>Üç Belirsizlik Kavramı</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786053147312</t>
+          <t>9786053147367</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Yürüyüş Pratiği</t>
+          <t>Meyve Hırsızı</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789755396026</t>
+          <t>9786053147350</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz ve Devrim</t>
+          <t>Sanat Eserine Dönüşmek</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789755398167</t>
+          <t>9786053147343</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Tanıklar Kahvesi</t>
+          <t>Vazgeçmek Üzerine</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786053141471</t>
+          <t>9786053146520</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Bizum Cihan</t>
+          <t>Faşizmin Yeni Yüzleri</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786053141273</t>
+          <t>9786053146704</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Başlama Yeri</t>
+          <t>Politikadan Sinemaya Minör-Oluş</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>252</v>
+        <v>380</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786053140269</t>
+          <t>9786053147336</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Şiir Nasıl Okunur ?</t>
+          <t>Naturans III: Yeni Gündelik Yaşam</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786053141709</t>
+          <t>9786053147251</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Soluk Mavi Nokta</t>
+          <t>Devlet ve Borçla Yönetmek</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789755390901</t>
+          <t>9786053147305</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Ezilenlerin Pedagojisi</t>
+          <t>Zürafanın Boynu</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789755391281</t>
+          <t>9786053147329</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Öpüşme, Gıdıklanma ve Sıkılma Üzerine</t>
+          <t>Burjuvazi ve Çıplak Kollular: Fransız Devrimi’nde Toplumsal Mücadeleler 1793-1795</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786053146599</t>
+          <t>9786053147312</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Spor Sosyolojisi</t>
+          <t>Yürüyüş Pratiği</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>760</v>
+        <v>220</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786053143611</t>
+          <t>9789755396026</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Havva'nın Saklı Yüzü</t>
+          <t>Psikanaliz ve Devrim</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789755397542</t>
+          <t>9789755398167</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Bir Yeniçerinin Hatıraları</t>
+          <t>Yalancı Tanıklar Kahvesi</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789755399485</t>
+          <t>9786053141471</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Çokaşklılık</t>
+          <t>Bizum Cihan</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786053142140</t>
+          <t>9786053141273</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Kuşkuculuk</t>
+          <t>Başlama Yeri</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786053140894</t>
+          <t>9786053140269</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Pop Müziği</t>
+          <t>Şiir Nasıl Okunur ?</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789755393230</t>
+          <t>9786053141709</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Parçalanmış Hayat</t>
+          <t>Soluk Mavi Nokta</t>
         </is>
       </c>
       <c r="C518" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789755392141</t>
+          <t>9789755390901</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Cinayet</t>
+          <t>Ezilenlerin Pedagojisi</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786053147282</t>
+          <t>9789755391281</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Toplumun McDonaldlaştırılması</t>
+          <t>Öpüşme, Gıdıklanma ve Sıkılma Üzerine</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786053147213</t>
+          <t>9786053146599</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji ve Uygarlık</t>
+          <t>Spor Sosyolojisi</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>510</v>
+        <v>900</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786053147190</t>
+          <t>9786053143611</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Modern Barbarlığın Eleştirisi</t>
+          <t>Havva'nın Saklı Yüzü</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>260</v>
+        <v>460</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786053147220</t>
+          <t>9789755397542</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Çanları (Kara Haykular)</t>
+          <t>Bir Yeniçerinin Hatıraları</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786053147206</t>
+          <t>9789755399485</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Çokaşklılık</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786053147084</t>
+          <t>9786053142140</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Canbaz Duası</t>
+          <t>Kuşkuculuk</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>200</v>
+        <v>940</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786053147091</t>
+          <t>9786053140894</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Bir Rüya İçin Gerekli Şeyler</t>
+          <t>Türkiye'nin Pop Müziği</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786053146506</t>
+          <t>9789755393230</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Değişmeyi İstemek Üzerine</t>
+          <t>Parçalanmış Hayat</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786053141822</t>
+          <t>9789755392141</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>İlgi Arayışı</t>
+          <t>Kusursuz Cinayet</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789755391106</t>
+          <t>9786053147282</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Kimlik ve Farklılık Siyasetin Açmazlarına Dair Demokratik Çözüm Önerileri</t>
+          <t>Toplumun McDonaldlaştırılması</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789755390444</t>
+          <t>9786053147213</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Sol Eli</t>
+          <t>Teknoloji ve Uygarlık</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786053141525</t>
+          <t>9786053147190</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Spinoza'nın Sevinci Nereden Geliyor?</t>
+          <t>Modern Barbarlığın Eleştirisi</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789755398075</t>
+          <t>9786053147220</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Mutsuzluk Zamanlarında Mutluluk</t>
+          <t>Gecenin Çanları (Kara Haykular)</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786053140191</t>
+          <t>9786053147206</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Mavi Karanlık</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>410</v>
+        <v>160</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786053145042</t>
+          <t>9786053147084</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bilim: Bağlantısallık - Yeni Kültür: Yaşamdaşlık</t>
+          <t>Canbaz Duası</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786053144724</t>
+          <t>9786053147091</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 3</t>
+          <t>Bir Rüya İçin Gerekli Şeyler</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786053144717</t>
+          <t>9786053146506</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Akıl Sağlığı Üzerine</t>
+          <t>Değişmeyi İstemek Üzerine</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786053144199</t>
+          <t>9786053141822</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Mizah</t>
+          <t>İlgi Arayışı</t>
         </is>
       </c>
       <c r="C537" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786053147015</t>
+          <t>9789755391106</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Kolonyalizm Postkolonyalizm</t>
+          <t>Kimlik ve Farklılık Siyasetin Açmazlarına Dair Demokratik Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>265</v>
+        <v>400</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786053147145</t>
+          <t>9789755390444</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğun Gölgesi Birinci Cilt: Poyraz &amp; Bozkış</t>
+          <t>Karanlığın Sol Eli</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>295</v>
+        <v>380</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786053147121</t>
+          <t>9786053141525</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Sermayenin Doğası: Foucault’dan Sonra Marx</t>
+          <t>Spinoza'nın Sevinci Nereden Geliyor?</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786053147114</t>
+          <t>9789755398075</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Depresyonun Estetiği ve Politikası: Yerinde Saymak</t>
+          <t>Mutsuzluk Zamanlarında Mutluluk</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789755394725</t>
+          <t>9786053140191</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Kayboluş</t>
+          <t>Mavi Karanlık</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>310</v>
+        <v>500</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789755390994</t>
+          <t>9786053145042</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Homo Ludens</t>
+          <t>Yeni Bilim: Bağlantısallık - Yeni Kültür: Yaşamdaşlık</t>
         </is>
       </c>
       <c r="C543" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789755397719</t>
+          <t>9786053144724</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Etin Cinsel Politikası</t>
+          <t>Dövüş Kulübü 3</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>380</v>
+        <v>820</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786053146865</t>
+          <t>9786053144717</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Yaşam İçin Felsefesi</t>
+          <t>Akıl Sağlığı Üzerine</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789755393124</t>
+          <t>9786053144199</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha Benden Yana</t>
+          <t>Mizah</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786053142812</t>
+          <t>9786053147015</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Gölgedeki Kadınları</t>
+          <t>Kolonyalizm Postkolonyalizm</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>450</v>
+        <v>265</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786053140474</t>
+          <t>9786053147145</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Spinoza ile Karşılaşmalar</t>
+          <t>Çocukluğun Gölgesi Birinci Cilt: Poyraz &amp; Bozkış</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789755393001</t>
+          <t>9786053147121</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Postmodernlik ve Hoşnutsuzlukları</t>
+          <t>Sermayenin Doğası: Foucault’dan Sonra Marx</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>330</v>
+        <v>440</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789755391916</t>
+          <t>9786053147114</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Teori</t>
+          <t>Depresyonun Estetiği ve Politikası: Yerinde Saymak</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>440</v>
+        <v>280</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786053147039</t>
+          <t>9789755394725</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Özgürleşmesi Hemen Şimdi</t>
+          <t>Kayboluş</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786053147077</t>
+          <t>9789755390994</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Sahnedeki Madun: Çağdaş Batı Tiyatrosu'nda Oryantalizm</t>
+          <t>Homo Ludens</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786053147053</t>
+          <t>9789755397719</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Libido Zirvesi</t>
+          <t>Etin Cinsel Politikası</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786053147060</t>
+          <t>9786053146865</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Çan</t>
+          <t>Yaşam İçin Felsefesi</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786053147046</t>
+          <t>9789755393124</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Aslında Ne Yiyoruz, Nasıl Yiyoruz?</t>
+          <t>Kahkaha Benden Yana</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>310</v>
+        <v>380</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789755397269</t>
+          <t>9786053142812</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kentin Radyosu</t>
+          <t>Sanatın Gölgedeki Kadınları</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>320</v>
+        <v>510</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789755391663</t>
+          <t>9786053140474</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Kötülük</t>
+          <t>Spinoza ile Karşılaşmalar</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789755398426</t>
+          <t>9789755393001</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Benlik Yanılsaması</t>
+          <t>Postmodernlik ve Hoşnutsuzlukları</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789755393582</t>
+          <t>9789755391916</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Anlamın Görüntüsü</t>
+          <t>Postmodern Teori</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>650</v>
+        <v>580</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789755393872</t>
+          <t>9786053147039</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Edebiyat Kuramı</t>
+          <t>Hayvan Özgürleşmesi Hemen Şimdi</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>330</v>
+        <v>460</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789755395821</t>
+          <t>9786053147077</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca Nasıl İşler?</t>
+          <t>Sahnedeki Madun: Çağdaş Batı Tiyatrosu'nda Oryantalizm</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786053141969</t>
+          <t>9786053147053</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Sanatı</t>
+          <t>Libido Zirvesi</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786053141143</t>
+          <t>9786053147060</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Cinselliğin Önemi</t>
+          <t>Çan</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789755390161</t>
+          <t>9786053147046</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Gösteri Toplumu</t>
+          <t>Aslında Ne Yiyoruz, Nasıl Yiyoruz?</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>280</v>
+        <v>310</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789755390758</t>
+          <t>9789755397269</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Fransız Teğmenin Kadını</t>
+          <t>Kayıp Kentin Radyosu</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789755392028</t>
+          <t>9789755391663</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Aşksız İlişkiler</t>
+          <t>Edebiyat ve Kötülük</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>216</v>
+        <v>280</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789755394893</t>
+          <t>9789755398426</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Giden Dil</t>
+          <t>Benlik Yanılsaması</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>390</v>
+        <v>420</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789755397313</t>
+          <t>9789755393582</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Savaş Alanı Olarak Tarih</t>
+          <t>Sanatta Anlamın Görüntüsü</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>280</v>
+        <v>750</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789755393667</t>
+          <t>9789755393872</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Sanatın İcadı</t>
+          <t>Postmodern Edebiyat Kuramı</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>430</v>
+        <v>480</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789755397351</t>
+          <t>9789755395821</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi (Cilt 4 - 5 - 6) (Ciltli)</t>
+          <t>Kurmaca Nasıl İşler?</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>950</v>
+        <v>240</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786257425476</t>
+          <t>9786053141969</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Mösyö Şokola’nın Resimli Yemek Kitabı</t>
+          <t>Yaşam Sanatı</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>700</v>
+        <v>220</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786053146971</t>
+          <t>9786053141143</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Kısa Bir Doğa Tarihi</t>
+          <t>Cinselliğin Önemi</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786053146995</t>
+          <t>9789755390161</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Yasa ve Yasakla Yönetmek: Türkiye’de 1 Mayıslar</t>
+          <t>Gösteri Toplumu</t>
         </is>
       </c>
       <c r="C573" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786053147022</t>
+          <t>9789755390758</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>TTB’ye Adanmış Bir Ömür: Dr. Mahmut Ortakaya</t>
+          <t>Fransız Teğmenin Kadını</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786053147008</t>
+          <t>9789755392028</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem İsyankarlar: İlk Romantikler ve Benin Keşfi</t>
+          <t>Aşksız İlişkiler</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>470</v>
+        <v>240</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786053146988</t>
+          <t>9789755394893</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Bir Katilin Günlüğü</t>
+          <t>Sonsuza Giden Dil</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>210</v>
+        <v>530</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786053146964</t>
+          <t>9789755397313</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Belirsizlik Çağı: Fiziğin Parlak ve Karanlık Yılları 1895-1945</t>
+          <t>Savaş Alanı Olarak Tarih</t>
         </is>
       </c>
       <c r="C577" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789755393902</t>
+          <t>9789755393667</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Cinselliğin Tarihi</t>
+          <t>Sanatın İcadı</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>520</v>
+        <v>630</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789755392363</t>
+          <t>9789755397351</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>10,5 Bölümde Dünya Tarihi</t>
+          <t>Mesnevi (Cilt 4 - 5 - 6) (Ciltli)</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>320</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786053146919</t>
+          <t>9786257425476</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Politikası 21. Yüzyılda Biyomedikal, İktidar ve Öznellik</t>
+          <t>Mösyö Şokola’nın Resimli Yemek Kitabı</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>440</v>
+        <v>700</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786053146933</t>
+          <t>9786053146971</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Ölü Yiyiciler İnsan Yiyen Canavarlar Hakkında Mitler ve Hikayeler</t>
+          <t>Uygarlığın Kısa Bir Doğa Tarihi</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786053146957</t>
+          <t>9786053146995</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Devrim - Bir Entelektüel Tarih</t>
+          <t>Yasa ve Yasakla Yönetmek: Türkiye’de 1 Mayıslar</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>430</v>
+        <v>400</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786053146926</t>
+          <t>9786053147022</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Çingeneler</t>
+          <t>TTB’ye Adanmış Bir Ömür: Dr. Mahmut Ortakaya</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786053146940</t>
+          <t>9786053147008</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Muhteşem İsyankarlar: İlk Romantikler ve Benin Keşfi</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>100</v>
+        <v>680</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789755391410</t>
+          <t>9786053146988</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Toplumu</t>
+          <t>Bir Katilin Günlüğü</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786053146896</t>
+          <t>9786053146964</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Günce Birinci Cilt: 1949-1965</t>
+          <t>Belirsizlik Çağı: Fiziğin Parlak ve Karanlık Yılları 1895-1945</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>520</v>
+        <v>420</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786053146902</t>
+          <t>9789755393902</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Dostluk - Siyasal Bir İnceleme</t>
+          <t>Cinselliğin Tarihi</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>220</v>
+        <v>680</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786053146889</t>
+          <t>9789755392363</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Faşizmin Yurttaş Dayanakları</t>
+          <t>10,5 Bölümde Dünya Tarihi</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789755397627</t>
+          <t>9786053146919</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Divanımdaki Erkekler</t>
+          <t>Yaşamın Politikası 21. Yüzyılda Biyomedikal, İktidar ve Öznellik</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>300</v>
+        <v>580</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786053142508</t>
+          <t>9786053146933</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Siyah Gözler</t>
+          <t>Ölü Yiyiciler İnsan Yiyen Canavarlar Hakkında Mitler ve Hikayeler</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786053146841</t>
+          <t>9786053146957</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kapitalizm ve İnsanlığın Krizi</t>
+          <t>Devrim - Bir Entelektüel Tarih</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786053146834</t>
+          <t>9786053146926</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Bu Dünyası</t>
+          <t>Çingeneler</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786053146858</t>
+          <t>9786053146940</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Düello</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786053146872</t>
+          <t>9789755391410</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Bizimde Günümüz Gelecek - Savaş Al Kitabı</t>
+          <t>Tüketim Toplumu</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786053146780</t>
+          <t>9786053146896</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Şehvet</t>
+          <t>Günce Birinci Cilt: 1949-1965</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786053146674</t>
+          <t>9786053146902</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Şili 1970 – 1973 Dünyayı Sarsan Bin Gün</t>
+          <t>Dostluk - Siyasal Bir İnceleme</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786053146735</t>
+          <t>9786053146889</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>O Da Kızını Öptü ve Gitti</t>
+          <t>Avrupa'da Faşizmin Yurttaş Dayanakları</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786053146797</t>
+          <t>9789755397627</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>İyileşmek Üzerine</t>
+          <t>Divanımdaki Erkekler</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786053146773</t>
+          <t>9786053142508</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Cezmi - Tarihe Müstenid Hikaye</t>
+          <t>Siyah Gözler</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786053146766</t>
+          <t>9786053146841</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Bulanık Adam</t>
+          <t>Küresel Kapitalizm ve İnsanlığın Krizi</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>140</v>
+        <v>480</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786053146810</t>
+          <t>9786053146834</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Aksanlı Sinema Sürgüne Ait ve Diyasporal Film Yapımı</t>
+          <t>İnsanların Bu Dünyası</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>500</v>
+        <v>520</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786053146803</t>
+          <t>9786053146858</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Akışkan Modern Dünyada Yönetim</t>
+          <t>Edebiyat ve Düello</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786053146742</t>
+          <t>9786053146872</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Ku'yu</t>
+          <t>Bizimde Günümüz Gelecek - Savaş Al Kitabı</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786053146711</t>
+          <t>9786053146780</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Hareketler (Bazen) Nasıl Fark Yaratabilir?</t>
+          <t>Uzayda Şehvet</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786053146728</t>
+          <t>9786053146674</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Ceza Kolonisinde Tüm Hikayeler 1</t>
+          <t>Şili 1970 – 1973 Dünyayı Sarsan Bin Gün</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>140</v>
+        <v>530</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786053146759</t>
+          <t>9786053146735</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Fikri</t>
+          <t>O Da Kızını Öptü ve Gitti</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786053146681</t>
+          <t>9786053146797</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Kudüsün Kapısında Kelimeler</t>
+          <t>İyileşmek Üzerine</t>
         </is>
       </c>
       <c r="C607" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786053145356</t>
+          <t>9786053146773</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Kant ve Ornitorenk</t>
+          <t>Cezmi - Tarihe Müstenid Hikaye</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>430</v>
+        <v>260</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786053146667</t>
+          <t>9786053146766</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Kremlin'in Büyücüsü</t>
+          <t>Bulanık Adam</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786053146650</t>
+          <t>9786053146810</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Ataerkil Sistemlerin Yükselişi ve Düşüşü</t>
+          <t>Aksanlı Sinema Sürgüne Ait ve Diyasporal Film Yapımı</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>400</v>
+        <v>630</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786053146643</t>
+          <t>9786053146803</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyetlendirilmiş Beyin</t>
+          <t>Akışkan Modern Dünyada Yönetim</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789755393513</t>
+          <t>9786053146742</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Etik</t>
+          <t>Ku'yu</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786053146636</t>
+          <t>9786053146711</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Yeşilçam’da Öteki Olmak</t>
+          <t>Toplumsal Hareketler (Bazen) Nasıl Fark Yaratabilir?</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786053146612</t>
+          <t>9786053146728</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Aklımdaki Diyarlar</t>
+          <t>Ceza Kolonisinde Tüm Hikayeler 1</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>440</v>
+        <v>160</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786053146605</t>
+          <t>9786053146759</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Türlerin Kökeni</t>
+          <t>Cumhuriyet Fikri</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>310</v>
+        <v>570</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786053146148</t>
+          <t>9786053146681</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Geniş Ovaların Mamutları</t>
+          <t>Kudüsün Kapısında Kelimeler</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786053146629</t>
+          <t>9786053145356</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Tehlike, Suç ve Haklar</t>
+          <t>Kant ve Ornitorenk</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>120</v>
+        <v>430</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786053146575</t>
+          <t>9786053146667</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Mücadelesine Adanmış Bir Ömür - Memet Turhan Kitabı</t>
+          <t>Kremlin'in Büyücüsü</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786053146551</t>
+          <t>9786053146650</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Popülizm ve Medya</t>
+          <t>Ataerkil Sistemlerin Yükselişi ve Düşüşü</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786053146568</t>
+          <t>9786053146643</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina'nın Küçük Tıp Kanunu</t>
+          <t>Cinsiyetlendirilmiş Beyin</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>260</v>
+        <v>580</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786053145684</t>
+          <t>9789755393513</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Doğal Hak ve Tarih</t>
+          <t>Eğitimde Etik</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786053146544</t>
+          <t>9786053146636</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Zaniyeler</t>
+          <t>Yeşilçam’da Öteki Olmak</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>130</v>
+        <v>270</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786053146582</t>
+          <t>9786053146612</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Ağlama Çocuk</t>
+          <t>Aklımdaki Diyarlar</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>210</v>
+        <v>640</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786053145707</t>
+          <t>9786053146605</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>İnsafsızlar</t>
+          <t>Türlerin Kökeni</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786053146537</t>
+          <t>9786053146148</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Yürü Bir Gerçeğe - Hakikat Sonrası'nı Anlamak</t>
+          <t>Geniş Ovaların Mamutları</t>
         </is>
       </c>
       <c r="C625" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786053146513</t>
+          <t>9786053146629</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Spinoza: Bir Hakikat İfadesi</t>
+          <t>Tehlike, Suç ve Haklar</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786053145455</t>
+          <t>9786053146575</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Bilinç İçin Eğitim</t>
+          <t>Sınıf Mücadelesine Adanmış Bir Ömür - Memet Turhan Kitabı</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786053146490</t>
+          <t>9786053146551</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Tekinsiz Bölge</t>
+          <t>Popülizm ve Medya</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>210</v>
+        <v>440</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786053146476</t>
+          <t>9786053146568</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Uzak Ormanda Ölen</t>
+          <t>İbn Sina'nın Küçük Tıp Kanunu</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786053146377</t>
+          <t>9786053145684</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>İhvan-ı Safa Risaleleri Cilt: 4</t>
+          <t>Doğal Hak ve Tarih</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786053146445</t>
+          <t>9786053146544</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Travma ve Ruh</t>
+          <t>Zaniyeler</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>460</v>
+        <v>150</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786053146438</t>
+          <t>9786053146582</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Ağlama Çocuk</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>125</v>
+        <v>210</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786053146469</t>
+          <t>9786053145707</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Koruda Söylenen</t>
+          <t>İnsafsızlar</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786053146353</t>
+          <t>9786053146537</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Bizans Dünyası - 3. Cilt</t>
+          <t>Yürü Bir Gerçeğe - Hakikat Sonrası'nı Anlamak</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>520</v>
+        <v>260</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786053146414</t>
+          <t>9786053146513</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Beagle Yolculuğu</t>
+          <t>Spinoza: Bir Hakikat İfadesi</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>370</v>
+        <v>330</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786053146407</t>
+          <t>9786053145455</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Adı Kayıp - Ali Uygur Kitabı</t>
+          <t>Eleştirel Bilinç İçin Eğitim</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786053146360</t>
+          <t>9786053146490</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Anavatanda Nefret - Yeni Küresel Aşırı Sağ</t>
+          <t>Tekinsiz Bölge</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786053146421</t>
+          <t>9786053146476</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Sartre Romantik Rasyonalist</t>
+          <t>Uzak Ormanda Ölen</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786053146322</t>
+          <t>9786053146377</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Mercia’nın Bedeli</t>
+          <t>İhvan-ı Safa Risaleleri Cilt: 4</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>190</v>
+        <v>425</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786053145998</t>
+          <t>9786053146445</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Toplu Set</t>
+          <t>Travma ve Ruh</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>580</v>
+        <v>640</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786053146346</t>
+          <t>9786053146438</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Mahir Çayan - Kızıldere'den Önce 10 Ay</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786053146315</t>
+          <t>9786053146469</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Büyüme Sonrası - Kapitalizmden Sonra Yaşam</t>
+          <t>Koruda Söylenen</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786053146216</t>
+          <t>9786053146353</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Freud'un Yası</t>
+          <t>Bizans Dünyası - 3. Cilt</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>295</v>
+        <v>700</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786053146292</t>
+          <t>9786053146414</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Savaş Ontolojisi (2018-2019 Dersleri)</t>
+          <t>Beagle Yolculuğu</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786053146278</t>
+          <t>9786053146407</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Tarih Mümkün Müydü?</t>
+          <t>Adı Kayıp - Ali Uygur Kitabı</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786053146285</t>
+          <t>9786053146360</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Ulaş Yoldaş</t>
+          <t>Anavatanda Nefret - Yeni Küresel Aşırı Sağ</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786053146308</t>
+          <t>9786053146421</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Felsefesinde Spinoza</t>
+          <t>Sartre Romantik Rasyonalist</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786053146261</t>
+          <t>9786053146322</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Hizmetçiler</t>
+          <t>Mercia’nın Bedeli</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786053142188</t>
+          <t>9786053145998</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Hapishaneye Alternatifler</t>
+          <t>Dövüş Kulübü 2 Toplu Set</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>120</v>
+        <v>750</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786053146230</t>
+          <t>9786053146346</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Edward Said Seçme Eserler</t>
+          <t>Mahir Çayan - Kızıldere'den Önce 10 Ay</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>610</v>
+        <v>430</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786053146223</t>
+          <t>9786053146315</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın Ölümü</t>
+          <t>Büyüme Sonrası - Kapitalizmden Sonra Yaşam</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786053146254</t>
+          <t>9786053146216</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Kuşkuculuk 2</t>
+          <t>Freud'un Yası</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786053146247</t>
+          <t>9786053146292</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Rusya'da Sol - Muhalifler Arasındaki Muhalifler</t>
+          <t>Savaş Ontolojisi (2018-2019 Dersleri)</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786053141860</t>
+          <t>9786053146278</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Dokuzlu</t>
+          <t>Bir Başka Tarih Mümkün Müydü?</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786053146193</t>
+          <t>9786053146285</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Ulaş Yoldaş</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786053146209</t>
+          <t>9786053146308</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Akışkan Kötülük</t>
+          <t>Sovyet Felsefesinde Spinoza</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786053146186</t>
+          <t>9786053146261</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Nemide</t>
+          <t>Hizmetçiler</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786053146070</t>
+          <t>9786053142188</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Bütün İşçileri</t>
+          <t>Hapishaneye Alternatifler</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>510</v>
+        <v>180</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786053146124</t>
+          <t>9786053146230</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Politik İktisadın Klasik Teorileri</t>
+          <t>Edward Said Seçme Eserler</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>140</v>
+        <v>720</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786053146162</t>
+          <t>9786053146223</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Üç Yaranın Şarkıları</t>
+          <t>Sağlığın Ölümü</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786053146117</t>
+          <t>9786053146254</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Alevileş(tiril)miş Ermeniler</t>
+          <t>Kuşkuculuk 2</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>425</v>
+        <v>290</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786053146155</t>
+          <t>9786053146247</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche'nin Beşinci İncili</t>
+          <t>Rusya'da Sol - Muhalifler Arasındaki Muhalifler</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786053144861</t>
+          <t>9786053141860</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Adorno ve Teoloji</t>
+          <t>Mükemmel Dokuzlu</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786053146131</t>
+          <t>9786053146193</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Zeyn'in Düğünü</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786053145967</t>
+          <t>9786053146209</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Cinselliğin Tarihi 4 - Tenin İtirafları</t>
+          <t>Akışkan Kötülük</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786053146100</t>
+          <t>9786053146186</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Elizabeth Finch</t>
+          <t>Nemide</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>216</v>
+        <v>120</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786053146094</t>
+          <t>9786053146070</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Büyük Geri Tepme - Popülizm ve Pandemi Sonrası Politika</t>
+          <t>Dünyanın Bütün İşçileri</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786053146087</t>
+          <t>9786053146124</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömrün Takvimi</t>
+          <t>Politik İktisadın Klasik Teorileri</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786053146032</t>
+          <t>9786053146162</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Rubailer</t>
+          <t>Üç Yaranın Şarkıları</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786053142393</t>
+          <t>9786053146117</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Walden - Ormanda Bir Yaşam</t>
+          <t>Alevileş(tiril)miş Ermeniler</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>180</v>
+        <v>530</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786053145752</t>
+          <t>9786053146155</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Suzy Pommier Cinayeti</t>
+          <t>Nietzsche'nin Beşinci İncili</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786053146025</t>
+          <t>9786053144861</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çağları</t>
+          <t>Adorno ve Teoloji</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786053146018</t>
+          <t>9786053146131</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın ve Hastalığın Toplumsal Nedenleri</t>
+          <t>Zeyn'in Düğünü</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786053146001</t>
+          <t>9786053145967</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Kadınlar Düşü</t>
+          <t>Cinselliğin Tarihi 4 - Tenin İtirafları</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786053145974</t>
+          <t>9786053146100</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Steampunk - Bilimkurgu Sinemasının Buhar Çılgınlığı</t>
+          <t>Elizabeth Finch</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786053145899</t>
+          <t>9786053146094</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyanın Yeniden İnşası</t>
+          <t>Büyük Geri Tepme - Popülizm ve Pandemi Sonrası Politika</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786053145981</t>
+          <t>9786053146087</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Naturans 2 - Yeni Etik Politik</t>
+          <t>Bir Ömrün Takvimi</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786053145769</t>
+          <t>9786053146032</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Daha Geride Kalanlar</t>
+          <t>Rubailer</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786053145745</t>
+          <t>9786053142393</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Dinsel Efsanelerin Kökeni - İbrani Dinlerin Marksist Eleştirisi</t>
+          <t>Walden - Ormanda Bir Yaşam</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>510</v>
+        <v>220</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786053145691</t>
+          <t>9786053145752</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Genç Törless</t>
+          <t>Suzy Pommier Cinayeti</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786053145905</t>
+          <t>9786053146025</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Huzursuzluğun Kitabı</t>
+          <t>Dünya Çağları</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786053145875</t>
+          <t>9786053146018</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>İyilik Üzerine</t>
+          <t>Sağlığın ve Hastalığın Toplumsal Nedenleri</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>150</v>
+        <v>460</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786053145868</t>
+          <t>9786053146001</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Dersleri</t>
+          <t>Sıradan Kadınlar Düşü</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786053145851</t>
+          <t>9786053145974</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Küresel Polis Devleti</t>
+          <t>Steampunk - Bilimkurgu Sinemasının Buhar Çılgınlığı</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786053145882</t>
+          <t>9786053145899</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Sabaha Karşı</t>
+          <t>Modern Dünyanın Yeniden İnşası</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>230</v>
+        <v>750</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786053141204</t>
+          <t>9786053145981</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Yorum ve Aşırı Yorum</t>
+          <t>Naturans 2 - Yeni Etik Politik</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786053145561</t>
+          <t>9786053145769</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Mantıku’t-Tayr (Kuş Dili)</t>
+          <t>Daha Geride Kalanlar</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786053145578</t>
+          <t>9786053145745</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Yaşa ya da Öl</t>
+          <t>Dinsel Efsanelerin Kökeni - İbrani Dinlerin Marksist Eleştirisi</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786053145547</t>
+          <t>9786053145691</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Zamansal Macera</t>
+          <t>Genç Törless</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789755394848</t>
+          <t>9786053145905</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Cool Anılar 5 (2000 - 2004)</t>
+          <t>Huzursuzluğun Kitabı</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789755394312</t>
+          <t>9786053145875</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Katiller, Sanatçılar ve Teröristler</t>
+          <t>İyilik Üzerine</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789755392912</t>
+          <t>9786053145868</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Hep Yuvaya Dönmek</t>
+          <t>Felsefe Dersleri</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>660</v>
+        <v>290</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786053140047</t>
+          <t>9786053145851</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 1</t>
+          <t>Küresel Polis Devleti</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789755399423</t>
+          <t>9786053145882</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Domatesi Çiçek Sananlar</t>
+          <t>Sabaha Karşı</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789755391632</t>
+          <t>9786053141204</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Politik Kamera</t>
+          <t>Yorum ve Aşırı Yorum</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>560</v>
+        <v>220</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786053144298</t>
+          <t>9786053145561</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Üzerine</t>
+          <t>Mantıku’t-Tayr (Kuş Dili)</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>195</v>
+        <v>720</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786053146063</t>
+          <t>9786053145578</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Beauvoir Olmak: Bir Yaşam</t>
+          <t>Yaşa ya da Öl</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786053146056</t>
+          <t>9786053145547</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Borç Sistemi Devlet Borçlarının Ve Reddedilmelerinin Bir Tarihi</t>
+          <t>Zamansal Macera</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786053146049</t>
+          <t>9789755394848</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Kültür</t>
+          <t>Cool Anılar 5 (2000 - 2004)</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786053145721</t>
+          <t>9789755394312</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Yaşamımdan Acı Dilimler</t>
+          <t>Katiller, Sanatçılar ve Teröristler</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786053145660</t>
+          <t>9789755392912</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Günlüğü</t>
+          <t>Hep Yuvaya Dönmek</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>180</v>
+        <v>850</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786053145950</t>
+          <t>9786053140047</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Türk Beşleri</t>
+          <t>Dövüş Kulübü 2 Sayı: 1</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>490</v>
+        <v>100</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786053145493</t>
+          <t>9789755399423</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Aklın Kaderi</t>
+          <t>Domatesi Çiçek Sananlar</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>490</v>
+        <v>210</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786053141839</t>
+          <t>9789755391632</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Deniz'leri Kurtarmak</t>
+          <t>Politik Kamera</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>190</v>
+        <v>700</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786053145912</t>
+          <t>9786053144298</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>1972 - Meşaleyi Yakanların Öyküsü</t>
+          <t>Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786053141747</t>
+          <t>9786053146063</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Kırık Beyaz</t>
+          <t>Beauvoir Olmak: Bir Yaşam</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>210</v>
+        <v>570</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786053145783</t>
+          <t>9786053146056</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Tramva Terapi</t>
+          <t>Borç Sistemi Devlet Borçlarının Ve Reddedilmelerinin Bir Tarihi</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786053145646</t>
+          <t>9786053146049</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Askerin Günü</t>
+          <t>Aykırı Kültür</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>308</v>
+        <v>300</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786053145844</t>
+          <t>9786053145721</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Alman İdealizminde Aşkınlık ve Tarihsellik</t>
+          <t>Yaşamımdan Acı Dilimler</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786053145738</t>
+          <t>9786053145660</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Nesneler</t>
+          <t>Hapishane Günlüğü</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786053145790</t>
+          <t>9786053145950</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Tanımları</t>
+          <t>Türk Beşleri</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>50</v>
+        <v>770</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786053145714</t>
+          <t>9786053145493</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Kaptan</t>
+          <t>Aklın Kaderi</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>170</v>
+        <v>680</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786053145622</t>
+          <t>9786053141839</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Zygmunt Bauman</t>
+          <t>Deniz'leri Kurtarmak</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786053145820</t>
+          <t>9786053145912</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Siyaseti</t>
+          <t>1972 - Meşaleyi Yakanların Öyküsü</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786053145530</t>
+          <t>9786053141747</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Yöntem Üzerine Bir Deneme</t>
+          <t>Kırık Beyaz</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786053145806</t>
+          <t>9786053145783</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Bir Boru Hattı Nasıl Patlatılır</t>
+          <t>Tramva Terapi</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786053145776</t>
+          <t>9786053145646</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Asya'nın Geçitleri - Avrasya Stepleri ve Avrupa'nın Sınırları</t>
+          <t>Askerin Günü</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>390</v>
+        <v>440</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786053145677</t>
+          <t>9786053145844</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık ve Akıl Hastalığı</t>
+          <t>Alman İdealizminde Aşkınlık ve Tarihsellik</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786053145653</t>
+          <t>9786053145738</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Serdestan</t>
+          <t>Sanat ve Nesneler</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786053145639</t>
+          <t>9786053145790</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Neden Vegan? Etik Beslenme</t>
+          <t>Yalnızlık Tanımları</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786053145615</t>
+          <t>9786053145714</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Hüdai: Hudai Arıkan'ın Yaşamı ve Mucadelesi</t>
+          <t>Kaptan</t>
         </is>
       </c>
       <c r="C721" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786053145585</t>
+          <t>9786053145622</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Tanrıya Mektuplar</t>
+          <t>Zygmunt Bauman</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786053145592</t>
+          <t>9786053145820</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Kahreden ve Yaratan ki Onlardır Anılar</t>
+          <t>Gelecek Siyaseti</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786053144878</t>
+          <t>9786053145530</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Harika Güzel Yarınlar</t>
+          <t>Felsefi Yöntem Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786053144649</t>
+          <t>9786053145806</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Manuela Adlı Kız</t>
+          <t>Bir Boru Hattı Nasıl Patlatılır</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786053145554</t>
+          <t>9786053145776</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Yemeğin Psikopolitikası</t>
+          <t>Asya'nın Geçitleri - Avrasya Stepleri ve Avrupa'nın Sınırları</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786053145486</t>
+          <t>9786053145677</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Minnina Işıkları Kapama</t>
+          <t>Yaratıcılık ve Akıl Hastalığı</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786257952408</t>
+          <t>9786053145653</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Ekoloji Gezegen İçin 40 Aktivist</t>
+          <t>Serdestan</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786053145516</t>
+          <t>9786053145639</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Kardinalin Gizli Misyonu</t>
+          <t>Neden Vegan? Etik Beslenme</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786053144830</t>
+          <t>9786053145615</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiye Giriş</t>
+          <t>Hüdai: Hudai Arıkan'ın Yaşamı ve Mucadelesi</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>1440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786053145509</t>
+          <t>9786053145585</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Siyaset Teorisi</t>
+          <t>Tanrıya Mektuplar</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786053145448</t>
+          <t>9786053145592</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Ayakta Bir Hayat</t>
+          <t>Kahreden ve Yaratan ki Onlardır Anılar</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786053145400</t>
+          <t>9786053144878</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Şiir Şarkı Haiku - Seçilmiş Şiirler</t>
+          <t>Harika Güzel Yarınlar</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>255</v>
+        <v>220</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786053145523</t>
+          <t>9786053144649</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Yıkıcı Film</t>
+          <t>Manuela Adlı Kız</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786053145431</t>
+          <t>9786053145554</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>David'in Hikayesi</t>
+          <t>Yemeğin Psikopolitikası</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>304</v>
+        <v>240</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786053145417</t>
+          <t>9786053145486</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx - Felsefe ve Devrim</t>
+          <t>Minnina Işıkları Kapama</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786053145271</t>
+          <t>9786257952408</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Sessizliklerin Dokunuşu</t>
+          <t>Ekoloji Gezegen İçin 40 Aktivist</t>
         </is>
       </c>
       <c r="C737" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786053145462</t>
+          <t>9786053145516</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Haydarpaşa'nın Son Memuru</t>
+          <t>Kardinalin Gizli Misyonu</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>150</v>
+        <v>520</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786053145387</t>
+          <t>9786053144830</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Che Guevara’nın Yaşam Öyküsü</t>
+          <t>Sosyolojiye Giriş</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>460</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786053145479</t>
+          <t>9786053145509</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>’68’in İşçileri</t>
+          <t>Yeni Başlayanlar İçin Siyaset Teorisi</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786053145422</t>
+          <t>9786053145448</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Liya Lu</t>
+          <t>Ayakta Bir Hayat</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786053145295</t>
+          <t>9786053145400</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Umudun Mahremleştirilmesi</t>
+          <t>Şiir Şarkı Haiku - Seçilmiş Şiirler</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786053145325</t>
+          <t>9786053145523</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>İlkel Sanat</t>
+          <t>Yıkıcı Film</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786053145394</t>
+          <t>9786053145431</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Fransa’da Okumak, Fransa’yı Okumak</t>
+          <t>David'in Hikayesi</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786053145318</t>
+          <t>9786053145417</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Adını Söylemeye Cesaret Eden Bir Sol</t>
+          <t>Karl Marx - Felsefe ve Devrim</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786053145332</t>
+          <t>9786053145271</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Öze Dönüş</t>
+          <t>Sessizliklerin Dokunuşu</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786053145370</t>
+          <t>9786053145462</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Alkoller</t>
+          <t>Haydarpaşa'nın Son Memuru</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786053145363</t>
+          <t>9786053145387</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Aşk Uğruna</t>
+          <t>Che Guevara’nın Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>120</v>
+        <v>660</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786053145349</t>
+          <t>9786053145479</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Aziz Don Manuel</t>
+          <t>’68’in İşçileri</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786053145288</t>
+          <t>9786053145422</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Fredric Jameson - Diyalektik Eleştiri Projesi</t>
+          <t>Liya Lu</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786053145240</t>
+          <t>9786053145295</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Musibetname</t>
+          <t>Umudun Mahremleştirilmesi</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>770</v>
+        <v>500</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786053145219</t>
+          <t>9786053145325</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Yakınlaşmalar</t>
+          <t>İlkel Sanat</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>430</v>
+        <v>610</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786053144755</t>
+          <t>9786053145394</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Söylem ve Hakikat</t>
+          <t>Fransa’da Okumak, Fransa’yı Okumak</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786053144144</t>
+          <t>9786053145318</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Yansımalar</t>
+          <t>Adını Söylemeye Cesaret Eden Bir Sol</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786053145301</t>
+          <t>9786053145332</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Popüler Sinema’nın Mitolojisi 2</t>
+          <t>Öze Dönüş</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>530</v>
+        <v>180</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786053145004</t>
+          <t>9786053145370</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Dönemeç</t>
+          <t>Alkoller</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786053144731</t>
+          <t>9786053145363</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Aşk Uğruna</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786053145257</t>
+          <t>9786053145349</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Engelsiz Anarşi</t>
+          <t>Aziz Don Manuel</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786053145264</t>
+          <t>9786053145288</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Turizmi Haberleştirmek</t>
+          <t>Fredric Jameson - Diyalektik Eleştiri Projesi</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786053145233</t>
+          <t>9786053145240</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Bir Ben Bir Yokuş</t>
+          <t>Musibetname</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>470</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786053145226</t>
+          <t>9786053145219</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Plasebo</t>
+          <t>Yakınlaşmalar</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786053145127</t>
+          <t>9786053144755</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlıkta Hegel’i Düşünmek</t>
+          <t>Söylem ve Hakikat</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786053145202</t>
+          <t>9786053144144</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Davalar - Franz Kafka Hakkında</t>
+          <t>Yansımalar</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786053145196</t>
+          <t>9786053145301</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Ertan Sarıhan</t>
+          <t>Popüler Sinema’nın Mitolojisi 2</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>130</v>
+        <v>750</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786053145158</t>
+          <t>9786053145004</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Belgesel Sinema Kitabı</t>
+          <t>Dönemeç</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786053145165</t>
+          <t>9786053144731</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Evren Sayılarla Konuşur</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786053145134</t>
+          <t>9786053145257</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık ve Yenilikçilik</t>
+          <t>Engelsiz Anarşi</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>420</v>
+        <v>460</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786053145141</t>
+          <t>9786053145264</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Kültür Teorisinde Eskizler</t>
+          <t>Turizmi Haberleştirmek</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786053145189</t>
+          <t>9786053145233</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Nora İstanbul Bir Hiçtir</t>
+          <t>Bir Ben Bir Yokuş</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786053145110</t>
+          <t>9786053145226</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Kar Uykusu</t>
+          <t>Plasebo</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786053145172</t>
+          <t>9786053145127</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Giysili Adam</t>
+          <t>Alacakaranlıkta Hegel’i Düşünmek</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>290</v>
+        <v>460</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786053145103</t>
+          <t>9786053145202</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Neoliberalizm Medya</t>
+          <t>Davalar - Franz Kafka Hakkında</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>310</v>
+        <v>480</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786053145066</t>
+          <t>9786053145196</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Kör Mağara Balıkları</t>
+          <t>Ertan Sarıhan</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786053145097</t>
+          <t>9786053145158</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Mesele Teslim Olmamakta</t>
+          <t>Belgesel Sinema Kitabı</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>260</v>
+        <v>950</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786053145073</t>
+          <t>9786053145165</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Sapkın</t>
+          <t>Evren Sayılarla Konuşur</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>600</v>
+        <v>380</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786053145059</t>
+          <t>9786053145134</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Yasanın Gözü</t>
+          <t>Yaratıcılık ve Yenilikçilik</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786053145080</t>
+          <t>9786053145141</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Medyanın Ombudsmanı Saray'ın Medyası</t>
+          <t>Kültür Teorisinde Eskizler</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786053144977</t>
+          <t>9786053145189</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Devrim</t>
+          <t>Nora İstanbul Bir Hiçtir</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786053144984</t>
+          <t>9786053145110</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Karşı Salgın</t>
+          <t>Kar Uykusu</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786053144434</t>
+          <t>9786053145172</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihin Elli Temel Metni</t>
+          <t>Kırmızı Giysili Adam</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786053145035</t>
+          <t>9786053145103</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Ne İşe Yarar?</t>
+          <t>Pandemi Neoliberalizm Medya</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786053145028</t>
+          <t>9786053145066</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Kargalar Büyücüsü</t>
+          <t>Kör Mağara Balıkları</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786053145011</t>
+          <t>9786053145097</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>İbni Sina ve İbni Rüşd</t>
+          <t>Mesele Teslim Olmamakta</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786053144991</t>
+          <t>9786053145073</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Delilik Gemisi</t>
+          <t>Sapkın</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>200</v>
+        <v>820</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786053144953</t>
+          <t>9786053145059</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Yasanın Gözü</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786053144960</t>
+          <t>9786053145080</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Medyanın Ombudsmanı Saray'ın Medyası</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786053143703</t>
+          <t>9786053144977</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Hegel'in Diyalektiği</t>
+          <t>Almanya'da Devrim</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>240</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786053144922</t>
+          <t>9786053144984</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare’in Dokuz Yaşamı</t>
+          <t>Karşı Salgın</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786053144885</t>
+          <t>9786053144434</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Divan</t>
+          <t>Sanat Tarihin Elli Temel Metni</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786053144915</t>
+          <t>9786053145035</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Ne Adam Ne Hayvan</t>
+          <t>Sosyoloji Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786053144854</t>
+          <t>9786053145028</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>İnsan Soyu ve Toprak Ana</t>
+          <t>Kargalar Büyücüsü</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>850</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786053144595</t>
+          <t>9786053145011</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Ginnie</t>
+          <t>İbni Sina ve İbni Rüşd</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>490</v>
+        <v>320</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786053144465</t>
+          <t>9786053144991</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Bir Belgeseli Gerçekleştirmek</t>
+          <t>Delilik Gemisi</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>825</v>
+        <v>220</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786053144946</t>
+          <t>9786053144953</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Pandemi ve Covid-19</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786053144939</t>
+          <t>9786053144960</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Her Yer Seri Direniş</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786053144908</t>
+          <t>9786053143703</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Aynı Belediye Otobüsündeyiz</t>
+          <t>Hegel'in Diyalektiği</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786053144892</t>
+          <t>9786053144922</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Akışkan Korku</t>
+          <t>Shakespeare’in Dokuz Yaşamı</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>250</v>
+        <v>460</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786053144847</t>
+          <t>9786053144885</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Tahran 1979</t>
+          <t>Yunus Emre - Divan</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786053144823</t>
+          <t>9786053144915</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Nazi Diktatörlüğü</t>
+          <t>Ne Adam Ne Hayvan</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>340</v>
+        <v>520</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786053144816</t>
+          <t>9786053144854</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Olumsuzlamalar</t>
+          <t>İnsan Soyu ve Toprak Ana</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>270</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786053144779</t>
+          <t>9786053144595</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Schrödinger'in Kedisinden?</t>
+          <t>Ben ve Ginnie</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>410</v>
+        <v>600</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786053144519</t>
+          <t>9786053144465</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Otoriter Popülizm Çağı</t>
+          <t>Bir Belgeseli Gerçekleştirmek</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>210</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786053144786</t>
+          <t>9786053144946</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Cevahir</t>
+          <t>Pandemi ve Covid-19</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>400</v>
+        <v>660</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786053143758</t>
+          <t>9786053144939</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Dissensus</t>
+          <t>Her Yer Seri Direniş</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786053144588</t>
+          <t>9786053144908</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Tutanak</t>
+          <t>Hepimiz Aynı Belediye Otobüsündeyiz</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786053144793</t>
+          <t>9786053144892</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapide İnternet Bağımlılığı</t>
+          <t>Akışkan Korku</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786053144809</t>
+          <t>9786053144847</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Ya Farstan Sonra?</t>
+          <t>Tahran 1979</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786053141112</t>
+          <t>9786053144823</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf İlişkiler</t>
+          <t>Nazi Diktatörlüğü</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>330</v>
+        <v>480</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786053144700</t>
+          <t>9786053144816</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Kent Hakkı</t>
+          <t>Olumsuzlamalar</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786053143642</t>
+          <t>9786053144779</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Af Örgütü Adil Yargılanma Kılavuzu</t>
+          <t>Kim Korkar Schrödinger'in Kedisinden?</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>153</v>
+        <v>500</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786053144762</t>
+          <t>9786053144519</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Vedat Türkali 100 Yaşında</t>
+          <t>Otoriter Popülizm Çağı</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786053142539</t>
+          <t>9786053144786</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Körlük</t>
+          <t>Cevahir</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786053144748</t>
+          <t>9786053143758</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Küresel Dünya</t>
+          <t>Dissensus</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>825</v>
+        <v>330</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786053144632</t>
+          <t>9786053144588</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Uykusuzluk</t>
+          <t>Tutanak</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>255</v>
+        <v>250</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786053144427</t>
+          <t>9786053144793</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Rimalar</t>
+          <t>Psikoterapide İnternet Bağımlılığı</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786053144526</t>
+          <t>9786053144809</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Ya Farstan Sonra?</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786053144656</t>
+          <t>9786053141112</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Proust Bir Sinirbilimciydi</t>
+          <t>Tuhaf İlişkiler</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>255</v>
+        <v>380</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786053144687</t>
+          <t>9786053144700</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Naturans: Yeni Bir Ontolojiye Doğru</t>
+          <t>Kent Hakkı</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>240</v>
+        <v>460</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786053144694</t>
+          <t>9786053143642</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Seveceksen Radikal Sev</t>
+          <t>Uluslararası Af Örgütü Adil Yargılanma Kılavuzu</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>260</v>
+        <v>153</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786053144670</t>
+          <t>9786053144762</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Yeniyetme Halleri</t>
+          <t>Vedat Türkali 100 Yaşında</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786053144540</t>
+          <t>9786053142539</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri Nedir?</t>
+          <t>Ahlaki Körlük</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786053144625</t>
+          <t>9786053144748</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Komadan Notlar</t>
+          <t>Küresel Dünya</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>210</v>
+        <v>970</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786053144663</t>
+          <t>9786053144632</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Billy Budd</t>
+          <t>Uykusuzluk</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786053144571</t>
+          <t>9786053144427</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Mektuplardaki Felsefe</t>
+          <t>Rimalar</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786053144601</t>
+          <t>9786053144526</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>İşçilerin Haziranı</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786053144564</t>
+          <t>9786053144656</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Çalan Yolcular 1</t>
+          <t>Proust Bir Sinirbilimciydi</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786053144250</t>
+          <t>9786053144687</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Dahilere Gerek Yok</t>
+          <t>Naturans: Yeni Bir Ontolojiye Doğru</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786053144557</t>
+          <t>9786053144694</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Anlatının Söylemi</t>
+          <t>Seveceksen Radikal Sev</t>
         </is>
       </c>
       <c r="C828" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786053144366</t>
+          <t>9786053144670</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Tüfekliler</t>
+          <t>Sanatçının Yeniyetme Halleri</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786053144533</t>
+          <t>9786053144540</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar</t>
+          <t>Eleştiri Nedir?</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786053144502</t>
+          <t>9786053144625</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Fenomenoloji: İlk Temeller</t>
+          <t>Komadan Notlar</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786053144458</t>
+          <t>9786053144663</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Anılar Belleğimizin Bekçileridir</t>
+          <t>Billy Budd</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786053144472</t>
+          <t>9786053144571</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Dinin Eleştirisi</t>
+          <t>Mektuplardaki Felsefe</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786053144489</t>
+          <t>9786053144601</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Takım Yıldızı</t>
+          <t>İşçilerin Haziranı</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>300</v>
+        <v>990</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786053144496</t>
+          <t>9786053144564</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Orbitor - Göz Kamaştırıcı (Cilt-3)</t>
+          <t>Ateşi Çalan Yolcular 1</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>490</v>
+        <v>470</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786053144441</t>
+          <t>9786053144250</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>3. Havalimanı İşçileri Mistik Tülü Kaldırdı</t>
+          <t>Dahilere Gerek Yok</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786053144342</t>
+          <t>9786053144557</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Biricik Hikaye</t>
+          <t>Anlatının Söylemi</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786053144403</t>
+          <t>9786053144366</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Varoluşçuluk Fenomenoloji Ontoloji</t>
+          <t>Tüfekliler</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786053144410</t>
+          <t>9786053144533</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Not - Akılda Kalanlar (1976-1980)</t>
+          <t>Ağaçlar</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786053144373</t>
+          <t>9786053144502</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Nü</t>
+          <t>Fenomenoloji: İlk Temeller</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786053144397</t>
+          <t>9786053144458</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Katalanlar - Avrupa’da Ayrılıkçılık</t>
+          <t>Anılar Belleğimizin Bekçileridir</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786053144380</t>
+          <t>9786053144472</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>İnsan Cephesi</t>
+          <t>Dinin Eleştirisi</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786053144359</t>
+          <t>9786053144489</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Memleket ve Gül - Bütün Şiirleri</t>
+          <t>Takım Yıldızı</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786053144243</t>
+          <t>9786053144496</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Doğa Tasarımı</t>
+          <t>Orbitor - Göz Kamaştırıcı (Cilt-3)</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>240</v>
+        <v>700</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786053144281</t>
+          <t>9786053144441</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Benim Meskenim Dağlardır - Bütün Şiirleri</t>
+          <t>3. Havalimanı İşçileri Mistik Tülü Kaldırdı</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>255</v>
+        <v>260</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786053144274</t>
+          <t>9786053144342</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Dilaver - Mehmet Fatih Öktülmüş Kitabı</t>
+          <t>Biricik Hikaye</t>
         </is>
       </c>
       <c r="C846" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786053144335</t>
+          <t>9786053144403</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Akşamları Kalbim - Seçilmiş Şiirler</t>
+          <t>Varoluşçuluk Fenomenoloji Ontoloji</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786053144311</t>
+          <t>9786053144410</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Hayal Et</t>
+          <t>Tarihe Not - Akılda Kalanlar (1976-1980)</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>255</v>
+        <v>500</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786053144267</t>
+          <t>9786053144373</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Costa Gavras ve Politik Gerilim Sineması</t>
+          <t>Nü</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786053144328</t>
+          <t>9786053144397</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Koçgiri</t>
+          <t>Katalanlar - Avrupa’da Ayrılıkçılık</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786053144182</t>
+          <t>9786053144380</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Malte Laurids Brigge’nin Notları</t>
+          <t>İnsan Cephesi</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786053144137</t>
+          <t>9786053144359</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Kent</t>
+          <t>Memleket ve Gül - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>360</v>
+        <v>670</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786053144212</t>
+          <t>9786053144243</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Hegel'in Felsefesine Eleştirel Bir Giriş</t>
+          <t>Doğa Tasarımı</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786053144113</t>
+          <t>9786053144281</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>2084</t>
+          <t>Benim Meskenim Dağlardır - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>252</v>
+        <v>350</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786053144120</t>
+          <t>9786053144274</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Devrimler</t>
+          <t>Benim Adım Dilaver - Mehmet Fatih Öktülmüş Kitabı</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>510</v>
+        <v>360</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786053144229</t>
+          <t>9786053144335</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Ve Birden Akşam</t>
+          <t>Akşamları Kalbim - Seçilmiş Şiirler</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786053144236</t>
+          <t>9786053144311</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Kuş Ölümlüdür Sen Uçmayı Hatırla</t>
+          <t>Hayal Et</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786053144205</t>
+          <t>9786053144267</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Aynı Olmayacak</t>
+          <t>Costa Gavras ve Politik Gerilim Sineması</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786053144168</t>
+          <t>9786053144328</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Koçgiri</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786053144175</t>
+          <t>9786053144182</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Malte Laurids Brigge’nin Notları</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786053144151</t>
+          <t>9786053144137</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Marksizm ve Kent</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786053144083</t>
+          <t>9786053144212</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Denizaltı</t>
+          <t>Hegel'in Felsefesine Eleştirel Bir Giriş</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786053144052</t>
+          <t>9786053144113</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Assata (Ciltli)</t>
+          <t>2084</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786053144038</t>
+          <t>9786053144120</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Marksizm, Oryantalizm, Kozmopolitanizm</t>
+          <t>Devrimler</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786053144069</t>
+          <t>9786053144229</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>İspanya</t>
+          <t>Ve Birden Akşam</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786053144045</t>
+          <t>9786053144236</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Fermuar Ağız</t>
+          <t>Kuş Ölümlüdür Sen Uçmayı Hatırla</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786053144106</t>
+          <t>9786053144205</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Clara</t>
+          <t>Hiçbir Şey Aynı Olmayacak</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>150</v>
+        <v>540</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786053144021</t>
+          <t>9786053144168</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Roman ve Halk</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786053144076</t>
+          <t>9786053144175</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorunu</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786053144090</t>
+          <t>9786053144151</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786053143987</t>
+          <t>9786053144083</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya</t>
+          <t>Denizaltı</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>940</v>
+        <v>400</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786053143970</t>
+          <t>9786053144052</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>LGBTİ Bireyler ve Medya</t>
+          <t>Assata (Ciltli)</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786053144014</t>
+          <t>9786053144038</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Necmettin</t>
+          <t>Marksizm, Oryantalizm, Kozmopolitanizm</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786053143963</t>
+          <t>9786053144069</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Hakikat</t>
+          <t>İspanya</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>480</v>
+        <v>220</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786053143994</t>
+          <t>9786053144045</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Grev!</t>
+          <t>Fermuar Ağız</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786053144007</t>
+          <t>9786053144106</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Avusturya'dan Ölüm Beşlemesi</t>
+          <t>Clara</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786053143956</t>
+          <t>9786053144021</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Aden Arabistan</t>
+          <t>Roman ve Halk</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786053143925</t>
+          <t>9786053144076</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Bir Kürt Devrimcisi Niyazi Usta</t>
+          <t>Kürt Sorunu</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786053143949</t>
+          <t>9786053144090</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Tony Veitch Belgeleri</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>300</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786053143901</t>
+          <t>9786053143987</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Borçlu Zamanlarda Yaşamak</t>
+          <t>Kafkasya</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>280</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786053143932</t>
+          <t>9786053143970</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi</t>
+          <t>LGBTİ Bireyler ve Medya</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>130</v>
+        <v>460</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786053143918</t>
+          <t>9786053144014</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Dünyası</t>
+          <t>Necmettin</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786053143857</t>
+          <t>9786053143963</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Savaş Suçları</t>
+          <t>Sanatta Hakikat</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>280</v>
+        <v>700</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786053143871</t>
+          <t>9786053143994</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Heidegger'in Nietzsche'si</t>
+          <t>Grev!</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>270</v>
+        <v>700</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786053143864</t>
+          <t>9786053144007</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Kan Çiçekleri</t>
+          <t>Avusturya'dan Ölüm Beşlemesi</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>420</v>
+        <v>120</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786053143895</t>
+          <t>9786053143956</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>O Güzel İnsanlar</t>
+          <t>Aden Arabistan</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786053143840</t>
+          <t>9786053143925</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Umut Toprakları</t>
+          <t>Bir Kürt Devrimcisi Niyazi Usta</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786053143826</t>
+          <t>9786053143949</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Pauline</t>
+          <t>Tony Veitch Belgeleri</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786053143819</t>
+          <t>9786053143901</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Homintern</t>
+          <t>Borçlu Zamanlarda Yaşamak</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>610</v>
+        <v>300</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786053143833</t>
+          <t>9786053143932</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Emek Vererek Demokrasi</t>
+          <t>Güneş Ülkesi</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786053140825</t>
+          <t>9786053143918</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Azabı</t>
+          <t>İnsanların Dünyası</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>310</v>
+        <v>120</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786053143789</t>
+          <t>9786053143857</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Yaşam ve Yapıt</t>
+          <t>Savaş Suçları</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786053143796</t>
+          <t>9786053143871</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Tefeci Gobseck</t>
+          <t>Heidegger'in Nietzsche'si</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786053143765</t>
+          <t>9786053143864</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Pasif Direniş</t>
+          <t>Kan Çiçekleri</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786053143802</t>
+          <t>9786053143895</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Gölge Felsefe</t>
+          <t>O Güzel İnsanlar</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786053143772</t>
+          <t>9786053143840</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Karar Anı</t>
+          <t>Umut Toprakları</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786053143253</t>
+          <t>9786053143826</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Duino Ağıtları</t>
+          <t>Pauline</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786053143420</t>
+          <t>9786053143819</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Myndos Geçişi</t>
+          <t>Homintern</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>255</v>
+        <v>720</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786053143734</t>
+          <t>9786053143833</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Şafakta Ayrılık</t>
+          <t>Emek Vererek Demokrasi</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786053143710</t>
+          <t>9786053140825</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Cehennem Azabı</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786053143727</t>
+          <t>9786053143789</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Edebiyata Övgü</t>
+          <t>Yaşam ve Yapıt</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>195</v>
+        <v>390</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786053143741</t>
+          <t>9786053143796</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Tarihi</t>
+          <t>Tefeci Gobseck</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>370</v>
+        <v>100</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786053143666</t>
+          <t>9786053143765</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Dracula</t>
+          <t>Pasif Direniş</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786053143697</t>
+          <t>9786053143802</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>San Sebastian'da Hüzün</t>
+          <t>Gölge Felsefe</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786053143659</t>
+          <t>9786053143772</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Meclis</t>
+          <t>Karar Anı</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786053143680</t>
+          <t>9786053143253</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Giresun Yol Hikayeleri</t>
+          <t>Duino Ağıtları</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786053143604</t>
+          <t>9786053143420</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Savaştaki Kız</t>
+          <t>Myndos Geçişi</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>255</v>
+        <v>350</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786053143598</t>
+          <t>9786053143734</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Radikal Kurban</t>
+          <t>Şafakta Ayrılık</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786053143628</t>
+          <t>9786053143710</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlar Büyük Sorular</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786053143635</t>
+          <t>9786053143727</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Michael Kohlhaas</t>
+          <t>Edebiyata Övgü</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786053143581</t>
+          <t>9786053143741</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Zenith Oteli</t>
+          <t>Tiyatro Tarihi</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>130</v>
+        <v>550</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786053143567</t>
+          <t>9786053143666</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Afrikalı Amazonlar</t>
+          <t>Dracula</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786053143574</t>
+          <t>9786053143697</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Ve İnsan Tanrıyı Yarattı</t>
+          <t>San Sebastian'da Hüzün</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786053142546</t>
+          <t>9786053143659</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Günün Geç Vakitleri</t>
+          <t>Meclis</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786053143505</t>
+          <t>9786053143680</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Giresun Yol Hikayeleri</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786053143512</t>
+          <t>9786053143604</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Savaştaki Kız</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786053143529</t>
+          <t>9786053143598</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Radikal Kurban</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786053143550</t>
+          <t>9786053143628</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Öyle ve Böyle - Yeni ve Seçilmiş Denemeler</t>
+          <t>Küçük İnsanlar Büyük Sorular</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786053143536</t>
+          <t>9786053143635</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Kağnı - Ses</t>
+          <t>Michael Kohlhaas</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786053143543</t>
+          <t>9786053143581</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Zenith Oteli</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786053143482</t>
+          <t>9786053143567</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Kuşları</t>
+          <t>Afrikalı Amazonlar</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786053143499</t>
+          <t>9786053143574</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Kitle Katliamları</t>
+          <t>Ve İnsan Tanrıyı Yarattı</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>340</v>
+        <v>550</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786053143468</t>
+          <t>9786053142546</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hırsızları Söylencesi</t>
+          <t>Günün Geç Vakitleri</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786053143383</t>
+          <t>9786053143505</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Selahattin Eyyubi</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786053143451</t>
+          <t>9786053143512</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Sayılarla Seks</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>370</v>
+        <v>140</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786053143307</t>
+          <t>9786053143529</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Masallar</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786053143444</t>
+          <t>9786053143550</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’in Seyahatleri</t>
+          <t>Öyle ve Böyle - Yeni ve Seçilmiş Denemeler</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>230</v>
+        <v>560</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786053143437</t>
+          <t>9786053143536</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Kağnı - Ses</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786053143406</t>
+          <t>9786053143543</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Akışkan Hayat</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786053143390</t>
+          <t>9786053143482</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük İçin Kürt Yazıları 1</t>
+          <t>Gözyaşı Kuşları</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786053143352</t>
+          <t>9786053143499</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Militarizm</t>
+          <t>Kitle Katliamları</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786053143369</t>
+          <t>9786053143468</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Adsız Kahramanlar</t>
+          <t>Ateş Hırsızları Söylencesi</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786053143321</t>
+          <t>9786053143383</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Avrupa</t>
+          <t>Selahattin Eyyubi</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786053143345</t>
+          <t>9786053143451</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Kapı</t>
+          <t>Sayılarla Seks</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>140</v>
+        <v>440</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786053143376</t>
+          <t>9786053143307</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Cinsellikler</t>
+          <t>Felsefi Masallar</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>330</v>
+        <v>480</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786053143338</t>
+          <t>9786053143444</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Fragmanlar</t>
+          <t>Gulliver’in Seyahatleri</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786053143413</t>
+          <t>9786053143437</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hırsızları Söylencesi</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786053143161</t>
+          <t>9786053143406</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yazıları Konuşmaları 1</t>
+          <t>Akışkan Hayat</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>490</v>
+        <v>260</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786053143260</t>
+          <t>9786053143390</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Uzak Gece Rüzgarı</t>
+          <t>Özgürlük İçin Kürt Yazıları 1</t>
         </is>
       </c>
       <c r="C939" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786053143222</t>
+          <t>9786053143352</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>İslamda "Tasvir Sorunu" Var mı?</t>
+          <t>Türkiye'de Militarizm</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786053143192</t>
+          <t>9786053143369</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar ve İmparatorlar: Eskiler ve Yeniler</t>
+          <t>Adsız Kahramanlar</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786053143185</t>
+          <t>9786053143321</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat, Eleştiri ve Kurama Giriş</t>
+          <t>Avrupa</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786053143239</t>
+          <t>9786053143345</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma, Devrim ve Romantizm</t>
+          <t>Yeşil Kapı</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>540</v>
+        <v>160</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786053143314</t>
+          <t>9786053143376</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Aykırı Cinsellikler</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786053143277</t>
+          <t>9786053143338</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Yeniden Keşfi - Küreselleşmenin Çöküşü</t>
+          <t>Eleştirel Fragmanlar</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786053143291</t>
+          <t>9786053143413</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Uydurma Bir Şeyler</t>
+          <t>Ateş Hırsızları Söylencesi</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786053143284</t>
+          <t>9786053143161</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Lucky Strike</t>
+          <t>Tüm Yazıları Konuşmaları 1</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786053143178</t>
+          <t>9786053143260</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Gulyabaninin Bahçesi</t>
+          <t>Uzak Gece Rüzgarı</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>198</v>
+        <v>250</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786053143246</t>
+          <t>9786053143222</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Bu Benim Kanım</t>
+          <t>İslamda "Tasvir Sorunu" Var mı?</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786053143208</t>
+          <t>9786053143192</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Willnot Kasabası</t>
+          <t>Korsanlar ve İmparatorlar: Eskiler ve Yeniler</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786053142874</t>
+          <t>9786053143185</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Zamanlar</t>
+          <t>Edebiyat, Eleştiri ve Kurama Giriş</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>210</v>
+        <v>660</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786053143147</t>
+          <t>9786053143239</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Modem Zamanlar 2.0</t>
+          <t>Aydınlanma, Devrim ve Romantizm</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>180</v>
+        <v>790</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786053143154</t>
+          <t>9786053143314</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Çalılık</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>322</v>
+        <v>200</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786053143093</t>
+          <t>9786053143277</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Dünyanın Yeniden Keşfi - Küreselleşmenin Çöküşü</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>450</v>
+        <v>520</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786053143079</t>
+          <t>9786053143291</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Büstan</t>
+          <t>Uydurma Bir Şeyler</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>700</v>
+        <v>440</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786053143086</t>
+          <t>9786053143284</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Lucky Strike</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>470</v>
+        <v>200</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786053143109</t>
+          <t>9786053143178</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Yemek ve Ulusal Kimlik</t>
+          <t>Gulyabaninin Bahçesi</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786053143123</t>
+          <t>9786053143246</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Eski Filmler</t>
+          <t>Bu Benim Kanım</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786053143116</t>
+          <t>9786053143208</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Bataklık Çiçeği</t>
+          <t>Willnot Kasabası</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786053143130</t>
+          <t>9786053142874</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Turuncu Zamanlar</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786053143055</t>
+          <t>9786053143147</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Milyonlardan Biri</t>
+          <t>Modem Zamanlar 2.0</t>
         </is>
       </c>
       <c r="C961" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786053143024</t>
+          <t>9786053143154</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Çalılık</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>100</v>
+        <v>460</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786053143011</t>
+          <t>9786053143093</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Therese Raquin</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>150</v>
+        <v>670</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786053143048</t>
+          <t>9786053143079</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Demir Kafes</t>
+          <t>Büstan</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>210</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786053143017</t>
+          <t>9786053143086</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Porsuk Durgun Akardı</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>540</v>
+        <v>700</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786053143062</t>
+          <t>9786053143109</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Dinamik Ahlak</t>
+          <t>Yemek ve Ulusal Kimlik</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786053142928</t>
+          <t>9786053143123</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Zoka</t>
+          <t>Eski Filmler</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786053142942</t>
+          <t>9786053143116</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Yeni Tabular</t>
+          <t>Bataklık Çiçeği</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786053142959</t>
+          <t>9786053143130</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Adınla Başlar Hayat</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>234</v>
+        <v>300</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786053142980</t>
+          <t>9786053143055</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Bir Muadele-i Sevda</t>
+          <t>Milyonlardan Biri</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786053142935</t>
+          <t>9786053143024</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Travmatize Toplum</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786053142997</t>
+          <t>9786053143011</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Ülkesi</t>
+          <t>Therese Raquin</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786053142966</t>
+          <t>9786053143048</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Günahlarımızda Yıkandık</t>
+          <t>Demir Kafes</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786053142973</t>
+          <t>9786053143017</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Kürt Edebiyatının Anatomisi</t>
+          <t>Porsuk Durgun Akardı</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>270</v>
+        <v>670</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786053143000</t>
+          <t>9786053143062</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Perdeyi Aralamak</t>
+          <t>Dinamik Ahlak</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786053142737</t>
+          <t>9786053142928</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Şiirler</t>
+          <t>Zoka</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786053142911</t>
+          <t>9786053142942</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Lut</t>
+          <t>Yeni Tabular</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786053142850</t>
+          <t>9786053142959</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Bir Subay</t>
+          <t>Adınla Başlar Hayat</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786053142843</t>
+          <t>9786053142980</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Bir Muadele-i Sevda</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786053142805</t>
+          <t>9786053142935</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Kuşatılmış Toplum</t>
+          <t>Travmatize Toplum</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786053142898</t>
+          <t>9786053142997</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Gücümüzün Doğuşu</t>
+          <t>Geleceğin Ülkesi</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786053142904</t>
+          <t>9786053142966</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Marx'ın İşçi Anketi Üzerine Bir İnceleme</t>
+          <t>Günahlarımızda Yıkandık</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786053142881</t>
+          <t>9786053142973</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Gözünü Açık Tutmak</t>
+          <t>Kürt Edebiyatının Anatomisi</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786053142799</t>
+          <t>9786053143000</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Bizans Dünyası 2</t>
+          <t>Perdeyi Aralamak</t>
         </is>
       </c>
       <c r="C984" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786053142829</t>
+          <t>9786053142737</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Denize Gömülenler</t>
+          <t>Seçilmiş Şiirler</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786053142867</t>
+          <t>9786053142911</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Kapımızdaki Yabancılar</t>
+          <t>Aşk ve Lut</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>130</v>
+        <v>420</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786053142836</t>
+          <t>9786053142850</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Yengeç Konserveleme Gemisi</t>
+          <t>Devrimci Bir Subay</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786053142744</t>
+          <t>9786053142843</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Örülü Hayatlar</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>510</v>
+        <v>250</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786053142706</t>
+          <t>9786053142805</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Metafiziği</t>
+          <t>Kuşatılmış Toplum</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>110</v>
+        <v>420</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786053142751</t>
+          <t>9786053142898</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Papa ve Mussolini</t>
+          <t>Gücümüzün Doğuşu</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>540</v>
+        <v>280</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786053142782</t>
+          <t>9786053142904</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Hâlâ Şafakta Geliyorlar Angela</t>
+          <t>Marx'ın İşçi Anketi Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786053142775</t>
+          <t>9786053142881</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Pierre ve Jean</t>
+          <t>Gözünü Açık Tutmak</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>120</v>
+        <v>370</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786053142768</t>
+          <t>9786053142799</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Karanfil ve Yasemin</t>
+          <t>Bizans Dünyası 2</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>180</v>
+        <v>850</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786053142386</t>
+          <t>9786053142829</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Eşya ve İnsan</t>
+          <t>Denize Gömülenler</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786053142720</t>
+          <t>9786053142867</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Kafka - Boyun Eğmeyen Hayalperest</t>
+          <t>Kapımızdaki Yabancılar</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786053142683</t>
+          <t>9786053142836</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Benlik Pratikleri</t>
+          <t>Yengeç Konserveleme Gemisi</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786053142690</t>
+          <t>9786053142744</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Toplu Hikayeler 1</t>
+          <t>Örülü Hayatlar</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>160</v>
+        <v>740</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786053142713</t>
+          <t>9786053142706</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Lenin'i Yeniden Keşfetmek</t>
+          <t>Aşkın Metafiziği</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786053142669</t>
+          <t>9786053142751</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>İstisna Hali</t>
+          <t>Papa ve Mussolini</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786053142676</t>
+          <t>9786053142782</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Gezegeninden Raporlar</t>
+          <t>Hâlâ Şafakta Geliyorlar Angela</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786053142614</t>
+          <t>9786053142775</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Einstein’ın En Büyük Hatası</t>
+          <t>Pierre ve Jean</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786053142591</t>
+          <t>9786053142768</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Hakka Sığındık</t>
+          <t>Karanfil ve Yasemin</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786053142416</t>
+          <t>9786053142386</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Kalım Oyunu</t>
+          <t>Eşya ve İnsan</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786053142645</t>
+          <t>9786053142720</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>101 Fabl</t>
+          <t>Kafka - Boyun Eğmeyen Hayalperest</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786053142577</t>
+          <t>9786053142683</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Büyük Firar</t>
+          <t>Benlik Pratikleri</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786053142560</t>
+          <t>9786053142690</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'ya ve İnsana Dair</t>
+          <t>Toplu Hikayeler 1</t>
         </is>
       </c>
       <c r="C1006" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786053142621</t>
+          <t>9786053142713</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Ha Bu Nasul Dev-Genç’tur Uşağum?</t>
+          <t>Lenin'i Yeniden Keşfetmek</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>320</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786053142638</t>
+          <t>9786053142669</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Laidlaw Soruşturması</t>
+          <t>İstisna Hali</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786053142607</t>
+          <t>9786053142676</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Cilvesi</t>
+          <t>Gece Yarısı Gezegeninden Raporlar</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786053142430</t>
+          <t>9786053142614</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Muhammed, Şarlman ve Avrupa'nın Kökenleri</t>
+          <t>Einstein’ın En Büyük Hatası</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786053142584</t>
+          <t>9786053142591</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Faşizm ve Kapitalizm</t>
+          <t>Hakka Sığındık</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786053142553</t>
+          <t>9786053142416</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Andy Warhol</t>
+          <t>Ölüm Kalım Oyunu</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>160</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786053142102</t>
+          <t>9786053142645</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Bir İsyancının Sözleri</t>
+          <t>101 Fabl</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786053142423</t>
+          <t>9786053142577</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Türk Edebiyatı</t>
+          <t>Büyük Firar</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786053142515</t>
+          <t>9786053142560</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Gammaz Ceketi</t>
+          <t>Tanrı'ya ve İnsana Dair</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786053141938</t>
+          <t>9786053142621</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri - Yüreğimin Kışlarında</t>
+          <t>Ha Bu Nasul Dev-Genç’tur Uşağum?</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>470</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786053142522</t>
+          <t>9786053142638</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Kızlar</t>
+          <t>Laidlaw Soruşturması</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786053142492</t>
+          <t>9786053142607</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Kapıyı İçeriden Kilitledim</t>
+          <t>Kaderin Cilvesi</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786053142478</t>
+          <t>9786053142430</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya ve Kendimize Dair</t>
+          <t>Muhammed, Şarlman ve Avrupa'nın Kökenleri</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786053142485</t>
+          <t>9786053142584</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>İspanya’da Devrim ve İç Savaş</t>
+          <t>Faşizm ve Kapitalizm</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786053142362</t>
+          <t>9786053142553</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Akrabalar</t>
+          <t>Andy Warhol</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786053142447</t>
+          <t>9786053142102</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Oyunları</t>
+          <t>Bir İsyancının Sözleri</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>460</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786053142409</t>
+          <t>9786053142423</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Yerma</t>
+          <t>100 Soruda Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>100</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786053142461</t>
+          <t>9786053142515</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Esrarname</t>
+          <t>Gammaz Ceketi</t>
         </is>
       </c>
       <c r="C1024" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786053141723</t>
+          <t>9786053141938</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Kitabe-i Gam</t>
+          <t>Bütün Şiirleri - Yüreğimin Kışlarında</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>100</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786053142379</t>
+          <t>9786053142522</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Vahşi Kızlar</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786053142317</t>
+          <t>9786053142492</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Oluşumu</t>
+          <t>Kapıyı İçeriden Kilitledim</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786053142324</t>
+          <t>9786053142478</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Kesik Baş - Utanmaz Adam Bütün Eserleri</t>
+          <t>Dünyaya ve Kendimize Dair</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786053142294</t>
+          <t>9786053142485</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>İspanya’da Devrim ve İç Savaş</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>120</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786053142355</t>
+          <t>9786053142362</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Akrabalar</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786053142300</t>
+          <t>9786053142447</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Atı Neden Yalnız Bıraktın</t>
+          <t>Tiyatro Oyunları</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786053142195</t>
+          <t>9786053142409</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Ahu Hanım'ın Kocası</t>
+          <t>Yerma</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>658</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786053142287</t>
+          <t>9786053142461</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Ekim</t>
+          <t>Esrarname</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786053142270</t>
+          <t>9786053141723</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Kant Felsefesinin Politik Evreni</t>
+          <t>Kitabe-i Gam</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786053142331</t>
+          <t>9786053142379</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Devrim</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>670</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786053142348</t>
+          <t>9786053142317</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Işid ve Türkiye - Katili Tanıyoruz</t>
+          <t>İnsanın Oluşumu</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786053141952</t>
+          <t>9786053142324</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesi</t>
+          <t>Kesik Baş - Utanmaz Adam Bütün Eserleri</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786053142171</t>
+          <t>9786053142294</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786053142263</t>
+          <t>9786053142355</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Hüsn ü Aşk</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786053142256</t>
+          <t>9786053142300</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Çizik</t>
+          <t>Atı Neden Yalnız Bıraktın</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786053142225</t>
+          <t>9786053142195</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Sosyalizm</t>
+          <t>Ahu Hanım'ın Kocası</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>180</v>
+        <v>940</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786053142089</t>
+          <t>9786053142287</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Kürtler</t>
+          <t>Ekim</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786053142249</t>
+          <t>9786053142270</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Ölüyordum, Geçerken Uğradım</t>
+          <t>Kant Felsefesinin Politik Evreni</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>410</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786053142164</t>
+          <t>9786053142331</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Lenin 2017</t>
+          <t>Bilinmeyen Devrim</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>270</v>
+        <v>840</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786053142201</t>
+          <t>9786053142348</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Bahtin</t>
+          <t>Işid ve Türkiye - Katili Tanıyoruz</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786053142218</t>
+          <t>9786053141952</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Sabo</t>
+          <t>Beyaz Zambaklar Ülkesi</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786053142126</t>
+          <t>9786053142171</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Savrulanlar</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786053142065</t>
+          <t>9786053142263</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Demir Ökçe</t>
+          <t>Hüsn ü Aşk</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786053142119</t>
+          <t>9786053142256</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Hermenötik ve Sosyal Bilimler</t>
+          <t>Çizik</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786053141853</t>
+          <t>9786053142225</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Benlik Üzerine Denemeler</t>
+          <t>İslam ve Sosyalizm</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786053142072</t>
+          <t>9786053142089</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Atree ve Thyeste Trajedisi</t>
+          <t>Kürtler</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>120</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786053142133</t>
+          <t>9786053142249</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Teolojideki Sosyoloji</t>
+          <t>Ölüyordum, Geçerken Uğradım</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>310</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786053142157</t>
+          <t>9786053142164</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Sapak</t>
+          <t>Lenin 2017</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786053142058</t>
+          <t>9786053142201</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Lenin</t>
+          <t>Bahtin</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786053142096</t>
+          <t>9786053142218</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Devrimcilerin Filistin Günlüğü 2 1976-1985</t>
+          <t>Sabo</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786053142034</t>
+          <t>9786053142126</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Üç Film Birden</t>
+          <t>Savrulanlar</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786053141990</t>
+          <t>9786053142065</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Halkın Özgürlüğü</t>
+          <t>Demir Ökçe</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786055648275</t>
+          <t>9786053142119</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları</t>
+          <t>Hermenötik ve Sosyal Bilimler</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786053142027</t>
+          <t>9786053141853</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Benlik</t>
+          <t>Benlik Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786053142003</t>
+          <t>9786053142072</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes’ün Dönüşü</t>
+          <t>Atree ve Thyeste Trajedisi</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786053142041</t>
+          <t>9786053142133</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Kastilya Kırları</t>
+          <t>Teolojideki Sosyoloji</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>255</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786053142010</t>
+          <t>9786053142157</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Eva</t>
+          <t>Sapak</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>168</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786053141983</t>
+          <t>9786053142058</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Jack Kerouac'ın Yalnız Hayatı</t>
+          <t>Lenin</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786053141976</t>
+          <t>9786053142096</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>İntikamlar</t>
+          <t>Devrimcilerin Filistin Günlüğü 2 1976-1985</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786053141891</t>
+          <t>9786053142034</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Keşfi</t>
+          <t>Üç Film Birden</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>525</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786053141945</t>
+          <t>9786053141990</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış Mı Evrim Mi?</t>
+          <t>Halkın Özgürlüğü</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>420</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786053141877</t>
+          <t>9786055648275</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Hermenötiğin Kökeni</t>
+          <t>Grimm Masalları</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786053141808</t>
+          <t>9786053142027</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Almanya’da Din ve Felsefenin Tarihi Üzerine</t>
+          <t>Kuantum Benlik</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786053141907</t>
+          <t>9786053142003</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Bu</t>
+          <t>Sherlock Holmes’ün Dönüşü</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786053141914</t>
+          <t>9786053142041</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler Zamanı</t>
+          <t>Kastilya Kırları</t>
         </is>
       </c>
       <c r="C1070" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786053141921</t>
+          <t>9786053142010</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Bir Pusula - Gezi</t>
+          <t>Eva</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786053141884</t>
+          <t>9786053141983</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Tarih</t>
+          <t>Jack Kerouac'ın Yalnız Hayatı</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786053141679</t>
+          <t>9786053141976</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Ey Gece! Ey Uçurum!</t>
+          <t>İntikamlar</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786053141785</t>
+          <t>9786053141891</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizmde Eğitim Küba</t>
+          <t>Doğanın Keşfi</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>320</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786053141846</t>
+          <t>9786053141945</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>İnsan Özgürlüğünün Özü Üzerine</t>
+          <t>Yaratılış Mı Evrim Mi?</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>150</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786053141792</t>
+          <t>9786053141877</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Çizmelerimi Çıkarayım Mı ?</t>
+          <t>Hermenötiğin Kökeni</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786053141761</t>
+          <t>9786053141808</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Bir Devlet İki Cumhuriyet</t>
+          <t>Almanya’da Din ve Felsefenin Tarihi Üzerine</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786053141815</t>
+          <t>9786053141907</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Rus Devrimi</t>
+          <t>Hepsi Bu</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786053141624</t>
+          <t>9786053141914</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Risk Toplumu</t>
+          <t>Kelebekler Zamanı</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786053141686</t>
+          <t>9786053141921</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Adam</t>
+          <t>Devrimci Bir Pusula - Gezi</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>155</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786053141778</t>
+          <t>9786053141884</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Öteki Şehir</t>
+          <t>Sinema ve Tarih</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786053141730</t>
+          <t>9786053141679</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Kaçış</t>
+          <t>Ey Gece! Ey Uçurum!</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>120</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786053141716</t>
+          <t>9786053141785</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Su Duydum</t>
+          <t>Sosyalizmde Eğitim Küba</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786053141662</t>
+          <t>9786053141846</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Protesto</t>
+          <t>İnsan Özgürlüğünün Özü Üzerine</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786053141693</t>
+          <t>9786053141792</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Nostalji</t>
+          <t>Çizmelerimi Çıkarayım Mı ?</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>310</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786053141617</t>
+          <t>9786053141761</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Çaven Gurgi</t>
+          <t>Bir Devlet İki Cumhuriyet</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786053141655</t>
+          <t>9786053141815</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Kör Kadı</t>
+          <t>Rus Devrimi</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>280</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786053141556</t>
+          <t>9786053141624</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Eşlik</t>
+          <t>Risk Toplumu</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786053141563</t>
+          <t>9786053141686</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Kurdun Gözleri</t>
+          <t>Görünmez Adam</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786053141600</t>
+          <t>9786053141778</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>New York'ta İki Aylak Sanatçı</t>
+          <t>Öteki Şehir</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786053141587</t>
+          <t>9786053141730</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Teknik, Sermaye, Medya</t>
+          <t>Sonsuz Kaçış</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786053141570</t>
+          <t>9786053141716</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Sanat İçgüdüsü</t>
+          <t>Su Duydum</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786053141594</t>
+          <t>9786053141662</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Güneş Kavgası</t>
+          <t>Protesto</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786053141648</t>
+          <t>9786053141693</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İzinde</t>
+          <t>Nostalji</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>600</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786053141631</t>
+          <t>9786053141617</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Yüzbir Gece Masalları (Ciltsiz)</t>
+          <t>Çaven Gurgi</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786053141433</t>
+          <t>9786053141655</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Yüzbir Gece Masalları (Ciltli)</t>
+          <t>Merhaba Kör Kadı</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786053141440</t>
+          <t>9786053141556</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Hayal-et (Ciltli)</t>
+          <t>Eşlik</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>700</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786053141549</t>
+          <t>9786053141563</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Şiiri Antolojisi</t>
+          <t>Kurdun Gözleri</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>470</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9789755397030</t>
+          <t>9786053141600</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Varlık Tutulması</t>
+          <t>New York'ta İki Aylak Sanatçı</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9789755397597</t>
+          <t>9786053141587</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Pas</t>
+          <t>Teknik, Sermaye, Medya</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786053141532</t>
+          <t>9786053141570</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Güzergahlar</t>
+          <t>Sanat İçgüdüsü</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786053141518</t>
+          <t>9786053141594</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesi</t>
+          <t>Güneş Kavgası</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>410</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786053141488</t>
+          <t>9786053141648</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Hukuk</t>
+          <t>Zamanın İzinde</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>220</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786053141501</t>
+          <t>9786053141631</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Roma'nın Sultanları</t>
+          <t>Yüzbir Gece Masalları (Ciltsiz)</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786053141464</t>
+          <t>9786053141433</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Ağabeyine Çiçek Taşıyan Kız</t>
+          <t>Yüzbir Gece Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786053141495</t>
+          <t>9786053141440</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>İyimser Olmayan Umut</t>
+          <t>Hayal-et (Ciltli)</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>220</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786053141365</t>
+          <t>9786053141549</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Tango Böyle Bir Şey!</t>
+          <t>Türk Halk Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>260</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786053141013</t>
+          <t>9789755397030</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Ritimlerin Kurgusu</t>
+          <t>Varlık Tutulması</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786053141174</t>
+          <t>9789755397597</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Üşümüş Kuşlar</t>
+          <t>Pas</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786053141402</t>
+          <t>9786053141532</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Yanık Diller</t>
+          <t>Karanlık Güzergahlar</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786053141426</t>
+          <t>9786053141518</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Mavi Siyah</t>
+          <t>Din Felsefesi</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786053141341</t>
+          <t>9786053141488</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Devlet ve Hukuk</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786053141396</t>
+          <t>9786053141501</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kişiler İçin Felsefe Rehberi</t>
+          <t>Roma'nın Sultanları</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786053141419</t>
+          <t>9786053141464</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Paralel Cinayetler</t>
+          <t>Ağabeyine Çiçek Taşıyan Kız</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786053141358</t>
+          <t>9786053141495</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Silahı Seçmek</t>
+          <t>İyimser Olmayan Umut</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786053141389</t>
+          <t>9786053141365</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk Sürer...</t>
+          <t>Tango Böyle Bir Şey!</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786053141372</t>
+          <t>9786053141013</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Mesih Garabeti</t>
+          <t>Sinemada Ritimlerin Kurgusu</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786053141334</t>
+          <t>9786053141174</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Kırılganlığı</t>
+          <t>Üşümüş Kuşlar</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786053141310</t>
+          <t>9786053141402</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Performatif Estetik</t>
+          <t>Yanık Diller</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786053141242</t>
+          <t>9786053141426</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Koca Karınlı Kent</t>
+          <t>Gökyüzü Mavi Siyah</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786053141266</t>
+          <t>9786053141341</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlıkta Bir Öykü</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786053141303</t>
+          <t>9786053141396</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Dün Gece Nerede Uyudun?</t>
+          <t>Akıllı Kişiler İçin Felsefe Rehberi</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786053141297</t>
+          <t>9786053141419</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Tutku ve Aşkın Kutsal Kitabı</t>
+          <t>Paralel Cinayetler</t>
         </is>
       </c>
       <c r="C1123" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786053141327</t>
+          <t>9786053141358</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Muzaffer Oruçoğlu Anlatıyor</t>
+          <t>Silahı Seçmek</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786053141280</t>
+          <t>9786053141389</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Gizli Hazları</t>
+          <t>Yolculuk Sürer...</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9789755399898</t>
+          <t>9786053141372</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Gastro Gösteri</t>
+          <t>Mesih Garabeti</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>200</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786053141150</t>
+          <t>9786053141334</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Brillo Kutusu</t>
+          <t>Hayatın Kırılganlığı</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786053141228</t>
+          <t>9786053141310</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray'in Portresi</t>
+          <t>Performatif Estetik</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786053141235</t>
+          <t>9786053141242</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Gece Gündüzü Düşlüyor</t>
+          <t>Koca Karınlı Kent</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786053141259</t>
+          <t>9786053141266</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Alman Sosyolojisinin Felsefi Tarihi</t>
+          <t>Alacakaranlıkta Bir Öykü</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>540</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786053141211</t>
+          <t>9786053141303</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Brezilya Oteli</t>
+          <t>Dün Gece Nerede Uyudun?</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786053141181</t>
+          <t>9786053141297</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Deniz Deniz</t>
+          <t>Tutku ve Aşkın Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>448</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786053141198</t>
+          <t>9786053141327</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Düşüncesi</t>
+          <t>Muzaffer Oruçoğlu Anlatıyor</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786053141167</t>
+          <t>9786053141280</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Amerikalı</t>
+          <t>Hayatın Gizli Hazları</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786053141051</t>
+          <t>9789755399898</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Kötülük Çiçekleri</t>
+          <t>Gastro Gösteri</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786053141082</t>
+          <t>9786053141150</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Marksizmin Anlamı</t>
+          <t>Brillo Kutusu</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>540</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786053141099</t>
+          <t>9786053141228</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kardeşler</t>
+          <t>Dorian Gray'in Portresi</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9789755391670</t>
+          <t>9786053141235</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Fidel ve Din</t>
+          <t>Gece Gündüzü Düşlüyor</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786053141129</t>
+          <t>9786053141259</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Üç Devrimci Tiyatro Bir Meddah</t>
+          <t>Alman Sosyolojisinin Felsefi Tarihi</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786053141105</t>
+          <t>9786053141211</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Seçme Eserler</t>
+          <t>Brezilya Oteli</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786053141075</t>
+          <t>9786053141181</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Kıraç Gökyüzü</t>
+          <t>Deniz Deniz</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>310</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786053141020</t>
+          <t>9786053141198</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Mansfield Park</t>
+          <t>Çalışma Düşüncesi</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786053141044</t>
+          <t>9786053141167</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 10B</t>
+          <t>Amerikalı</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786053141006</t>
+          <t>9786053141051</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Siyah Yıldız Nairobi</t>
+          <t>Kötülük Çiçekleri</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>290</v>
+        <v>670</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786053140993</t>
+          <t>9786053141082</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Roman Tütün İşçileri</t>
+          <t>Marksizmin Anlamı</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>310</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786053140979</t>
+          <t>9786053141099</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Metrodaki Yabancı</t>
+          <t>Müslüman Kardeşler</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786053141037</t>
+          <t>9789755391670</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Tek Yola Sığmayan Devrim</t>
+          <t>Fidel ve Din</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786053140900</t>
+          <t>9786053141129</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Kürklü Venüs</t>
+          <t>Üç Devrimci Tiyatro Bir Meddah</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9789755396361</t>
+          <t>9786053141105</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Tanrısız Ahlak</t>
+          <t>Seçme Eserler</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786053140689</t>
+          <t>9786053141075</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Orbitor - Cilt: 2</t>
+          <t>Kıraç Gökyüzü</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>530</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786053140948</t>
+          <t>9786053141020</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Görülmemiştir</t>
+          <t>Mansfield Park</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786053140665</t>
+          <t>9786053141044</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Kardeş</t>
+          <t>Dövüş Kulübü 2 Sayı: 10B</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>470</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786053140986</t>
+          <t>9786053141006</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Penceremden</t>
+          <t>Siyah Yıldız Nairobi</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786053140757</t>
+          <t>9786053140993</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Echo'nun Kemikleri</t>
+          <t>Roman Tütün İşçileri</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786053140696</t>
+          <t>9786053140979</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Sömürge ve Kölelik</t>
+          <t>Metrodaki Yabancı</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>460</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9789755399416</t>
+          <t>9786053141037</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri</t>
+          <t>Tek Yola Sığmayan Devrim</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786053140658</t>
+          <t>9786053140900</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Sürekli Devrim Teorisi</t>
+          <t>Kürklü Venüs</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786053140641</t>
+          <t>9789755396361</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 7B</t>
+          <t>Tanrısız Ahlak</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786053140702</t>
+          <t>9786053140689</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Yevgeniy Onegin</t>
+          <t>Orbitor - Cilt: 2</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>380</v>
+        <v>760</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786053140719</t>
+          <t>9786053140948</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Keşiş'in Torunları Dersimli Ermeniler (Birinci Kitap)</t>
+          <t>Görülmemiştir</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786053140610</t>
+          <t>9786053140665</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Moğol Komplosu</t>
+          <t>Karanlık Kardeş</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786053140672</t>
+          <t>9786053140986</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Aradaki Nehir</t>
+          <t>Penceremden</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>216</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786053140627</t>
+          <t>9786053140757</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Periler</t>
+          <t>Echo'nun Kemikleri</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786053140634</t>
+          <t>9786053140696</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Hala Hayalleri Olanlar İçin Felsefe</t>
+          <t>Sömürge ve Kölelik</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>240</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9789755391779</t>
+          <t>9789755399416</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Betty Blue</t>
+          <t>Deniz Feneri</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786053140580</t>
+          <t>9786053140658</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Fransız Savaş Sanatı</t>
+          <t>Sürekli Devrim Teorisi</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>602</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786053140528</t>
+          <t>9786053140641</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Arkaik Ortadoğu</t>
+          <t>Dövüş Kulübü 2 Sayı: 7B</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>420</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786053140573</t>
+          <t>9786053140702</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Can Çekişen İmparatorluk</t>
+          <t>Yevgeniy Onegin</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786053140597</t>
+          <t>9786053140719</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>Keşiş'in Torunları Dersimli Ermeniler (Birinci Kitap)</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>130</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786053140498</t>
+          <t>9786053140610</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Quma Mezopotamyaye</t>
+          <t>Moğol Komplosu</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786053140405</t>
+          <t>9786053140672</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Şiir</t>
+          <t>Aradaki Nehir</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786053140511</t>
+          <t>9786053140627</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Gül</t>
+          <t>Huzursuz Periler</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786053140504</t>
+          <t>9786053140634</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Hala Hayalleri Olanlar İçin Felsefe</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786053142454</t>
+          <t>9789755391779</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>İhvan-ı Safa Risaleleri Cilt: 1</t>
+          <t>Betty Blue</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>340</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9789755391472</t>
+          <t>9786053140580</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji</t>
+          <t>Fransız Savaş Sanatı</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>320</v>
+        <v>860</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786053140481</t>
+          <t>9786053140528</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya'nın Kumları</t>
+          <t>Arkaik Ortadoğu</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>180</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786053140795</t>
+          <t>9786053140573</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Şiddetsiz Direniş</t>
+          <t>Can Çekişen İmparatorluk</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786053140726</t>
+          <t>9786053140597</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Anne Bak Kral Çıplak!</t>
+          <t>Genç Werther'in Acıları</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786053140733</t>
+          <t>9786053140498</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Güncesi</t>
+          <t>Quma Mezopotamyaye</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9789755397306</t>
+          <t>9786053140405</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Roman Kuramına Giriş</t>
+          <t>Yalnız Şiir</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786053140603</t>
+          <t>9786053140511</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Bir Demet Gül</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786053140542</t>
+          <t>9786053140504</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Canım Cicim</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>180</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786053140566</t>
+          <t>9786053142454</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Şair ve Taifesi</t>
+          <t>İhvan-ı Safa Risaleleri Cilt: 1</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786053140559</t>
+          <t>9789755391472</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Devrimcilerin Filistin Günlüğü 1968-1975</t>
+          <t>İdeoloji</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>325</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9789755394428</t>
+          <t>9786053140481</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Psişik Yaşamı - Tabiyet Üzerine Teoriler</t>
+          <t>Mezopotamya'nın Kumları</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786053140788</t>
+          <t>9786053140795</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Şiirler Karşışiirler Başka Şiirler</t>
+          <t>Şiddetsiz Direniş</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786053140450</t>
+          <t>9786053140726</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Uğultulu Tepeler</t>
+          <t>Anne Bak Kral Çıplak!</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786053140368</t>
+          <t>9786053140733</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 5B</t>
+          <t>Bedenin Güncesi</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786053140412</t>
+          <t>9789755397306</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Yeşilçam Dedikleri Türkiye</t>
+          <t>Roman Kuramına Giriş</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>530</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786053140429</t>
+          <t>9786053140603</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Mektuplaşmalar 1912-1942</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786053140436</t>
+          <t>9786053140542</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Cepheden Anılar- Orhan Savaşçı'nın THKP-C Anıları</t>
+          <t>Canım Cicim</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786053140375</t>
+          <t>9786053140566</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Adam Strand'ın Otuz Dokuz Ölümü</t>
+          <t>Şair ve Taifesi</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>256</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786053140382</t>
+          <t>9786053140559</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Efendinin Güzeli</t>
+          <t>Devrimcilerin Filistin Günlüğü 1968-1975</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>812</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786053140399</t>
+          <t>9789755394428</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Yaşamak</t>
+          <t>İktidarın Psişik Yaşamı - Tabiyet Üzerine Teoriler</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786053140801</t>
+          <t>9786053140788</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Bekle Bizi İstanbul</t>
+          <t>Şiirler Karşışiirler Başka Şiirler</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786053140764</t>
+          <t>9786053140450</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Hakları</t>
+          <t>Uğultulu Tepeler</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786053140320</t>
+          <t>9786053140368</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Sinança</t>
+          <t>Dövüş Kulübü 2 Sayı: 5B</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>430</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9789755396538</t>
+          <t>9786053140412</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Sinematografi Üzerine Düşünceler</t>
+          <t>Yeşilçam Dedikleri Türkiye</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786053140085</t>
+          <t>9786053140429</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü 2 Sayı: 4 (İki Farklı Kapak)</t>
+          <t>Mektuplaşmalar 1912-1942</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786053140337</t>
+          <t>9786053140436</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Trabzonlu Delikanlı</t>
+          <t>Cepheden Anılar- Orhan Savaşçı'nın THKP-C Anıları</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786053140313</t>
+          <t>9786053140375</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Kafesteki Kuşun Şarkısı</t>
+          <t>Adam Strand'ın Otuz Dokuz Ölümü</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786053140283</t>
+          <t>9786053140382</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Efendinin Güzeli</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>100</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786053140276</t>
+          <t>9786053140399</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Le Horla</t>
+          <t>Zamanı Yaşamak</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>180</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786053140252</t>
+          <t>9786053140801</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük</t>
+          <t>Bekle Bizi İstanbul</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9789755399942</t>
+          <t>9786053140764</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Mitostan Felsefeye</t>
+          <t>Hayvan Hakları</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786053140306</t>
+          <t>9786053140320</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>İyinin Egemenliği</t>
+          <t>Sinança</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>160</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786053140344</t>
+          <t>9789755396538</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Segah Makamı</t>
+          <t>Sinematografi Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786053140221</t>
+          <t>9786053140085</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Biraderim Aleksey'in Köylü Ütopyası Ülkesine Seyahati</t>
+          <t>Dövüş Kulübü 2 Sayı: 4 (İki Farklı Kapak)</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786053140177</t>
+          <t>9786053140337</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Tek Başına</t>
+          <t>Trabzonlu Delikanlı</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>700</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786053140207</t>
+          <t>9786053140313</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Ölüm</t>
+          <t>Kafesteki Kuşun Şarkısı</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786053140184</t>
+          <t>9786053140283</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Komünist</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786053140160</t>
+          <t>9786053140276</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Le Horla</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786053140214</t>
+          <t>9786053140252</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kadınlar ve Hayat</t>
+          <t>Özgürlük</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>255</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786053140245</t>
+          <t>9789755399942</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Kitap</t>
+          <t>Mitostan Felsefeye</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786053140139</t>
+          <t>9786053140306</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>İzmarit</t>
+          <t>İyinin Egemenliği</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786053140146</t>
+          <t>9786053140344</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Zihin ve Doğa Arasında Bir Psikoloji Tarihi</t>
+          <t>Segah Makamı</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>420</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786053140115</t>
+          <t>9786053140221</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Che'nin Birliği</t>
+          <t>Biraderim Aleksey'in Köylü Ütopyası Ülkesine Seyahati</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786053140108</t>
+          <t>9786053140177</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Bahar</t>
+          <t>Bir Gün Tek Başına</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>240</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786053140122</t>
+          <t>9786053140207</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>İslam Teolojisine Giriş</t>
+          <t>Tek Kişilik Ölüm</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>700</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786053140467</t>
+          <t>9786053140184</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Komün</t>
+          <t>Komünist</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9789755391243</t>
+          <t>9786053140160</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Biz</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>252</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786053140290</t>
+          <t>9786053140214</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Güven Cilt 1</t>
+          <t>Aşk Kadınlar ve Hayat</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786053140092</t>
+          <t>9786053140245</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Okulu</t>
+          <t>Sekiz Kitap</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786053140023</t>
+          <t>9786053140139</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Skolastik Fantazya</t>
+          <t>İzmarit</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786053140009</t>
+          <t>9786053140146</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Mülkiye</t>
+          <t>Zihin ve Doğa Arasında Bir Psikoloji Tarihi</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>125</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9789755399911</t>
+          <t>9786053140115</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Krediokrasi</t>
+          <t>Che'nin Birliği</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786053140016</t>
+          <t>9786053140108</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Liberhell</t>
+          <t>Bahar</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9789755399997</t>
+          <t>9786053140122</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Bir Haz Markası : Beautiful You</t>
+          <t>İslam Teolojisine Giriş</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>250</v>
+        <v>940</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9789755396323</t>
+          <t>9786053140467</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Şenlikli Toplum</t>
+          <t>Komün</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>200</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9789755399904</t>
+          <t>9789755391243</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Direniş, Sürgün ve Ölüm Günleri</t>
+          <t>Biz</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9789755399966</t>
+          <t>9786053140290</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta ve Felsefede Varoluşçular ve Mistikler</t>
+          <t>Güven Cilt 1</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>580</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9789755399928</t>
+          <t>9786053140092</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Kömürkirchen</t>
+          <t>Frankfurt Okulu</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9789755399980</t>
+          <t>9786053140023</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Özyönetim Düşüncesi</t>
+          <t>Skolastik Fantazya</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>330</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9789755399874</t>
+          <t>9786053140009</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Harcıyorum Öyleyse Varım</t>
+          <t>Bir Zamanlar Mülkiye</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786053140153</t>
+          <t>9789755399911</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Krediokrasi</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786053140054</t>
+          <t>9786053140016</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Özne Hayatı Konuşunca</t>
+          <t>Liberhell</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9789755393469</t>
+          <t>9789755399997</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Yatak Odasında Felsefe ya da Ahlaksız Eğitmenler</t>
+          <t>Bir Haz Markası : Beautiful You</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9789755399973</t>
+          <t>9789755396323</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Özel Görevler : Sovyet İstihbarat Şefinin Anıları</t>
+          <t>Şenlikli Toplum</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>580</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9789755399935</t>
+          <t>9789755399904</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Li Welate Sinoran</t>
+          <t>Direniş, Sürgün ve Ölüm Günleri</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9789755399959</t>
+          <t>9789755399966</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar Ülkesinde</t>
+          <t>Edebiyatta ve Felsefede Varoluşçular ve Mistikler</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>140</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9789755399881</t>
+          <t>9789755399928</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Mısır’ın Uzun 19. Yüzyılı</t>
+          <t>Kömürkirchen</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9789755399690</t>
+          <t>9789755399980</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Halkının Tarihi</t>
+          <t>Özyönetim Düşüncesi</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>560</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9789755395258</t>
+          <t>9789755399874</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kapitalizmin Kültürü</t>
+          <t>Harcıyorum Öyleyse Varım</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9789755399720</t>
+          <t>9786053140153</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Soren Kierkegaar’da Kaygı Kavramı</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9789755399744</t>
+          <t>9786053140054</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Tüy</t>
+          <t>Özne Hayatı Konuşunca</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9789755399829</t>
+          <t>9789755393469</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Bellek ve Belgesel Sinema</t>
+          <t>Yatak Odasında Felsefe ya da Ahlaksız Eğitmenler</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9789755399645</t>
+          <t>9789755399973</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Devrimciler Ölmez</t>
+          <t>Özel Görevler : Sovyet İstihbarat Şefinin Anıları</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>180</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9789755399638</t>
+          <t>9789755399935</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>İlahi Gazap</t>
+          <t>Li Welate Sinoran</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9789755399683</t>
+          <t>9789755399959</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Tek Dünyaya Doğru - Avrupa'daki Asya ve Batı'nın Şekillenişi Cilt 2</t>
+          <t>Sınırlar Ülkesinde</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9789755399669</t>
+          <t>9789755399881</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Parıltılı Armağan</t>
+          <t>Mısır’ın Uzun 19. Yüzyılı</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9789755399676</t>
+          <t>9789755399690</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Kayıp Estetiği</t>
+          <t>Ermeni Halkının Tarihi</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>260</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9789755399652</t>
+          <t>9789755395258</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Kayboluyorsun</t>
+          <t>Yeni Kapitalizmin Kültürü</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9789755399607</t>
+          <t>9789755399720</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Birazcık Halil</t>
+          <t>Soren Kierkegaar’da Kaygı Kavramı</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9789755399751</t>
+          <t>9789755399744</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Vay...</t>
+          <t>Tüy</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9789755399706</t>
+          <t>9789755399829</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>İçerdekiler</t>
+          <t>Toplumsal Bellek ve Belgesel Sinema</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9789755399737</t>
+          <t>9789755399645</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kapitalist Yöneticiler Sınıfı</t>
+          <t>Devrimciler Ölmez</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9789755399713</t>
+          <t>9789755399638</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Perik</t>
+          <t>İlahi Gazap</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>190</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9789755399805</t>
+          <t>9789755399683</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal Muhafazakar Medya</t>
+          <t>Tek Dünyaya Doğru - Avrupa'daki Asya ve Batı'nın Şekillenişi Cilt 2</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9789755399768</t>
+          <t>9789755399669</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Kaçan Şehir</t>
+          <t>Parıltılı Armağan</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9789755399812</t>
+          <t>9789755399676</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Tibet Şeftali Turtası</t>
+          <t>Marx’ın Kayıp Estetiği</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9789755392097</t>
+          <t>9789755399652</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Çokkültürlü Yurttaşlık</t>
+          <t>Kayboluyorsun</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9789755399546</t>
+          <t>9789755399607</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Komşum Sade</t>
+          <t>Birazcık Halil</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9789755399522</t>
+          <t>9789755399751</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Erikler Çiçek Açınca</t>
+          <t>Vay...</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9789755399393</t>
+          <t>9789755399706</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Zapata ve Meksika Devrimi</t>
+          <t>İçerdekiler</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9789755399508</t>
+          <t>9789755399737</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Orbitor - Cilt: 1</t>
+          <t>Türkiye’de Kapitalist Yöneticiler Sınıfı</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9789755399577</t>
+          <t>9789755399713</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>İlle de Mavi</t>
+          <t>Perik</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9789755399515</t>
+          <t>9789755399805</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Marksizmden Sonra Marx</t>
+          <t>Neoliberal Muhafazakar Medya</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786053140931</t>
+          <t>9789755399768</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Cennet ile Cehennemin Evliliği</t>
+          <t>Kaçan Şehir</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9789755392134</t>
+          <t>9789755399812</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Hesaplaşma</t>
+          <t>Tibet Şeftali Turtası</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>320</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786053140917</t>
+          <t>9789755392097</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>İletişim Bilimlerinin Unutulmuş Kökenleri</t>
+          <t>Çokkültürlü Yurttaşlık</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9789755399539</t>
+          <t>9789755399546</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Bitti Bitti Bitmedi</t>
+          <t>Komşum Sade</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9789755399461</t>
+          <t>9789755399522</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Düğün Uçuşu</t>
+          <t>Erikler Çiçek Açınca</t>
         </is>
       </c>
       <c r="C1272" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9789755399492</t>
+          <t>9789755399393</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Keçi Medeniyeti</t>
+          <t>Zapata ve Meksika Devrimi</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9789755399454</t>
+          <t>9789755399508</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Diyalektik İmgelem</t>
+          <t>Orbitor - Cilt: 1</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>510</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9789755391403</t>
+          <t>9789755399577</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Yönteme Karşı</t>
+          <t>İlle de Mavi</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>390</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9789755399447</t>
+          <t>9789755399515</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Devrimcilik Güzel Şey Be Kardeşim</t>
+          <t>Marksizmden Sonra Marx</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9789755399799</t>
+          <t>9786053140931</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Katilin Peşinde</t>
+          <t>Cennet ile Cehennemin Evliliği</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9789755399782</t>
+          <t>9789755392134</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Eleştirinin Anatomisi</t>
+          <t>Hesaplaşma</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>460</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786053140856</t>
+          <t>9786053140917</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Modernitesinin Sonu</t>
+          <t>İletişim Bilimlerinin Unutulmuş Kökenleri</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9789755391090</t>
+          <t>9789755399539</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Tahakküm ve Direniş Sanatları</t>
+          <t>Bitti Bitti Bitmedi</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9789755399348</t>
+          <t>9789755399461</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>İstisna</t>
+          <t>Düğün Uçuşu</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9789755392172</t>
+          <t>9789755399492</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Hoşgörü Üzerine</t>
+          <t>Keçi Medeniyeti</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>3</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9789755397948</t>
+          <t>9789755399454</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Galler'in Ruhu Ejderha</t>
+          <t>Diyalektik İmgelem</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>530</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9789755398068</t>
+          <t>9789755391403</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Lanetli</t>
+          <t>Yönteme Karşı</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9789755399317</t>
+          <t>9789755399447</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Çalışmalarında Araştırma Yöntem ve Teknikleri</t>
+          <t>Devrimcilik Güzel Şey Be Kardeşim</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9789755399386</t>
+          <t>9789755399799</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kentleşmesinin Toplumsal Arkeolojisi</t>
+          <t>Mükemmel Katilin Peşinde</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786053140771</t>
+          <t>9789755399782</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Popüler Sinemanın Mitolojisi</t>
+          <t>Eleştirinin Anatomisi</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>530</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786053140818</t>
+          <t>9786053140856</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Celestina</t>
+          <t>Yahudi Modernitesinin Sonu</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786053140849</t>
+          <t>9789755391090</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Gürültüsü</t>
+          <t>Tahakküm ve Direniş Sanatları</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>215</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786053140887</t>
+          <t>9789755399348</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Fatmagül'ün Suçu Ne?</t>
+          <t>İstisna</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>135</v>
+        <v>920</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786053140832</t>
+          <t>9789755392172</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Albayım</t>
+          <t>Hoşgörü Üzerine</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>150</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9789755398211</t>
+          <t>9789755397948</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Davet 1 : Antik Felsefe</t>
+          <t>Galler'in Ruhu Ejderha</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>280</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9789755398181</t>
+          <t>9789755398068</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük İçin Kürt Yazıları 2</t>
+          <t>Lanetli</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9789755398235</t>
+          <t>9789755399317</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Bizans Dünyası</t>
+          <t>Yeni Medya Çalışmalarında Araştırma Yöntem ve Teknikleri</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>540</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9789755397962</t>
+          <t>9789755399386</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>İlahiname</t>
+          <t>Türkiye Kentleşmesinin Toplumsal Arkeolojisi</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>525</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9789755398242</t>
+          <t>9786053140771</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Orpheus'un Bakışı</t>
+          <t>Popüler Sinemanın Mitolojisi</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9789755398228</t>
+          <t>9786053140818</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Geceleri Daireler Çizerek Yürürüz</t>
+          <t>Celestina</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>310</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9789755398266</t>
+          <t>9786053140849</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Denizin Kıyısında - Şansal Dikmen Kitabı</t>
+          <t>Zamanın Gürültüsü</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9789755392356</t>
+          <t>9786053140887</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Seni Sevmiyorum</t>
+          <t>Fatmagül'ün Suçu Ne?</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9789755398105</t>
+          <t>9786053140832</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Kırık Köşeli İlkbahar</t>
+          <t>Albayım</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9789755398198</t>
+          <t>9789755398211</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yazıları Konuşmaları 2</t>
+          <t>Felsefeye Davet 1 : Antik Felsefe</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9789755399591</t>
+          <t>9789755398181</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Anlat Bakalım</t>
+          <t>Özgürlük İçin Kürt Yazıları 2</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9789755399560</t>
+          <t>9789755398235</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyanın Doğuşu</t>
+          <t>Bizans Dünyası</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>700</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9789755399584</t>
+          <t>9789755397962</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Romantik Ortadoğu: Milletlerarası Bir Deneme</t>
+          <t>İlahiname</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9789755399621</t>
+          <t>9789755398242</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Oyun, Oyunbazlık, Yaratıcılık ve İnovasyon</t>
+          <t>Orpheus'un Bakışı</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9789755399775</t>
+          <t>9789755398228</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Adem ile Havva Her Yerde</t>
+          <t>Geceleri Daireler Çizerek Yürürüz</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9789755399843</t>
+          <t>9789755398266</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>İnternet ve Sokak</t>
+          <t>Fırtınalı Denizin Kıyısında - Şansal Dikmen Kitabı</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9789755393452</t>
+          <t>9789755392356</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Anne: Melek mi, Yosma mı?</t>
+          <t>Seni Sevmiyorum</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9789755396835</t>
+          <t>9789755398105</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Estetik</t>
+          <t>Kırık Köşeli İlkbahar</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9789755398082</t>
+          <t>9789755398198</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Azınlığın Zenginliği Hepimizin Çıkarına mıdır?</t>
+          <t>Tüm Yazıları Konuşmaları 2</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786053140870</t>
+          <t>9789755399591</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Aydınlar Sosyalizmi</t>
+          <t>Anlat Bakalım</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9789755394305</t>
+          <t>9789755399560</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Güçleri</t>
+          <t>Modern Dünyanın Doğuşu</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>290</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9789755398129</t>
+          <t>9789755399584</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Affedilmeyenler</t>
+          <t>Romantik Ortadoğu: Milletlerarası Bir Deneme</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9789755399287</t>
+          <t>9789755399621</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Site</t>
+          <t>Oyun, Oyunbazlık, Yaratıcılık ve İnovasyon</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9789755393407</t>
+          <t>9789755399775</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Göğü Delen Adam</t>
+          <t>Adem ile Havva Her Yerde</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9789755393391</t>
+          <t>9789755399843</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Göç, Kültür, Kimlik</t>
+          <t>İnternet ve Sokak</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9789755394831</t>
+          <t>9789755393452</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Zaman</t>
+          <t>Anne: Melek mi, Yosma mı?</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9789755393384</t>
+          <t>9789755396835</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Karnavaldan Romana</t>
+          <t>Sanat ve Estetik</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9789755392967</t>
+          <t>9789755398082</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Zenciler</t>
+          <t>Azınlığın Zenginliği Hepimizin Çıkarına mıdır?</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9789755390895</t>
+          <t>9786053140870</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Zen ve Motosiklet Bakım Sanatı</t>
+          <t>Aydınlar Sosyalizmi</t>
         </is>
       </c>
       <c r="C1320" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9789755391441</t>
+          <t>9789755394305</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Baştan Çıkarıcının Günlüğü</t>
+          <t>Korkunun Güçleri</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9789755395715</t>
+          <t>9789755398129</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma Partisi</t>
+          <t>Affedilmeyenler</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>310</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9789755398006</t>
+          <t>9789755399287</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Cool Anılar 1-2</t>
+          <t>Müslüman Site</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>320</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9789755392844</t>
+          <t>9789755393407</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Özne ve İktidar - Seçme Yazılar 2</t>
+          <t>Göğü Delen Adam</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9789755392455</t>
+          <t>9789755393391</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Edepsizlik, Anarşi ve Gerçeklik</t>
+          <t>Göç, Kültür, Kimlik</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9789755397993</t>
+          <t>9789755394831</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Medyaya Karşı</t>
+          <t>Ölüm ve Zaman</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>520</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9789755397849</t>
+          <t>9789755393384</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Kara Perde</t>
+          <t>Karnavaldan Romana</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9789755397870</t>
+          <t>9789755392967</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Arabistan'dan Öteye Cilt: 1</t>
+          <t>Zenciler</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9789755394459</t>
+          <t>9789755390895</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Gürültüden Müziğe</t>
+          <t>Zen ve Motosiklet Bakım Sanatı</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>230</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9789755397665</t>
+          <t>9789755391441</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Bir Türk Filmi Olarak Kanser</t>
+          <t>Baştan Çıkarıcının Günlüğü</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9789755397702</t>
+          <t>9789755395715</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Denizin Yolcuları: Sedat Göçmen Kitabı</t>
+          <t>Çarpışma Partisi</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>325</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9789755398907</t>
+          <t>9789755398006</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Haziran'da Bir Fidan</t>
+          <t>Cool Anılar 1-2</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9789755399331</t>
+          <t>9789755392844</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Yakınlaşma</t>
+          <t>Özne ve İktidar - Seçme Yazılar 2</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>290</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9789755399409</t>
+          <t>9789755392455</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Halk İstiyor</t>
+          <t>Edepsizlik, Anarşi ve Gerçeklik</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9789755398457</t>
+          <t>9789755397993</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Sinema Teorisine Giriş</t>
+          <t>Medyaya Karşı</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>480</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9789755398464</t>
+          <t>9789755397849</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Bir Buğday Tanesi</t>
+          <t>Kara Perde</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>304</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9789755398143</t>
+          <t>9789755397870</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya - Her Şeyden Önce Savaş Yapmaya Yarar</t>
+          <t>Arabistan'dan Öteye Cilt: 1</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9789755394121</t>
+          <t>9789755394459</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Kuramı</t>
+          <t>Gürültüden Müziğe</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9789755396408</t>
+          <t>9789755397665</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Düşmanın Tarihi</t>
+          <t>Bir Türk Filmi Olarak Kanser</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9789755396873</t>
+          <t>9789755397702</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Duyuru</t>
+          <t>Fırtınalı Denizin Yolcuları: Sedat Göçmen Kitabı</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9789755392073</t>
+          <t>9789755398907</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Mekanları Tüketmek</t>
+          <t>Haziran'da Bir Fidan</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9789755390307</t>
+          <t>9789755399331</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Demokrasi</t>
+          <t>Tehlikeli Yakınlaşma</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9789755394862</t>
+          <t>9789755399409</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Masumiyetin Ayartıcılığı</t>
+          <t>Halk İstiyor</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9789755392820</t>
+          <t>9789755398457</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Hayaletleri</t>
+          <t>Sinema Teorisine Giriş</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>290</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9789755396583</t>
+          <t>9789755398464</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Marx ve Weber’de Doğu Toplumları</t>
+          <t>Bir Buğday Tanesi</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>310</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9789755394237</t>
+          <t>9789755398143</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Marx ve Mahdumları</t>
+          <t>Coğrafya - Her Şeyden Önce Savaş Yapmaya Yarar</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9789755392202</t>
+          <t>9789755394121</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Dil Felsefesi</t>
+          <t>Edebiyat Kuramı</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9789755393070</t>
+          <t>9789755396408</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Mantissa</t>
+          <t>Düşmanın Tarihi</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>215</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9789755392332</t>
+          <t>9789755396873</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Manş Ötesi</t>
+          <t>Duyuru</t>
         </is>
       </c>
       <c r="C1349" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9789755390697</t>
+          <t>9789755392073</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyetin Dönüşümü</t>
+          <t>Mekanları Tüketmek</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9789755396224</t>
+          <t>9789755390307</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Maddesiz</t>
+          <t>Medya ve Demokrasi</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9789755394907</t>
+          <t>9789755394862</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Limon Masası</t>
+          <t>Masumiyetin Ayartıcılığı</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>215</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9789755391984</t>
+          <t>9789755392820</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Lila Ahlakın Sorgulanması</t>
+          <t>Marx’ın Hayaletleri</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>405</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786053142547</t>
+          <t>9789755396583</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme</t>
+          <t>Marx ve Weber’de Doğu Toplumları</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9789755392572</t>
+          <t>9789755394237</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Emperyalizm</t>
+          <t>Marx ve Mahdumları</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9789755392899</t>
+          <t>9789755392202</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Bellek : Eski Yüksek Kültürlerde Yazı, Hatırlama ve Politik Kimlik</t>
+          <t>Marksizm ve Dil Felsefesi</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9789755394466</t>
+          <t>9789755393070</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Kültür Yorumları</t>
+          <t>Mantissa</t>
         </is>
       </c>
       <c r="C1357" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9789755396163</t>
+          <t>9789755392332</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Kuzeye Göç Mevsimi</t>
+          <t>Manş Ötesi</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9789755393766</t>
+          <t>9789755390697</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Ruh</t>
+          <t>Mahremiyetin Dönüşümü</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9789755393339</t>
+          <t>9789755396224</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İnsan</t>
+          <t>Maddesiz</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9789755395999</t>
+          <t>9789755394907</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Teolojisi</t>
+          <t>Limon Masası</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>410</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9789755393636</t>
+          <t>9789755391984</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Kurtlarla Koşan Kadınlar</t>
+          <t>Lila Ahlakın Sorgulanması</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>490</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9789755397245</t>
+          <t>9786053142547</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Kurgudan da Garip</t>
+          <t>Küreselleşme</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9789755392653</t>
+          <t>9789755392572</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Kreşteki Yabani</t>
+          <t>Kültürel Emperyalizm</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9789755395722</t>
+          <t>9789755392899</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Kötülüğün Şeffaflığı</t>
+          <t>Kültürel Bellek : Eski Yüksek Kültürlerde Yazı, Hatırlama ve Politik Kimlik</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9789755393629</t>
+          <t>9789755394466</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Haydutlar</t>
+          <t>Kültür Yorumları</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9789755396552</t>
+          <t>9789755396163</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Kovboy Kızlar da Hüzünlenir</t>
+          <t>Kuzeye Göç Mevsimi</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9789755396217</t>
+          <t>9789755393766</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Korkulacak Bir Şey Yok</t>
+          <t>Kutsal Ruh</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9789755393506</t>
+          <t>9789755393339</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Korku Kültürü</t>
+          <t>Kutsal İnsan</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9789755393087</t>
+          <t>9789755395999</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Koleksiyoncu</t>
+          <t>Kurtuluş Teolojisi</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>310</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9789755392301</t>
+          <t>9789755393636</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Kitle ve İktidar</t>
+          <t>Kurtlarla Koşan Kadınlar</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>560</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9789755391274</t>
+          <t>9789755397245</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Mekanları</t>
+          <t>Kurgudan da Garip</t>
         </is>
       </c>
       <c r="C1372" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9789755397061</t>
+          <t>9789755392653</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Kızıllığın Kalbi</t>
+          <t>Kreşteki Yabani</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9789755396965</t>
+          <t>9789755395722</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Kızılbaşlar - Aleviler</t>
+          <t>Kötülüğün Şeffaflığı</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9789755391373</t>
+          <t>9789755393629</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Kızılağaçlar Kralı</t>
+          <t>Kozmik Haydutlar</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>335</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9789755395302</t>
+          <t>9789755396552</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Kesik Bir Baş</t>
+          <t>Kovboy Kızlar da Hüzünlenir</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>270</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9789755392950</t>
+          <t>9789755396217</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Kaynak ve Çalı ya da Eleazar</t>
+          <t>Korkulacak Bir Şey Yok</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9789755395876</t>
+          <t>9789755393506</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Kaybedenlerin Belleği</t>
+          <t>Korku Kültürü</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>420</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9789755395586</t>
+          <t>9789755393087</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Kültürleri</t>
+          <t>Koleksiyoncu</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>640</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9789755393704</t>
+          <t>9789755392301</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Karakter Aşınması</t>
+          <t>Kitle ve İktidar</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>220</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9789755392783</t>
+          <t>9789755391274</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Kara Prens</t>
+          <t>Kimlik Mekanları</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>430</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9789755391052</t>
+          <t>9789755397061</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Kamusal İnsanın Çöküşü</t>
+          <t>Kızıllığın Kalbi</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>510</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9789755390918</t>
+          <t>9789755396965</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Kalecinin Penaltı Anındaki Endişesi</t>
+          <t>Kızılbaşlar - Aleviler</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9789755392110</t>
+          <t>9789755391373</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Kahkahanın Zaferi Yıkıcı Tarih Olarak Gülme</t>
+          <t>Kızılağaçlar Kralı</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>390</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9789755395623</t>
+          <t>9789755395302</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Bedeni</t>
+          <t>Kesik Bir Baş</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9789755394497</t>
+          <t>9789755392950</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Kaçaklar ve Mülteciler</t>
+          <t>Kaynak ve Çalı ya da Eleazar</t>
         </is>
       </c>
       <c r="C1386" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9789755397467</t>
+          <t>9789755395876</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Jilet Sinan</t>
+          <t>Kaybedenlerin Belleği</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9789755397511</t>
+          <t>9789755395586</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>İşletme Hastalığına Tutulmuş Toplum</t>
+          <t>Karanlığın Kültürleri</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>300</v>
+        <v>830</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9789755397115</t>
+          <t>9789755393704</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>İsyan Pazarlanıyor</t>
+          <t>Karakter Aşınması</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9789755396231</t>
+          <t>9789755392783</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>İslamın İkinci Mesajı</t>
+          <t>Kara Prens</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>240</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9789755396125</t>
+          <t>9789755391052</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Geleceği</t>
+          <t>Kamusal İnsanın Çöküşü</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>160</v>
+        <v>660</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9789755396514</t>
+          <t>9789755390918</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>İslam’da 50 Önemli İsim</t>
+          <t>Kalecinin Penaltı Anındaki Endişesi</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9789755395746</t>
+          <t>9789755392110</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Mahrem Tarihi</t>
+          <t>Kahkahanın Zaferi Yıkıcı Tarih Olarak Gülme</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>560</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9789755390628</t>
+          <t>9789755395623</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>İnsan Postuna Bürünmüş Köpek</t>
+          <t>Kadın ve Bedeni</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9789755393445</t>
+          <t>9789755394497</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığımız Sefalet</t>
+          <t>Kaçaklar ve Mülteciler</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9789755392776</t>
+          <t>9789755397467</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Yaratık</t>
+          <t>Jilet Sinan</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9789755390482</t>
+          <t>9789755397511</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Watt</t>
+          <t>İşletme Hastalığına Tutulmuş Toplum</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9789755395432</t>
+          <t>9789755397115</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Villa Meçhul</t>
+          <t>İsyan Pazarlanıyor</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9789755390215</t>
+          <t>9789755396231</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Veda Yemeği</t>
+          <t>İslamın İkinci Mesajı</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9789755396804</t>
+          <t>9789755396125</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Oğlanlar</t>
+          <t>İslam’ın Geleceği</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9789755397283</t>
+          <t>9789755396514</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Travesti</t>
+          <t>İslam’da 50 Önemli İsim</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9789755391939</t>
+          <t>9789755395746</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet ve İktidar</t>
+          <t>İnsanlığın Mahrem Tarihi</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>440</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9789755391755</t>
+          <t>9789755390628</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Toplumlar Nasıl Anımsar?</t>
+          <t>İnsan Postuna Bürünmüş Köpek</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9789755393797</t>
+          <t>9789755393445</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Tıkanma</t>
+          <t>Yaşadığımız Sefalet</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9789755390581</t>
+          <t>9789755392776</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Televizyon: Öldüren Eğlence</t>
+          <t>Yaratık</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>260</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9789755395500</t>
+          <t>9789755390482</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Tekinsiz</t>
+          <t>Watt</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9789755393544</t>
+          <t>9789755395432</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Tavandaki Kukla</t>
+          <t>Villa Meçhul</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9789755396460</t>
+          <t>9789755390215</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Şiddet</t>
+          <t>Veda Yemeği</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>460</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9789755397078</t>
+          <t>9789755396804</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Tarihçi ve Toplumsal Hareket</t>
+          <t>Vahşi Oğlanlar</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9789755390666</t>
+          <t>9789755397283</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Tin</t>
+          <t>Travesti</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9789755392769</t>
+          <t>9789755391939</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Kent</t>
+          <t>Toplumsal Cinsiyet ve İktidar</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>920</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9789755392998</t>
+          <t>9789755391755</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Ağzından Evrenin Hikayesi</t>
+          <t>Toplumlar Nasıl Anımsar?</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9789755394008</t>
+          <t>9789755393797</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Tango</t>
+          <t>Tıkanma</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9789755396842</t>
+          <t>9789755390581</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Süryaniler</t>
+          <t>Televizyon: Öldüren Eğlence</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9789755394343</t>
+          <t>9789755395500</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Sürüden Devlete</t>
+          <t>Tekinsiz</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>520</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9789755396828</t>
+          <t>9789755393544</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Sultanlar Zamanında Anadolu’da Hıristiyanlık ve İslam - 1</t>
+          <t>Tavandaki Kukla</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9789755391892</t>
+          <t>9789755396460</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Dur Bir Mola Ver</t>
+          <t>Tatlı Şiddet</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>336</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9789755393223</t>
+          <t>9789755397078</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü</t>
+          <t>Tarihçi ve Toplumsal Hareket</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9789755391991</t>
+          <t>9789755390666</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Tarih ve Tin</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>380</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9789755393315</t>
+          <t>9789755392769</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Disiplin</t>
+          <t>Tarih Boyunca Kent</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>510</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9789755395708</t>
+          <t>9789755392998</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Dikizleme Günlüğü</t>
+          <t>Tanrı’nın Ağzından Evrenin Hikayesi</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9789755394503</t>
+          <t>9789755394008</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Zamanı</t>
+          <t>Tango</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>340</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9789755397092</t>
+          <t>9789755396842</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Kızları</t>
+          <t>Süryaniler</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786053146132</t>
+          <t>9789755394343</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Devlete Karşı Toplum</t>
+          <t>Sürüden Devlete</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>240</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9789755394077</t>
+          <t>9789755396828</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Denizci</t>
+          <t>Sultanlar Zamanında Anadolu’da Hıristiyanlık ve İslam - 1</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9789755396606</t>
+          <t>9789755391892</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Daniel Martin</t>
+          <t>Dur Bir Mola Ver</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>714</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9789755390611</t>
+          <t>9789755393223</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Daha Az Devlet Daha Çok Toplum</t>
+          <t>Dövüş Kulübü</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9789755394336</t>
+          <t>9789755391991</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Çokluk</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>410</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9789755392431</t>
+          <t>9789755393315</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerin Meryem Anası</t>
+          <t>Disiplin</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>256</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9789755395678</t>
+          <t>9789755395708</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerin Kültürü</t>
+          <t>Dikizleme Günlüğü</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>700</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9789755396620</t>
+          <t>9789755394503</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Çalışmak Sağlığa Zararlıdır</t>
+          <t>Devrimin Zamanı</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9789755390635</t>
+          <t>9789755397092</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Çalı Horozu</t>
+          <t>Devrimin Kızları</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>252</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9789755393278</t>
+          <t>9786053146132</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal Bilimler Felsefesi</t>
+          <t>Devlete Karşı Toplum</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9789755390642</t>
+          <t>9789755394077</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Cuma ya da Pasifik Arafı</t>
+          <t>Denizci</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>252</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9789755393711</t>
+          <t>9789755396606</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Cool Anılar 3-4 (1990-2000)</t>
+          <t>Daniel Martin</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>270</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9789755397498</t>
+          <t>9789755390611</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Cihan Harbine Doğru Türkiye</t>
+          <t>Daha Az Devlet Daha Çok Toplum</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9789755397252</t>
+          <t>9789755394336</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Eleştirisi</t>
+          <t>Çokluk</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>540</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9789755395401</t>
+          <t>9789755392431</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Cenaze Merasimi</t>
+          <t>Çiçeklerin Meryem Anası</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9789755392981</t>
+          <t>9789755395678</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Caz Kitabı</t>
+          <t>Çiçeklerin Kültürü</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>630</v>
+        <v>820</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9789755393131</t>
+          <t>9789755396620</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Büyüsü Bozulmuş Dünyayı Büyülemek</t>
+          <t>Çalışmak Sağlığa Zararlıdır</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9789755396071</t>
+          <t>9789755390635</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Büyük Maymunlar</t>
+          <t>Çalı Horozu</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9789755392851</t>
+          <t>9789755393278</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kapatılma</t>
+          <t>Çağdaş Sosyal Bilimler Felsefesi</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9789755393735</t>
+          <t>9789755390642</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Büyücü</t>
+          <t>Cuma ya da Pasifik Arafı</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9789755397054</t>
+          <t>9789755393711</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Bunu Ben de Yaparım!</t>
+          <t>Cool Anılar 3-4 (1990-2000)</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9789755395364</t>
+          <t>9789755397498</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Brooklyn’e Son Çıkış</t>
+          <t>Cihan Harbine Doğru Türkiye</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9789755392295</t>
+          <t>9789755397252</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Bizi "Biz" Yapan Hikayeler</t>
+          <t>Cennetin Eleştirisi</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>520</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9789755394422</t>
+          <t>9789755395401</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Bireyselleşmiş Toplum</t>
+          <t>Cenaze Merasimi</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9789755397214</t>
+          <t>9789755392981</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Bir Son Duygusu</t>
+          <t>Caz Kitabı</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>210</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9789755393056</t>
+          <t>9789755393131</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Bir Komünistle Evlendim</t>
+          <t>Büyüsü Bozulmuş Dünyayı Büyülemek</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>304</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9789755396118</t>
+          <t>9789755396071</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Bir İdea Olarak Komünizm</t>
+          <t>Büyük Maymunlar</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9789755395814</t>
+          <t>9789755392851</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Bir Düş İçin Ağıt</t>
+          <t>Büyük Kapatılma</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9789755394275</t>
+          <t>9789755393735</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Bir Çift Söz</t>
+          <t>Büyücü</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>320</v>
+        <v>860</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9789755395203</t>
+          <t>9789755397054</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılda Bir Aile Cinayeti</t>
+          <t>Bunu Ben de Yaparım!</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9789755396255</t>
+          <t>9789755395364</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Arkeolojisi</t>
+          <t>Brooklyn’e Son Çıkış</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786053140031</t>
+          <t>9789755392295</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zenciler</t>
+          <t>Bizi "Biz" Yapan Hikayeler</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>310</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9789755396675</t>
+          <t>9789755394422</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Beraber</t>
+          <t>Bireyselleşmiş Toplum</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>390</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9789755396668</t>
+          <t>9789755397214</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Benjaminia: Dil, Tarih ve Coğrafya</t>
+          <t>Bir Son Duygusu</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9789755392370</t>
+          <t>9789755393056</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Benimle Tanışmadan Önce</t>
+          <t>Bir Komünistle Evlendim</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>234</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9789755393421</t>
+          <t>9789755396118</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Beni Ayakta Gömün</t>
+          <t>Bir İdea Olarak Komünizm</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>390</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9789755396088</t>
+          <t>9789755395814</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Ben Özelim</t>
+          <t>Bir Düş İçin Ağıt</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9789755397443</t>
+          <t>9789755394275</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Bekleme Dönemi</t>
+          <t>Bir Çift Söz</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9789755392486</t>
+          <t>9789755395203</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Baştan Çıkarma Üzerine</t>
+          <t>19. Yüzyılda Bir Aile Cinayeti</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9789755395135</t>
+          <t>9789755396255</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Balkon</t>
+          <t>Bilginin Arkeolojisi</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9789755394916</t>
+          <t>9786053140031</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Bakunin’den Lacan’a</t>
+          <t>Beyaz Zenciler</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9789755397085</t>
+          <t>9789755396675</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Babamın En Güzel Fotoğrafı</t>
+          <t>Beraber</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>130</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9789755395975</t>
+          <t>9789755396668</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>B, Bira</t>
+          <t>Benjaminia: Dil, Tarih ve Coğrafya</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>168</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9789755390208</t>
+          <t>9789755392370</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Güneş</t>
+          <t>Benimle Tanışmadan Önce</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9789755392530</t>
+          <t>9789755393421</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Ateizmi Savunmak</t>
+          <t>Beni Ayakta Gömün</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>270</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9789755393247</t>
+          <t>9789755396088</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Aşk Vesaire</t>
+          <t>Ben Özelim</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9789755392929</t>
+          <t>9789755397443</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Aşk İlişkileri</t>
+          <t>Bekleme Dönemi</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9789755394763</t>
+          <t>9789755392486</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Arthur ve George</t>
+          <t>Baştan Çıkarma Üzerine</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>399</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786053140962</t>
+          <t>9789755395135</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Moda-Loji</t>
+          <t>Balkon</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9789755390864</t>
+          <t>9789755394916</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Akla Veda</t>
+          <t>Bakunin’den Lacan’a</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>445</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9789755397436</t>
+          <t>9789755397085</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Akıl Hastalığı ve Psikoloji</t>
+          <t>Babamın En Güzel Fotoğrafı</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9789755394886</t>
+          <t>9789755395975</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Bir Ahlak Kuramı</t>
+          <t>B, Bira</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>830</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786053145813</t>
+          <t>9789755390208</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>İhvan-ı Safa Risaleleri Cilt 3</t>
+          <t>Ateş ve Güneş</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9789755397917</t>
+          <t>9789755392530</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Gandi'nin Tutkusu</t>
+          <t>Ateizmi Savunmak</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9789755397818</t>
+          <t>9789755393247</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Oxford İslam Sözlüğü</t>
+          <t>Aşk Vesaire</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9789755397825</t>
+          <t>9789755392929</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Akışkan Gözetim</t>
+          <t>Aşk İlişkileri</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9789755394169</t>
+          <t>9789755394763</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Kültür</t>
+          <t>Arthur ve George</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>320</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9789755392219</t>
+          <t>9786053140962</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizmin Yanılsamaları</t>
+          <t>Moda-Loji</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9789755397795</t>
+          <t>9789755390864</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Sultanlar Zamanında Hıristiyanlık Ve İslam (2. Cilt)</t>
+          <t>Akla Veda</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>400</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9789755397696</t>
+          <t>9789755397436</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>İblis</t>
+          <t>Akıl Hastalığı ve Psikoloji</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9789755397726</t>
+          <t>9789755394886</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Hayat Düzeyleri</t>
+          <t>Bir Ahlak Kuramı</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>130</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9789755394534</t>
+          <t>9786053145813</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Sevdalı Tutsak</t>
+          <t>İhvan-ı Safa Risaleleri Cilt 3</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9789755397689</t>
+          <t>9789755397917</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Komünistlerden İslamcılara Bir 20. Yüzyıl Tarihi: Endonezya</t>
+          <t>Gandi'nin Tutkusu</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>360</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9789755397672</t>
+          <t>9789755397818</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Keşke Bir Öpüp Koklasaydım: Geride Kalan Aileler 12 Eylül'ü Anlatıyor</t>
+          <t>Oxford İslam Sözlüğü</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9789755393063</t>
+          <t>9789755397825</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlar ve Mezarları</t>
+          <t>Akışkan Gözetim</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9789755394374</t>
+          <t>9789755394169</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkların Efendisi</t>
+          <t>Küreselleşme ve Kültür</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>405</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9789755397603</t>
+          <t>9789755392219</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Üzerine Bir Deneme</t>
+          <t>Postmodernizmin Yanılsamaları</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
+          <t>9789755397795</t>
+        </is>
+      </c>
+      <c r="B1491" s="1" t="inlineStr">
+        <is>
+          <t>Sultanlar Zamanında Hıristiyanlık Ve İslam (2. Cilt)</t>
+        </is>
+      </c>
+      <c r="C1491" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1492" spans="1:3">
+      <c r="A1492" s="1" t="inlineStr">
+        <is>
+          <t>9789755397696</t>
+        </is>
+      </c>
+      <c r="B1492" s="1" t="inlineStr">
+        <is>
+          <t>İblis</t>
+        </is>
+      </c>
+      <c r="C1492" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1493" spans="1:3">
+      <c r="A1493" s="1" t="inlineStr">
+        <is>
+          <t>9789755397726</t>
+        </is>
+      </c>
+      <c r="B1493" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Düzeyleri</t>
+        </is>
+      </c>
+      <c r="C1493" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1494" spans="1:3">
+      <c r="A1494" s="1" t="inlineStr">
+        <is>
+          <t>9789755394534</t>
+        </is>
+      </c>
+      <c r="B1494" s="1" t="inlineStr">
+        <is>
+          <t>Sevdalı Tutsak</t>
+        </is>
+      </c>
+      <c r="C1494" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1495" spans="1:3">
+      <c r="A1495" s="1" t="inlineStr">
+        <is>
+          <t>9789755397689</t>
+        </is>
+      </c>
+      <c r="B1495" s="1" t="inlineStr">
+        <is>
+          <t>Komünistlerden İslamcılara Bir 20. Yüzyıl Tarihi: Endonezya</t>
+        </is>
+      </c>
+      <c r="C1495" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1496" spans="1:3">
+      <c r="A1496" s="1" t="inlineStr">
+        <is>
+          <t>9789755397672</t>
+        </is>
+      </c>
+      <c r="B1496" s="1" t="inlineStr">
+        <is>
+          <t>Keşke Bir Öpüp Koklasaydım: Geride Kalan Aileler 12 Eylül'ü Anlatıyor</t>
+        </is>
+      </c>
+      <c r="C1496" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="1497" spans="1:3">
+      <c r="A1497" s="1" t="inlineStr">
+        <is>
+          <t>9789755393063</t>
+        </is>
+      </c>
+      <c r="B1497" s="1" t="inlineStr">
+        <is>
+          <t>Kahramanlar ve Mezarları</t>
+        </is>
+      </c>
+      <c r="C1497" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1498" spans="1:3">
+      <c r="A1498" s="1" t="inlineStr">
+        <is>
+          <t>9789755394374</t>
+        </is>
+      </c>
+      <c r="B1498" s="1" t="inlineStr">
+        <is>
+          <t>Karanlıkların Efendisi</t>
+        </is>
+      </c>
+      <c r="C1498" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="1499" spans="1:3">
+      <c r="A1499" s="1" t="inlineStr">
+        <is>
+          <t>9789755397603</t>
+        </is>
+      </c>
+      <c r="B1499" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlük Üzerine Bir Deneme</t>
+        </is>
+      </c>
+      <c r="C1499" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1500" spans="1:3">
+      <c r="A1500" s="1" t="inlineStr">
+        <is>
           <t>9789755393803</t>
         </is>
       </c>
-      <c r="B1491" s="1" t="inlineStr">
+      <c r="B1500" s="1" t="inlineStr">
         <is>
           <t>Anahtarlar Ve Kilitler</t>
         </is>
       </c>
-      <c r="C1491" s="1">
-        <v>270</v>
+      <c r="C1500" s="1">
+        <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>