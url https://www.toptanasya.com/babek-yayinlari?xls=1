--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -85,1315 +85,1330 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057087072</t>
+          <t>9786259585871</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Aşil Topuğu</t>
+          <t>Peri Vadisi Günlükleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>168</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>4440000001766</t>
+          <t>9786057087072</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 19 Ocak 2022</t>
+          <t>Aşil Topuğu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>30</v>
+        <v>168</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259585864</t>
+          <t>4440000001766</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hatıra Kalsın</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 19 Ocak 2022</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>230</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259585857</t>
+          <t>9786259585864</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Müsekkin Yağmurlar Zamanı</t>
+          <t>Hatıra Kalsın</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259585840</t>
+          <t>9786259585857</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aklımda Kalanlar</t>
+          <t>Müsekkin Yağmurlar Zamanı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259585833</t>
+          <t>9786259585840</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hegemonya El Değiştirirken Kürt Siyasetinde Strateji Değişimi (Mi?)</t>
+          <t>Aklımda Kalanlar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259585826</t>
+          <t>9786259585833</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mamak Karanlığında Tecrit 1 Arka</t>
+          <t>Hegemonya El Değiştirirken Kürt Siyasetinde Strateji Değişimi (Mi?)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259585819</t>
+          <t>9786259585826</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Axw ü Adir</t>
+          <t>Mamak Karanlığında Tecrit 1 Arka</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056913044</t>
+          <t>9786259585819</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dersim Tarihi</t>
+          <t>Axw ü Adir</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259875187</t>
+          <t>9786056913044</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet ve Organları-1</t>
+          <t>Dersim Tarihi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>500</v>
+        <v>175</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259875194</t>
+          <t>9786259875187</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kedicil ve Münzevi Düşler</t>
+          <t>Derin Devlet ve Organları-1</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259585802</t>
+          <t>9786259875194</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kısa Hayatların Uzun Hikayeleri</t>
+          <t>Kedicil ve Münzevi Düşler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259875170</t>
+          <t>9786259585802</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Zerdali</t>
+          <t>Kısa Hayatların Uzun Hikayeleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259875163</t>
+          <t>9786259875170</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Onurlu Bir Yaşam İçin Mücadele Etmeye Değer</t>
+          <t>Zerdali</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>580</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259875149</t>
+          <t>9786259875163</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yola Yansıyan Manalar - Hak Yol Alevilikte Popüler Kültür Yazıları</t>
+          <t>Onurlu Bir Yaşam İçin Mücadele Etmeye Değer</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>290</v>
+        <v>580</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259875132</t>
+          <t>9786259875149</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kilikya</t>
+          <t>Yola Yansıyan Manalar - Hak Yol Alevilikte Popüler Kültür Yazıları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259875125</t>
+          <t>9786259875132</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gölgeden Şafağa Koçgiri</t>
+          <t>Kilikya</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786058260603</t>
+          <t>9786259875125</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kırda Ateş Politik 2</t>
+          <t>Gölgeden Şafağa Koçgiri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259875101</t>
+          <t>9786058260603</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Aynı Göğün Altında Gezi ve Kobani</t>
+          <t>Kırda Ateş Politik 2</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259875118</t>
+          <t>9786259875101</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mağaradan</t>
+          <t>Aynı Göğün Altında Gezi ve Kobani</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057255594</t>
+          <t>9786259875118</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Annem Çiçeklerden Bir Duvardı</t>
+          <t>Mağaradan</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057255570</t>
+          <t>9786057255594</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Roze Rındeki</t>
+          <t>Annem Çiçeklerden Bir Duvardı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057255563</t>
+          <t>9786057255570</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ez</t>
+          <t>Roze Rındeki</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057255556</t>
+          <t>9786057255563</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Uzun Romanları</t>
+          <t>Ez</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057255549</t>
+          <t>9786057255556</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Evliya ve Azizler Köyü Onar</t>
+          <t>Mehmed Uzun Romanları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057255532</t>
+          <t>9786057255549</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Alevilikte Ocaklar Gerçeği</t>
+          <t>Evliya ve Azizler Köyü Onar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>248</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057255525</t>
+          <t>9786057255532</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dersim Tarihi</t>
+          <t>Alevilikte Ocaklar Gerçeği</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>128</v>
+        <v>248</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057255501</t>
+          <t>9786057255525</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Murat Gölü</t>
+          <t>Dersim Tarihi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>120</v>
+        <v>128</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057255518</t>
+          <t>9786057255501</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ayar</t>
+          <t>Murat Gölü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057010377</t>
+          <t>9786057255518</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Yolu</t>
+          <t>Ayar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>4440000002491</t>
+          <t>9786057010377</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 20 Kasım-Aralık 2022</t>
+          <t>Üniversite Yolu</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>30</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057087096</t>
+          <t>4440000002491</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Melekler Ölmez</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 20 Kasım-Aralık 2022</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057087058</t>
+          <t>9786057087096</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Zencileri</t>
+          <t>Melekler Ölmez</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>430</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050604849</t>
+          <t>9786057087058</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Kırmancca (Zazaca) Sözlük</t>
+          <t>Devrimin Zencileri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057087065</t>
+          <t>9786050604849</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Şerafettin’e Kar Yağmıştı</t>
+          <t>Türkçe-Kırmancca (Zazaca) Sözlük</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057087041</t>
+          <t>9786057087065</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ali Haydar</t>
+          <t>Şerafettin’e Kar Yağmıştı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057087010</t>
+          <t>9786057087041</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Evrenden Masallar</t>
+          <t>Ali Haydar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057087034</t>
+          <t>9786057087010</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Örgütlenme Deneyimleri</t>
+          <t>Evrenden Masallar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057087003</t>
+          <t>9786057087034</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çöpten Çıkan Aşk</t>
+          <t>Örgütlenme Deneyimleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057010391</t>
+          <t>9786057087003</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Bugüne Alevilik Tarihi</t>
+          <t>Çöpten Çıkan Aşk</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057010384</t>
+          <t>9786057010391</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Hayatların Kaçak Müdavimleri</t>
+          <t>Geçmişten Bugüne Alevilik Tarihi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786050604860</t>
+          <t>9786057010384</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bego - Dersim 1938 et Ensuite</t>
+          <t>Kaçak Hayatların Kaçak Müdavimleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057087089</t>
+          <t>9786050604860</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bego Dersim 1938 ve Sonrası</t>
+          <t>Bego - Dersim 1938 et Ensuite</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057010346</t>
+          <t>9786057087089</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Rızalık Toplumları</t>
+          <t>Bego Dersim 1938 ve Sonrası</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057010353</t>
+          <t>9786057010346</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kuruk</t>
+          <t>Rızalık Toplumları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057010339</t>
+          <t>9786057010353</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yayınlanmış Yazılar -3</t>
+          <t>Kuruk</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057010322</t>
+          <t>9786057010339</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yayınlanmış Yazılar -2</t>
+          <t>Yayınlanmış Yazılar -3</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786050604856</t>
+          <t>9786057010322</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yayınlanmış Yazılar -1</t>
+          <t>Yayınlanmış Yazılar -2</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057010315</t>
+          <t>9786050604856</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çölde Yeşerdi Sol Yanım</t>
+          <t>Yayınlanmış Yazılar -1</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057010308</t>
+          <t>9786057010315</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yemoş Hatun ve Çocukları</t>
+          <t>Çölde Yeşerdi Sol Yanım</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050604894</t>
+          <t>9786057010308</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Zeytun</t>
+          <t>Yemoş Hatun ve Çocukları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050604870</t>
+          <t>9786050604894</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kızılbaş</t>
+          <t>Zeytun</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050604887</t>
+          <t>9786050604870</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Köz Öbekleri</t>
+          <t>Kızılbaş</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050604863</t>
+          <t>9786050604887</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Yazıları</t>
+          <t>Köz Öbekleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050604801</t>
+          <t>9786050604863</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Mücadele Sürecinde Adığeler, Abhazlar, Alanlar (Osetinler) Çeçenler</t>
+          <t>Felsefe Yazıları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050604825</t>
+          <t>9786050604801</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Çerkesler</t>
+          <t>Tarihsel Mücadele Sürecinde Adığeler, Abhazlar, Alanlar (Osetinler) Çeçenler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786050604832</t>
+          <t>9786050604825</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Almanya’da, Türkiye’de İşçilik Ve Sendikal Mücadele</t>
+          <t>Çerkesler</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056945670</t>
+          <t>9786050604832</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ege'den Hemşin'e</t>
+          <t>Almanya’da, Türkiye’de İşçilik Ve Sendikal Mücadele</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056945649</t>
+          <t>9786056945670</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sınırlara Sığmayan Sınırsız Anılar</t>
+          <t>Ege'den Hemşin'e</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056945632</t>
+          <t>9786056945649</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ezilenlerin Mücadele Tarihi Çatlağını Bulan Yazılar</t>
+          <t>Sınırlara Sığmayan Sınırsız Anılar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786056945618</t>
+          <t>9786056945632</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yüzüm Çim Tuttu</t>
+          <t>Ezilenlerin Mücadele Tarihi Çatlağını Bulan Yazılar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786056945601</t>
+          <t>9786056945618</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sis ve Arayış</t>
+          <t>Yüzüm Çim Tuttu</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786056841293</t>
+          <t>9786056945601</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Her Telden Şairane Şiirsellikler (Ciltli)</t>
+          <t>Sis ve Arayış</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056913006</t>
+          <t>9786056841293</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kırlarda Buzlar Çözülünce</t>
+          <t>Her Telden Şairane Şiirsellikler (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>3990000029529</t>
+          <t>9786056913006</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 18 Temmuz-Ağustos 2018</t>
+          <t>Kırlarda Buzlar Çözülünce</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>3990000029941</t>
+          <t>3990000029529</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 17 Mayıs - Haziran 2018</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 18 Temmuz-Ağustos 2018</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786056841200</t>
+          <t>3990000029941</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 17 Mayıs - Haziran 2018</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>3990000029629</t>
+          <t>9786056841200</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 16 Ocak - Şubat 2018</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>3990000048709</t>
+          <t>3990000029629</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 15 Ekim - Kasım 2017</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 16 Ocak - Şubat 2018</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>3990000056168</t>
+          <t>3990000048709</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 14 Ağustos - Eylül 2017</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 15 Ekim - Kasım 2017</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058260634</t>
+          <t>3990000056168</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Behnaz</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 14 Ağustos - Eylül 2017</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>3990000072043</t>
+          <t>9786058260634</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 13 Mayıs - Haziran 2017</t>
+          <t>Behnaz</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058260610</t>
+          <t>3990000072043</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ayışığı Umutları</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 13 Mayıs - Haziran 2017</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>3990000046124</t>
+          <t>9786058260610</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 12 Mart - Nisan 2017</t>
+          <t>Ayışığı Umutları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789756099643</t>
+          <t>3990000046124</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ozi ve Tülüş'ün Günlükleri</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 12 Mart - Nisan 2017</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>3990000078788</t>
+          <t>9789756099643</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 9 Ağustos - Eylül 2016</t>
+          <t>Ozi ve Tülüş'ün Günlükleri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756099650</t>
+          <t>3990000078788</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yıllık Konuşmalar</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 9 Ağustos - Eylül 2016</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>120</v>
+        <v>40</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786058260699</t>
+          <t>9789756099650</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yılanlı Köy Gecelerinde</t>
+          <t>Yüz Yıllık Konuşmalar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>3990000048788</t>
+          <t>9786058260699</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 8 Haziran - Temmuz 2016</t>
+          <t>Yılanlı Köy Gecelerinde</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789756099629</t>
+          <t>3990000048788</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Alevi Olmak</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 8 Haziran - Temmuz 2016</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>260</v>
+        <v>40</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>3990000032055</t>
+          <t>9789756099629</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 7 Mart - Nisan 2016</t>
+          <t>Almanya'da Alevi Olmak</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>40</v>
+        <v>260</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>3990000031945</t>
+          <t>3990000032055</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 6 Ocak - Şubat 2016</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 7 Mart - Nisan 2016</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>3990000031336</t>
+          <t>3990000031945</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 5 Ekim - Kasım 2015</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 6 Ocak - Şubat 2016</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>3990000028010</t>
+          <t>3990000031336</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 3 Haziran - Temmuz 2015</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 5 Ekim - Kasım 2015</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
+          <t>3990000028010</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 3 Haziran - Temmuz 2015</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
           <t>3990000027664</t>
         </is>
       </c>
-      <c r="B86" s="1" t="inlineStr">
+      <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 2 Nisan - Mayıs 2015</t>
         </is>
       </c>
-      <c r="C86" s="1">
+      <c r="C87" s="1">
         <v>40</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>