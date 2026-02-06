--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -85,1330 +85,1345 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259585871</t>
+          <t>9786259585888</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Peri Vadisi Günlükleri</t>
+          <t>Umut Mevsimi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057087072</t>
+          <t>9786259585871</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Aşil Topuğu</t>
+          <t>Peri Vadisi Günlükleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>168</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>4440000001766</t>
+          <t>9786057087072</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 19 Ocak 2022</t>
+          <t>Aşil Topuğu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>30</v>
+        <v>168</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259585864</t>
+          <t>4440000001766</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hatıra Kalsın</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 19 Ocak 2022</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>230</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259585857</t>
+          <t>9786259585864</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Müsekkin Yağmurlar Zamanı</t>
+          <t>Hatıra Kalsın</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259585840</t>
+          <t>9786259585857</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Aklımda Kalanlar</t>
+          <t>Müsekkin Yağmurlar Zamanı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259585833</t>
+          <t>9786259585840</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hegemonya El Değiştirirken Kürt Siyasetinde Strateji Değişimi (Mi?)</t>
+          <t>Aklımda Kalanlar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259585826</t>
+          <t>9786259585833</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mamak Karanlığında Tecrit 1 Arka</t>
+          <t>Hegemonya El Değiştirirken Kürt Siyasetinde Strateji Değişimi (Mi?)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259585819</t>
+          <t>9786259585826</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Axw ü Adir</t>
+          <t>Mamak Karanlığında Tecrit 1 Arka</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056913044</t>
+          <t>9786259585819</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dersim Tarihi</t>
+          <t>Axw ü Adir</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259875187</t>
+          <t>9786056913044</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet ve Organları-1</t>
+          <t>Dersim Tarihi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>500</v>
+        <v>175</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259875194</t>
+          <t>9786259875187</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kedicil ve Münzevi Düşler</t>
+          <t>Derin Devlet ve Organları-1</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259585802</t>
+          <t>9786259875194</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kısa Hayatların Uzun Hikayeleri</t>
+          <t>Kedicil ve Münzevi Düşler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259875170</t>
+          <t>9786259585802</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Zerdali</t>
+          <t>Kısa Hayatların Uzun Hikayeleri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259875163</t>
+          <t>9786259875170</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Onurlu Bir Yaşam İçin Mücadele Etmeye Değer</t>
+          <t>Zerdali</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>580</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259875149</t>
+          <t>9786259875163</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yola Yansıyan Manalar - Hak Yol Alevilikte Popüler Kültür Yazıları</t>
+          <t>Onurlu Bir Yaşam İçin Mücadele Etmeye Değer</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>290</v>
+        <v>580</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259875132</t>
+          <t>9786259875149</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kilikya</t>
+          <t>Yola Yansıyan Manalar - Hak Yol Alevilikte Popüler Kültür Yazıları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259875125</t>
+          <t>9786259875132</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gölgeden Şafağa Koçgiri</t>
+          <t>Kilikya</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058260603</t>
+          <t>9786259875125</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kırda Ateş Politik 2</t>
+          <t>Gölgeden Şafağa Koçgiri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259875101</t>
+          <t>9786058260603</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Aynı Göğün Altında Gezi ve Kobani</t>
+          <t>Kırda Ateş Politik 2</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259875118</t>
+          <t>9786259875101</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mağaradan</t>
+          <t>Aynı Göğün Altında Gezi ve Kobani</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057255594</t>
+          <t>9786259875118</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Annem Çiçeklerden Bir Duvardı</t>
+          <t>Mağaradan</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057255570</t>
+          <t>9786057255594</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Roze Rındeki</t>
+          <t>Annem Çiçeklerden Bir Duvardı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057255563</t>
+          <t>9786057255570</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ez</t>
+          <t>Roze Rındeki</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057255556</t>
+          <t>9786057255563</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Uzun Romanları</t>
+          <t>Ez</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057255549</t>
+          <t>9786057255556</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Evliya ve Azizler Köyü Onar</t>
+          <t>Mehmed Uzun Romanları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057255532</t>
+          <t>9786057255549</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Alevilikte Ocaklar Gerçeği</t>
+          <t>Evliya ve Azizler Köyü Onar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>248</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057255525</t>
+          <t>9786057255532</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Dersim Tarihi</t>
+          <t>Alevilikte Ocaklar Gerçeği</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>128</v>
+        <v>248</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057255501</t>
+          <t>9786057255525</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Murat Gölü</t>
+          <t>Dersim Tarihi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>120</v>
+        <v>128</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057255518</t>
+          <t>9786057255501</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ayar</t>
+          <t>Murat Gölü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057010377</t>
+          <t>9786057255518</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Yolu</t>
+          <t>Ayar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>4440000002491</t>
+          <t>9786057010377</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 20 Kasım-Aralık 2022</t>
+          <t>Üniversite Yolu</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>30</v>
+        <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057087096</t>
+          <t>4440000002491</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Melekler Ölmez</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 20 Kasım-Aralık 2022</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057087058</t>
+          <t>9786057087096</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Zencileri</t>
+          <t>Melekler Ölmez</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>430</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786050604849</t>
+          <t>9786057087058</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Kırmancca (Zazaca) Sözlük</t>
+          <t>Devrimin Zencileri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057087065</t>
+          <t>9786050604849</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Şerafettin’e Kar Yağmıştı</t>
+          <t>Türkçe-Kırmancca (Zazaca) Sözlük</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057087041</t>
+          <t>9786057087065</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ali Haydar</t>
+          <t>Şerafettin’e Kar Yağmıştı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057087010</t>
+          <t>9786057087041</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Evrenden Masallar</t>
+          <t>Ali Haydar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057087034</t>
+          <t>9786057087010</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Örgütlenme Deneyimleri</t>
+          <t>Evrenden Masallar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057087003</t>
+          <t>9786057087034</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çöpten Çıkan Aşk</t>
+          <t>Örgütlenme Deneyimleri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057010391</t>
+          <t>9786057087003</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Bugüne Alevilik Tarihi</t>
+          <t>Çöpten Çıkan Aşk</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057010384</t>
+          <t>9786057010391</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Hayatların Kaçak Müdavimleri</t>
+          <t>Geçmişten Bugüne Alevilik Tarihi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786050604860</t>
+          <t>9786057010384</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bego - Dersim 1938 et Ensuite</t>
+          <t>Kaçak Hayatların Kaçak Müdavimleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057087089</t>
+          <t>9786050604860</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bego Dersim 1938 ve Sonrası</t>
+          <t>Bego - Dersim 1938 et Ensuite</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057010346</t>
+          <t>9786057087089</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Rızalık Toplumları</t>
+          <t>Bego Dersim 1938 ve Sonrası</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057010353</t>
+          <t>9786057010346</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kuruk</t>
+          <t>Rızalık Toplumları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057010339</t>
+          <t>9786057010353</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yayınlanmış Yazılar -3</t>
+          <t>Kuruk</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057010322</t>
+          <t>9786057010339</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yayınlanmış Yazılar -2</t>
+          <t>Yayınlanmış Yazılar -3</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050604856</t>
+          <t>9786057010322</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yayınlanmış Yazılar -1</t>
+          <t>Yayınlanmış Yazılar -2</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057010315</t>
+          <t>9786050604856</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Çölde Yeşerdi Sol Yanım</t>
+          <t>Yayınlanmış Yazılar -1</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057010308</t>
+          <t>9786057010315</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yemoş Hatun ve Çocukları</t>
+          <t>Çölde Yeşerdi Sol Yanım</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050604894</t>
+          <t>9786057010308</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Zeytun</t>
+          <t>Yemoş Hatun ve Çocukları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050604870</t>
+          <t>9786050604894</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kızılbaş</t>
+          <t>Zeytun</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050604887</t>
+          <t>9786050604870</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Köz Öbekleri</t>
+          <t>Kızılbaş</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050604863</t>
+          <t>9786050604887</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Yazıları</t>
+          <t>Köz Öbekleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050604801</t>
+          <t>9786050604863</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Mücadele Sürecinde Adığeler, Abhazlar, Alanlar (Osetinler) Çeçenler</t>
+          <t>Felsefe Yazıları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786050604825</t>
+          <t>9786050604801</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çerkesler</t>
+          <t>Tarihsel Mücadele Sürecinde Adığeler, Abhazlar, Alanlar (Osetinler) Çeçenler</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786050604832</t>
+          <t>9786050604825</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Almanya’da, Türkiye’de İşçilik Ve Sendikal Mücadele</t>
+          <t>Çerkesler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056945670</t>
+          <t>9786050604832</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ege'den Hemşin'e</t>
+          <t>Almanya’da, Türkiye’de İşçilik Ve Sendikal Mücadele</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056945649</t>
+          <t>9786056945670</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sınırlara Sığmayan Sınırsız Anılar</t>
+          <t>Ege'den Hemşin'e</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786056945632</t>
+          <t>9786056945649</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ezilenlerin Mücadele Tarihi Çatlağını Bulan Yazılar</t>
+          <t>Sınırlara Sığmayan Sınırsız Anılar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786056945618</t>
+          <t>9786056945632</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yüzüm Çim Tuttu</t>
+          <t>Ezilenlerin Mücadele Tarihi Çatlağını Bulan Yazılar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786056945601</t>
+          <t>9786056945618</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sis ve Arayış</t>
+          <t>Yüzüm Çim Tuttu</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056841293</t>
+          <t>9786056945601</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Her Telden Şairane Şiirsellikler (Ciltli)</t>
+          <t>Sis ve Arayış</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786056913006</t>
+          <t>9786056841293</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kırlarda Buzlar Çözülünce</t>
+          <t>Her Telden Şairane Şiirsellikler (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>3990000029529</t>
+          <t>9786056913006</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 18 Temmuz-Ağustos 2018</t>
+          <t>Kırlarda Buzlar Çözülünce</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>3990000029941</t>
+          <t>3990000029529</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 17 Mayıs - Haziran 2018</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 18 Temmuz-Ağustos 2018</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786056841200</t>
+          <t>3990000029941</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 17 Mayıs - Haziran 2018</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>3990000029629</t>
+          <t>9786056841200</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 16 Ocak - Şubat 2018</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>3990000048709</t>
+          <t>3990000029629</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 15 Ekim - Kasım 2017</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 16 Ocak - Şubat 2018</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>3990000056168</t>
+          <t>3990000048709</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 14 Ağustos - Eylül 2017</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 15 Ekim - Kasım 2017</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786058260634</t>
+          <t>3990000056168</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Behnaz</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 14 Ağustos - Eylül 2017</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>3990000072043</t>
+          <t>9786058260634</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 13 Mayıs - Haziran 2017</t>
+          <t>Behnaz</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058260610</t>
+          <t>3990000072043</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ayışığı Umutları</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 13 Mayıs - Haziran 2017</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>3990000046124</t>
+          <t>9786058260610</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 12 Mart - Nisan 2017</t>
+          <t>Ayışığı Umutları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789756099643</t>
+          <t>3990000046124</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ozi ve Tülüş'ün Günlükleri</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 12 Mart - Nisan 2017</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>3990000078788</t>
+          <t>9789756099643</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 9 Ağustos - Eylül 2016</t>
+          <t>Ozi ve Tülüş'ün Günlükleri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789756099650</t>
+          <t>3990000078788</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yıllık Konuşmalar</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 9 Ağustos - Eylül 2016</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>120</v>
+        <v>40</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786058260699</t>
+          <t>9789756099650</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yılanlı Köy Gecelerinde</t>
+          <t>Yüz Yıllık Konuşmalar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>3990000048788</t>
+          <t>9786058260699</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 8 Haziran - Temmuz 2016</t>
+          <t>Yılanlı Köy Gecelerinde</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789756099629</t>
+          <t>3990000048788</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Alevi Olmak</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 8 Haziran - Temmuz 2016</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>260</v>
+        <v>40</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>3990000032055</t>
+          <t>9789756099629</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 7 Mart - Nisan 2016</t>
+          <t>Almanya'da Alevi Olmak</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>40</v>
+        <v>260</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>3990000031945</t>
+          <t>3990000032055</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 6 Ocak - Şubat 2016</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 7 Mart - Nisan 2016</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>3990000031336</t>
+          <t>3990000031945</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 5 Ekim - Kasım 2015</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 6 Ocak - Şubat 2016</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>3990000028010</t>
+          <t>3990000031336</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 3 Haziran - Temmuz 2015</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 5 Ekim - Kasım 2015</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
+          <t>3990000028010</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 3 Haziran - Temmuz 2015</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
           <t>3990000027664</t>
         </is>
       </c>
-      <c r="B87" s="1" t="inlineStr">
+      <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 2 Nisan - Mayıs 2015</t>
         </is>
       </c>
-      <c r="C87" s="1">
+      <c r="C88" s="1">
         <v>40</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>