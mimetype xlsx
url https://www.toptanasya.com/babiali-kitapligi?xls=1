--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -85,2965 +85,3025 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059760836</t>
+          <t>9786059760898</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz</t>
+          <t>Para Şer</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055414665</t>
+          <t>9786059760881</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kördüğüm</t>
+          <t>Manzaradan Parçalar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059760829</t>
+          <t>9786059760867</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Gamzendeki Yalnızlığım</t>
+          <t>Sessiz Çığlıklar</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055414955</t>
+          <t>9786059760850</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sen Hep Bir Saat Geridesin</t>
+          <t>Umut Şiirleri</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789757950295</t>
+          <t>9786059760836</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Korkusu</t>
+          <t>Umutsuz</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059760812</t>
+          <t>9786055414665</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Olsaydı Kargalar</t>
+          <t>Kördüğüm</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>3990000002775</t>
+          <t>9786059760829</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yitik Zaman Işığı</t>
+          <t>Gamzendeki Yalnızlığım</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059760782</t>
+          <t>9786055414955</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Der Schlaue Fuchs</t>
+          <t>Sen Hep Bir Saat Geridesin</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059760799</t>
+          <t>9789757950295</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Gavane Kal</t>
+          <t>Sonbahar Korkusu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059760775</t>
+          <t>9786059760812</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mendirekte Dejavu</t>
+          <t>Beyaz Olsaydı Kargalar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>3990000028122</t>
+          <t>3990000002775</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sızım</t>
+          <t>Yitik Zaman Işığı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789756421789</t>
+          <t>9786059760782</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Körfez’den Merhaba</t>
+          <t>Der Schlaue Fuchs</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756421833</t>
+          <t>9786059760799</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kitaplık Büyücüsü</t>
+          <t>Gavane Kal</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055414245</t>
+          <t>9786059760775</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kıyıda</t>
+          <t>Mendirekte Dejavu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055414269</t>
+          <t>3990000028122</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Halkların Nazlı Çocukları</t>
+          <t>Aşk Sızım</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789756421482</t>
+          <t>9789756421789</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Karanlık</t>
+          <t>Körfez’den Merhaba</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789756421468</t>
+          <t>9789756421833</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Yolu</t>
+          <t>Kitaplık Büyücüsü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789756421444</t>
+          <t>9786055414245</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İstanbul</t>
+          <t>Kıyıda</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055414344</t>
+          <t>9786055414269</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İlk Melek</t>
+          <t>Kardeş Halkların Nazlı Çocukları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789756421970</t>
+          <t>9789756421482</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hiçsokak</t>
+          <t>Karanlık</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055414054</t>
+          <t>9789756421468</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Güz Güllerine Çiğ Düşer</t>
+          <t>İstiklal Yolu</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9799756421160</t>
+          <t>9789756421444</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>İstanbul</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055414238</t>
+          <t>9786055414344</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Sevgili</t>
+          <t>İlk Melek</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789756421888</t>
+          <t>9789756421970</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gözcü Türküsü</t>
+          <t>Hiçsokak</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9799756421153</t>
+          <t>9786055414054</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Göç Şarkıları</t>
+          <t>Güz Güllerine Çiğ Düşer</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789756421659</t>
+          <t>9799756421160</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gece</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055414368</t>
+          <t>9786055414238</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Fikret</t>
+          <t>Güle Güle Sevgili</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789756421390</t>
+          <t>9789756421888</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Eşsesli Hüzünler</t>
+          <t>Gözcü Türküsü</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789756421840</t>
+          <t>9799756421153</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Elimden Dilimden Yüreğimden</t>
+          <t>Göç Şarkıları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789756421932</t>
+          <t>9789756421659</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Elifçe</t>
+          <t>Gece</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789756421307</t>
+          <t>9786055414368</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Düş Dağı Mektupları</t>
+          <t>Fikret</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789756421475</t>
+          <t>9789756421390</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Doksanyedi Kadısı</t>
+          <t>Eşsesli Hüzünler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055414207</t>
+          <t>9789756421840</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Derman Bey</t>
+          <t>Elimden Dilimden Yüreğimden</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055414252</t>
+          <t>9789756421932</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Kitabı</t>
+          <t>Elifçe</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789756421550</t>
+          <t>9789756421307</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dağlarım Daha Güzel</t>
+          <t>Düş Dağı Mektupları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055414030</t>
+          <t>9789756421475</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Ayna</t>
+          <t>Doksanyedi Kadısı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789756421055</t>
+          <t>9786055414207</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Cudi</t>
+          <t>Derman Bey</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789756421918</t>
+          <t>9786055414252</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Cennet’in Cehennemi</t>
+          <t>Dedemin Kitabı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756421758</t>
+          <t>9789756421550</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Cariyelerin Hamamı</t>
+          <t>Dağlarım Daha Güzel</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789756421857</t>
+          <t>9786055414030</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Can Ada</t>
+          <t>Çıplak Ayna</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789756421406</t>
+          <t>9789756421055</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Buruk Bir Gülüş</t>
+          <t>Cudi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789756421543</t>
+          <t>9789756421918</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Biri Var</t>
+          <t>Cennet’in Cehennemi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789756421666</t>
+          <t>9789756421758</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ay Vuruldu</t>
+          <t>Cariyelerin Hamamı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9799756421177</t>
+          <t>9789756421857</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ateş Değirmeni</t>
+          <t>Can Ada</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055414177</t>
+          <t>9789756421406</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Saltanatı</t>
+          <t>Buruk Bir Gülüş</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789756421963</t>
+          <t>9789756421543</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Patagonyası</t>
+          <t>Biri Var</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789756421925</t>
+          <t>9789756421666</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yalnızlıktır</t>
+          <t>Ay Vuruldu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789756421710</t>
+          <t>9799756421177</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Aşk En Çok Bana Yakışırdı</t>
+          <t>Ateş Değirmeni</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055414214</t>
+          <t>9786055414177</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Anne ’Onun Adı İyilik’</t>
+          <t>Aşkın Saltanatı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789756421048</t>
+          <t>9789756421963</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Anayasso</t>
+          <t>Aşkın Patagonyası</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789756421185</t>
+          <t>9789756421925</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Adını Vermek İçin</t>
+          <t>Aşk Yalnızlıktır</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789756421987</t>
+          <t>9789756421710</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Acılardan Heykel Yapmak</t>
+          <t>Aşk En Çok Bana Yakışırdı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059760768</t>
+          <t>9786055414214</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Deniz' Utopie</t>
+          <t>Anne ’Onun Adı İyilik’</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>3990000031562</t>
+          <t>9789756421048</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dışımdaki Ben</t>
+          <t>Anayasso</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789756421826</t>
+          <t>9789756421185</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Birinci Paketi</t>
+          <t>Adını Vermek İçin</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>3990000002784</t>
+          <t>9789756421987</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>At Arabası</t>
+          <t>Acılardan Heykel Yapmak</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>3990000027246</t>
+          <t>9786059760768</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Aslı ve Diğerleri</t>
+          <t>Deniz' Utopie</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059760751</t>
+          <t>3990000031562</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Gül Gibi</t>
+          <t>Dışımdaki Ben</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059760744</t>
+          <t>9789756421826</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tutku</t>
+          <t>Birinci Paketi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059760737</t>
+          <t>3990000002784</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Ütopyası</t>
+          <t>At Arabası</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059760713</t>
+          <t>3990000027246</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Roviye Xasuk</t>
+          <t>Aslı ve Diğerleri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059760706</t>
+          <t>9786059760751</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Verdammnis</t>
+          <t>Gül Gibi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055414696</t>
+          <t>9786059760744</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Gül Balı</t>
+          <t>Tutku</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055414689</t>
+          <t>9786059760737</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Güz Rüzgarları</t>
+          <t>Deniz’in Ütopyası</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055414672</t>
+          <t>9786059760713</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Feryat</t>
+          <t>Roviye Xasuk</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>4440000001685</t>
+          <t>9786059760706</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kordon Güzeli</t>
+          <t>Verdammnis</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059760003</t>
+          <t>9786055414696</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanım İsyandı</t>
+          <t>Gül Balı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055414641</t>
+          <t>9786055414689</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aşkın Kaşifi</t>
+          <t>Güz Rüzgarları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055414771</t>
+          <t>9786055414672</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Gurbetten Sılaya</t>
+          <t>Feryat</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059760171</t>
+          <t>4440000001685</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Geç Bunları</t>
+          <t>Kordon Güzeli</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059760195</t>
+          <t>9786059760003</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Dik Duruş</t>
+          <t>Bir Yanım İsyandı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059760300</t>
+          <t>9786055414641</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bekleyeceğim</t>
+          <t>Kayıp Aşkın Kaşifi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055414047</t>
+          <t>9786055414771</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İşsizistanda Sessiz Bir İsyan</t>
+          <t>Gurbetten Sılaya</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055414009</t>
+          <t>9786059760171</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hey Gidi Günler</t>
+          <t>Geç Bunları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055414016</t>
+          <t>9786059760195</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Her Kuşakta Atatürk</t>
+          <t>Dik Duruş</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055414061</t>
+          <t>9786059760300</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Dersim'de Sevdam Ağlıyor</t>
+          <t>Bekleyeceğim</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059760676</t>
+          <t>9786055414047</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yıllar</t>
+          <t>İşsizistanda Sessiz Bir İsyan</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059760683</t>
+          <t>9786055414009</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>3 Kafadarın Dönüşü</t>
+          <t>Hey Gidi Günler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059760690</t>
+          <t>9786055414016</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeslik Anılar Ve Öyküler</t>
+          <t>Her Kuşakta Atatürk</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059760669</t>
+          <t>9786055414061</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Emanetin Kerameti</t>
+          <t>Dersim'de Sevdam Ağlıyor</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059760409</t>
+          <t>9786059760676</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kara'm</t>
+          <t>Kayıp Yıllar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059760645</t>
+          <t>9786059760683</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hasıl-ı Kelam</t>
+          <t>3 Kafadarın Dönüşü</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059760652</t>
+          <t>9786059760690</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bu Nasıl Kardeşlik</t>
+          <t>Bir Nefeslik Anılar Ve Öyküler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059760638</t>
+          <t>9786059760669</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Cenk İstanbul'da</t>
+          <t>Emanetin Kerameti</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059760621</t>
+          <t>9786059760409</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sofrası</t>
+          <t>Kara'm</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059760614</t>
+          <t>9786059760645</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İbret</t>
+          <t>Hasıl-ı Kelam</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059760270</t>
+          <t>9786059760652</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hadne</t>
+          <t>Bu Nasıl Kardeşlik</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059760584</t>
+          <t>9786059760638</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Rehin Özlemler</t>
+          <t>Cenk İstanbul'da</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059760577</t>
+          <t>9786059760621</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Eflatuni Mısralar</t>
+          <t>Siyaset Sofrası</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059760607</t>
+          <t>9786059760614</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>3 Kafadar</t>
+          <t>İbret</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756421734</t>
+          <t>9786059760270</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Of ve Çevresine İslamiyeti Yayan Kahramanmaraşlı Saçaklızadeler</t>
+          <t>Hadne</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059760546</t>
+          <t>9786059760584</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Diaspora - Remzi’nin Çilesi Ölünce Biter 4</t>
+          <t>Rehin Özlemler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059760164</t>
+          <t>9786059760577</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Fırtına</t>
+          <t>Eflatuni Mısralar</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055414924</t>
+          <t>9786059760607</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Benim Anadolum</t>
+          <t>3 Kafadar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059760324</t>
+          <t>9789756421734</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Devran-ı Aşk</t>
+          <t>Of ve Çevresine İslamiyeti Yayan Kahramanmaraşlı Saçaklızadeler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055414542</t>
+          <t>9786059760546</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Moranka</t>
+          <t>Diaspora - Remzi’nin Çilesi Ölünce Biter 4</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059760157</t>
+          <t>9786059760164</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Çekicin Sesi</t>
+          <t>İçimdeki Fırtına</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055414931</t>
+          <t>9786055414924</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Benimle Gelenler</t>
+          <t>Benim Anadolum</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059760362</t>
+          <t>9786059760324</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Zilan'ın Düşleri</t>
+          <t>Devran-ı Aşk</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059760201</t>
+          <t>9786055414542</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Gelincik</t>
+          <t>Moranka</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059760140</t>
+          <t>9786059760157</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>"He" De Be Güzel Gözlüm</t>
+          <t>Çekicin Sesi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059760539</t>
+          <t>9786055414931</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İsyan - Remzi’nin Çilesi Ölünce Biter 3</t>
+          <t>Benimle Gelenler</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059760515</t>
+          <t>9786059760362</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Gökçam'dan Esintiler (2)</t>
+          <t>Zilan'ın Düşleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059760485</t>
+          <t>9786059760201</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Çocuklar Kuşlar</t>
+          <t>Gelincik</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055414832</t>
+          <t>9786059760140</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Dersim Fıkraları (Ciltli)</t>
+          <t>"He" De Be Güzel Gözlüm</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055414726</t>
+          <t>9786059760539</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Sende Sevdim</t>
+          <t>İsyan - Remzi’nin Çilesi Ölünce Biter 3</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059760461</t>
+          <t>9786059760515</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Aşka Esir Olmuş Ruhlar Adına</t>
+          <t>Gökçam'dan Esintiler (2)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059760447</t>
+          <t>9786059760485</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Girdap - Remzi’nin Çilesi Ölünce Biter 2</t>
+          <t>Kadınlar Çocuklar Kuşlar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059760416</t>
+          <t>9786055414832</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Esir Güne Yolculuk</t>
+          <t>Dersim Fıkraları (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059760386</t>
+          <t>9786055414726</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Deprem Çığlıkları</t>
+          <t>Güneşi Sende Sevdim</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059760317</t>
+          <t>9786059760461</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Canan'a</t>
+          <t>Aşka Esir Olmuş Ruhlar Adına</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059760454</t>
+          <t>9786059760447</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yaratıldı Gözyaşından</t>
+          <t>Girdap - Remzi’nin Çilesi Ölünce Biter 2</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059760379</t>
+          <t>9786059760416</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ey Sen</t>
+          <t>Esir Güne Yolculuk</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059760423</t>
+          <t>9786059760386</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kul ve Kül</t>
+          <t>Deprem Çığlıkları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059760393</t>
+          <t>9786059760317</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Lirita'ya</t>
+          <t>Canan'a</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055414702</t>
+          <t>9786059760454</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Hatıralar</t>
+          <t>İnsan Yaratıldı Gözyaşından</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059760355</t>
+          <t>9786059760379</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Remzi'nin Çilesi Ölünce Biter 1</t>
+          <t>Ey Sen</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059760263</t>
+          <t>9786059760423</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Dönüş</t>
+          <t>Kul ve Kül</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059760188</t>
+          <t>9786059760393</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar Ayakta</t>
+          <t>Lirita'ya</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059760218</t>
+          <t>9786055414702</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Küçe Çıkmazı Şiirleri</t>
+          <t>Öksüz Hatıralar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055414450</t>
+          <t>9786059760355</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kapanı</t>
+          <t>Remzi'nin Çilesi Ölünce Biter 1</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>3990000031584</t>
+          <t>9786059760263</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Öteki Zaman</t>
+          <t>Geleceğe Dönüş</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055414658</t>
+          <t>9786059760188</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Şiir</t>
+          <t>Ağaçlar Ayakta</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055414610</t>
+          <t>9786059760218</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Rüzgarı</t>
+          <t>Küçe Çıkmazı Şiirleri</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055414801</t>
+          <t>9786055414450</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Törenin Kara Gölgesi</t>
+          <t>Aşk Kapanı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055414863</t>
+          <t>3990000031584</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Rus Devriminden Çıkan Dersler / Türkiye Devriminin Acil Sorunları</t>
+          <t>Öteki Zaman</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055414887</t>
+          <t>9786055414658</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bir Koltukta Üç Karpuz</t>
+          <t>Günaydın Şiir</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055414900</t>
+          <t>9786055414610</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Umut Kapısı</t>
+          <t>Kuzey Rüzgarı</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055414849</t>
+          <t>9786055414801</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Düşlerin Özeti</t>
+          <t>Törenin Kara Gölgesi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>3990000027350</t>
+          <t>9786055414863</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Barut Kokan Topraklar Çanakkale</t>
+          <t>Rus Devriminden Çıkan Dersler / Türkiye Devriminin Acil Sorunları</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055414795</t>
+          <t>9786055414887</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İncirköy'den İvrindi'ye</t>
+          <t>Bir Koltukta Üç Karpuz</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055414764</t>
+          <t>9786055414900</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Berçem</t>
+          <t>Umut Kapısı</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789756421796</t>
+          <t>9786055414849</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Zekarat</t>
+          <t>Düşlerin Özeti</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>3990000036245</t>
+          <t>3990000027350</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Zannettiğiniz Gibi Değil</t>
+          <t>Barut Kokan Topraklar Çanakkale</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789756421420</t>
+          <t>9786055414795</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yurtsuz Sevda</t>
+          <t>İncirköy'den İvrindi'ye</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789756421802</t>
+          <t>9786055414764</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Yurtsever Şiirler</t>
+          <t>Berçem</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789756421062</t>
+          <t>9789756421796</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yiyin Pez.......nkler Yiyin</t>
+          <t>Zekarat</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789756421628</t>
+          <t>3990000036245</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Mavi</t>
+          <t>Zannettiğiniz Gibi Değil</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789756421604</t>
+          <t>9789756421420</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yedi İklim Dört Bucak</t>
+          <t>Yurtsuz Sevda</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756421642</t>
+          <t>9789756421802</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Daha Aydınlık</t>
+          <t>Yurtsever Şiirler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789756421680</t>
+          <t>9789756421062</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yalnızın Güncesi</t>
+          <t>Yiyin Pez.......nkler Yiyin</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789756421697</t>
+          <t>9789756421628</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bir Hikayen Olmalı</t>
+          <t>Yeni Bir Mavi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756421536</t>
+          <t>9789756421604</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Bal Söyle</t>
+          <t>Yedi İklim Dört Bucak</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059760126</t>
+          <t>9789756421642</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Mülteciler Göçmenler</t>
+          <t>Yarınlar Daha Aydınlık</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789756421765</t>
+          <t>9789756421680</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Uzaktaki Fısıltılar</t>
+          <t>Yalnızın Güncesi</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789756421703</t>
+          <t>9789756421697</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Umutlar Yaşamalı</t>
+          <t>Bir Hikayen Olmalı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>3990000027023</t>
+          <t>9789756421536</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Umuda Yelken Açtık</t>
+          <t>Bal Söyle</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789756421512</t>
+          <t>9786059760126</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Töre</t>
+          <t>Mülteciler Göçmenler</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789756421994</t>
+          <t>9789756421765</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Tökezleme Taşları</t>
+          <t>Uzaktaki Fısıltılar</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789944067607</t>
+          <t>9789756421703</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Çürüme</t>
+          <t>Umutlar Yaşamalı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055414528</t>
+          <t>3990000027023</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Ölüm</t>
+          <t>Umuda Yelken Açtık</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055414504</t>
+          <t>9789756421512</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kader Kelepçem</t>
+          <t>Töre</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055414511</t>
+          <t>9789756421994</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Mor Zirve</t>
+          <t>Tökezleme Taşları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055414375</t>
+          <t>9789944067607</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Beni Dağlarda Ara</t>
+          <t>Çürüme</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>3990000028121</t>
+          <t>9786055414528</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sura</t>
+          <t>Yalnız Ölüm</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055414405</t>
+          <t>9786055414504</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Üç Mavi</t>
+          <t>Kader Kelepçem</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055414498</t>
+          <t>9786055414511</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yürekte Kalan</t>
+          <t>Mor Zirve</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789756421246</t>
+          <t>9786055414375</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Veda Cinayetleri</t>
+          <t>Beni Dağlarda Ara</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789756421741</t>
+          <t>3990000028121</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Ve Sen Gittin...</t>
+          <t>Sura</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789756421017</t>
+          <t>9786055414405</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar</t>
+          <t>Üç Mavi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789756421413</t>
+          <t>9786055414498</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Tarihten 40 Tanık</t>
+          <t>Yürekte Kalan</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>3990000037123</t>
+          <t>9789756421246</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Tahterevalli</t>
+          <t>Veda Cinayetleri</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>3990000002785</t>
+          <t>9789756421741</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Minaresi</t>
+          <t>Ve Sen Gittin...</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>3990000002780</t>
+          <t>9789756421017</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Şamiram’ın Ustaları</t>
+          <t>Üsküdar</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789756421352</t>
+          <t>9789756421413</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Şamandan Şaire Türklerde Şiir</t>
+          <t>Tarihten 40 Tanık</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789756421864</t>
+          <t>3990000037123</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sonra</t>
+          <t>Tahterevalli</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789756421383</t>
+          <t>3990000002785</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Gömülmeyi Reddeder</t>
+          <t>Şeytan Minaresi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789756421130</t>
+          <t>3990000002780</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sevdalanmak</t>
+          <t>Şamiram’ın Ustaları</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>3990000027449</t>
+          <t>9789756421352</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sana Kalbim Emanet</t>
+          <t>Şamandan Şaire Türklerde Şiir</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>3990000025986</t>
+          <t>9789756421864</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Salname</t>
+          <t>Sonra</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>3990000027866</t>
+          <t>9789756421383</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Salihler - Gül Bahçesi</t>
+          <t>Sırlar Gömülmeyi Reddeder</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789756421031</t>
+          <t>9789756421130</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Olumsuzluklar</t>
+          <t>Sevdalanmak</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789756421376</t>
+          <t>3990000027449</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Parpudar Baba</t>
+          <t>Sana Kalbim Emanet</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789756421635</t>
+          <t>3990000025986</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Palamutta Karınca Var</t>
+          <t>Salname</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789756421123</t>
+          <t>3990000027866</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Önce Öğretmenim</t>
+          <t>Salihler - Gül Bahçesi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055414221</t>
+          <t>9789756421031</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Önce İnsan</t>
+          <t>Pozitif Olumsuzluklar</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789756421215</t>
+          <t>9789756421376</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Namlular Çiçek Açmaz Zulmun Elinde</t>
+          <t>Parpudar Baba</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789759748210</t>
+          <t>9789756421635</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Etnik Sorun Yaratma Çabaları Yapay Gündemler ve Milliyetsiz Aydınlar</t>
+          <t>Palamutta Karınca Var</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>3990000037748</t>
+          <t>9789756421123</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Mavilere Saldım Umutları</t>
+          <t>Önce Öğretmenim</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059760041</t>
+          <t>9786055414221</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Gül Üşüdü</t>
+          <t>Önce İnsan</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059760072</t>
+          <t>9789756421215</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Altaylardan Tuna'ya</t>
+          <t>Namlular Çiçek Açmaz Zulmun Elinde</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055414993</t>
+          <t>9789759748210</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Mahkeme Cini</t>
+          <t>Etnik Sorun Yaratma Çabaları Yapay Gündemler ve Milliyetsiz Aydınlar</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059760089</t>
+          <t>3990000037748</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Aslı Gibi</t>
+          <t>Mavilere Saldım Umutları</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055414986</t>
+          <t>9786059760041</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Gül Kokusu</t>
+          <t>Gül Üşüdü</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055414962</t>
+          <t>9786059760072</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Alışmak Ayrılıklara</t>
+          <t>Altaylardan Tuna'ya</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055414979</t>
+          <t>9786055414993</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bir Sabah Hüzün</t>
+          <t>Mahkeme Cini</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786055414597</t>
+          <t>9786059760089</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Zirvesinde İki Ay</t>
+          <t>Aslı Gibi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055414566</t>
+          <t>9786055414986</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitaplar Arasındaki İlişkiler ve Çelişkiler</t>
+          <t>Karanlığın Gül Kokusu</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>312</v>
+        <v>220</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055414320</t>
+          <t>9786055414962</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Anadolu</t>
+          <t>Alışmak Ayrılıklara</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055414139</t>
+          <t>9786055414979</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Çekilmemiş Hayat Fotoğrafları</t>
+          <t>Bir Sabah Hüzün</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789756421116</t>
+          <t>9786055414597</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Düş Yolcusu</t>
+          <t>Dünyanın Zirvesinde İki Ay</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786055414443</t>
+          <t>9786055414566</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Gülü</t>
+          <t>Kutsal Kitaplar Arasındaki İlişkiler ve Çelişkiler</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>160</v>
+        <v>312</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786055414535</t>
+          <t>9786055414320</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Nadas</t>
+          <t>Günaydın Anadolu</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786055414467</t>
+          <t>9786055414139</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Allah - Kuran ve Gerçekler</t>
+          <t>Çekilmemiş Hayat Fotoğrafları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
+          <t>9789756421116</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Düş Yolcusu</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786055414443</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuzluk Gülü</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786055414535</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Nadas</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786055414467</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Allah - Kuran ve Gerçekler</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
           <t>3990000027346</t>
         </is>
       </c>
-      <c r="B196" s="1" t="inlineStr">
+      <c r="B200" s="1" t="inlineStr">
         <is>
           <t>Tanrısız Din</t>
         </is>
       </c>
-      <c r="C196" s="1">
+      <c r="C200" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>