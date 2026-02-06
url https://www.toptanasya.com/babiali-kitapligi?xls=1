--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -85,3025 +85,3685 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059760898</t>
+          <t>9786059760843</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Para Şer</t>
+          <t>İlim Kaya</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059760881</t>
+          <t>9786059760805</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Manzaradan Parçalar</t>
+          <t>Erkek Egemen Toplumda Kadın Olmak</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059760867</t>
+          <t>4440000001684</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlıklar</t>
+          <t>Şiir Şairin Soluğudur</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059760850</t>
+          <t>9786059760560</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Umut Şiirleri</t>
+          <t>Can Sızım</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>160</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059760836</t>
+          <t>9786059760225</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz</t>
+          <t>Dil Fırçası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>160</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055414665</t>
+          <t>9786055414481</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kördüğüm</t>
+          <t>Sözyaşlarım</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059760829</t>
+          <t>9789756421772</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gamzendeki Yalnızlığım</t>
+          <t>Aşkın Gücü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>160</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055414955</t>
+          <t>9789756421567</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sen Hep Bir Saat Geridesin</t>
+          <t>Yaralı Hayatlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789757950295</t>
+          <t>3990000019050</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Korkusu</t>
+          <t>Yitik Düşler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059760812</t>
+          <t>9789756421338</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Olsaydı Kargalar</t>
+          <t>Tahir ile Nigar  Bir De Balaban</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>3990000002775</t>
+          <t>9789756421314</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yitik Zaman Işığı</t>
+          <t>Şiirlerim - Duygularım</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059760782</t>
+          <t>9789756421437</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Der Schlaue Fuchs</t>
+          <t>Şiir Hayatları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059760799</t>
+          <t>9789756421499</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gavane Kal</t>
+          <t>Of Direnişi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059760775</t>
+          <t>9789756421529</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mendirekte Dejavu</t>
+          <t>Leylak ve Yediveren</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>3990000028122</t>
+          <t>9786055414184</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sızım</t>
+          <t>İstanbul Kime Aşık?</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>140</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789756421789</t>
+          <t>9786055414092</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Körfez’den Merhaba</t>
+          <t>İlknur Büyümek İstemiyor</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789756421833</t>
+          <t>9789756421451</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kitaplık Büyücüsü</t>
+          <t>Gerçekler Bilinir Sırlar İse Asla</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055414245</t>
+          <t>9789756421871</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kıyıda</t>
+          <t>Eflatun Geceler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>190</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055414269</t>
+          <t>3990000002782</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Halkların Nazlı Çocukları</t>
+          <t>Dündeki Yarınlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789756421482</t>
+          <t>9786055414160</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Karanlık</t>
+          <t>Dilimin Ucundakiler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789756421468</t>
+          <t>9789756421895</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Yolu</t>
+          <t>Dikenüstü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789756421444</t>
+          <t>9789756421574</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İstanbul</t>
+          <t>Bu Kervan Böyle Gider</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055414344</t>
+          <t>9786055414191</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İlk Melek</t>
+          <t>Başarıya Giden Yol</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>160</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789756421970</t>
+          <t>9789756421321</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hiçsokak</t>
+          <t>Anne</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055414054</t>
+          <t>9789756421093</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Güz Güllerine Çiğ Düşer</t>
+          <t>Anki</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9799756421160</t>
+          <t>9786059760508</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Yanardağın Kuşları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>220</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055414238</t>
+          <t>9786059760522</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Sevgili</t>
+          <t>Yağmur Perisi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789756421888</t>
+          <t>9786059760034</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Gözcü Türküsü</t>
+          <t>Canım Acıyor</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9799756421153</t>
+          <t>9786055414870</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Göç Şarkıları</t>
+          <t>Destan Yazan Kahramanlar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>240</v>
+        <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789756421659</t>
+          <t>9786059760232</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Gece</t>
+          <t>Şiirli Bilmeceler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055414368</t>
+          <t>9786055414818</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Fikret</t>
+          <t>Üşüyen Güneşin Yansıması</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789756421390</t>
+          <t>9786055414856</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Eşsesli Hüzünler</t>
+          <t>Miş...</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>160</v>
+        <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789756421840</t>
+          <t>9786055414757</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Elimden Dilimden Yüreğimden</t>
+          <t>Tütmeyen Baca</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>220</v>
+        <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789756421932</t>
+          <t>9786055414894</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Elifçe</t>
+          <t>Gramofon İğnesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789756421307</t>
+          <t>9786055414603</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Düş Dağı Mektupları</t>
+          <t>Gidenlerin Ardından</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>160</v>
+        <v>30</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789756421475</t>
+          <t>9789756421901</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Doksanyedi Kadısı</t>
+          <t>İp = Aşk</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055414207</t>
+          <t>9786059760102</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Derman Bey</t>
+          <t>Mağara ve Asa</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055414252</t>
+          <t>9786055414573</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Kitabı</t>
+          <t>Kutsal Kitaplar Arasındaki İlişkiler ve Çelişkiler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756421550</t>
+          <t>9786055414740</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dağlarım Daha Güzel</t>
+          <t>Kahrolası Yıllar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055414030</t>
+          <t>9786055414474</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Ayna</t>
+          <t>Aşkımı Irmaklara Anlattım</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789756421055</t>
+          <t>9789756421024</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Cudi</t>
+          <t>Tarih Boyunca Doğu Karadeniz’de Etnik Yapılanmalar ve Pontus</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789756421918</t>
+          <t>9789756421505</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Cennet’in Cehennemi</t>
+          <t>Biz Sevgiyle Anlaşırız</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789756421758</t>
+          <t>9789756421000</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Cariyelerin Hamamı</t>
+          <t>Bir Sevda Hamalı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789756421857</t>
+          <t>9786055414719</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Can Ada</t>
+          <t>Yağmurla Dans</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789756421406</t>
+          <t>9786059760898</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Buruk Bir Gülüş</t>
+          <t>Para Şer</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789756421543</t>
+          <t>9786059760881</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Biri Var</t>
+          <t>Manzaradan Parçalar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789756421666</t>
+          <t>9786059760867</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ay Vuruldu</t>
+          <t>Sessiz Çığlıklar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9799756421177</t>
+          <t>9786059760850</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ateş Değirmeni</t>
+          <t>Umut Şiirleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055414177</t>
+          <t>9786059760836</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Saltanatı</t>
+          <t>Umutsuz</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789756421963</t>
+          <t>9786055414665</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Patagonyası</t>
+          <t>Kördüğüm</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789756421925</t>
+          <t>9786059760829</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yalnızlıktır</t>
+          <t>Gamzendeki Yalnızlığım</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789756421710</t>
+          <t>9786055414955</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Aşk En Çok Bana Yakışırdı</t>
+          <t>Sen Hep Bir Saat Geridesin</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055414214</t>
+          <t>9789757950295</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Anne ’Onun Adı İyilik’</t>
+          <t>Sonbahar Korkusu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789756421048</t>
+          <t>9786059760812</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Anayasso</t>
+          <t>Beyaz Olsaydı Kargalar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789756421185</t>
+          <t>3990000002775</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Adını Vermek İçin</t>
+          <t>Yitik Zaman Işığı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789756421987</t>
+          <t>9786059760782</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Acılardan Heykel Yapmak</t>
+          <t>Der Schlaue Fuchs</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059760768</t>
+          <t>9786059760799</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Deniz' Utopie</t>
+          <t>Gavane Kal</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>3990000031562</t>
+          <t>9786059760775</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dışımdaki Ben</t>
+          <t>Mendirekte Dejavu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789756421826</t>
+          <t>3990000028122</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Birinci Paketi</t>
+          <t>Aşk Sızım</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>3990000002784</t>
+          <t>9789756421789</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>At Arabası</t>
+          <t>Körfez’den Merhaba</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>3990000027246</t>
+          <t>9789756421833</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Aslı ve Diğerleri</t>
+          <t>Kitaplık Büyücüsü</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059760751</t>
+          <t>9786055414245</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Gül Gibi</t>
+          <t>Kıyıda</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059760744</t>
+          <t>9786055414269</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tutku</t>
+          <t>Kardeş Halkların Nazlı Çocukları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059760737</t>
+          <t>9789756421482</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Ütopyası</t>
+          <t>Karanlık</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059760713</t>
+          <t>9789756421468</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Roviye Xasuk</t>
+          <t>İstiklal Yolu</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059760706</t>
+          <t>9789756421444</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Verdammnis</t>
+          <t>İstanbul</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055414696</t>
+          <t>9786055414344</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Gül Balı</t>
+          <t>İlk Melek</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055414689</t>
+          <t>9789756421970</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Güz Rüzgarları</t>
+          <t>Hiçsokak</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055414672</t>
+          <t>9786055414054</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Feryat</t>
+          <t>Güz Güllerine Çiğ Düşer</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>4440000001685</t>
+          <t>9799756421160</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kordon Güzeli</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059760003</t>
+          <t>9786055414238</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanım İsyandı</t>
+          <t>Güle Güle Sevgili</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055414641</t>
+          <t>9789756421888</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aşkın Kaşifi</t>
+          <t>Gözcü Türküsü</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055414771</t>
+          <t>9799756421153</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Gurbetten Sılaya</t>
+          <t>Göç Şarkıları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059760171</t>
+          <t>9789756421659</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Geç Bunları</t>
+          <t>Gece</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059760195</t>
+          <t>9786055414368</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dik Duruş</t>
+          <t>Fikret</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059760300</t>
+          <t>9789756421390</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bekleyeceğim</t>
+          <t>Eşsesli Hüzünler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055414047</t>
+          <t>9789756421840</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İşsizistanda Sessiz Bir İsyan</t>
+          <t>Elimden Dilimden Yüreğimden</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055414009</t>
+          <t>9789756421932</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hey Gidi Günler</t>
+          <t>Elifçe</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055414016</t>
+          <t>9789756421307</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Her Kuşakta Atatürk</t>
+          <t>Düş Dağı Mektupları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055414061</t>
+          <t>9789756421475</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dersim'de Sevdam Ağlıyor</t>
+          <t>Doksanyedi Kadısı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059760676</t>
+          <t>9786055414207</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yıllar</t>
+          <t>Derman Bey</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059760683</t>
+          <t>9786055414252</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>3 Kafadarın Dönüşü</t>
+          <t>Dedemin Kitabı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059760690</t>
+          <t>9789756421550</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeslik Anılar Ve Öyküler</t>
+          <t>Dağlarım Daha Güzel</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059760669</t>
+          <t>9786055414030</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Emanetin Kerameti</t>
+          <t>Çıplak Ayna</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059760409</t>
+          <t>9789756421055</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kara'm</t>
+          <t>Cudi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059760645</t>
+          <t>9789756421918</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hasıl-ı Kelam</t>
+          <t>Cennet’in Cehennemi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059760652</t>
+          <t>9789756421758</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bu Nasıl Kardeşlik</t>
+          <t>Cariyelerin Hamamı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059760638</t>
+          <t>9789756421857</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Cenk İstanbul'da</t>
+          <t>Can Ada</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059760621</t>
+          <t>9789756421406</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sofrası</t>
+          <t>Buruk Bir Gülüş</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059760614</t>
+          <t>9789756421543</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İbret</t>
+          <t>Biri Var</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059760270</t>
+          <t>9789756421666</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hadne</t>
+          <t>Ay Vuruldu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059760584</t>
+          <t>9799756421177</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Rehin Özlemler</t>
+          <t>Ateş Değirmeni</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059760577</t>
+          <t>9786055414177</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Eflatuni Mısralar</t>
+          <t>Aşkın Saltanatı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059760607</t>
+          <t>9789756421963</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>3 Kafadar</t>
+          <t>Aşkın Patagonyası</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756421734</t>
+          <t>9789756421925</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Of ve Çevresine İslamiyeti Yayan Kahramanmaraşlı Saçaklızadeler</t>
+          <t>Aşk Yalnızlıktır</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059760546</t>
+          <t>9789756421710</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Diaspora - Remzi’nin Çilesi Ölünce Biter 4</t>
+          <t>Aşk En Çok Bana Yakışırdı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059760164</t>
+          <t>9786055414214</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Fırtına</t>
+          <t>Anne ’Onun Adı İyilik’</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055414924</t>
+          <t>9789756421048</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Benim Anadolum</t>
+          <t>Anayasso</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059760324</t>
+          <t>9789756421185</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Devran-ı Aşk</t>
+          <t>Adını Vermek İçin</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055414542</t>
+          <t>9789756421987</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Moranka</t>
+          <t>Acılardan Heykel Yapmak</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059760157</t>
+          <t>9786059760768</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Çekicin Sesi</t>
+          <t>Deniz' Utopie</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055414931</t>
+          <t>3990000031562</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Benimle Gelenler</t>
+          <t>Dışımdaki Ben</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059760362</t>
+          <t>9789756421826</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Zilan'ın Düşleri</t>
+          <t>Birinci Paketi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059760201</t>
+          <t>3990000002784</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Gelincik</t>
+          <t>At Arabası</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059760140</t>
+          <t>3990000027246</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>"He" De Be Güzel Gözlüm</t>
+          <t>Aslı ve Diğerleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059760539</t>
+          <t>9786059760751</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İsyan - Remzi’nin Çilesi Ölünce Biter 3</t>
+          <t>Gül Gibi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059760515</t>
+          <t>9786059760744</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Gökçam'dan Esintiler (2)</t>
+          <t>Tutku</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059760485</t>
+          <t>9786059760737</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Çocuklar Kuşlar</t>
+          <t>Deniz’in Ütopyası</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055414832</t>
+          <t>9786059760713</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Dersim Fıkraları (Ciltli)</t>
+          <t>Roviye Xasuk</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055414726</t>
+          <t>9786059760706</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Sende Sevdim</t>
+          <t>Verdammnis</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059760461</t>
+          <t>9786055414696</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Aşka Esir Olmuş Ruhlar Adına</t>
+          <t>Gül Balı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059760447</t>
+          <t>9786055414689</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Girdap - Remzi’nin Çilesi Ölünce Biter 2</t>
+          <t>Güz Rüzgarları</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059760416</t>
+          <t>9786055414672</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Esir Güne Yolculuk</t>
+          <t>Feryat</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059760386</t>
+          <t>4440000001685</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Deprem Çığlıkları</t>
+          <t>Kordon Güzeli</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059760317</t>
+          <t>9786059760003</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Canan'a</t>
+          <t>Bir Yanım İsyandı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059760454</t>
+          <t>9786055414641</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yaratıldı Gözyaşından</t>
+          <t>Kayıp Aşkın Kaşifi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059760379</t>
+          <t>9786055414771</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ey Sen</t>
+          <t>Gurbetten Sılaya</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059760423</t>
+          <t>9786059760171</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kul ve Kül</t>
+          <t>Geç Bunları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059760393</t>
+          <t>9786059760195</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Lirita'ya</t>
+          <t>Dik Duruş</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055414702</t>
+          <t>9786059760300</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Hatıralar</t>
+          <t>Bekleyeceğim</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059760355</t>
+          <t>9786055414047</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Remzi'nin Çilesi Ölünce Biter 1</t>
+          <t>İşsizistanda Sessiz Bir İsyan</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059760263</t>
+          <t>9786055414009</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Dönüş</t>
+          <t>Hey Gidi Günler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059760188</t>
+          <t>9786055414016</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar Ayakta</t>
+          <t>Her Kuşakta Atatürk</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059760218</t>
+          <t>9786055414061</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Küçe Çıkmazı Şiirleri</t>
+          <t>Dersim'de Sevdam Ağlıyor</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055414450</t>
+          <t>9786059760676</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kapanı</t>
+          <t>Kayıp Yıllar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>3990000031584</t>
+          <t>9786059760683</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Öteki Zaman</t>
+          <t>3 Kafadarın Dönüşü</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055414658</t>
+          <t>9786059760690</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Şiir</t>
+          <t>Bir Nefeslik Anılar Ve Öyküler</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055414610</t>
+          <t>9786059760669</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Rüzgarı</t>
+          <t>Emanetin Kerameti</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055414801</t>
+          <t>9786059760409</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Törenin Kara Gölgesi</t>
+          <t>Kara'm</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055414863</t>
+          <t>9786059760645</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Rus Devriminden Çıkan Dersler / Türkiye Devriminin Acil Sorunları</t>
+          <t>Hasıl-ı Kelam</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055414887</t>
+          <t>9786059760652</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bir Koltukta Üç Karpuz</t>
+          <t>Bu Nasıl Kardeşlik</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055414900</t>
+          <t>9786059760638</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Umut Kapısı</t>
+          <t>Cenk İstanbul'da</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055414849</t>
+          <t>9786059760621</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Düşlerin Özeti</t>
+          <t>Siyaset Sofrası</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>3990000027350</t>
+          <t>9786059760614</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Barut Kokan Topraklar Çanakkale</t>
+          <t>İbret</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055414795</t>
+          <t>9786059760270</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İncirköy'den İvrindi'ye</t>
+          <t>Hadne</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055414764</t>
+          <t>9786059760584</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Berçem</t>
+          <t>Rehin Özlemler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789756421796</t>
+          <t>9786059760577</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Zekarat</t>
+          <t>Eflatuni Mısralar</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>3990000036245</t>
+          <t>9786059760607</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Zannettiğiniz Gibi Değil</t>
+          <t>3 Kafadar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789756421420</t>
+          <t>9789756421734</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yurtsuz Sevda</t>
+          <t>Of ve Çevresine İslamiyeti Yayan Kahramanmaraşlı Saçaklızadeler</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756421802</t>
+          <t>9786059760546</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Yurtsever Şiirler</t>
+          <t>Diaspora - Remzi’nin Çilesi Ölünce Biter 4</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789756421062</t>
+          <t>9786059760164</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yiyin Pez.......nkler Yiyin</t>
+          <t>İçimdeki Fırtına</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789756421628</t>
+          <t>9786055414924</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Mavi</t>
+          <t>Benim Anadolum</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756421604</t>
+          <t>9786059760324</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yedi İklim Dört Bucak</t>
+          <t>Devran-ı Aşk</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789756421642</t>
+          <t>9786055414542</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Daha Aydınlık</t>
+          <t>Moranka</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789756421680</t>
+          <t>9786059760157</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yalnızın Güncesi</t>
+          <t>Çekicin Sesi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789756421697</t>
+          <t>9786055414931</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bir Hikayen Olmalı</t>
+          <t>Benimle Gelenler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789756421536</t>
+          <t>9786059760362</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bal Söyle</t>
+          <t>Zilan'ın Düşleri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059760126</t>
+          <t>9786059760201</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Mülteciler Göçmenler</t>
+          <t>Gelincik</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789756421765</t>
+          <t>9786059760140</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Uzaktaki Fısıltılar</t>
+          <t>"He" De Be Güzel Gözlüm</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789756421703</t>
+          <t>9786059760539</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Umutlar Yaşamalı</t>
+          <t>İsyan - Remzi’nin Çilesi Ölünce Biter 3</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>3990000027023</t>
+          <t>9786059760515</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Umuda Yelken Açtık</t>
+          <t>Gökçam'dan Esintiler (2)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789756421512</t>
+          <t>9786059760485</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Töre</t>
+          <t>Kadınlar Çocuklar Kuşlar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789756421994</t>
+          <t>9786055414832</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Tökezleme Taşları</t>
+          <t>Dersim Fıkraları (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789944067607</t>
+          <t>9786055414726</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Çürüme</t>
+          <t>Güneşi Sende Sevdim</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055414528</t>
+          <t>9786059760461</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Ölüm</t>
+          <t>Aşka Esir Olmuş Ruhlar Adına</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055414504</t>
+          <t>9786059760447</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kader Kelepçem</t>
+          <t>Girdap - Remzi’nin Çilesi Ölünce Biter 2</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055414511</t>
+          <t>9786059760416</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Mor Zirve</t>
+          <t>Esir Güne Yolculuk</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055414375</t>
+          <t>9786059760386</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Beni Dağlarda Ara</t>
+          <t>Deprem Çığlıkları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>3990000028121</t>
+          <t>9786059760317</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sura</t>
+          <t>Canan'a</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055414405</t>
+          <t>9786059760454</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Üç Mavi</t>
+          <t>İnsan Yaratıldı Gözyaşından</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055414498</t>
+          <t>9786059760379</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yürekte Kalan</t>
+          <t>Ey Sen</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789756421246</t>
+          <t>9786059760423</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Veda Cinayetleri</t>
+          <t>Kul ve Kül</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789756421741</t>
+          <t>9786059760393</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Ve Sen Gittin...</t>
+          <t>Lirita'ya</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789756421017</t>
+          <t>9786055414702</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar</t>
+          <t>Öksüz Hatıralar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789756421413</t>
+          <t>9786059760355</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Tarihten 40 Tanık</t>
+          <t>Remzi'nin Çilesi Ölünce Biter 1</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>3990000037123</t>
+          <t>9786059760263</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Tahterevalli</t>
+          <t>Geleceğe Dönüş</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>3990000002785</t>
+          <t>9786059760188</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Minaresi</t>
+          <t>Ağaçlar Ayakta</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>3990000002780</t>
+          <t>9786059760218</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Şamiram’ın Ustaları</t>
+          <t>Küçe Çıkmazı Şiirleri</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789756421352</t>
+          <t>9786055414450</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Şamandan Şaire Türklerde Şiir</t>
+          <t>Aşk Kapanı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789756421864</t>
+          <t>3990000031584</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sonra</t>
+          <t>Öteki Zaman</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789756421383</t>
+          <t>9786055414658</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Gömülmeyi Reddeder</t>
+          <t>Günaydın Şiir</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789756421130</t>
+          <t>9786055414610</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Sevdalanmak</t>
+          <t>Kuzey Rüzgarı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>3990000027449</t>
+          <t>9786055414801</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sana Kalbim Emanet</t>
+          <t>Törenin Kara Gölgesi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>3990000025986</t>
+          <t>9786055414863</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Salname</t>
+          <t>Rus Devriminden Çıkan Dersler / Türkiye Devriminin Acil Sorunları</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>3990000027866</t>
+          <t>9786055414887</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Salihler - Gül Bahçesi</t>
+          <t>Bir Koltukta Üç Karpuz</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789756421031</t>
+          <t>9786055414900</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Olumsuzluklar</t>
+          <t>Umut Kapısı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789756421376</t>
+          <t>9786055414849</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Parpudar Baba</t>
+          <t>Düşlerin Özeti</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789756421635</t>
+          <t>3990000027350</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Palamutta Karınca Var</t>
+          <t>Barut Kokan Topraklar Çanakkale</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789756421123</t>
+          <t>9786055414795</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Önce Öğretmenim</t>
+          <t>İncirköy'den İvrindi'ye</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055414221</t>
+          <t>9786055414764</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Önce İnsan</t>
+          <t>Berçem</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789756421215</t>
+          <t>9789756421796</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Namlular Çiçek Açmaz Zulmun Elinde</t>
+          <t>Zekarat</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789759748210</t>
+          <t>3990000036245</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Etnik Sorun Yaratma Çabaları Yapay Gündemler ve Milliyetsiz Aydınlar</t>
+          <t>Zannettiğiniz Gibi Değil</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>3990000037748</t>
+          <t>9789756421420</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Mavilere Saldım Umutları</t>
+          <t>Yurtsuz Sevda</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059760041</t>
+          <t>9789756421802</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Gül Üşüdü</t>
+          <t>Yurtsever Şiirler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059760072</t>
+          <t>9789756421062</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Altaylardan Tuna'ya</t>
+          <t>Yiyin Pez.......nkler Yiyin</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055414993</t>
+          <t>9789756421628</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Mahkeme Cini</t>
+          <t>Yeni Bir Mavi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059760089</t>
+          <t>9789756421604</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Aslı Gibi</t>
+          <t>Yedi İklim Dört Bucak</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055414986</t>
+          <t>9789756421642</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Gül Kokusu</t>
+          <t>Yarınlar Daha Aydınlık</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055414962</t>
+          <t>9789756421680</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Alışmak Ayrılıklara</t>
+          <t>Yalnızın Güncesi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055414979</t>
+          <t>9789756421697</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Bir Sabah Hüzün</t>
+          <t>Bir Hikayen Olmalı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055414597</t>
+          <t>9789756421536</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Zirvesinde İki Ay</t>
+          <t>Bal Söyle</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786055414566</t>
+          <t>9786059760126</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitaplar Arasındaki İlişkiler ve Çelişkiler</t>
+          <t>Mülteciler Göçmenler</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>312</v>
+        <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786055414320</t>
+          <t>9789756421765</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Anadolu</t>
+          <t>Uzaktaki Fısıltılar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786055414139</t>
+          <t>9789756421703</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Çekilmemiş Hayat Fotoğrafları</t>
+          <t>Umutlar Yaşamalı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789756421116</t>
+          <t>3990000027023</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Düş Yolcusu</t>
+          <t>Umuda Yelken Açtık</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786055414443</t>
+          <t>9789756421512</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Gülü</t>
+          <t>Töre</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055414535</t>
+          <t>9789756421994</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Nadas</t>
+          <t>Tökezleme Taşları</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786055414467</t>
+          <t>9789944067607</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Allah - Kuran ve Gerçekler</t>
+          <t>Çürüme</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
+          <t>9786055414528</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Ölüm</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786055414504</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Kader Kelepçem</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786055414511</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Mor Zirve</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786055414375</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Beni Dağlarda Ara</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>3990000028121</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Sura</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786055414405</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Üç Mavi</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786055414498</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Yürekte Kalan</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9789756421246</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Veda Cinayetleri</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9789756421741</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Ve Sen Gittin...</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9789756421017</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Üsküdar</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9789756421413</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Tarihten 40 Tanık</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>3990000037123</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Tahterevalli</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>3990000002785</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Şeytan Minaresi</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>3990000002780</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Şamiram’ın Ustaları</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9789756421352</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Şamandan Şaire Türklerde Şiir</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9789756421864</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Sonra</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9789756421383</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Sırlar Gömülmeyi Reddeder</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9789756421130</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Sevdalanmak</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>3990000027449</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Sana Kalbim Emanet</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>3990000025986</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Salname</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>3990000027866</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Salihler - Gül Bahçesi</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9789756421031</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Pozitif Olumsuzluklar</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9789756421376</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Parpudar Baba</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9789756421635</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Palamutta Karınca Var</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9789756421123</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Önce Öğretmenim</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786055414221</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Önce İnsan</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9789756421215</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Namlular Çiçek Açmaz Zulmun Elinde</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9789759748210</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Etnik Sorun Yaratma Çabaları Yapay Gündemler ve Milliyetsiz Aydınlar</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>3990000037748</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Mavilere Saldım Umutları</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786059760041</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Gül Üşüdü</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786059760072</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Altaylardan Tuna'ya</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786055414993</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Mahkeme Cini</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786059760089</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Aslı Gibi</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786055414986</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Karanlığın Gül Kokusu</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786055414962</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Alışmak Ayrılıklara</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786055414979</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sabah Hüzün</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786055414597</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Zirvesinde İki Ay</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786055414566</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Kitaplar Arasındaki İlişkiler ve Çelişkiler</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786055414320</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Günaydın Anadolu</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786055414139</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Çekilmemiş Hayat Fotoğrafları</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9789756421116</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Düş Yolcusu</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786055414443</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuzluk Gülü</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786055414535</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Nadas</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786055414467</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Allah - Kuran ve Gerçekler</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
           <t>3990000027346</t>
         </is>
       </c>
-      <c r="B200" s="1" t="inlineStr">
+      <c r="B244" s="1" t="inlineStr">
         <is>
           <t>Tanrısız Din</t>
         </is>
       </c>
-      <c r="C200" s="1">
+      <c r="C244" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>