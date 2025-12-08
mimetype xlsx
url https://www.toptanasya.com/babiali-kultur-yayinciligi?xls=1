--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -85,6160 +85,6445 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255780058</t>
+          <t>9786256572997</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mihail’in Ölümü</t>
+          <t>Ferhengname-i Sa‘di Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>140</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255780041</t>
+          <t>9786255780072</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Neden Sıfır Atık</t>
+          <t>миллий-ҳудудий материаллар воситасида тасвирий санъат таълими мазмунини такомиллаштиришнинг методик асослари - Ulusal-Bölgesel Malzemeler Aracılığıyla Güzel Sanatlar Eğitim İçeriğini Geliştirme Metodolojik Temel</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256572973</t>
+          <t>9786255780195</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ruh Yazıları veya İkinci Doğum</t>
+          <t>Deli Balta - Zor Görev</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256572959</t>
+          <t>9786255780171</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Şek İle Yakin Arasında Beyani Yansımalar: Kelâmî-Felsefî Tasavvurlar</t>
+          <t>Deli Balta - Uçurum Adası</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255780027</t>
+          <t>9786255780164</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ben Çizgi</t>
+          <t>Deli Balta - Büyük Hanzo</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>32</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256572980</t>
+          <t>9786255780188</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dilbilim El Kitabı</t>
+          <t>Deli Balta - Vahşi Avcı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059059664</t>
+          <t>9786255780201</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İş Bitirici - Stressiz Üretkenlik Sanatı</t>
+          <t>Acayip Hikayeler ve Diğer Gevezelikler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256572966</t>
+          <t>9786255780157</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Oğuzname</t>
+          <t>Deli Balta - Bu Nasıl Dövüş</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256572942</t>
+          <t>9786255780065</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Sevi</t>
+          <t>Deli Balta - Kaybolan Bayrak</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256572683</t>
+          <t>9786255780140</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Güneş Gibi</t>
+          <t>Tokarlık Ishı O'quv Qo'llanma - Torna İşi Eğitim</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256572454</t>
+          <t>9786255780126</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çağda İnsan Kalmak</t>
+          <t>бўлажак тарих ўқитувчиларининг аксиологик позициясини ривожлантиришнинг методик асослари - Gelecekteki Tarih Öğretmenlerinin Eksiyolojik Konumunun Geliştirilmesi Metodolojik Temel</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256572461</t>
+          <t>9786255780102</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hadis Kültürü Açısından Süleyman Çelebi’nin Vesiletü’n-Necat’ı</t>
+          <t>Matn Tahrırı Amalıyotı Oʻquv Qoʻllanma - Metin Editörlüğü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256572430</t>
+          <t>9786255780096</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dünden Güzel</t>
+          <t>Sharq Mumtoz Adabiyoti: Talqin va Tahlillar - Klasik Doğu Edebiyatı: Yorum ve Analiz</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256572447</t>
+          <t>9786255780119</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Tahtı</t>
+          <t>Boshlang’ich Sinf O’quvchilarida Gender Madaniyatini Shakllantirish Texnologiyasi - İlkokul Öğrencilerinde Cinsiyet Kültürünün Oluşturulmasına Yönelik Teknoloji</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256572416</t>
+          <t>9786255780133</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ben Nokta</t>
+          <t>олий таълим муассасаларида бўлажак жисмоний маданият мутахассисларининг педагогик маданияти ва компетенциясини такомиллаштириш - Yükseköğretim Kurumlarında Pedagojik Kültürün ve Gelecekteki Fiziksel Kültür Uzmanlarının Yeterliliğinin Geliştirilmesi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256572423</t>
+          <t>9786255780089</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Yetişkinler İçin Yazarlık Atölyesi</t>
+          <t>Amalıy O‘zbek Tılı - Uygulamalı Özbek Dili</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256572409</t>
+          <t>9786255780010</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mitolojiden Sosyal Medyaya Annelik Hâlleri Anne Cumhuriyeti</t>
+          <t>Esrarengiz Işık</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055545819</t>
+          <t>9786255780034</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Seçmeler</t>
+          <t>Haydi Aç Kanatlarını</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>15</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055545772</t>
+          <t>9786255780003</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hicret Gülleri 1. Cilt</t>
+          <t>Çanakkale’den Mektup Var</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>14.81</v>
+        <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>3990000017378</t>
+          <t>9786255780058</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'ye Gidenler</t>
+          <t>Mihail’in Ölümü</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>23.15</v>
+        <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059059114</t>
+          <t>9786255780041</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid’e Darbe Yapan Gizli Örgüt</t>
+          <t>Neden Sıfır Atık</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>28</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055545383</t>
+          <t>9786256572973</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bir Anda Sabah Olmaz</t>
+          <t>Ruh Yazıları veya İkinci Doğum</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>26</v>
+        <v>140</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>4444444442993</t>
+          <t>9786256572959</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Nene Hatun</t>
+          <t>Şek İle Yakin Arasında Beyani Yansımalar: Kelâmî-Felsefî Tasavvurlar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059059367</t>
+          <t>9786255780027</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Güneybatı Kafkasya Kars Rumları ve Konstandinos Kinigopulos'un Anıları</t>
+          <t>Ben Çizgi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>22</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059059169</t>
+          <t>9786256572980</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Başarı İçin 100 Harika Fikir</t>
+          <t>Dilbilim El Kitabı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059059077</t>
+          <t>9786059059664</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Balkanlarda Kuşatma Var!</t>
+          <t>İş Bitirici - Stressiz Üretkenlik Sanatı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>29</v>
+        <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059059152</t>
+          <t>9786256572966</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Peygamberim Siyer-i Nebi Çocuk Dizisi (12 Kitap 1. Seri)</t>
+          <t>Oğuzname</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>37.04</v>
+        <v>500</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>3990000018488</t>
+          <t>9786256572942</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hicret Gülleri (2 Cilt Takım)</t>
+          <t>Dokuz Sevi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>29.63</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059059282</t>
+          <t>9786256572683</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Peygamberime Mektuplar</t>
+          <t>Mutluluk Güneş Gibi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>23.15</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055545802</t>
+          <t>9786256572454</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanından Seçmeler</t>
+          <t>Yeni Çağda İnsan Kalmak</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>18</v>
+        <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055545833</t>
+          <t>9786256572461</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Hadis Kültürü Açısından Süleyman Çelebi’nin Vesiletü’n-Necat’ı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>18</v>
+        <v>270</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055545796</t>
+          <t>9786256572430</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig'den Seçmeler</t>
+          <t>Dünden Güzel</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>15</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055545659</t>
+          <t>9786256572447</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
+          <t>Allah’ın Tahtı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>18</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055545840</t>
+          <t>9786256572416</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Ben Nokta</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>3990000031535</t>
+          <t>9786256572423</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Çocuklar ve Yetişkinler İçin Yazarlık Atölyesi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>20</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055545727</t>
+          <t>9786256572409</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Mitolojiden Sosyal Medyaya Annelik Hâlleri Anne Cumhuriyeti</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>20</v>
+        <v>400</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055545673</t>
+          <t>9786055545819</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi</t>
+          <t>Mesnevi'den Seçmeler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055545581</t>
+          <t>9786055545772</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi ve Eğitimi</t>
+          <t>Hicret Gülleri 1. Cilt</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055545369</t>
+          <t>3990000017378</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yesevi'den Yunus'a</t>
+          <t>Çanakkale'ye Gidenler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>23</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789758486007</t>
+          <t>9786059059114</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Değerlendirmek</t>
+          <t>2. Abdülhamid’e Darbe Yapan Gizli Örgüt</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>13.43</v>
+        <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789944118125</t>
+          <t>9786055545383</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı</t>
+          <t>Bir Anda Sabah Olmaz</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>8.33</v>
+        <v>26</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789944118095</t>
+          <t>4444444442993</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yorgan Gitti Kavga Bitti!</t>
+          <t>Nene Hatun</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>2.69</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789758486571</t>
+          <t>9786059059367</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yerküre Manifestom</t>
+          <t>Güneybatı Kafkasya Kars Rumları ve Konstandinos Kinigopulos'un Anıları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789758486854</t>
+          <t>9786059059169</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzensizliği Bir Avrupalı’nın Bakışıyla</t>
+          <t>Kişisel Başarı İçin 100 Harika Fikir</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>8.33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789750098116</t>
+          <t>9786059059077</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim</t>
+          <t>Balkanlarda Kuşatma Var!</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>18.52</v>
+        <v>29</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789758486755</t>
+          <t>9786059059152</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Dede Mert’in Maceraları</t>
+          <t>Sevgili Peygamberim Siyer-i Nebi Çocuk Dizisi (12 Kitap 1. Seri)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>3.24</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789758486335</t>
+          <t>3990000018488</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Uluğ Bey Ganimid Savaşçıları</t>
+          <t>Hicret Gülleri (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>4.63</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944118569</t>
+          <t>9786059059282</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ulieta’nın Gizemi</t>
+          <t>Sevgili Peygamberime Mektuplar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789758486595</t>
+          <t>9786055545802</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Amerika Arası Dokuz Saat</t>
+          <t>Yunus Emre Divanından Seçmeler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>8.24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789758486717</t>
+          <t>9786055545833</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Tilkinin Kuyruğu</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>2.69</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789758486427</t>
+          <t>9786055545796</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>The Turkish Mahkum</t>
+          <t>Kutadgu Bilig'den Seçmeler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>5.56</v>
+        <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789944118989</t>
+          <t>9786055545659</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Tatar</t>
+          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>10.19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055545260</t>
+          <t>9786055545840</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Küstüğü An</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789758486724</t>
+          <t>3990000031535</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Ayı İle Oduncu Dede Masallar Dizisi</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>2.69</v>
+        <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789944118200</t>
+          <t>9786055545727</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Suyun Stratejik Dalgaları Dünyayı Su Savaşları mı Bekliyor?</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>20.37</v>
+        <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055545048</t>
+          <t>9786055545673</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Şikayet Etme Şükret</t>
+          <t>Evliya Çelebi Seyahatnamesi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>11.11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789944118491</t>
+          <t>9786055545581</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sultan Yıldırım Bayezid Han ve Fetret Devri</t>
+          <t>Çocuk Gelişimi ve Eğitimi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>28</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789758486632</t>
+          <t>9786055545369</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Su</t>
+          <t>Yesevi'den Yunus'a</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>5.56</v>
+        <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789758486403</t>
+          <t>9789758486007</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Spor Bir Hikâyedir</t>
+          <t>Zamanı Değerlendirmek</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>11.57</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944118941</t>
+          <t>9789944118125</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Son Saraylı</t>
+          <t>Yunus Emre Divanı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944118705</t>
+          <t>9789944118095</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sislerin Ardında</t>
+          <t>Yorgan Gitti Kavga Bitti!</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>13.89</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789750098161</t>
+          <t>9789758486571</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış Yolun Sonunda</t>
+          <t>Yerküre Manifestom</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>12.96</v>
+        <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789758486977</t>
+          <t>9789758486854</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sana Gözyaşı Vadediyorum</t>
+          <t>Yeni Dünya Düzensizliği Bir Avrupalı’nın Bakışıyla</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>12.04</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789944118910</t>
+          <t>9789750098116</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sadakat Müzesi</t>
+          <t>Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789750098192</t>
+          <t>9789758486755</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ruslara Karşı Basmacılar Hareketi</t>
+          <t>Uykucu Dede Mert’in Maceraları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>17.59</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789944118019</t>
+          <t>9789758486335</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Prens Olmak İsteyen Karga</t>
+          <t>Uluğ Bey Ganimid Savaşçıları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>4.54</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789758486168</t>
+          <t>9789944118569</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Pazaryeri Pazarola!</t>
+          <t>Ulieta’nın Gizemi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789944118736</t>
+          <t>9789758486595</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Paylaşılamayan Topraklar</t>
+          <t>Türkiye Amerika Arası Dokuz Saat</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>28</v>
+        <v>8.24</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789944118347</t>
+          <t>9789758486717</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Patronlar Değil Liderler</t>
+          <t>Tilkinin Kuyruğu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>30</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789758486120</t>
+          <t>9789758486427</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Özal’lı Yıllarım</t>
+          <t>The Turkish Mahkum</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>13.89</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789758486144</t>
+          <t>9789944118989</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Örsteki Ülke Türkiye</t>
+          <t>Tatar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>8.33</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789758486076</t>
+          <t>9786055545260</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Bisiklet</t>
+          <t>Tarihin Küstüğü An</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>8.33</v>
+        <v>26</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944118231</t>
+          <t>9789758486724</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sonrası Artçı Sarsıntılar</t>
+          <t>Şaşkın Ayı İle Oduncu Dede Masallar Dizisi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>8.33</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789944118897</t>
+          <t>9789944118200</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Okul, Aile ve Toplum İlişkilerinde Çocuk ve Şiddet</t>
+          <t>Suyun Stratejik Dalgaları Dünyayı Su Savaşları mı Bekliyor?</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>4.63</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789758486021</t>
+          <t>9786055545048</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Muhterem Müşterimiz</t>
+          <t>Şikayet Etme Şükret</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>20.37</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789944118842</t>
+          <t>9789944118491</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi</t>
+          <t>Sultan Yıldırım Bayezid Han ve Fetret Devri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789944118439</t>
+          <t>9789758486632</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Makedonya Gamzesi</t>
+          <t>Su</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>17.59</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789758486748</t>
+          <t>9789758486403</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Makarna Kraliçesi</t>
+          <t>Spor Bir Hikâyedir</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>22.22</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789944118057</t>
+          <t>9789944118941</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Leylek mi Güzel Tavus Kuşu mu?</t>
+          <t>Son Saraylı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>4.54</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789750098147</t>
+          <t>9789944118705</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Küresel Stratejinin Üç Aktörü: Hollywood, Pentagon ve Washington</t>
+          <t>Sislerin Ardında</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>24.07</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789944118330</t>
+          <t>9789750098161</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kuleli 1919</t>
+          <t>Sarıkamış Yolun Sonunda</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>8.33</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789944118262</t>
+          <t>9789758486977</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Simli Pembe</t>
+          <t>Sana Gözyaşı Vadediyorum</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789944118965</t>
+          <t>9789944118910</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Halk Hikayeleri</t>
+          <t>Sadakat Müzesi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789758486823</t>
+          <t>9789750098192</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kimseye Söyleme</t>
+          <t>Ruslara Karşı Basmacılar Hareketi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>18.52</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789750098178</t>
+          <t>9789944118019</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kimse Beni Anlamıyor</t>
+          <t>Prens Olmak İsteyen Karga</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>19</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789758486830</t>
+          <t>9789758486168</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili Katliamı</t>
+          <t>Pazaryeri Pazarola!</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789758486762</t>
+          <t>9789944118736</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kart Mert’in Maceraları</t>
+          <t>Paylaşılamayan Topraklar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>4.54</v>
+        <v>28</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789758486199</t>
+          <t>9789944118347</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kendini Arayan İnsan</t>
+          <t>Patronlar Değil Liderler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>8.33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789944118880</t>
+          <t>9789758486120</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Karlara Gömülen Tarih Sarıkamış</t>
+          <t>Özal’lı Yıllarım</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789758486847</t>
+          <t>9789758486144</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Fotoğraf</t>
+          <t>Örsteki Ülke Türkiye</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>20.37</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789758486243</t>
+          <t>9789758486076</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Paşa’nın Seyir Defteri</t>
+          <t>Ormandaki Bisiklet</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>155</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789758486991</t>
+          <t>9789944118231</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman</t>
+          <t>Osmanlı Sonrası Artçı Sarsıntılar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055545352</t>
+          <t>9789944118897</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Jeopolitik</t>
+          <t>Okul, Aile ve Toplum İlişkilerinde Çocuk ve Şiddet</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>38.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789758486816</t>
+          <t>9789758486021</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İntikam Dehşeti</t>
+          <t>Muhterem Müşterimiz</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>11.11</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789758486267</t>
+          <t>9789944118842</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yalnızlığı</t>
+          <t>Mesnevi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>6.94</v>
+        <v>15</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789758486274</t>
+          <t>9789944118439</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve İnsan Ötesi</t>
+          <t>Makedonya Gamzesi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>5.56</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789758486328</t>
+          <t>9789758486748</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İnsan Faktörü</t>
+          <t>Makarna Kraliçesi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>15.74</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789758486045</t>
+          <t>9789944118057</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Coğrafyasında Diplomasi Koşturmak</t>
+          <t>Leylek mi Güzel Tavus Kuşu mu?</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>8.33</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944118040</t>
+          <t>9789750098147</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İki Kardeş Kuş</t>
+          <t>Küresel Stratejinin Üç Aktörü: Hollywood, Pentagon ve Washington</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>4.54</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789944118064</t>
+          <t>9789944118330</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İçinde Ben De Vardım!</t>
+          <t>Kuleli 1919</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>4.54</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789758486939</t>
+          <t>9789944118262</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Huzura Doğru</t>
+          <t>Kod Adı Simli Pembe</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>28</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944118088</t>
+          <t>9789944118965</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hırsızın Hiç mi Suçu Yok!</t>
+          <t>Klasik Türk Halk Hikayeleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>4.54</v>
+        <v>15</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789758486908</t>
+          <t>9789758486823</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Her Konuda Hazır</t>
+          <t>Kimseye Söyleme</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944118002</t>
+          <t>9789750098178</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hepsinin Tadı Aynı</t>
+          <t>Kimse Beni Anlamıyor</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>4.54</v>
+        <v>19</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789758486458</t>
+          <t>9789758486830</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Rengi İnsan</t>
+          <t>Kızılderili Katliamı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>19.44</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789758486373</t>
+          <t>9789758486762</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Hasret Hikayeleri</t>
+          <t>Kırmızı Kart Mert’in Maceraları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>6.48</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055545017</t>
+          <t>9789758486199</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Gün Işığının Ayazında</t>
+          <t>Kendini Arayan İnsan</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>28</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789758486304</t>
+          <t>9789944118880</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Gülyüzlüm</t>
+          <t>Karlara Gömülen Tarih Sarıkamış</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>17.59</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789758486083</t>
+          <t>9789758486847</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Gülme Hakkımı Kullanıyorum: Bir Deste Nükte</t>
+          <t>Karanlık Fotoğraf</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944118033</t>
+          <t>9789758486243</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Küçük Aslanın Büyük Aklı</t>
+          <t>Kaptan Paşa’nın Seyir Defteri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>4.54</v>
+        <v>155</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055545116</t>
+          <t>9789758486991</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Gülenlerin Ağlayanlara Borcu Var</t>
+          <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789758486502</t>
+          <t>9786055545352</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Gül Kül Oldu Bağdat’ta</t>
+          <t>Jeopolitik</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>5.56</v>
+        <v>38.89</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944118149</t>
+          <t>9789758486816</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Graziella</t>
+          <t>İntikam Dehşeti</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>21</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944118583</t>
+          <t>9789758486267</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Medeniyeti</t>
+          <t>İnsanın Yalnızlığı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>23.15</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789944118071</t>
+          <t>9789758486274</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kuyudan Çıkardım Ya!</t>
+          <t>İnsan ve İnsan Ötesi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>4.54</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789758486915</t>
+          <t>9789758486328</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Gönül Pınarı</t>
+          <t>İnsan Faktörü</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>28</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789758486298</t>
+          <t>9789758486045</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Genler Nereye Koşuyor?</t>
+          <t>İmparatorluk Coğrafyasında Diplomasi Koşturmak</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>11.57</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944118422</t>
+          <t>9789944118040</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Genç Osman ve 4. Murad</t>
+          <t>İki Kardeş Kuş</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>15.74</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>3990000025864</t>
+          <t>9789944118064</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu</t>
+          <t>İçinde Ben De Vardım!</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>23.15</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789944118132</t>
+          <t>9789758486939</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Fethinden Kaybına Girit</t>
+          <t>Huzura Doğru</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>14.81</v>
+        <v>28</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789758486625</t>
+          <t>9789944118088</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Etkili Zaman Yönetimi</t>
+          <t>Hırsızın Hiç mi Suçu Yok!</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>30</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055545239</t>
+          <t>9789758486908</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Elmas Nine’den Masallar</t>
+          <t>Her Konuda Hazır</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>16</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055545437</t>
+          <t>9789944118002</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Elifba Cüzü</t>
+          <t>Hepsinin Tadı Aynı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>15</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055545314</t>
+          <t>9789758486458</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Duvardaki Kan</t>
+          <t>Hayatın Rengi İnsan</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>34</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789758486281</t>
+          <t>9789758486373</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Diyalektiğimiz ve Estetiğimiz</t>
+          <t>Hasret Hikayeleri</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789758486779</t>
+          <t>9786055545017</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Dev Kartopu Mert’in Maceraları</t>
+          <t>Gün Işığının Ayazında</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>4.54</v>
+        <v>28</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789758486687</t>
+          <t>9789758486304</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Deprem</t>
+          <t>Gülyüzlüm</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>12.04</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789758486670</t>
+          <t>9789758486083</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Damla Damla Pazarlama</t>
+          <t>Gülme Hakkımı Kullanıyorum: Bir Deste Nükte</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789944118224</t>
+          <t>9789944118033</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Çocuklardan Teröristlere Mektuplar</t>
+          <t>Küçük Aslanın Büyük Aklı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>3.7</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789758486588</t>
+          <t>9786055545116</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Çinli Sinderella</t>
+          <t>Gülenlerin Ağlayanlara Borcu Var</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>10.19</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055545109</t>
+          <t>9789758486502</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Çetelerin Hedefindeki Abdülhamid</t>
+          <t>Gül Kül Oldu Bağdat’ta</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>23</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789758486953</t>
+          <t>9789944118149</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Çekilin Yoldan Geliyor Vatman Çocukluğumun İstanbul’u</t>
+          <t>Graziella</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>12.96</v>
+        <v>21</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944118194</t>
+          <t>9789944118583</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Yolunda Bir Savaş Muhabirinin Kaleminden...</t>
+          <t>Gözyaşı Medeniyeti</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789944118361</t>
+          <t>9789944118071</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Canım Türkiyem</t>
+          <t>Kuyudan Çıkardım Ya!</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>6.94</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789758486786</t>
+          <t>9789758486915</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Canavar Balonlar Mert’in Maceraları</t>
+          <t>Gönül Pınarı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>4.54</v>
+        <v>28</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055545376</t>
+          <t>9789758486298</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Saray ve Prenses Melek Sin</t>
+          <t>Genler Nereye Koşuyor?</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>15</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055545345</t>
+          <t>9789944118422</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Büyük İnsanlar Kulübü</t>
+          <t>Genç Osman ve 4. Murad</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789944118279</t>
+          <t>3990000025864</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Büyük Adam Olucam</t>
+          <t>Gelibolu</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>16</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789758486311</t>
+          <t>9789944118132</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Bulutlar Gizli Ağladı</t>
+          <t>Fethinden Kaybına Girit</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>5.56</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789944118293</t>
+          <t>9789758486625</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bisikletle Hayal Turu</t>
+          <t>Etkili Zaman Yönetimi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>8.33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789758486434</t>
+          <t>9786055545239</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Günü Üşütmek</t>
+          <t>Elmas Nine’den Masallar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>5.56</v>
+        <v>16</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055545031</t>
+          <t>9786055545437</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Hikaye</t>
+          <t>Elifba Cüzü</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>17.59</v>
+        <v>15</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789758486465</t>
+          <t>9786055545314</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Bir Darbenin Anatomisi</t>
+          <t>Duvardaki Kan</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>22.22</v>
+        <v>34</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789944118026</t>
+          <t>9789758486281</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Martı</t>
+          <t>Diyalektiğimiz ve Estetiğimiz</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>4.54</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789758486731</t>
+          <t>9789758486779</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Güvercin Masallar Dizisi</t>
+          <t>Dev Kartopu Mert’in Maceraları</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>4.54</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789758486878</t>
+          <t>9789758486687</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Anne, Baba ve Öğretmenim Beni Anlayın!</t>
+          <t>Deprem</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>19</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789944118309</t>
+          <t>9789758486670</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim Aşkım Anneliğin Şifreleri</t>
+          <t>Damla Damla Pazarlama</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789758486694</t>
+          <t>9789944118224</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Başka Şansın Yok</t>
+          <t>Çocuklardan Teröristlere Mektuplar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>20.37</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789944118545</t>
+          <t>9789758486588</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Başarı Sende Saklı!</t>
+          <t>Çinli Sinderella</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>16</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055545079</t>
+          <t>9786055545109</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Babamın Mavi Radyosu</t>
+          <t>Çetelerin Hedefindeki Abdülhamid</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>17.59</v>
+        <v>23</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789944118118</t>
+          <t>9789758486953</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ateş Fırtınası</t>
+          <t>Çekilin Yoldan Geliyor Vatman Çocukluğumun İstanbul’u</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>15.74</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944118217</t>
+          <t>9789944118194</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Efendisi'ne</t>
+          <t>Çanakkale Yolunda Bir Savaş Muhabirinin Kaleminden...</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>24.07</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789944118392</t>
+          <t>9789944118361</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Aşk Vardı Gerisi Yalandı</t>
+          <t>Canım Türkiyem</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>14.81</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789758486700</t>
+          <t>9789758486786</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Aslan ve Tavşan Masallar Dizisi</t>
+          <t>Canavar Balonlar Mert’in Maceraları</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>4.54</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789758486236</t>
+          <t>9786055545376</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Arif Nihat Asya’nın Sevgi Mektupları</t>
+          <t>Büyülü Saray ve Prenses Melek Sin</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>7.87</v>
+        <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789944118750</t>
+          <t>9786055545345</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Aralık Çocukları</t>
+          <t>Büyük İnsanlar Kulübü</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789758486397</t>
+          <t>9789944118279</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Amerika Amerika E Pluribus Unum Çok Şeyden İbaret, Tek Şey</t>
+          <t>Büyük Adam Olucam</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>9.03</v>
+        <v>16</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055545253</t>
+          <t>9789758486311</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Han'dan 21. Yüzyıla Uzanan Sır Altın Yay</t>
+          <t>Bulutlar Gizli Ağladı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>22.22</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789944118576</t>
+          <t>9789944118293</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Alo Türkçe Neredesin?</t>
+          <t>Bisikletle Hayal Turu</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>13.89</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789758486038</t>
+          <t>9789758486434</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Alaca Siyaset Siyasi Hikayeler</t>
+          <t>Bir Yaz Günü Üşütmek</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>6.94</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789758486663</t>
+          <t>9786055545031</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Ahbap, Memleketim Nerede?</t>
+          <t>Bir Demet Hikaye</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>24.07</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789944118255</t>
+          <t>9789758486465</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ağrısız Doğum Mutluluğu</t>
+          <t>Bir Darbenin Anatomisi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>30</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789944118408</t>
+          <t>9789944118026</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Zaferi</t>
+          <t>Beyaz Martı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>11.11</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055545024</t>
+          <t>9789758486731</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>100 Harika Fikir</t>
+          <t>Beyaz Güvercin Masallar Dizisi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>25</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789758486410</t>
+          <t>9789758486878</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Aptal Beyaz Adamlar ve Ülkenin Berbat Durumu İçin Diğer Bahaneler!</t>
+          <t>Anne, Baba ve Öğretmenim Beni Anlayın!</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>13.89</v>
+        <v>19</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789758486366</t>
+          <t>9789944118309</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Çocuk</t>
+          <t>Bebeğim Aşkım Anneliğin Şifreleri</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>4.54</v>
+        <v>25</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059059893</t>
+          <t>9789758486694</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Yükselirken Yüzüncü Yılında Bilecik Mülakatı</t>
+          <t>Başka Şansın Yok</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>45</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789944118682</t>
+          <t>9789944118545</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Mavi Renkli Ördek Yavrusu</t>
+          <t>Başarı Sende Saklı!</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>90</v>
+        <v>16</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256572317</t>
+          <t>9786055545079</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Genç’in İzindeki Yolcu: Ahmet Cihan</t>
+          <t>Babamın Mavi Radyosu</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>300</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256572324</t>
+          <t>9789944118118</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı Üzerine Tartışmalar</t>
+          <t>Ateş Fırtınası</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>500</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256572102</t>
+          <t>9789944118217</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Cana Can Katanım</t>
+          <t>Aşkın Efendisi'ne</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>240</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256572386</t>
+          <t>9789944118392</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Fırça Kuyruklu Haki - Ormandaki Gizem</t>
+          <t>Aşk Vardı Gerisi Yalandı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>180</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059059794</t>
+          <t>9789758486700</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bilecik Küplü Osmanlı Mezar Taşları ve Kitabeleri</t>
+          <t>Aslan ve Tavşan Masallar Dizisi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>280</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059059756</t>
+          <t>9789758486236</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Hafızası</t>
+          <t>Arif Nihat Asya’nın Sevgi Mektupları</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>320</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055545758</t>
+          <t>9789944118750</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>1931 Nolu Mezar</t>
+          <t>Aralık Çocukları</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055545895</t>
+          <t>9789758486397</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Tarih Korkusu</t>
+          <t>Amerika Amerika E Pluribus Unum Çok Şeyden İbaret, Tek Şey</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>280</v>
+        <v>9.03</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789944118996</t>
+          <t>9786055545253</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Tarihçi Gözüyle</t>
+          <t>Oğuz Han'dan 21. Yüzyıla Uzanan Sır Altın Yay</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>260</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789758486960</t>
+          <t>9789944118576</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Sürgünden Soykırıma Ermeni İddiaları</t>
+          <t>Alo Türkçe Neredesin?</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>220</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789750098123</t>
+          <t>9789758486038</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Süleyman’ın Viyana Kuşatması</t>
+          <t>Alaca Siyaset Siyasi Hikayeler</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789750098130</t>
+          <t>9789758486663</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Miami Diyeti</t>
+          <t>Ahbap, Memleketim Nerede?</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>400</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789944118675</t>
+          <t>9789944118255</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Kurbağa ve Arkadaşı</t>
+          <t>Ağrısız Doğum Mutluluğu</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>120</v>
+        <v>30</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256572393</t>
+          <t>9789944118408</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Türk-İngiliz İlişkileri</t>
+          <t>Çanakkale Zaferi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>350</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256572362</t>
+          <t>9786055545024</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun 33 Yılı Devlet-i Aliyye’den Yıldız İmparatorluğu’na</t>
+          <t>100 Harika Fikir</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>500</v>
+        <v>25</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256572379</t>
+          <t>9789758486410</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Uzay Hakkında Temel Sözleşmeler ve İlkeler</t>
+          <t>Aptal Beyaz Adamlar ve Ülkenin Berbat Durumu İçin Diğer Bahaneler!</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256572348</t>
+          <t>9789758486366</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Çok Kimlikli ve Yönlü Bir Osmanlı Münevveri Doktor Milaslı İsmail Hakkı’nın Bilimsel Mirası</t>
+          <t>Anne ve Çocuk</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>300</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256572300</t>
+          <t>9786059059893</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Turkish Diction For Foreigners</t>
+          <t>Anadolu Yükselirken Yüzüncü Yılında Bilecik Mülakatı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>300</v>
+        <v>45</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256572331</t>
+          <t>9789944118682</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Hitabet</t>
+          <t>Mavi Renkli Ördek Yavrusu</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>3990000059831</t>
+          <t>9786256572317</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler 6 (İmzalı)</t>
+          <t>Mehmet Genç’in İzindeki Yolcu: Ahmet Cihan</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>3990000559626</t>
+          <t>9786256572324</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler 5 (İmzalı)</t>
+          <t>Divan Edebiyatı Üzerine Tartışmalar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>3990000059473</t>
+          <t>9786256572102</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler 4 (İmzalı)</t>
+          <t>Cana Can Katanım</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>3990000059466</t>
+          <t>9786256572386</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler 3 (İmzalı)</t>
+          <t>Fırça Kuyruklu Haki - Ormandaki Gizem</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>3990000059275</t>
+          <t>9786059059794</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler 2 (İmzalı)</t>
+          <t>Bilecik Küplü Osmanlı Mezar Taşları ve Kitabeleri</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>3990000545963</t>
+          <t>9786059059756</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler (İmzalı)</t>
+          <t>Şehrin Hafızası</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256572294</t>
+          <t>9786055545758</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Edebiyatı Nazım</t>
+          <t>1931 Nolu Mezar</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256572287</t>
+          <t>9786055545895</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Hayati Aşk</t>
+          <t>Tarih Korkusu</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256572034</t>
+          <t>9789944118996</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ferec-Nâme</t>
+          <t>Tarihçi Gözüyle</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059059954</t>
+          <t>9789758486960</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kralın Kızı: Mutnofret</t>
+          <t>Sürgünden Soykırıma Ermeni İddiaları</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>440</v>
+        <v>220</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256572089</t>
+          <t>9789750098123</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Duygusal İhtiyaçları</t>
+          <t>Muhteşem Süleyman’ın Viyana Kuşatması</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256572133</t>
+          <t>9789750098130</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Nefi Şairi Öldürmek</t>
+          <t>Miami Diyeti</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256572065</t>
+          <t>9789944118675</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi 1</t>
+          <t>İnatçı Kurbağa ve Arkadaşı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256572058</t>
+          <t>9786256572393</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi 2</t>
+          <t>Türk-İngiliz İlişkileri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256572096</t>
+          <t>9786256572362</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sar Diye Geldim</t>
+          <t>İmparatorluğun 33 Yılı Devlet-i Aliyye’den Yıldız İmparatorluğu’na</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256572072</t>
+          <t>9786256572379</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Sınavlarda Başarının Adımları</t>
+          <t>Uzay Hakkında Temel Sözleşmeler ve İlkeler</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059050190</t>
+          <t>9786256572348</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Antikacı</t>
+          <t>Çok Kimlikli ve Yönlü Bir Osmanlı Münevveri Doktor Milaslı İsmail Hakkı’nın Bilimsel Mirası</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>3990000030401</t>
+          <t>9786256572300</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Bilimden İmana</t>
+          <t>Turkish Diction For Foreigners</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059059732</t>
+          <t>9786256572331</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hapishaneleri</t>
+          <t>Hitabet</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786055545512</t>
+          <t>3990000059831</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Satranç Adam</t>
+          <t>Can Veren Pervaneler 6 (İmzalı)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>440</v>
+        <v>160</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055545888</t>
+          <t>3990000559626</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kız</t>
+          <t>Can Veren Pervaneler 5 (İmzalı)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055545680</t>
+          <t>3990000059473</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Yaşadıklarımız Okuduklarımızın Efendisidir</t>
+          <t>Can Veren Pervaneler 4 (İmzalı)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059059640</t>
+          <t>3990000059466</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan-Ermeni İlişkileri ve Dağlık Karabağ Sorunu</t>
+          <t>Can Veren Pervaneler 3 (İmzalı)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059059336</t>
+          <t>3990000059275</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İzmit'te Hilal-i Ahmer Cemiyeti</t>
+          <t>Can Veren Pervaneler 2 (İmzalı)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059059633</t>
+          <t>3990000545963</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Yar ile Bayram Uluşar Hacı Bayram Veli</t>
+          <t>Can Veren Pervaneler (İmzalı)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059059503</t>
+          <t>9786256572294</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Çevremizin Gerçek Koruyucuları</t>
+          <t>Klasik Türk Edebiyatı Nazım</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055545864</t>
+          <t>9786256572287</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihinden Fıkralar</t>
+          <t>Hayati Aşk</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059059381</t>
+          <t>9786256572034</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Liderlik Etkisi</t>
+          <t>Ferec-Nâme</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059059275</t>
+          <t>9786059059954</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler 2</t>
+          <t>Kralın Kızı: Mutnofret</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055545932</t>
+          <t>9786256572089</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Aldatılan Leylekler ve Kargaların Zor Günü</t>
+          <t>Çocukların Duygusal İhtiyaçları</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786055545949</t>
+          <t>9786256572133</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Peygamberim Siyer-i Nebi (Ciltli)</t>
+          <t>Nefi Şairi Öldürmek</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>1300</v>
+        <v>300</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055545529</t>
+          <t>9786256572065</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış</t>
+          <t>Osmanlı Türkçesi 1</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>380</v>
+        <v>600</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055545246</t>
+          <t>9786256572058</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Yemen</t>
+          <t>Osmanlı Türkçesi 2</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>260</v>
+        <v>600</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789944118903</t>
+          <t>9786256572096</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yazıklar Çıkmazı</t>
+          <t>Sar Diye Geldim</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055545420</t>
+          <t>9786256572072</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Yaşat Ki Yaşayasın</t>
+          <t>Sınavlarda Başarının Adımları</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055545185</t>
+          <t>9786059050190</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Yamalı Dağın Aslanı Bayburtlu Kara Yusuf</t>
+          <t>Antikacı</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789758486601</t>
+          <t>3990000030401</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Tüzükat-ı Timur: Devlet Yönetmek</t>
+          <t>Bilimden İmana</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789944118101</t>
+          <t>9786059059732</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Nasreddin Hoca Fıkraları</t>
+          <t>Osmanlı Hapishaneleri</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789944118187</t>
+          <t>9786055545512</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Starbucks</t>
+          <t>Satranç Adam</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789944118934</t>
+          <t>9786055545888</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz (A.S)</t>
+          <t>Kayıp Kız</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789944118507</t>
+          <t>9786055545680</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sultanları</t>
+          <t>Yaşadıklarımız Okuduklarımızın Efendisidir</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055545468</t>
+          <t>9786059059640</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Nargin</t>
+          <t>Azerbaycan-Ermeni İlişkileri ve Dağlık Karabağ Sorunu</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789758486885</t>
+          <t>9786059059336</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Koca Yusuf</t>
+          <t>İzmit'te Hilal-i Ahmer Cemiyeti</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055545161</t>
+          <t>9786059059633</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kırkpınar</t>
+          <t>Yar ile Bayram Uluşar Hacı Bayram Veli</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789944118712</t>
+          <t>9786059059503</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Çevremizin Gerçek Koruyucuları</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055545505</t>
+          <t>9786055545864</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kanije Zaferi</t>
+          <t>Osmanlı Tarihinden Fıkralar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>3990000025719</t>
+          <t>9786059059381</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Mazi Derler</t>
+          <t>Kamu Yönetiminde Liderlik Etkisi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789758486618</t>
+          <t>9786059059275</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Etkili Takım Kurmak</t>
+          <t>Can Veren Pervaneler 2</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789758486205</t>
+          <t>9786055545932</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Etkili Stratejik Liderlik</t>
+          <t>Aldatılan Leylekler ve Kargaların Zor Günü</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789758486519</t>
+          <t>9786055545949</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Etkili Motivasyon</t>
+          <t>Sevgili Peygamberim Siyer-i Nebi (Ciltli)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>300</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789758486182</t>
+          <t>9786055545529</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Etkili Liderlik Liderlik Kabiliyeti Nasıl Geliştirilir?</t>
+          <t>Sarıkamış</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789758486533</t>
+          <t>9786055545246</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Etkili İletişim</t>
+          <t>Yemen</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789758486564</t>
+          <t>9789944118903</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Etkili Karar Vermek</t>
+          <t>Yazıklar Çıkmazı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789944118859</t>
+          <t>9786055545420</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı</t>
+          <t>Yaşat Ki Yaşayasın</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>90</v>
+        <v>400</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256572270</t>
+          <t>9786055545185</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Deli Balta Müthiş Süvari</t>
+          <t>Yamalı Dağın Aslanı Bayburtlu Kara Yusuf</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256572263</t>
+          <t>9789758486601</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Deli Balta Açe Yollarında</t>
+          <t>Tüzükat-ı Timur: Devlet Yönetmek</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789758486656</t>
+          <t>9789944118101</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Öncesinde Türkler</t>
+          <t>Şiirlerle Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789944118156</t>
+          <t>9789944118187</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Bir Fransız Yalanı</t>
+          <t>Starbucks</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789944118170</t>
+          <t>9789944118934</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yürekte Kor Ateş</t>
+          <t>Peygamber Efendimiz (A.S)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789758486984</t>
+          <t>9789944118507</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Türkiyesi’ni Kaybımız</t>
+          <t>Osmanlı Sultanları</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789944118613</t>
+          <t>9786055545468</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>360 Derece İletişim</t>
+          <t>Nargin</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789750098109</t>
+          <t>9789758486885</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>2. Sultan Mahmud</t>
+          <t>Koca Yusuf</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786055545499</t>
+          <t>9786055545161</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Anlıyorum Ama Konuşamıyorum</t>
+          <t>Kırkpınar</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059059909</t>
+          <t>9789944118712</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Muharebeleri - Otto Liman Von Sanders ve Mustafa Kemal</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>360</v>
+        <v>90</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059059916</t>
+          <t>9786055545505</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler (7 Kitap Takım)</t>
+          <t>Kanije Zaferi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>1580</v>
+        <v>300</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256572256</t>
+          <t>3990000025719</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Müdelles Hadis ve Müdellis Raviler</t>
+          <t>Geçmişe Mazi Derler</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786259059459</t>
+          <t>9789758486618</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Diksiyon</t>
+          <t>Etkili Takım Kurmak</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256572201</t>
+          <t>9789758486205</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kavisli Köy</t>
+          <t>Etkili Stratejik Liderlik</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256572232</t>
+          <t>9789758486519</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Sahra</t>
+          <t>Etkili Motivasyon</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256572249</t>
+          <t>9789758486182</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Makber</t>
+          <t>Etkili Liderlik Liderlik Kabiliyeti Nasıl Geliştirilir?</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789758486540</t>
+          <t>9789758486533</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Paşa'nın Seyir Defteri Gazavatı Hayreddin Paşa</t>
+          <t>Etkili İletişim</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256572218</t>
+          <t>9789758486564</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Güncel Problemlere Psikolojik Analizler</t>
+          <t>Etkili Karar Vermek</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256572195</t>
+          <t>9789944118859</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Resimleriyle Çocuk/Ergen Değerlendirmede Vaka Örnekleri</t>
+          <t>Divan Edebiyatı</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>700</v>
+        <v>90</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256572188</t>
+          <t>9786256572270</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yetiştirmenin Psikolojik Şifreleri</t>
+          <t>Deli Balta Müthiş Süvari</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256572171</t>
+          <t>9786256572263</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Ergenlerin Psikolojisi</t>
+          <t>Deli Balta Açe Yollarında</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>470</v>
+        <v>150</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256572164</t>
+          <t>9789758486656</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Çağın Bireyi</t>
+          <t>Cumhuriyet Dönemi Öncesinde Türkler</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>440</v>
+        <v>340</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059059091</t>
+          <t>9789944118156</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Mona Lisa'yı Takip</t>
+          <t>Bir Fransız Yalanı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059059251</t>
+          <t>9789944118170</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelede Güney Cephesi - İşgal</t>
+          <t>Aşk Yürekte Kor Ateş</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256572126</t>
+          <t>9789758486984</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kubadabad Macerası</t>
+          <t>Avrupa Türkiyesi’ni Kaybımız</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059059619</t>
+          <t>9789944118613</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram Veli Hazretleri: Ulu Şar</t>
+          <t>360 Derece İletişim</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059059466</t>
+          <t>9789750098109</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler 3</t>
+          <t>2. Sultan Mahmud</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786055545222</t>
+          <t>9786055545499</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Seny Sevyyorum Türkçe</t>
+          <t>Anlıyorum Ama Konuşamıyorum</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789944118385</t>
+          <t>9786059059909</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyorsam Bundan Sana Ne</t>
+          <t>Çanakkale Muharebeleri - Otto Liman Von Sanders ve Mustafa Kemal</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786055545284</t>
+          <t>9786059059916</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Rehberi</t>
+          <t>Can Veren Pervaneler (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>260</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789944118248</t>
+          <t>9786256572256</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Plevne Müdafaası</t>
+          <t>Müdelles Hadis ve Müdellis Raviler</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789944118972</t>
+          <t>9786259059459</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Bi’Tanedir!</t>
+          <t>Diksiyon</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>480</v>
+        <v>270</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059059145</t>
+          <t>9786256572201</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Paylaşılamayan Topraklar</t>
+          <t>Kavisli Köy</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786055545475</t>
+          <t>9786256572232</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Patronunuzu Nasıl İkna Edersiniz?</t>
+          <t>Sahra</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789944118460</t>
+          <t>9786256572249</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Doğu Vilayetleri</t>
+          <t>Makber</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786055545277</t>
+          <t>9789758486540</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Bahar Sancısı</t>
+          <t>Kaptan Paşa'nın Seyir Defteri Gazavatı Hayreddin Paşa</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789944118286</t>
+          <t>9786256572218</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Oniki Ada - Ürkek Bir Siyasetin Tarih Önündeki Ağır Vebali</t>
+          <t>Güncel Problemlere Psikolojik Analizler</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786055545291</t>
+          <t>9786256572195</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Menkıbelerle Yaşamak</t>
+          <t>Resimleriyle Çocuk/Ergen Değerlendirmede Vaka Örnekleri</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>260</v>
+        <v>700</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786055545123</t>
+          <t>9786256572188</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Lütfen Kalbimi Kırma</t>
+          <t>Çocuk Yetiştirmenin Psikolojik Şifreleri</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789944118484</t>
+          <t>9786256572171</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kırım Dramı</t>
+          <t>Aykırı Ergenlerin Psikolojisi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>340</v>
+        <v>470</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789944118453</t>
+          <t>9786256572164</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Karikatürlerle Hafıza Geliştirme</t>
+          <t>Çağın Bireyi</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>160</v>
+        <v>440</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789750098154</t>
+          <t>9786059059091</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kara Ahmet</t>
+          <t>Mona Lisa'yı Takip</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>550</v>
+        <v>440</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789758486014</t>
+          <t>9786059059251</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Kartalı</t>
+          <t>Milli Mücadelede Güney Cephesi - İşgal</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786055545154</t>
+          <t>9786256572126</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Her Yönü ile Başkanlık Sistemi</t>
+          <t>Kubadabad Macerası</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786055545406</t>
+          <t>9786059059619</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Haberlerin Efendisi</t>
+          <t>Hacı Bayram Veli Hazretleri: Ulu Şar</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786055545338</t>
+          <t>9786059059466</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Güçlü ve Mutlu İnsan Yetiştirmek</t>
+          <t>Can Veren Pervaneler 3</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789944118590</t>
+          <t>9786055545222</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Gözler</t>
+          <t>Seny Sevyyorum Türkçe</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789944118729</t>
+          <t>9789944118385</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Forsa</t>
+          <t>Seni Seviyorsam Bundan Sana Ne</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789944118538</t>
+          <t>9786055545284</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Evini Beğenmeyen Kaplumbağa</t>
+          <t>Ramazan Rehberi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786055545178</t>
+          <t>9789944118248</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Dünya Güç Dengeleri ve Türkiye’nin Vizyonu Açısından Başkan</t>
+          <t>Plevne Müdafaası</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789944118927</t>
+          <t>9789944118972</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Dua Reçetesi</t>
+          <t>Pazarlama Bi’Tanedir!</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789944118699</t>
+          <t>9786059059145</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Bir Lider Nasıl Yetişir?</t>
+          <t>Paylaşılamayan Topraklar</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789758486892</t>
+          <t>9786055545475</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Bin Atlının Akınları</t>
+          <t>Patronunuzu Nasıl İkna Edersiniz?</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789758486922</t>
+          <t>9789944118460</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Başımıza Gelenler Bir İmparatorluğun Dramatik Kaybı</t>
+          <t>Osmanlı Doğu Vilayetleri</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786055545444</t>
+          <t>9786055545277</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Ailesindeki Üvey Kardeş Türkiye</t>
+          <t>Ortadoğu’da Bahar Sancısı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789944118552</t>
+          <t>9789944118286</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Bütün Sırlarıyla Türkler</t>
+          <t>Oniki Ada - Ürkek Bir Siyasetin Tarih Önündeki Ağır Vebali</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256572119</t>
+          <t>9786055545291</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Özdeyiş Hikayeleri Hayati İnanç Amcadan Hikayeler Masallar-1</t>
+          <t>Menkıbelerle Yaşamak</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256572027</t>
+          <t>9786055545123</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hariciyesi ve Boğazlar Meselesi</t>
+          <t>Lütfen Kalbimi Kırma</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059059459</t>
+          <t>9789944118484</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Diksiyon (Türkçeyi Güzel, Doğru, Düzgün ve Etkili Konuşmak)</t>
+          <t>Kırım Dramı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256572010</t>
+          <t>9789944118453</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>İnsan İletişim ve Dil</t>
+          <t>Karikatürlerle Hafıza Geliştirme</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256572003</t>
+          <t>9789750098154</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi Söz Dizimi</t>
+          <t>Kara Ahmet</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059059961</t>
+          <t>9789758486014</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Hayati Meseleler</t>
+          <t>Kafkas Kartalı</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059059930</t>
+          <t>9786055545154</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Panoraması 1885</t>
+          <t>Her Yönü ile Başkanlık Sistemi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059059534</t>
+          <t>9786055545406</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Umut Saklıdır Dağlarda</t>
+          <t>Haberlerin Efendisi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059059589</t>
+          <t>9786055545338</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Hilal ve Haç Kavgası</t>
+          <t>Güçlü ve Mutlu İnsan Yetiştirmek</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059059923</t>
+          <t>9789944118590</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Hayati Dengeler</t>
+          <t>Göçmen Gözler</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059059886</t>
+          <t>9789944118729</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Rical-i Devleti</t>
+          <t>Forsa</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059059879</t>
+          <t>9789944118538</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler 7</t>
+          <t>Evini Beğenmeyen Kaplumbağa</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059059848</t>
+          <t>9786055545178</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Son Kale</t>
+          <t>Dünya Güç Dengeleri ve Türkiye’nin Vizyonu Açısından Başkan</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>700</v>
+        <v>240</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059059855</t>
+          <t>9789944118927</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>İki Teker Üzerinde</t>
+          <t>Dua Reçetesi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059059763</t>
+          <t>9789944118699</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Türkistan'da Bir Rus Diplomat</t>
+          <t>Bir Lider Nasıl Yetişir?</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059059831</t>
+          <t>9789758486892</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler 6</t>
+          <t>Bin Atlının Akınları</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059059800</t>
+          <t>9789758486922</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Mahz-ı Adalet</t>
+          <t>Başımıza Gelenler Bir İmparatorluğun Dramatik Kaybı</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059059824</t>
+          <t>9786055545444</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Evrenos Fırtınası - Gazi Evrenos Bey</t>
+          <t>Avrupa Ailesindeki Üvey Kardeş Türkiye</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059059787</t>
+          <t>9789944118552</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>1840-1841 Tarihli Nüfus Defterine Göre Bilecik</t>
+          <t>Bütün Sırlarıyla Türkler</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059059817</t>
+          <t>9786256572119</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kanserle Yaşamak</t>
+          <t>Çocuklar İçin Özdeyiş Hikayeleri Hayati İnanç Amcadan Hikayeler Masallar-1</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786055545871</t>
+          <t>9786256572027</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Zeka Küpü</t>
+          <t>Osmanlı Hariciyesi ve Boğazlar Meselesi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059059725</t>
+          <t>9786059059459</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Görmedim Duymadım Gülüyorum</t>
+          <t>Diksiyon (Türkçeyi Güzel, Doğru, Düzgün ve Etkili Konuşmak)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059059770</t>
+          <t>9786256572010</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Vatan Kalbinin Attığı Yer Çanakkale</t>
+          <t>İnsan İletişim ve Dil</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059059749</t>
+          <t>9786256572003</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Söğüt</t>
+          <t>Türkiye Türkçesi Söz Dizimi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059059718</t>
+          <t>9786059059961</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Offline - Çevrim dışı</t>
+          <t>Hayati Meseleler</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059059701</t>
+          <t>9786059059930</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Çerkes Hasan Vakası</t>
+          <t>İstanbul Panoraması 1885</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059059695</t>
+          <t>9786059059534</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Değer Sizseniz Değer Sizsiniz</t>
+          <t>Umut Saklıdır Dağlarda</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059059688</t>
+          <t>9786059059589</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kırk Artı Kırk</t>
+          <t>Hilal ve Haç Kavgası</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059059671</t>
+          <t>9786059059923</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Taş Yağar Gecelere</t>
+          <t>Hayati Dengeler</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059059626</t>
+          <t>9786059059886</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler 5</t>
+          <t>Türkiye Rical-i Devleti</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059059657</t>
+          <t>9786059059879</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Bir Modernite Sorunu Olarak Ermenicilik</t>
+          <t>Can Veren Pervaneler 7</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059059442</t>
+          <t>9786059059848</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Şanlı Türk Devletleri Hun İmparatorluğun’dan Türkiye Cumhuriyeti’ne</t>
+          <t>Türkiye Son Kale</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>320</v>
+        <v>700</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059059596</t>
+          <t>9786059059855</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sende</t>
+          <t>İki Teker Üzerinde</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059059565</t>
+          <t>9786059059763</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Bir Muallimenin Gözünden Sultan Reşad Sarayı</t>
+          <t>Türkistan'da Bir Rus Diplomat</t>
         </is>
       </c>
       <c r="C332" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059059510</t>
+          <t>9786059059831</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Can Veren Pervaneler 6</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059059404</t>
+          <t>9786059059800</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Esaret Yıllarım</t>
+          <t>Mahz-ı Adalet</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059059541</t>
+          <t>9786059059824</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Zaman Değirmeni</t>
+          <t>Evrenos Fırtınası - Gazi Evrenos Bey</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059059435</t>
+          <t>9786059059787</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Hayvanlar ve Yaşadığı Yerler</t>
+          <t>1840-1841 Tarihli Nüfus Defterine Göre Bilecik</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059059497</t>
+          <t>9786059059817</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Fethi</t>
+          <t>Kanserle Yaşamak</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059059480</t>
+          <t>9786055545871</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Her Yönü ile Başkanlık Sistemi Yeni Sistem Cumhurbaşkanlığı Modelimiz</t>
+          <t>Zeka Küpü</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059059428</t>
+          <t>9786059059725</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış Kar ve Ateş</t>
+          <t>Görmedim Duymadım Gülüyorum</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059059473</t>
+          <t>9786059059770</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler 4</t>
+          <t>Vatan Kalbinin Attığı Yer Çanakkale</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059059374</t>
+          <t>9786059059749</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Fahrüddin Osman Gazi</t>
+          <t>Söğüt</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059059398</t>
+          <t>9786059059718</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Politik Ekonomi - Ekonomik Krizler ve Türkiye</t>
+          <t>Offline - Çevrim dışı</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059059343</t>
+          <t>9786059059701</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Alexander Watkins Terrell</t>
+          <t>Çerkes Hasan Vakası</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>470</v>
+        <v>260</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059059329</t>
+          <t>9786059059695</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Bir Türk Beyi Ebulfez Elçibey</t>
+          <t>Değer Sizseniz Değer Sizsiniz</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059059305</t>
+          <t>9786059059688</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Büyük İnsanlar Kulübü</t>
+          <t>Kırk Artı Kırk</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786055545710</t>
+          <t>9786059059671</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Taş Yağar Gecelere</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786055545703</t>
+          <t>9786059059626</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Can Veren Pervaneler 5</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059059237</t>
+          <t>9786059059657</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Büyük Adam Olucam 2 - Kariyer Mühendisi</t>
+          <t>Bir Modernite Sorunu Olarak Ermenicilik</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059059220</t>
+          <t>9786059059442</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Nar Bahçesi</t>
+          <t>Şanlı Türk Devletleri Hun İmparatorluğun’dan Türkiye Cumhuriyeti’ne</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786055545734</t>
+          <t>9786059059596</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Taaşşukı Talat ve Fitnat</t>
+          <t>Mutluluk Sende</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059059244</t>
+          <t>9786059059565</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Çevremiz Geleceğimizdir</t>
+          <t>Bir Muallimenin Gözünden Sultan Reşad Sarayı</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059059213</t>
+          <t>9786059059510</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Ardımdan Ağlama</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059059183</t>
+          <t>9786059059404</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Melekler Aramızda</t>
+          <t>Esaret Yıllarım</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059059206</t>
+          <t>9786059059541</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Aşıkların Dilinden Sarıkamış</t>
+          <t>Zaman Değirmeni</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786055545628</t>
+          <t>9786059059435</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Çok Değil, Güzel Yazan Yaşar!</t>
+          <t>A'dan Z'ye Hayvanlar ve Yaşadığı Yerler</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059059121</t>
+          <t>9786059059497</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Max Remy Süper Ajan : Ajan Birliği Sahaya İniyor</t>
+          <t>İstanbul'un Fethi</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059059176</t>
+          <t>9786059059480</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Ebemkuşağındaki Damla</t>
+          <t>Her Yönü ile Başkanlık Sistemi Yeni Sistem Cumhurbaşkanlığı Modelimiz</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059059138</t>
+          <t>9786059059428</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Kafkas Ordusu  ve Ermeniler</t>
+          <t>Sarıkamış Kar ve Ateş</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059059107</t>
+          <t>9786059059473</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Lamia</t>
+          <t>Can Veren Pervaneler 4</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786055545857</t>
+          <t>9786059059374</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul'un Ocağında Uyandık</t>
+          <t>Fahrüddin Osman Gazi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059059084</t>
+          <t>9786059059398</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>7'den 70'e Osmanlı Türkçesi</t>
+          <t>Uluslararası Politik Ekonomi - Ekonomik Krizler ve Türkiye</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786055545390</t>
+          <t>9786059059343</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Doğudan Geldiler</t>
+          <t>Alexander Watkins Terrell</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059059022</t>
+          <t>9786059059329</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Tek Harf İki Hece</t>
+          <t>Bir Türk Beyi Ebulfez Elçibey</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059059046</t>
+          <t>9786059059305</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Efsaneleri</t>
+          <t>Büyük İnsanlar Kulübü</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059059015</t>
+          <t>9786055545710</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Küresel Isınma Çağında Aşk</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059059039</t>
+          <t>9786055545703</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Ecdad ve Evlad</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059059053</t>
+          <t>9786059059237</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Pelince</t>
+          <t>Büyük Adam Olucam 2 - Kariyer Mühendisi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786055545994</t>
+          <t>9786059059220</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Konfüçyüs ve Liderlik</t>
+          <t>Nar Bahçesi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786055545635</t>
+          <t>9786055545734</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Taaşşukı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786055545826</t>
+          <t>9786059059244</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Çevremiz Geleceğimizdir</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786055545970</t>
+          <t>9786059059213</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Aman</t>
+          <t>Ardımdan Ağlama</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786055545963</t>
+          <t>9786059059183</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler</t>
+          <t>Melekler Aramızda</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786055545956</t>
+          <t>9786059059206</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Max Remy -  Süper Ajan Zaman Makinesi Peşinde</t>
+          <t>Geçmişten Günümüze Aşıkların Dilinden Sarıkamış</t>
         </is>
       </c>
       <c r="C373" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059059008</t>
+          <t>9786055545628</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>E-beveyn Olmak</t>
+          <t>Çok Değil, Güzel Yazan Yaşar!</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786055545901</t>
+          <t>9786059059121</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Kanla Başladı</t>
+          <t>Max Remy Süper Ajan : Ajan Birliği Sahaya İniyor</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059059066</t>
+          <t>9786059059176</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Görkemli Ülkesi Kafkasya</t>
+          <t>Ebemkuşağındaki Damla</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786055545086</t>
+          <t>9786059059138</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kimliği ve Aşiretler</t>
+          <t>Türk İslam Kafkas Ordusu  ve Ermeniler</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786055545666</t>
+          <t>9786059059107</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Lamia</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786055545925</t>
+          <t>9786055545857</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Hırsız</t>
+          <t>Ertuğrul'un Ocağında Uyandık</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786055545918</t>
+          <t>9786059059084</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>La Kışı</t>
+          <t>7'den 70'e Osmanlı Türkçesi</t>
         </is>
       </c>
       <c r="C380" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789944118354</t>
+          <t>9786055545390</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Görmedin mi Aliş’imi Tuna Boyunda</t>
+          <t>Doğudan Geldiler</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789944118323</t>
+          <t>9786059059022</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Tarih Gelecektir</t>
+          <t>Tek Harf İki Hece</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789944118835</t>
+          <t>9786059059046</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Seçmeler)</t>
+          <t>İstanbul Efsaneleri</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786055545130</t>
+          <t>9786059059015</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Beklerken</t>
+          <t>Küresel Isınma Çağında Aşk</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786055545000</t>
+          <t>9786059059039</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Kanije Muhasarası</t>
+          <t>Ecdad ve Evlad</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789944118477</t>
+          <t>9786059059053</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Şahini Hacı Murad</t>
+          <t>Pelince</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786055545093</t>
+          <t>9786055545994</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Delinin Biri Aranıyor</t>
+          <t>Konfüçyüs ve Liderlik</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789758486526</t>
+          <t>9786055545635</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Etkili Değişim</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789758486151</t>
+          <t>9786055545826</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Tehciri</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786055545321</t>
+          <t>9786055545970</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Aslanı</t>
+          <t>Kızlar Aman</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786055545307</t>
+          <t>9786055545963</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>OMT - Osmanlı Milletler Topluluğu</t>
+          <t>Can Veren Pervaneler</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789944118743</t>
+          <t>9786055545956</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Baba Beni Sevmekten Niye Korkuyorsun?</t>
+          <t>Max Remy -  Süper Ajan Zaman Makinesi Peşinde</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786055545055</t>
+          <t>9786059059008</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kurtuluş Destanı</t>
+          <t>E-beveyn Olmak</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789944118378</t>
+          <t>9786055545901</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Unuttuğumuz Mora Türkleri ve Eyaletten Bağımsızlığa Yunanistan</t>
+          <t>Yağmur Kanla Başladı</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789944118316</t>
+          <t>9786059059066</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Padişah Anneleri</t>
+          <t>Özgürlüğün Görkemli Ülkesi Kafkasya</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786055545062</t>
+          <t>9786055545086</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet İtikadına Göre Hac ve Umre Rehberi ve Medine-i Münevvere Ziyareti</t>
+          <t>Osmanlı Kimliği ve Aşiretler</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786055545697</t>
+          <t>9786055545666</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Başarı Yolunda 11 Ölümcül Hata</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789944118606</t>
+          <t>9786055545925</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Var Yar’ına</t>
+          <t>Hırsız</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789944118446</t>
+          <t>9786055545918</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Yenilikçi Liderlik</t>
+          <t>La Kışı</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789944118767</t>
+          <t>9789944118354</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Üşüyorum Anne</t>
+          <t>Görmedin mi Aliş’imi Tuna Boyunda</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789944118415</t>
+          <t>9789944118323</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Büyük Destanı Çanakkale</t>
+          <t>Tarih Gelecektir</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786055545604</t>
+          <t>9789944118835</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Şanlı Müdafaa Şahin Bey</t>
+          <t>Safahat (Seçmeler)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789944118514</t>
+          <t>9786055545130</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Cihan Fatih Sultan Mehmed Han</t>
+          <t>Ölümü Beklerken</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786055545451</t>
+          <t>9786055545000</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Sultanların Gönül Sultanları</t>
+          <t>Kanije Muhasarası</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789944118958</t>
+          <t>9789944118477</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid’e Arzlar (Ma’rûzât)</t>
+          <t>Kafkas Şahini Hacı Murad</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786055545413</t>
+          <t>9786055545093</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Söyle, Nasıl Üzülmezsen Öyle Öleyim</t>
+          <t>Delinin Biri Aranıyor</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059059312</t>
+          <t>9789758486526</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>İki Cihan Güneşi</t>
+          <t>Etkili Değişim</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786059059268</t>
+          <t>9789758486151</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka'nın Korkunç Planları 1</t>
+          <t>Ermeni Tehciri</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
+          <t>9786055545321</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Sultanın Aslanı</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786055545307</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>OMT - Osmanlı Milletler Topluluğu</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9789944118743</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Baba Beni Sevmekten Niye Korkuyorsun?</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786055545055</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu’nun Kurtuluş Destanı</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9789944118378</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Unuttuğumuz Mora Türkleri ve Eyaletten Bağımsızlığa Yunanistan</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9789944118316</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Padişah Anneleri</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786055545062</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Ehl-i Sünnet İtikadına Göre Hac ve Umre Rehberi ve Medine-i Münevvere Ziyareti</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786055545697</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Başarı Yolunda 11 Ölümcül Hata</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9789944118606</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Yunus Emre Var Yar’ına</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9789944118446</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Yenilikçi Liderlik</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9789944118767</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Üşüyorum Anne</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9789944118415</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Tarihin Büyük Destanı Çanakkale</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786055545604</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Şanlı Müdafaa Şahin Bey</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9789944118514</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Şah-ı Cihan Fatih Sultan Mehmed Han</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786055545451</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Sultanların Gönül Sultanları</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9789944118958</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Sultan Abdülhamid’e Arzlar (Ma’rûzât)</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786055545413</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Söyle, Nasıl Üzülmezsen Öyle Öleyim</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786059059312</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>İki Cihan Güneşi</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786059059268</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Yapay Zeka'nın Korkunç Planları 1</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
           <t>9786059050299</t>
         </is>
       </c>
-      <c r="B409" s="1" t="inlineStr">
+      <c r="B428" s="1" t="inlineStr">
         <is>
           <t>Türk Birliğine Engel Alfabe ve Dil Meselemiz</t>
         </is>
       </c>
-      <c r="C409" s="1">
+      <c r="C428" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>