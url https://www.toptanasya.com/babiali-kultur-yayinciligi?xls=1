--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -85,6445 +85,6655 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256572997</t>
+          <t>9786255780232</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ferhengname-i Sa‘di Tercümesi (Ciltli)</t>
+          <t>Efsane Kadın Nene Hatun</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255780072</t>
+          <t>9786255780256</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>миллий-ҳудудий материаллар воситасида тасвирий санъат таълими мазмунини такомиллаштиришнинг методик асослари - Ulusal-Bölgesel Malzemeler Aracılığıyla Güzel Sanatlar Eğitim İçeriğini Geliştirme Metodolojik Temel</t>
+          <t>Yenilgilerimizin Tarihi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255780195</t>
+          <t>9786255780348</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Deli Balta - Zor Görev</t>
+          <t>Prof. Dr. Mustafa Özkan’a Armağan Kitabı - 1</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255780171</t>
+          <t>9786255780355</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Deli Balta - Uçurum Adası</t>
+          <t>Prof. Dr. Mustafa Özkan’a Armağan Kitabı-2</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255780164</t>
+          <t>9786255780270</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Deli Balta - Büyük Hanzo</t>
+          <t>Siret - Sünnet Külliyatı 2 - Siyere Dair Kavramlar, Olaylar, Sorunlar ve Öteki ile İlişkiler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255780188</t>
+          <t>9786255780263</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Deli Balta - Vahşi Avcı</t>
+          <t>Siret - Sünnet Külliyatı - 1 Siretin Kur’an, Sünnet ve Hadis İle İlişkisi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255780201</t>
+          <t>9786255780287</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Acayip Hikayeler ve Diğer Gevezelikler</t>
+          <t>Siret - Sünnet Külliyatı - 3:Sünnetin Epistemolojik ve Teşriî Değeri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255780157</t>
+          <t>9786255780218</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Deli Balta - Bu Nasıl Dövüş</t>
+          <t>Bu Toprakların İnsanı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255780065</t>
+          <t>9786255780294</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Deli Balta - Kaybolan Bayrak</t>
+          <t>Siret - Sünnet Külliyatı 4 - Hadisin Epistemolojik Değeri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>580</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255780140</t>
+          <t>9786255780300</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tokarlık Ishı O'quv Qo'llanma - Torna İşi Eğitim</t>
+          <t>Siret - Sünnet Külliyatı 5 - Kelamcılarda ve İtikadi Mezheplerde Sünnet ve Hadis</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255780126</t>
+          <t>9786255780324</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>бўлажак тарих ўқитувчиларининг аксиологик позициясини ривожлантиришнинг методик асослари - Gelecekteki Tarih Öğretmenlerinin Eksiyolojik Konumunun Geliştirilmesi Metodolojik Temel</t>
+          <t>Siret - Sünnet Külliyatı 7 - Tasavvufta ve Kültürümüzde Hz. Peygamber ve Hadis</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255780102</t>
+          <t>9786255780317</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Matn Tahrırı Amalıyotı Oʻquv Qoʻllanma - Metin Editörlüğü</t>
+          <t>Siret - Sünnet Külliyatı - 6: Fıkıh ve Usul İlminde Sünnet ve Hadis</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255780096</t>
+          <t>9786256572140</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sharq Mumtoz Adabiyoti: Talqin va Tahlillar - Klasik Doğu Edebiyatı: Yorum ve Analiz</t>
+          <t>Ufuktaki Duman</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255780119</t>
+          <t>9786255780249</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Boshlang’ich Sinf O’quvchilarida Gender Madaniyatini Shakllantirish Texnologiyasi - İlkokul Öğrencilerinde Cinsiyet Kültürünün Oluşturulmasına Yönelik Teknoloji</t>
+          <t>Hikayeden Yaşamak</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255780133</t>
+          <t>9786256572997</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>олий таълим муассасаларида бўлажак жисмоний маданият мутахассисларининг педагогик маданияти ва компетенциясини такомиллаштириш - Yükseköğretim Kurumlarında Pedagojik Kültürün ve Gelecekteki Fiziksel Kültür Uzmanlarının Yeterliliğinin Geliştirilmesi</t>
+          <t>Ferhengname-i Sa‘di Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>280</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255780089</t>
+          <t>9786255780072</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Amalıy O‘zbek Tılı - Uygulamalı Özbek Dili</t>
+          <t>миллий-ҳудудий материаллар воситасида тасвирий санъат таълими мазмунини такомиллаштиришнинг методик асослари - Ulusal-Bölgesel Malzemeler Aracılığıyla Güzel Sanatlar Eğitim İçeriğini Geliştirme Metodolojik Temel</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255780010</t>
+          <t>9786255780195</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Işık</t>
+          <t>Deli Balta - Zor Görev</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255780034</t>
+          <t>9786255780171</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Haydi Aç Kanatlarını</t>
+          <t>Deli Balta - Uçurum Adası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255780003</t>
+          <t>9786255780164</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’den Mektup Var</t>
+          <t>Deli Balta - Büyük Hanzo</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255780058</t>
+          <t>9786255780188</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mihail’in Ölümü</t>
+          <t>Deli Balta - Vahşi Avcı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255780041</t>
+          <t>9786255780201</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Neden Sıfır Atık</t>
+          <t>Acayip Hikayeler ve Diğer Gevezelikler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256572973</t>
+          <t>9786255780157</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ruh Yazıları veya İkinci Doğum</t>
+          <t>Deli Balta - Bu Nasıl Dövüş</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256572959</t>
+          <t>9786255780065</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Şek İle Yakin Arasında Beyani Yansımalar: Kelâmî-Felsefî Tasavvurlar</t>
+          <t>Deli Balta - Kaybolan Bayrak</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255780027</t>
+          <t>9786255780140</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ben Çizgi</t>
+          <t>Tokarlık Ishı O'quv Qo'llanma - Torna İşi Eğitim</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256572980</t>
+          <t>9786255780126</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dilbilim El Kitabı</t>
+          <t>бўлажак тарих ўқитувчиларининг аксиологик позициясини ривожлантиришнинг методик асослари - Gelecekteki Tarih Öğretmenlerinin Eksiyolojik Konumunun Geliştirilmesi Metodolojik Temel</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059059664</t>
+          <t>9786255780102</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İş Bitirici - Stressiz Üretkenlik Sanatı</t>
+          <t>Matn Tahrırı Amalıyotı Oʻquv Qoʻllanma - Metin Editörlüğü</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256572966</t>
+          <t>9786255780096</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Oğuzname</t>
+          <t>Sharq Mumtoz Adabiyoti: Talqin va Tahlillar - Klasik Doğu Edebiyatı: Yorum ve Analiz</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256572942</t>
+          <t>9786255780119</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Sevi</t>
+          <t>Boshlang’ich Sinf O’quvchilarida Gender Madaniyatini Shakllantirish Texnologiyasi - İlkokul Öğrencilerinde Cinsiyet Kültürünün Oluşturulmasına Yönelik Teknoloji</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256572683</t>
+          <t>9786255780133</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Güneş Gibi</t>
+          <t>олий таълим муассасаларида бўлажак жисмоний маданият мутахассисларининг педагогик маданияти ва компетенциясини такомиллаштириш - Yükseköğretim Kurumlarında Pedagojik Kültürün ve Gelecekteki Fiziksel Kültür Uzmanlarının Yeterliliğinin Geliştirilmesi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256572454</t>
+          <t>9786255780089</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çağda İnsan Kalmak</t>
+          <t>Amalıy O‘zbek Tılı - Uygulamalı Özbek Dili</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256572461</t>
+          <t>9786255780010</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hadis Kültürü Açısından Süleyman Çelebi’nin Vesiletü’n-Necat’ı</t>
+          <t>Esrarengiz Işık</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256572430</t>
+          <t>9786255780034</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dünden Güzel</t>
+          <t>Haydi Aç Kanatlarını</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256572447</t>
+          <t>9786255780003</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Tahtı</t>
+          <t>Çanakkale’den Mektup Var</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256572416</t>
+          <t>9786255780058</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ben Nokta</t>
+          <t>Mihail’in Ölümü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256572423</t>
+          <t>9786255780041</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Yetişkinler İçin Yazarlık Atölyesi</t>
+          <t>Neden Sıfır Atık</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256572409</t>
+          <t>9786256572973</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mitolojiden Sosyal Medyaya Annelik Hâlleri Anne Cumhuriyeti</t>
+          <t>Ruh Yazıları veya İkinci Doğum</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055545819</t>
+          <t>9786256572959</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Seçmeler</t>
+          <t>Şek İle Yakin Arasında Beyani Yansımalar: Kelâmî-Felsefî Tasavvurlar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>15</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055545772</t>
+          <t>9786255780027</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hicret Gülleri 1. Cilt</t>
+          <t>Ben Çizgi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>14.81</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>3990000017378</t>
+          <t>9786256572980</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'ye Gidenler</t>
+          <t>Dilbilim El Kitabı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>23.15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059059114</t>
+          <t>9786059059664</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid’e Darbe Yapan Gizli Örgüt</t>
+          <t>İş Bitirici - Stressiz Üretkenlik Sanatı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>28</v>
+        <v>400</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055545383</t>
+          <t>9786256572966</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bir Anda Sabah Olmaz</t>
+          <t>Oğuzname</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>26</v>
+        <v>500</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>4444444442993</t>
+          <t>9786256572942</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Nene Hatun</t>
+          <t>Dokuz Sevi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059059367</t>
+          <t>9786256572683</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Güneybatı Kafkasya Kars Rumları ve Konstandinos Kinigopulos'un Anıları</t>
+          <t>Mutluluk Güneş Gibi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>22</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059059169</t>
+          <t>9786256572454</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Başarı İçin 100 Harika Fikir</t>
+          <t>Yeni Çağda İnsan Kalmak</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>30</v>
+        <v>450</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059059077</t>
+          <t>9786256572461</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Balkanlarda Kuşatma Var!</t>
+          <t>Hadis Kültürü Açısından Süleyman Çelebi’nin Vesiletü’n-Necat’ı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>29</v>
+        <v>270</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059059152</t>
+          <t>9786256572430</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Peygamberim Siyer-i Nebi Çocuk Dizisi (12 Kitap 1. Seri)</t>
+          <t>Dünden Güzel</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>37.04</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>3990000018488</t>
+          <t>9786256572447</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hicret Gülleri (2 Cilt Takım)</t>
+          <t>Allah’ın Tahtı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>29.63</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059059282</t>
+          <t>9786256572416</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Peygamberime Mektuplar</t>
+          <t>Ben Nokta</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>23.15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055545802</t>
+          <t>9786256572423</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanından Seçmeler</t>
+          <t>Çocuklar ve Yetişkinler İçin Yazarlık Atölyesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>18</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055545833</t>
+          <t>9786256572409</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Mitolojiden Sosyal Medyaya Annelik Hâlleri Anne Cumhuriyeti</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>18</v>
+        <v>400</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055545796</t>
+          <t>9786055545819</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig'den Seçmeler</t>
+          <t>Mesnevi'den Seçmeler</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055545659</t>
+          <t>9786055545772</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
+          <t>Hicret Gülleri 1. Cilt</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>18</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055545840</t>
+          <t>3990000017378</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Çanakkale'ye Gidenler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>15</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>3990000031535</t>
+          <t>9786059059114</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>2. Abdülhamid’e Darbe Yapan Gizli Örgüt</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055545727</t>
+          <t>9786055545383</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Bir Anda Sabah Olmaz</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055545673</t>
+          <t>4444444442993</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi</t>
+          <t>Nene Hatun</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>18</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055545581</t>
+          <t>9786059059367</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi ve Eğitimi</t>
+          <t>Güneybatı Kafkasya Kars Rumları ve Konstandinos Kinigopulos'un Anıları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>9.26</v>
+        <v>22</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055545369</t>
+          <t>9786059059169</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yesevi'den Yunus'a</t>
+          <t>Kişisel Başarı İçin 100 Harika Fikir</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>23</v>
+        <v>30</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789758486007</t>
+          <t>9786059059077</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Değerlendirmek</t>
+          <t>Balkanlarda Kuşatma Var!</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>13.43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944118125</t>
+          <t>9786059059152</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı</t>
+          <t>Sevgili Peygamberim Siyer-i Nebi Çocuk Dizisi (12 Kitap 1. Seri)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>8.33</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944118095</t>
+          <t>3990000018488</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yorgan Gitti Kavga Bitti!</t>
+          <t>Hicret Gülleri (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>2.69</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789758486571</t>
+          <t>9786059059282</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yerküre Manifestom</t>
+          <t>Sevgili Peygamberime Mektuplar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>20</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789758486854</t>
+          <t>9786055545802</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzensizliği Bir Avrupalı’nın Bakışıyla</t>
+          <t>Yunus Emre Divanından Seçmeler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>8.33</v>
+        <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789750098116</t>
+          <t>9786055545833</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>18.52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789758486755</t>
+          <t>9786055545796</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Dede Mert’in Maceraları</t>
+          <t>Kutadgu Bilig'den Seçmeler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>3.24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789758486335</t>
+          <t>9786055545659</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Uluğ Bey Ganimid Savaşçıları</t>
+          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>4.63</v>
+        <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789944118569</t>
+          <t>9786055545840</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ulieta’nın Gizemi</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789758486595</t>
+          <t>3990000031535</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Amerika Arası Dokuz Saat</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>8.24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789758486717</t>
+          <t>9786055545727</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tilkinin Kuyruğu</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>2.69</v>
+        <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789758486427</t>
+          <t>9786055545673</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>The Turkish Mahkum</t>
+          <t>Evliya Çelebi Seyahatnamesi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>5.56</v>
+        <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944118989</t>
+          <t>9786055545581</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tatar</t>
+          <t>Çocuk Gelişimi ve Eğitimi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055545260</t>
+          <t>9786055545369</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Küstüğü An</t>
+          <t>Yesevi'den Yunus'a</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789758486724</t>
+          <t>9789758486007</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Ayı İle Oduncu Dede Masallar Dizisi</t>
+          <t>Zamanı Değerlendirmek</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>2.69</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789944118200</t>
+          <t>9789944118125</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Suyun Stratejik Dalgaları Dünyayı Su Savaşları mı Bekliyor?</t>
+          <t>Yunus Emre Divanı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>20.37</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055545048</t>
+          <t>9789944118095</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Şikayet Etme Şükret</t>
+          <t>Yorgan Gitti Kavga Bitti!</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>11.11</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789944118491</t>
+          <t>9789758486571</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sultan Yıldırım Bayezid Han ve Fetret Devri</t>
+          <t>Yerküre Manifestom</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789758486632</t>
+          <t>9789758486854</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Su</t>
+          <t>Yeni Dünya Düzensizliği Bir Avrupalı’nın Bakışıyla</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>5.56</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789758486403</t>
+          <t>9789750098116</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Spor Bir Hikâyedir</t>
+          <t>Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>11.57</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789944118941</t>
+          <t>9789758486755</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Son Saraylı</t>
+          <t>Uykucu Dede Mert’in Maceraları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789944118705</t>
+          <t>9789758486335</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sislerin Ardında</t>
+          <t>Uluğ Bey Ganimid Savaşçıları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789750098161</t>
+          <t>9789944118569</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış Yolun Sonunda</t>
+          <t>Ulieta’nın Gizemi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>12.96</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789758486977</t>
+          <t>9789758486595</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sana Gözyaşı Vadediyorum</t>
+          <t>Türkiye Amerika Arası Dokuz Saat</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>12.04</v>
+        <v>8.24</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789944118910</t>
+          <t>9789758486717</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sadakat Müzesi</t>
+          <t>Tilkinin Kuyruğu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>13.89</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789750098192</t>
+          <t>9789758486427</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ruslara Karşı Basmacılar Hareketi</t>
+          <t>The Turkish Mahkum</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>17.59</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789944118019</t>
+          <t>9789944118989</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Prens Olmak İsteyen Karga</t>
+          <t>Tatar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>4.54</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789758486168</t>
+          <t>9786055545260</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Pazaryeri Pazarola!</t>
+          <t>Tarihin Küstüğü An</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>11.11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789944118736</t>
+          <t>9789758486724</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Paylaşılamayan Topraklar</t>
+          <t>Şaşkın Ayı İle Oduncu Dede Masallar Dizisi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>28</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789944118347</t>
+          <t>9789944118200</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Patronlar Değil Liderler</t>
+          <t>Suyun Stratejik Dalgaları Dünyayı Su Savaşları mı Bekliyor?</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>30</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789758486120</t>
+          <t>9786055545048</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Özal’lı Yıllarım</t>
+          <t>Şikayet Etme Şükret</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789758486144</t>
+          <t>9789944118491</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Örsteki Ülke Türkiye</t>
+          <t>Sultan Yıldırım Bayezid Han ve Fetret Devri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>8.33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789758486076</t>
+          <t>9789758486632</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Bisiklet</t>
+          <t>Su</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>8.33</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789944118231</t>
+          <t>9789758486403</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sonrası Artçı Sarsıntılar</t>
+          <t>Spor Bir Hikâyedir</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>8.33</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789944118897</t>
+          <t>9789944118941</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Okul, Aile ve Toplum İlişkilerinde Çocuk ve Şiddet</t>
+          <t>Son Saraylı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>4.63</v>
+        <v>150</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789758486021</t>
+          <t>9789944118705</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Muhterem Müşterimiz</t>
+          <t>Sislerin Ardında</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944118842</t>
+          <t>9789750098161</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi</t>
+          <t>Sarıkamış Yolun Sonunda</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>15</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789944118439</t>
+          <t>9789758486977</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Makedonya Gamzesi</t>
+          <t>Sana Gözyaşı Vadediyorum</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>17.59</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789758486748</t>
+          <t>9789944118910</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Makarna Kraliçesi</t>
+          <t>Sadakat Müzesi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>22.22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789944118057</t>
+          <t>9789750098192</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Leylek mi Güzel Tavus Kuşu mu?</t>
+          <t>Ruslara Karşı Basmacılar Hareketi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>4.54</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789750098147</t>
+          <t>9789944118019</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Küresel Stratejinin Üç Aktörü: Hollywood, Pentagon ve Washington</t>
+          <t>Prens Olmak İsteyen Karga</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>24.07</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789944118330</t>
+          <t>9789758486168</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kuleli 1919</t>
+          <t>Pazaryeri Pazarola!</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>8.33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789944118262</t>
+          <t>9789944118736</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Simli Pembe</t>
+          <t>Paylaşılamayan Topraklar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>9.26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944118965</t>
+          <t>9789944118347</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Halk Hikayeleri</t>
+          <t>Patronlar Değil Liderler</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789758486823</t>
+          <t>9789758486120</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kimseye Söyleme</t>
+          <t>Özal’lı Yıllarım</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789750098178</t>
+          <t>9789758486144</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kimse Beni Anlamıyor</t>
+          <t>Örsteki Ülke Türkiye</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>19</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789758486830</t>
+          <t>9789758486076</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili Katliamı</t>
+          <t>Ormandaki Bisiklet</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>7.41</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789758486762</t>
+          <t>9789944118231</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kart Mert’in Maceraları</t>
+          <t>Osmanlı Sonrası Artçı Sarsıntılar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>4.54</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789758486199</t>
+          <t>9789944118897</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kendini Arayan İnsan</t>
+          <t>Okul, Aile ve Toplum İlişkilerinde Çocuk ve Şiddet</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>8.33</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789944118880</t>
+          <t>9789758486021</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Karlara Gömülen Tarih Sarıkamış</t>
+          <t>Muhterem Müşterimiz</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>7.41</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789758486847</t>
+          <t>9789944118842</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Fotoğraf</t>
+          <t>Mesnevi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>20.37</v>
+        <v>15</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789758486243</t>
+          <t>9789944118439</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Paşa’nın Seyir Defteri</t>
+          <t>Makedonya Gamzesi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>155</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789758486991</t>
+          <t>9789758486748</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman</t>
+          <t>Makarna Kraliçesi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>11.11</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055545352</t>
+          <t>9789944118057</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Jeopolitik</t>
+          <t>Leylek mi Güzel Tavus Kuşu mu?</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>38.89</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789758486816</t>
+          <t>9789750098147</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İntikam Dehşeti</t>
+          <t>Küresel Stratejinin Üç Aktörü: Hollywood, Pentagon ve Washington</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>11.11</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789758486267</t>
+          <t>9789944118330</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yalnızlığı</t>
+          <t>Kuleli 1919</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>6.94</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789758486274</t>
+          <t>9789944118262</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve İnsan Ötesi</t>
+          <t>Kod Adı Simli Pembe</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789758486328</t>
+          <t>9789944118965</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İnsan Faktörü</t>
+          <t>Klasik Türk Halk Hikayeleri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>15.74</v>
+        <v>15</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789758486045</t>
+          <t>9789758486823</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Coğrafyasında Diplomasi Koşturmak</t>
+          <t>Kimseye Söyleme</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>8.33</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944118040</t>
+          <t>9789750098178</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İki Kardeş Kuş</t>
+          <t>Kimse Beni Anlamıyor</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>4.54</v>
+        <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789944118064</t>
+          <t>9789758486830</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İçinde Ben De Vardım!</t>
+          <t>Kızılderili Katliamı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>4.54</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789758486939</t>
+          <t>9789758486762</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Huzura Doğru</t>
+          <t>Kırmızı Kart Mert’in Maceraları</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>28</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944118088</t>
+          <t>9789758486199</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hırsızın Hiç mi Suçu Yok!</t>
+          <t>Kendini Arayan İnsan</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>4.54</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789758486908</t>
+          <t>9789944118880</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Her Konuda Hazır</t>
+          <t>Karlara Gömülen Tarih Sarıkamış</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>14.81</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789944118002</t>
+          <t>9789758486847</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hepsinin Tadı Aynı</t>
+          <t>Karanlık Fotoğraf</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>4.54</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789758486458</t>
+          <t>9789758486243</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Rengi İnsan</t>
+          <t>Kaptan Paşa’nın Seyir Defteri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>19.44</v>
+        <v>155</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789758486373</t>
+          <t>9789758486991</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Hasret Hikayeleri</t>
+          <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055545017</t>
+          <t>9786055545352</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Gün Işığının Ayazında</t>
+          <t>Jeopolitik</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>28</v>
+        <v>38.89</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789758486304</t>
+          <t>9789758486816</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Gülyüzlüm</t>
+          <t>İntikam Dehşeti</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>17.59</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789758486083</t>
+          <t>9789758486267</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Gülme Hakkımı Kullanıyorum: Bir Deste Nükte</t>
+          <t>İnsanın Yalnızlığı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789944118033</t>
+          <t>9789758486274</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Küçük Aslanın Büyük Aklı</t>
+          <t>İnsan ve İnsan Ötesi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>4.54</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055545116</t>
+          <t>9789758486328</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Gülenlerin Ağlayanlara Borcu Var</t>
+          <t>İnsan Faktörü</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789758486502</t>
+          <t>9789758486045</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Gül Kül Oldu Bağdat’ta</t>
+          <t>İmparatorluk Coğrafyasında Diplomasi Koşturmak</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>5.56</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789944118149</t>
+          <t>9789944118040</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Graziella</t>
+          <t>İki Kardeş Kuş</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>21</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944118583</t>
+          <t>9789944118064</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Medeniyeti</t>
+          <t>İçinde Ben De Vardım!</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>23.15</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789944118071</t>
+          <t>9789758486939</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kuyudan Çıkardım Ya!</t>
+          <t>Huzura Doğru</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>4.54</v>
+        <v>28</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789758486915</t>
+          <t>9789944118088</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Gönül Pınarı</t>
+          <t>Hırsızın Hiç mi Suçu Yok!</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>28</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789758486298</t>
+          <t>9789758486908</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Genler Nereye Koşuyor?</t>
+          <t>Her Konuda Hazır</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>11.57</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789944118422</t>
+          <t>9789944118002</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Genç Osman ve 4. Murad</t>
+          <t>Hepsinin Tadı Aynı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>15.74</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>3990000025864</t>
+          <t>9789758486458</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu</t>
+          <t>Hayatın Rengi İnsan</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>23.15</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789944118132</t>
+          <t>9789758486373</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Fethinden Kaybına Girit</t>
+          <t>Hasret Hikayeleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>14.81</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789758486625</t>
+          <t>9786055545017</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Etkili Zaman Yönetimi</t>
+          <t>Gün Işığının Ayazında</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055545239</t>
+          <t>9789758486304</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Elmas Nine’den Masallar</t>
+          <t>Gülyüzlüm</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>16</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055545437</t>
+          <t>9789758486083</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Elifba Cüzü</t>
+          <t>Gülme Hakkımı Kullanıyorum: Bir Deste Nükte</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055545314</t>
+          <t>9789944118033</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Duvardaki Kan</t>
+          <t>Küçük Aslanın Büyük Aklı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>34</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789758486281</t>
+          <t>9786055545116</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Diyalektiğimiz ve Estetiğimiz</t>
+          <t>Gülenlerin Ağlayanlara Borcu Var</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>6.48</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789758486779</t>
+          <t>9789758486502</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Dev Kartopu Mert’in Maceraları</t>
+          <t>Gül Kül Oldu Bağdat’ta</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>4.54</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789758486687</t>
+          <t>9789944118149</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Deprem</t>
+          <t>Graziella</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>12.04</v>
+        <v>21</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789758486670</t>
+          <t>9789944118583</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Damla Damla Pazarlama</t>
+          <t>Gözyaşı Medeniyeti</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>25</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789944118224</t>
+          <t>9789944118071</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Çocuklardan Teröristlere Mektuplar</t>
+          <t>Kuyudan Çıkardım Ya!</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>3.7</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789758486588</t>
+          <t>9789758486915</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çinli Sinderella</t>
+          <t>Gönül Pınarı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>10.19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055545109</t>
+          <t>9789758486298</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Çetelerin Hedefindeki Abdülhamid</t>
+          <t>Genler Nereye Koşuyor?</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>23</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789758486953</t>
+          <t>9789944118422</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Çekilin Yoldan Geliyor Vatman Çocukluğumun İstanbul’u</t>
+          <t>Genç Osman ve 4. Murad</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944118194</t>
+          <t>3990000025864</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Yolunda Bir Savaş Muhabirinin Kaleminden...</t>
+          <t>Gelibolu</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789944118361</t>
+          <t>9789944118132</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Canım Türkiyem</t>
+          <t>Fethinden Kaybına Girit</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>6.94</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789758486786</t>
+          <t>9789758486625</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Canavar Balonlar Mert’in Maceraları</t>
+          <t>Etkili Zaman Yönetimi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>4.54</v>
+        <v>30</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055545376</t>
+          <t>9786055545239</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Saray ve Prenses Melek Sin</t>
+          <t>Elmas Nine’den Masallar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055545345</t>
+          <t>9786055545437</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Büyük İnsanlar Kulübü</t>
+          <t>Elifba Cüzü</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>12.96</v>
+        <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789944118279</t>
+          <t>9786055545314</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Büyük Adam Olucam</t>
+          <t>Duvardaki Kan</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>16</v>
+        <v>34</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789758486311</t>
+          <t>9789758486281</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Bulutlar Gizli Ağladı</t>
+          <t>Diyalektiğimiz ve Estetiğimiz</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>5.56</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789944118293</t>
+          <t>9789758486779</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Bisikletle Hayal Turu</t>
+          <t>Dev Kartopu Mert’in Maceraları</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>8.33</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789758486434</t>
+          <t>9789758486687</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Günü Üşütmek</t>
+          <t>Deprem</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>5.56</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055545031</t>
+          <t>9789758486670</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Hikaye</t>
+          <t>Damla Damla Pazarlama</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>17.59</v>
+        <v>25</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789758486465</t>
+          <t>9789944118224</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bir Darbenin Anatomisi</t>
+          <t>Çocuklardan Teröristlere Mektuplar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>22.22</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789944118026</t>
+          <t>9789758486588</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Martı</t>
+          <t>Çinli Sinderella</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>4.54</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789758486731</t>
+          <t>9786055545109</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Güvercin Masallar Dizisi</t>
+          <t>Çetelerin Hedefindeki Abdülhamid</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>4.54</v>
+        <v>23</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789758486878</t>
+          <t>9789758486953</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Anne, Baba ve Öğretmenim Beni Anlayın!</t>
+          <t>Çekilin Yoldan Geliyor Vatman Çocukluğumun İstanbul’u</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>19</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789944118309</t>
+          <t>9789944118194</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim Aşkım Anneliğin Şifreleri</t>
+          <t>Çanakkale Yolunda Bir Savaş Muhabirinin Kaleminden...</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789758486694</t>
+          <t>9789944118361</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Başka Şansın Yok</t>
+          <t>Canım Türkiyem</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>20.37</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789944118545</t>
+          <t>9789758486786</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Başarı Sende Saklı!</t>
+          <t>Canavar Balonlar Mert’in Maceraları</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>16</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055545079</t>
+          <t>9786055545376</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Babamın Mavi Radyosu</t>
+          <t>Büyülü Saray ve Prenses Melek Sin</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>17.59</v>
+        <v>15</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789944118118</t>
+          <t>9786055545345</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ateş Fırtınası</t>
+          <t>Büyük İnsanlar Kulübü</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>15.74</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789944118217</t>
+          <t>9789944118279</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Efendisi'ne</t>
+          <t>Büyük Adam Olucam</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>24.07</v>
+        <v>16</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789944118392</t>
+          <t>9789758486311</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Aşk Vardı Gerisi Yalandı</t>
+          <t>Bulutlar Gizli Ağladı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>14.81</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789758486700</t>
+          <t>9789944118293</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Aslan ve Tavşan Masallar Dizisi</t>
+          <t>Bisikletle Hayal Turu</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>4.54</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789758486236</t>
+          <t>9789758486434</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Arif Nihat Asya’nın Sevgi Mektupları</t>
+          <t>Bir Yaz Günü Üşütmek</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>7.87</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789944118750</t>
+          <t>9786055545031</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Aralık Çocukları</t>
+          <t>Bir Demet Hikaye</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>9.26</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789758486397</t>
+          <t>9789758486465</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Amerika Amerika E Pluribus Unum Çok Şeyden İbaret, Tek Şey</t>
+          <t>Bir Darbenin Anatomisi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>9.03</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055545253</t>
+          <t>9789944118026</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Han'dan 21. Yüzyıla Uzanan Sır Altın Yay</t>
+          <t>Beyaz Martı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>22.22</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789944118576</t>
+          <t>9789758486731</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Alo Türkçe Neredesin?</t>
+          <t>Beyaz Güvercin Masallar Dizisi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>13.89</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789758486038</t>
+          <t>9789758486878</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Alaca Siyaset Siyasi Hikayeler</t>
+          <t>Anne, Baba ve Öğretmenim Beni Anlayın!</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>6.94</v>
+        <v>19</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789758486663</t>
+          <t>9789944118309</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ahbap, Memleketim Nerede?</t>
+          <t>Bebeğim Aşkım Anneliğin Şifreleri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>24.07</v>
+        <v>25</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789944118255</t>
+          <t>9789758486694</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ağrısız Doğum Mutluluğu</t>
+          <t>Başka Şansın Yok</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>30</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789944118408</t>
+          <t>9789944118545</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Zaferi</t>
+          <t>Başarı Sende Saklı!</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>11.11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055545024</t>
+          <t>9786055545079</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>100 Harika Fikir</t>
+          <t>Babamın Mavi Radyosu</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>25</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789758486410</t>
+          <t>9789944118118</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Aptal Beyaz Adamlar ve Ülkenin Berbat Durumu İçin Diğer Bahaneler!</t>
+          <t>Ateş Fırtınası</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789758486366</t>
+          <t>9789944118217</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Çocuk</t>
+          <t>Aşkın Efendisi'ne</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>4.54</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059059893</t>
+          <t>9789944118392</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Yükselirken Yüzüncü Yılında Bilecik Mülakatı</t>
+          <t>Aşk Vardı Gerisi Yalandı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>45</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789944118682</t>
+          <t>9789758486700</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Mavi Renkli Ördek Yavrusu</t>
+          <t>Aslan ve Tavşan Masallar Dizisi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>90</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256572317</t>
+          <t>9789758486236</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Genç’in İzindeki Yolcu: Ahmet Cihan</t>
+          <t>Arif Nihat Asya’nın Sevgi Mektupları</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>300</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256572324</t>
+          <t>9789944118750</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı Üzerine Tartışmalar</t>
+          <t>Aralık Çocukları</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>500</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256572102</t>
+          <t>9789758486397</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Cana Can Katanım</t>
+          <t>Amerika Amerika E Pluribus Unum Çok Şeyden İbaret, Tek Şey</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>240</v>
+        <v>9.03</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256572386</t>
+          <t>9786055545253</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Fırça Kuyruklu Haki - Ormandaki Gizem</t>
+          <t>Oğuz Han'dan 21. Yüzyıla Uzanan Sır Altın Yay</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>180</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059059794</t>
+          <t>9789944118576</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Bilecik Küplü Osmanlı Mezar Taşları ve Kitabeleri</t>
+          <t>Alo Türkçe Neredesin?</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>280</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059059756</t>
+          <t>9789758486038</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Hafızası</t>
+          <t>Alaca Siyaset Siyasi Hikayeler</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>320</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786055545758</t>
+          <t>9789758486663</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>1931 Nolu Mezar</t>
+          <t>Ahbap, Memleketim Nerede?</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>160</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786055545895</t>
+          <t>9789944118255</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Tarih Korkusu</t>
+          <t>Ağrısız Doğum Mutluluğu</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>280</v>
+        <v>30</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789944118996</t>
+          <t>9789944118408</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Tarihçi Gözüyle</t>
+          <t>Çanakkale Zaferi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>260</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789758486960</t>
+          <t>9786055545024</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Sürgünden Soykırıma Ermeni İddiaları</t>
+          <t>100 Harika Fikir</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789750098123</t>
+          <t>9789758486410</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Süleyman’ın Viyana Kuşatması</t>
+          <t>Aptal Beyaz Adamlar ve Ülkenin Berbat Durumu İçin Diğer Bahaneler!</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789750098130</t>
+          <t>9789758486366</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Miami Diyeti</t>
+          <t>Anne ve Çocuk</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>400</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789944118675</t>
+          <t>9786059059893</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Kurbağa ve Arkadaşı</t>
+          <t>Anadolu Yükselirken Yüzüncü Yılında Bilecik Mülakatı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256572393</t>
+          <t>9789944118682</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Türk-İngiliz İlişkileri</t>
+          <t>Mavi Renkli Ördek Yavrusu</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256572362</t>
+          <t>9786256572317</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun 33 Yılı Devlet-i Aliyye’den Yıldız İmparatorluğu’na</t>
+          <t>Mehmet Genç’in İzindeki Yolcu: Ahmet Cihan</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256572379</t>
+          <t>9786256572324</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Uzay Hakkında Temel Sözleşmeler ve İlkeler</t>
+          <t>Divan Edebiyatı Üzerine Tartışmalar</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256572348</t>
+          <t>9786256572102</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Çok Kimlikli ve Yönlü Bir Osmanlı Münevveri Doktor Milaslı İsmail Hakkı’nın Bilimsel Mirası</t>
+          <t>Cana Can Katanım</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256572300</t>
+          <t>9786256572386</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Turkish Diction For Foreigners</t>
+          <t>Fırça Kuyruklu Haki - Ormandaki Gizem</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256572331</t>
+          <t>9786059059794</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Hitabet</t>
+          <t>Bilecik Küplü Osmanlı Mezar Taşları ve Kitabeleri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>3990000059831</t>
+          <t>9786059059756</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler 6 (İmzalı)</t>
+          <t>Şehrin Hafızası</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>3990000559626</t>
+          <t>9786055545758</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler 5 (İmzalı)</t>
+          <t>1931 Nolu Mezar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>3990000059473</t>
+          <t>9786055545895</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler 4 (İmzalı)</t>
+          <t>Tarih Korkusu</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>3990000059466</t>
+          <t>9789944118996</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler 3 (İmzalı)</t>
+          <t>Tarihçi Gözüyle</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>3990000059275</t>
+          <t>9789758486960</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler 2 (İmzalı)</t>
+          <t>Sürgünden Soykırıma Ermeni İddiaları</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>3990000545963</t>
+          <t>9789750098123</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler (İmzalı)</t>
+          <t>Muhteşem Süleyman’ın Viyana Kuşatması</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256572294</t>
+          <t>9789750098130</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Edebiyatı Nazım</t>
+          <t>Miami Diyeti</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256572287</t>
+          <t>9789944118675</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Hayati Aşk</t>
+          <t>İnatçı Kurbağa ve Arkadaşı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256572034</t>
+          <t>9786256572393</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ferec-Nâme</t>
+          <t>Türk-İngiliz İlişkileri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059059954</t>
+          <t>9786256572362</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kralın Kızı: Mutnofret</t>
+          <t>İmparatorluğun 33 Yılı Devlet-i Aliyye’den Yıldız İmparatorluğu’na</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>440</v>
+        <v>500</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256572089</t>
+          <t>9786256572379</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Duygusal İhtiyaçları</t>
+          <t>Uzay Hakkında Temel Sözleşmeler ve İlkeler</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256572133</t>
+          <t>9786256572348</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Nefi Şairi Öldürmek</t>
+          <t>Çok Kimlikli ve Yönlü Bir Osmanlı Münevveri Doktor Milaslı İsmail Hakkı’nın Bilimsel Mirası</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256572065</t>
+          <t>9786256572300</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi 1</t>
+          <t>Turkish Diction For Foreigners</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256572058</t>
+          <t>9786256572331</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi 2</t>
+          <t>Hitabet</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256572096</t>
+          <t>3990000059831</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Sar Diye Geldim</t>
+          <t>Can Veren Pervaneler 6 (İmzalı)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256572072</t>
+          <t>3990000559626</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sınavlarda Başarının Adımları</t>
+          <t>Can Veren Pervaneler 5 (İmzalı)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059050190</t>
+          <t>3990000059473</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Antikacı</t>
+          <t>Can Veren Pervaneler 4 (İmzalı)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>3990000030401</t>
+          <t>3990000059466</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Bilimden İmana</t>
+          <t>Can Veren Pervaneler 3 (İmzalı)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059059732</t>
+          <t>3990000059275</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hapishaneleri</t>
+          <t>Can Veren Pervaneler 2 (İmzalı)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>440</v>
+        <v>160</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055545512</t>
+          <t>3990000545963</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Satranç Adam</t>
+          <t>Can Veren Pervaneler (İmzalı)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786055545888</t>
+          <t>9786256572294</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kız</t>
+          <t>Klasik Türk Edebiyatı Nazım</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055545680</t>
+          <t>9786256572287</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yaşadıklarımız Okuduklarımızın Efendisidir</t>
+          <t>Hayati Aşk</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059059640</t>
+          <t>9786256572034</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan-Ermeni İlişkileri ve Dağlık Karabağ Sorunu</t>
+          <t>Ferec-Nâme</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059059336</t>
+          <t>9786059059954</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İzmit'te Hilal-i Ahmer Cemiyeti</t>
+          <t>Kralın Kızı: Mutnofret</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059059633</t>
+          <t>9786256572089</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yar ile Bayram Uluşar Hacı Bayram Veli</t>
+          <t>Çocukların Duygusal İhtiyaçları</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059059503</t>
+          <t>9786256572133</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Çevremizin Gerçek Koruyucuları</t>
+          <t>Nefi Şairi Öldürmek</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055545864</t>
+          <t>9786256572065</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihinden Fıkralar</t>
+          <t>Osmanlı Türkçesi 1</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059059381</t>
+          <t>9786256572058</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Liderlik Etkisi</t>
+          <t>Osmanlı Türkçesi 2</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059059275</t>
+          <t>9786256572096</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler 2</t>
+          <t>Sar Diye Geldim</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055545932</t>
+          <t>9786256572072</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Aldatılan Leylekler ve Kargaların Zor Günü</t>
+          <t>Sınavlarda Başarının Adımları</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786055545949</t>
+          <t>9786059050190</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Peygamberim Siyer-i Nebi (Ciltli)</t>
+          <t>Antikacı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>1300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786055545529</t>
+          <t>3990000030401</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış</t>
+          <t>Bilimden İmana</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786055545246</t>
+          <t>9786059059732</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Yemen</t>
+          <t>Osmanlı Hapishaneleri</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789944118903</t>
+          <t>9786055545512</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Yazıklar Çıkmazı</t>
+          <t>Satranç Adam</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055545420</t>
+          <t>9786055545888</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Yaşat Ki Yaşayasın</t>
+          <t>Kayıp Kız</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055545185</t>
+          <t>9786055545680</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Yamalı Dağın Aslanı Bayburtlu Kara Yusuf</t>
+          <t>Yaşadıklarımız Okuduklarımızın Efendisidir</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789758486601</t>
+          <t>9786059059640</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Tüzükat-ı Timur: Devlet Yönetmek</t>
+          <t>Azerbaycan-Ermeni İlişkileri ve Dağlık Karabağ Sorunu</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789944118101</t>
+          <t>9786059059336</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Nasreddin Hoca Fıkraları</t>
+          <t>İzmit'te Hilal-i Ahmer Cemiyeti</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789944118187</t>
+          <t>9786059059633</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Starbucks</t>
+          <t>Yar ile Bayram Uluşar Hacı Bayram Veli</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789944118934</t>
+          <t>9786059059503</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz (A.S)</t>
+          <t>Çevremizin Gerçek Koruyucuları</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>500</v>
+        <v>190</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789944118507</t>
+          <t>9786055545864</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sultanları</t>
+          <t>Osmanlı Tarihinden Fıkralar</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786055545468</t>
+          <t>9786059059381</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Nargin</t>
+          <t>Kamu Yönetiminde Liderlik Etkisi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789758486885</t>
+          <t>9786059059275</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Koca Yusuf</t>
+          <t>Can Veren Pervaneler 2</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786055545161</t>
+          <t>9786055545932</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kırkpınar</t>
+          <t>Aldatılan Leylekler ve Kargaların Zor Günü</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789944118712</t>
+          <t>9786055545949</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Sevgili Peygamberim Siyer-i Nebi (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>90</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786055545505</t>
+          <t>9786055545529</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kanije Zaferi</t>
+          <t>Sarıkamış</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>3990000025719</t>
+          <t>9786055545246</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Mazi Derler</t>
+          <t>Yemen</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789758486618</t>
+          <t>9789944118903</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Etkili Takım Kurmak</t>
+          <t>Yazıklar Çıkmazı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789758486205</t>
+          <t>9786055545420</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Etkili Stratejik Liderlik</t>
+          <t>Yaşat Ki Yaşayasın</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789758486519</t>
+          <t>9786055545185</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Etkili Motivasyon</t>
+          <t>Yamalı Dağın Aslanı Bayburtlu Kara Yusuf</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789758486182</t>
+          <t>9789758486601</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Etkili Liderlik Liderlik Kabiliyeti Nasıl Geliştirilir?</t>
+          <t>Tüzükat-ı Timur: Devlet Yönetmek</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>340</v>
+        <v>100</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789758486533</t>
+          <t>9789944118101</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Etkili İletişim</t>
+          <t>Şiirlerle Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789758486564</t>
+          <t>9789944118187</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Etkili Karar Vermek</t>
+          <t>Starbucks</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789944118859</t>
+          <t>9789944118934</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı</t>
+          <t>Peygamber Efendimiz (A.S)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>90</v>
+        <v>500</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256572270</t>
+          <t>9789944118507</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Deli Balta Müthiş Süvari</t>
+          <t>Osmanlı Sultanları</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256572263</t>
+          <t>9786055545468</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Deli Balta Açe Yollarında</t>
+          <t>Nargin</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789758486656</t>
+          <t>9789758486885</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Öncesinde Türkler</t>
+          <t>Koca Yusuf</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>340</v>
+        <v>480</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789944118156</t>
+          <t>9786055545161</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Bir Fransız Yalanı</t>
+          <t>Kırkpınar</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789944118170</t>
+          <t>9789944118712</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yürekte Kor Ateş</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789758486984</t>
+          <t>9786055545505</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Türkiyesi’ni Kaybımız</t>
+          <t>Kanije Zaferi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789944118613</t>
+          <t>3990000025719</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>360 Derece İletişim</t>
+          <t>Geçmişe Mazi Derler</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789750098109</t>
+          <t>9789758486618</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>2. Sultan Mahmud</t>
+          <t>Etkili Takım Kurmak</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786055545499</t>
+          <t>9789758486205</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Anlıyorum Ama Konuşamıyorum</t>
+          <t>Etkili Stratejik Liderlik</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059059909</t>
+          <t>9789758486519</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Muharebeleri - Otto Liman Von Sanders ve Mustafa Kemal</t>
+          <t>Etkili Motivasyon</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059059916</t>
+          <t>9789758486182</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler (7 Kitap Takım)</t>
+          <t>Etkili Liderlik Liderlik Kabiliyeti Nasıl Geliştirilir?</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>1580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256572256</t>
+          <t>9789758486533</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Müdelles Hadis ve Müdellis Raviler</t>
+          <t>Etkili İletişim</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786259059459</t>
+          <t>9789758486564</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Diksiyon</t>
+          <t>Etkili Karar Vermek</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256572201</t>
+          <t>9789944118859</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Kavisli Köy</t>
+          <t>Divan Edebiyatı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256572232</t>
+          <t>9786256572270</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Sahra</t>
+          <t>Deli Balta Müthiş Süvari</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256572249</t>
+          <t>9786256572263</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Makber</t>
+          <t>Deli Balta Açe Yollarında</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789758486540</t>
+          <t>9789758486656</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Paşa'nın Seyir Defteri Gazavatı Hayreddin Paşa</t>
+          <t>Cumhuriyet Dönemi Öncesinde Türkler</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256572218</t>
+          <t>9789944118156</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Güncel Problemlere Psikolojik Analizler</t>
+          <t>Bir Fransız Yalanı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256572195</t>
+          <t>9789944118170</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Resimleriyle Çocuk/Ergen Değerlendirmede Vaka Örnekleri</t>
+          <t>Aşk Yürekte Kor Ateş</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256572188</t>
+          <t>9789758486984</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yetiştirmenin Psikolojik Şifreleri</t>
+          <t>Avrupa Türkiyesi’ni Kaybımız</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256572171</t>
+          <t>9789944118613</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Ergenlerin Psikolojisi</t>
+          <t>360 Derece İletişim</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>470</v>
+        <v>270</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256572164</t>
+          <t>9789750098109</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Çağın Bireyi</t>
+          <t>2. Sultan Mahmud</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>440</v>
+        <v>180</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059059091</t>
+          <t>9786055545499</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Mona Lisa'yı Takip</t>
+          <t>Anlıyorum Ama Konuşamıyorum</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>440</v>
+        <v>280</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059059251</t>
+          <t>9786059059909</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelede Güney Cephesi - İşgal</t>
+          <t>Çanakkale Muharebeleri - Otto Liman Von Sanders ve Mustafa Kemal</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256572126</t>
+          <t>9786059059916</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kubadabad Macerası</t>
+          <t>Can Veren Pervaneler (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>150</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059059619</t>
+          <t>9786256572256</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram Veli Hazretleri: Ulu Şar</t>
+          <t>Müdelles Hadis ve Müdellis Raviler</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059059466</t>
+          <t>9786259059459</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler 3</t>
+          <t>Diksiyon</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786055545222</t>
+          <t>9786256572201</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Seny Sevyyorum Türkçe</t>
+          <t>Kavisli Köy</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789944118385</t>
+          <t>9786256572232</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyorsam Bundan Sana Ne</t>
+          <t>Sahra</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786055545284</t>
+          <t>9786256572249</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Rehberi</t>
+          <t>Makber</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789944118248</t>
+          <t>9789758486540</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Plevne Müdafaası</t>
+          <t>Kaptan Paşa'nın Seyir Defteri Gazavatı Hayreddin Paşa</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789944118972</t>
+          <t>9786256572218</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Bi’Tanedir!</t>
+          <t>Güncel Problemlere Psikolojik Analizler</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059059145</t>
+          <t>9786256572195</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Paylaşılamayan Topraklar</t>
+          <t>Resimleriyle Çocuk/Ergen Değerlendirmede Vaka Örnekleri</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>360</v>
+        <v>700</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786055545475</t>
+          <t>9786256572188</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Patronunuzu Nasıl İkna Edersiniz?</t>
+          <t>Çocuk Yetiştirmenin Psikolojik Şifreleri</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789944118460</t>
+          <t>9786256572171</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Doğu Vilayetleri</t>
+          <t>Aykırı Ergenlerin Psikolojisi</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>320</v>
+        <v>470</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786055545277</t>
+          <t>9786256572164</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Bahar Sancısı</t>
+          <t>Çağın Bireyi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789944118286</t>
+          <t>9786059059091</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Oniki Ada - Ürkek Bir Siyasetin Tarih Önündeki Ağır Vebali</t>
+          <t>Mona Lisa'yı Takip</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786055545291</t>
+          <t>9786059059251</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Menkıbelerle Yaşamak</t>
+          <t>Milli Mücadelede Güney Cephesi - İşgal</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786055545123</t>
+          <t>9786256572126</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Lütfen Kalbimi Kırma</t>
+          <t>Kubadabad Macerası</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789944118484</t>
+          <t>9786059059619</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kırım Dramı</t>
+          <t>Hacı Bayram Veli Hazretleri: Ulu Şar</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789944118453</t>
+          <t>9786059059466</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Karikatürlerle Hafıza Geliştirme</t>
+          <t>Can Veren Pervaneler 3</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789750098154</t>
+          <t>9786055545222</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kara Ahmet</t>
+          <t>Seny Sevyyorum Türkçe</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>550</v>
+        <v>260</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789758486014</t>
+          <t>9789944118385</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Kartalı</t>
+          <t>Seni Seviyorsam Bundan Sana Ne</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786055545154</t>
+          <t>9786055545284</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Her Yönü ile Başkanlık Sistemi</t>
+          <t>Ramazan Rehberi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786055545406</t>
+          <t>9789944118248</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Haberlerin Efendisi</t>
+          <t>Plevne Müdafaası</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786055545338</t>
+          <t>9789944118972</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Güçlü ve Mutlu İnsan Yetiştirmek</t>
+          <t>Pazarlama Bi’Tanedir!</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789944118590</t>
+          <t>9786059059145</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Gözler</t>
+          <t>Paylaşılamayan Topraklar</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789944118729</t>
+          <t>9786055545475</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Forsa</t>
+          <t>Patronunuzu Nasıl İkna Edersiniz?</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789944118538</t>
+          <t>9789944118460</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Evini Beğenmeyen Kaplumbağa</t>
+          <t>Osmanlı Doğu Vilayetleri</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786055545178</t>
+          <t>9786055545277</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Dünya Güç Dengeleri ve Türkiye’nin Vizyonu Açısından Başkan</t>
+          <t>Ortadoğu’da Bahar Sancısı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789944118927</t>
+          <t>9789944118286</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Dua Reçetesi</t>
+          <t>Oniki Ada - Ürkek Bir Siyasetin Tarih Önündeki Ağır Vebali</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789944118699</t>
+          <t>9786055545291</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Bir Lider Nasıl Yetişir?</t>
+          <t>Menkıbelerle Yaşamak</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789758486892</t>
+          <t>9786055545123</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Bin Atlının Akınları</t>
+          <t>Lütfen Kalbimi Kırma</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789758486922</t>
+          <t>9789944118484</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Başımıza Gelenler Bir İmparatorluğun Dramatik Kaybı</t>
+          <t>Kırım Dramı</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>650</v>
+        <v>340</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786055545444</t>
+          <t>9789944118453</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Ailesindeki Üvey Kardeş Türkiye</t>
+          <t>Karikatürlerle Hafıza Geliştirme</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789944118552</t>
+          <t>9789750098154</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Bütün Sırlarıyla Türkler</t>
+          <t>Kara Ahmet</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256572119</t>
+          <t>9789758486014</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Özdeyiş Hikayeleri Hayati İnanç Amcadan Hikayeler Masallar-1</t>
+          <t>Kafkas Kartalı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256572027</t>
+          <t>9786055545154</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hariciyesi ve Boğazlar Meselesi</t>
+          <t>Her Yönü ile Başkanlık Sistemi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059059459</t>
+          <t>9786055545406</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Diksiyon (Türkçeyi Güzel, Doğru, Düzgün ve Etkili Konuşmak)</t>
+          <t>Haberlerin Efendisi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256572010</t>
+          <t>9786055545338</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>İnsan İletişim ve Dil</t>
+          <t>Güçlü ve Mutlu İnsan Yetiştirmek</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256572003</t>
+          <t>9789944118590</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi Söz Dizimi</t>
+          <t>Göçmen Gözler</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059059961</t>
+          <t>9789944118729</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Hayati Meseleler</t>
+          <t>Forsa</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059059930</t>
+          <t>9789944118538</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Panoraması 1885</t>
+          <t>Evini Beğenmeyen Kaplumbağa</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059059534</t>
+          <t>9786055545178</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Umut Saklıdır Dağlarda</t>
+          <t>Dünya Güç Dengeleri ve Türkiye’nin Vizyonu Açısından Başkan</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059059589</t>
+          <t>9789944118927</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Hilal ve Haç Kavgası</t>
+          <t>Dua Reçetesi</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059059923</t>
+          <t>9789944118699</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Hayati Dengeler</t>
+          <t>Bir Lider Nasıl Yetişir?</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059059886</t>
+          <t>9789758486892</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Rical-i Devleti</t>
+          <t>Bin Atlının Akınları</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059059879</t>
+          <t>9789758486922</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler 7</t>
+          <t>Başımıza Gelenler Bir İmparatorluğun Dramatik Kaybı</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>240</v>
+        <v>650</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059059848</t>
+          <t>9786055545444</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Son Kale</t>
+          <t>Avrupa Ailesindeki Üvey Kardeş Türkiye</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>700</v>
+        <v>320</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059059855</t>
+          <t>9789944118552</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İki Teker Üzerinde</t>
+          <t>Bütün Sırlarıyla Türkler</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059059763</t>
+          <t>9786256572119</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Türkistan'da Bir Rus Diplomat</t>
+          <t>Çocuklar İçin Özdeyiş Hikayeleri Hayati İnanç Amcadan Hikayeler Masallar-1</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059059831</t>
+          <t>9786256572027</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler 6</t>
+          <t>Osmanlı Hariciyesi ve Boğazlar Meselesi</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059059800</t>
+          <t>9786059059459</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Mahz-ı Adalet</t>
+          <t>Diksiyon (Türkçeyi Güzel, Doğru, Düzgün ve Etkili Konuşmak)</t>
         </is>
       </c>
       <c r="C334" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059059824</t>
+          <t>9786256572010</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Evrenos Fırtınası - Gazi Evrenos Bey</t>
+          <t>İnsan İletişim ve Dil</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059059787</t>
+          <t>9786256572003</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>1840-1841 Tarihli Nüfus Defterine Göre Bilecik</t>
+          <t>Türkiye Türkçesi Söz Dizimi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059059817</t>
+          <t>9786059059961</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kanserle Yaşamak</t>
+          <t>Hayati Meseleler</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786055545871</t>
+          <t>9786059059930</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Zeka Küpü</t>
+          <t>İstanbul Panoraması 1885</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059059725</t>
+          <t>9786059059534</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Görmedim Duymadım Gülüyorum</t>
+          <t>Umut Saklıdır Dağlarda</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059059770</t>
+          <t>9786059059589</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Vatan Kalbinin Attığı Yer Çanakkale</t>
+          <t>Hilal ve Haç Kavgası</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059059749</t>
+          <t>9786059059923</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Söğüt</t>
+          <t>Hayati Dengeler</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059059718</t>
+          <t>9786059059886</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Offline - Çevrim dışı</t>
+          <t>Türkiye Rical-i Devleti</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059059701</t>
+          <t>9786059059879</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Çerkes Hasan Vakası</t>
+          <t>Can Veren Pervaneler 7</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059059695</t>
+          <t>9786059059848</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Değer Sizseniz Değer Sizsiniz</t>
+          <t>Türkiye Son Kale</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>220</v>
+        <v>700</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059059688</t>
+          <t>9786059059855</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kırk Artı Kırk</t>
+          <t>İki Teker Üzerinde</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059059671</t>
+          <t>9786059059763</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Taş Yağar Gecelere</t>
+          <t>Türkistan'da Bir Rus Diplomat</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059059626</t>
+          <t>9786059059831</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler 5</t>
+          <t>Can Veren Pervaneler 6</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059059657</t>
+          <t>9786059059800</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Bir Modernite Sorunu Olarak Ermenicilik</t>
+          <t>Mahz-ı Adalet</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059059442</t>
+          <t>9786059059824</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Şanlı Türk Devletleri Hun İmparatorluğun’dan Türkiye Cumhuriyeti’ne</t>
+          <t>Evrenos Fırtınası - Gazi Evrenos Bey</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059059596</t>
+          <t>9786059059787</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sende</t>
+          <t>1840-1841 Tarihli Nüfus Defterine Göre Bilecik</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059059565</t>
+          <t>9786059059817</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Bir Muallimenin Gözünden Sultan Reşad Sarayı</t>
+          <t>Kanserle Yaşamak</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059059510</t>
+          <t>9786055545871</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Zeka Küpü</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059059404</t>
+          <t>9786059059725</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Esaret Yıllarım</t>
+          <t>Görmedim Duymadım Gülüyorum</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059059541</t>
+          <t>9786059059770</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Zaman Değirmeni</t>
+          <t>Vatan Kalbinin Attığı Yer Çanakkale</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059059435</t>
+          <t>9786059059749</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Hayvanlar ve Yaşadığı Yerler</t>
+          <t>Söğüt</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059059497</t>
+          <t>9786059059718</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Fethi</t>
+          <t>Offline - Çevrim dışı</t>
         </is>
       </c>
       <c r="C356" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059059480</t>
+          <t>9786059059701</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Her Yönü ile Başkanlık Sistemi Yeni Sistem Cumhurbaşkanlığı Modelimiz</t>
+          <t>Çerkes Hasan Vakası</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059059428</t>
+          <t>9786059059695</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış Kar ve Ateş</t>
+          <t>Değer Sizseniz Değer Sizsiniz</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059059473</t>
+          <t>9786059059688</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler 4</t>
+          <t>Kırk Artı Kırk</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059059374</t>
+          <t>9786059059671</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Fahrüddin Osman Gazi</t>
+          <t>Taş Yağar Gecelere</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059059398</t>
+          <t>9786059059626</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Politik Ekonomi - Ekonomik Krizler ve Türkiye</t>
+          <t>Can Veren Pervaneler 5</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059059343</t>
+          <t>9786059059657</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Alexander Watkins Terrell</t>
+          <t>Bir Modernite Sorunu Olarak Ermenicilik</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>470</v>
+        <v>400</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059059329</t>
+          <t>9786059059442</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Bir Türk Beyi Ebulfez Elçibey</t>
+          <t>Şanlı Türk Devletleri Hun İmparatorluğun’dan Türkiye Cumhuriyeti’ne</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059059305</t>
+          <t>9786059059596</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Büyük İnsanlar Kulübü</t>
+          <t>Mutluluk Sende</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786055545710</t>
+          <t>9786059059565</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Bir Muallimenin Gözünden Sultan Reşad Sarayı</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786055545703</t>
+          <t>9786059059510</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059059237</t>
+          <t>9786059059404</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Büyük Adam Olucam 2 - Kariyer Mühendisi</t>
+          <t>Esaret Yıllarım</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059059220</t>
+          <t>9786059059541</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Nar Bahçesi</t>
+          <t>Zaman Değirmeni</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786055545734</t>
+          <t>9786059059435</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Taaşşukı Talat ve Fitnat</t>
+          <t>A'dan Z'ye Hayvanlar ve Yaşadığı Yerler</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059059244</t>
+          <t>9786059059497</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Çevremiz Geleceğimizdir</t>
+          <t>İstanbul'un Fethi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059059213</t>
+          <t>9786059059480</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Ardımdan Ağlama</t>
+          <t>Her Yönü ile Başkanlık Sistemi Yeni Sistem Cumhurbaşkanlığı Modelimiz</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059059183</t>
+          <t>9786059059428</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Melekler Aramızda</t>
+          <t>Sarıkamış Kar ve Ateş</t>
         </is>
       </c>
       <c r="C372" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059059206</t>
+          <t>9786059059473</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Aşıkların Dilinden Sarıkamış</t>
+          <t>Can Veren Pervaneler 4</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786055545628</t>
+          <t>9786059059374</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Çok Değil, Güzel Yazan Yaşar!</t>
+          <t>Fahrüddin Osman Gazi</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059059121</t>
+          <t>9786059059398</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Max Remy Süper Ajan : Ajan Birliği Sahaya İniyor</t>
+          <t>Uluslararası Politik Ekonomi - Ekonomik Krizler ve Türkiye</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059059176</t>
+          <t>9786059059343</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Ebemkuşağındaki Damla</t>
+          <t>Alexander Watkins Terrell</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>200</v>
+        <v>470</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059059138</t>
+          <t>9786059059329</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Kafkas Ordusu  ve Ermeniler</t>
+          <t>Bir Türk Beyi Ebulfez Elçibey</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786059059107</t>
+          <t>9786059059305</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Lamia</t>
+          <t>Büyük İnsanlar Kulübü</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786055545857</t>
+          <t>9786055545710</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul'un Ocağında Uyandık</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C379" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059059084</t>
+          <t>9786055545703</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>7'den 70'e Osmanlı Türkçesi</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786055545390</t>
+          <t>9786059059237</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Doğudan Geldiler</t>
+          <t>Büyük Adam Olucam 2 - Kariyer Mühendisi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059059022</t>
+          <t>9786059059220</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Tek Harf İki Hece</t>
+          <t>Nar Bahçesi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059059046</t>
+          <t>9786055545734</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Efsaneleri</t>
+          <t>Taaşşukı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059059015</t>
+          <t>9786059059244</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Küresel Isınma Çağında Aşk</t>
+          <t>Çevremiz Geleceğimizdir</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059059039</t>
+          <t>9786059059213</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Ecdad ve Evlad</t>
+          <t>Ardımdan Ağlama</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059059053</t>
+          <t>9786059059183</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Pelince</t>
+          <t>Melekler Aramızda</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786055545994</t>
+          <t>9786059059206</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Konfüçyüs ve Liderlik</t>
+          <t>Geçmişten Günümüze Aşıkların Dilinden Sarıkamış</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786055545635</t>
+          <t>9786055545628</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Çok Değil, Güzel Yazan Yaşar!</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786055545826</t>
+          <t>9786059059121</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Max Remy Süper Ajan : Ajan Birliği Sahaya İniyor</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786055545970</t>
+          <t>9786059059176</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Aman</t>
+          <t>Ebemkuşağındaki Damla</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786055545963</t>
+          <t>9786059059138</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler</t>
+          <t>Türk İslam Kafkas Ordusu  ve Ermeniler</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786055545956</t>
+          <t>9786059059107</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Max Remy -  Süper Ajan Zaman Makinesi Peşinde</t>
+          <t>Lamia</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059059008</t>
+          <t>9786055545857</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>E-beveyn Olmak</t>
+          <t>Ertuğrul'un Ocağında Uyandık</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786055545901</t>
+          <t>9786059059084</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Kanla Başladı</t>
+          <t>7'den 70'e Osmanlı Türkçesi</t>
         </is>
       </c>
       <c r="C394" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059059066</t>
+          <t>9786055545390</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Görkemli Ülkesi Kafkasya</t>
+          <t>Doğudan Geldiler</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786055545086</t>
+          <t>9786059059022</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kimliği ve Aşiretler</t>
+          <t>Tek Harf İki Hece</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786055545666</t>
+          <t>9786059059046</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>İstanbul Efsaneleri</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786055545925</t>
+          <t>9786059059015</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Hırsız</t>
+          <t>Küresel Isınma Çağında Aşk</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786055545918</t>
+          <t>9786059059039</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>La Kışı</t>
+          <t>Ecdad ve Evlad</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789944118354</t>
+          <t>9786059059053</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Görmedin mi Aliş’imi Tuna Boyunda</t>
+          <t>Pelince</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789944118323</t>
+          <t>9786055545994</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Tarih Gelecektir</t>
+          <t>Konfüçyüs ve Liderlik</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789944118835</t>
+          <t>9786055545635</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Seçmeler)</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>90</v>
+        <v>260</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786055545130</t>
+          <t>9786055545826</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Beklerken</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786055545000</t>
+          <t>9786055545970</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Kanije Muhasarası</t>
+          <t>Kızlar Aman</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789944118477</t>
+          <t>9786055545963</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Şahini Hacı Murad</t>
+          <t>Can Veren Pervaneler</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786055545093</t>
+          <t>9786055545956</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Delinin Biri Aranıyor</t>
+          <t>Max Remy -  Süper Ajan Zaman Makinesi Peşinde</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789758486526</t>
+          <t>9786059059008</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Etkili Değişim</t>
+          <t>E-beveyn Olmak</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789758486151</t>
+          <t>9786055545901</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Tehciri</t>
+          <t>Yağmur Kanla Başladı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786055545321</t>
+          <t>9786059059066</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Aslanı</t>
+          <t>Özgürlüğün Görkemli Ülkesi Kafkasya</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786055545307</t>
+          <t>9786055545086</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>OMT - Osmanlı Milletler Topluluğu</t>
+          <t>Osmanlı Kimliği ve Aşiretler</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789944118743</t>
+          <t>9786055545666</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Baba Beni Sevmekten Niye Korkuyorsun?</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786055545055</t>
+          <t>9786055545925</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kurtuluş Destanı</t>
+          <t>Hırsız</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789944118378</t>
+          <t>9786055545918</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Unuttuğumuz Mora Türkleri ve Eyaletten Bağımsızlığa Yunanistan</t>
+          <t>La Kışı</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789944118316</t>
+          <t>9789944118354</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Padişah Anneleri</t>
+          <t>Görmedin mi Aliş’imi Tuna Boyunda</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786055545062</t>
+          <t>9789944118323</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet İtikadına Göre Hac ve Umre Rehberi ve Medine-i Münevvere Ziyareti</t>
+          <t>Tarih Gelecektir</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055545697</t>
+          <t>9789944118835</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Başarı Yolunda 11 Ölümcül Hata</t>
+          <t>Safahat (Seçmeler)</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789944118606</t>
+          <t>9786055545130</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Var Yar’ına</t>
+          <t>Ölümü Beklerken</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789944118446</t>
+          <t>9786055545000</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Yenilikçi Liderlik</t>
+          <t>Kanije Muhasarası</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789944118767</t>
+          <t>9789944118477</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Üşüyorum Anne</t>
+          <t>Kafkas Şahini Hacı Murad</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789944118415</t>
+          <t>9786055545093</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Büyük Destanı Çanakkale</t>
+          <t>Delinin Biri Aranıyor</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055545604</t>
+          <t>9789758486526</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Şanlı Müdafaa Şahin Bey</t>
+          <t>Etkili Değişim</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789944118514</t>
+          <t>9789758486151</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Cihan Fatih Sultan Mehmed Han</t>
+          <t>Ermeni Tehciri</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055545451</t>
+          <t>9786055545321</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Sultanların Gönül Sultanları</t>
+          <t>Sultanın Aslanı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789944118958</t>
+          <t>9786055545307</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid’e Arzlar (Ma’rûzât)</t>
+          <t>OMT - Osmanlı Milletler Topluluğu</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055545413</t>
+          <t>9789944118743</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Söyle, Nasıl Üzülmezsen Öyle Öleyim</t>
+          <t>Baba Beni Sevmekten Niye Korkuyorsun?</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786059059312</t>
+          <t>9786055545055</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>İki Cihan Güneşi</t>
+          <t>Anadolu’nun Kurtuluş Destanı</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786059059268</t>
+          <t>9789944118378</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka'nın Korkunç Planları 1</t>
+          <t>Unuttuğumuz Mora Türkleri ve Eyaletten Bağımsızlığa Yunanistan</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
+          <t>9789944118316</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Padişah Anneleri</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786055545062</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Ehl-i Sünnet İtikadına Göre Hac ve Umre Rehberi ve Medine-i Münevvere Ziyareti</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786055545697</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Başarı Yolunda 11 Ölümcül Hata</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9789944118606</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Yunus Emre Var Yar’ına</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9789944118446</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Yenilikçi Liderlik</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9789944118767</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Üşüyorum Anne</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9789944118415</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Tarihin Büyük Destanı Çanakkale</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786055545604</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Şanlı Müdafaa Şahin Bey</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9789944118514</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Şah-ı Cihan Fatih Sultan Mehmed Han</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786055545451</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Sultanların Gönül Sultanları</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9789944118958</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Sultan Abdülhamid’e Arzlar (Ma’rûzât)</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786055545413</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Söyle, Nasıl Üzülmezsen Öyle Öleyim</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786059059312</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>İki Cihan Güneşi</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786059059268</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Yapay Zeka'nın Korkunç Planları 1</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
           <t>9786059050299</t>
         </is>
       </c>
-      <c r="B428" s="1" t="inlineStr">
+      <c r="B442" s="1" t="inlineStr">
         <is>
           <t>Türk Birliğine Engel Alfabe ve Dil Meselemiz</t>
         </is>
       </c>
-      <c r="C428" s="1">
+      <c r="C442" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>