--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -154,886 +154,886 @@
         <is>
           <t>9786058086616</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Cezeri’nin Olağanüstü Makineleri (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786259443287</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Dil Nasıl Ortaya Çıktı - İnsanlık Tarihinin En Büyük İcadının Öyküsü</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>430</v>
+        <v>560</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786259443270</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Antik Felsefe</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786259443263</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Hegel Dersleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>420</v>
+        <v>630</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786259443256</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Sanatın Gölgesinden Bilimin Işığına - Leonardo Resim Yapmayı Nereden Öğrendi?</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786259443249</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Klasik Siyaset Felsefesinde Şehir ve İnsan</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>310</v>
+        <v>450</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786259443232</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Frege ve Anlam ve Gönderim Üzerine İçin Bir Kılavuz</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786259443225</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Kripke ve Adlandırma ve Zorunluluk İçin Bir Kılavuz</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786259443218</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Aydınlanma</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786259443201</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Wittgenstein ve Tractatus Logico-Philosophicus İçin Bir Kılavuz</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>325</v>
+        <v>540</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786057263179</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Renklerin Gizli Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>440</v>
+        <v>750</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786057263131</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Levant'ta Dönüşüm Çağı - Modern Suriye, Lübnan, Filistin ve İsrail’in Oluşum Süreçleri (1840-1948)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786057263186</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Ortaçağ Felsefesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>225</v>
+        <v>340</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786057360021</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Yaban Dersleri - Hayvan Kültürleri Nasıl Aile Kurar, Güzellik Yaratır ve Barış İçinde Yaşar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>340</v>
+        <v>540</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786057263193</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Aquinas</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786057263162</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Entelektüeller ve Aptallar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786057263148</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Uzaydan Arkeoloji: Geleceğimiz Geçmişimizi Nasıl Şekillendiriyor?</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786057263155</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Stephen Hawking: Fizik ve Dostlukla Geçen Bir Ömür</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786057263124</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Mucizeler Diyarı: Ateşböceklerine, Balina Köpekbalıklarına ve Başka Şahanelere Övgü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786057263117</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Zihin Felsefesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786057263100</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Akıllı Neandertal</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786057360052</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Alyonuşka’nın Masalları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786057360090</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Kötülüğün Öğretmeni Machiavelli Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786057360076</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Hakikat Krizinde Entelektüel ve Öteki: Vives-Goethe</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786057360083</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Kuram ve Gerçeklik: Bilim Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786057360069</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Orta Çağ'ın Büyük Dahisi Cezeri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786057360045</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>İslam ve Hıristiyanlık Arasında İmparatorluklar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786057360014</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Osmanlı Kadınlarının Mahrem Dünyası</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786057360038</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Yayılmış Zihin - Deneyim ve Dünya Özdeşliği</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786057360007</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Siyaset Felsefesi Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>700</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786057058096</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786057058089</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Felsefenin Kökeni ve Geleceği</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786057058065</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Çağımızın Meselesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786057058058</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Bizim Kimyamız</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786057058041</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Yıldızların Çocukları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786050601121</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>21 İlham Veren Hayvan</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786057058034</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Öznellik</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786057480132</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Kötü Balkabağı Pastası Karşılaştırması - Ella ve Owen 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786057480125</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Şövalyeler Ejderhalara Karşı - Ella ve Owen 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786057480149</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Ulusal Kimliklerin İnşası</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786050601190</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Kedilerin Gizli Dili</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786057480118</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Yaşamın Müziği</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786057480101</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>5,5 Nesnede Bir Din Tarihçesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786050601183</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Dedişkom Hatırlamayı Unuttuğunda (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786050601176</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Birinci Dünya Savaşı'nın Kökenleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786050601145</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Ejderhalar Hapşırınca! - Ella ve Owen 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786050601152</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Berbat Kokulu Balık Canavarı Saldırısına Karşı! - Ella ve Owen 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786058086630</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Rus ve Dünya Edebiyatı Üzerine Notlar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786050601114</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Fıstık ile Yastık</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786050601107</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Rus Masalları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786058086692</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Akdeniz'de Devletler ve Korsanlar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786058086685</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Geleceği Gören Makineler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786058086678</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Bilim Devrimi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786058086661</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Devrim Arabası Tesla</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786058086647</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Salahaddin’in Gemileri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786058086623</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>İmkansız Devlet</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786058086609</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Cezeri’nin Olağanüstü Makineleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>800</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786051609133</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Akıl ve Hareket</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>144</v>
+        <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>