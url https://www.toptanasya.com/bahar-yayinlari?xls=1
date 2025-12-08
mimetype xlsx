--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -229,51 +229,51 @@
         <is>
           <t>9789754507430</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Büyük İslam İlmihali (Fihristli, Renkli Tasarım-Termo Deri Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9789754507539</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Senin Sayende Elif</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>299</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9789754507010</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Marifetname (Termo Deri Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>1200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9789754502282</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
@@ -364,51 +364,51 @@
         <is>
           <t>9789754500158</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Mektubat-ı Geylani</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9789754507386</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Senin Adın Rabia</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>299</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9789754500584</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Hz. Fatıma</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9789754505016</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
@@ -469,51 +469,51 @@
         <is>
           <t>9789754507331</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Büyük Rüya Tabirleri Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>880</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9789754507065</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Hayat Bir Nefesle Başlar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>299</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9789754506785</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Marifetname (Farklı Renk Seçenekleri) (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>960</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786056558696</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
@@ -589,51 +589,51 @@
         <is>
           <t>9789754507393</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Kur'an-ı Kerim Meal Defter Metinsiz (Lila) (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>580</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9789754507324</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Kur'an- Kerim Meal Defter Metinsiz (Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>480</v>
+        <v>580</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9789754506907</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Sevgili Peygamberimiz Hz. Muhammed (sav) - 4 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>2350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9789754506761</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>