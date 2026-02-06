--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -244,51 +244,51 @@
         <is>
           <t>9789754507539</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Senin Sayende Elif</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9789754507010</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Marifetname (Termo Deri Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>1200</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9789754502282</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Kur'an-ı Kerim'den Peygamberlerin Hikayeleri</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9789754501216</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
@@ -529,81 +529,81 @@
         <is>
           <t>9789754506181</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Peygamberler Tarihi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>2550</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9789754507317</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Kütüb-i Sitte - 6 Hadis Kitabının Tercümesi (12 Kitap Takım Termo Deri Lüx Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>12500</v>
+        <v>15500</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9789754507416</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Peygamberler Tarihi (16 Kitap 28 Peygamber)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>5950</v>
+        <v>6500</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9789754507409</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Peygamberler Tarihi (16 Kitap 28 Peygamber) (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>7750</v>
+        <v>8350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9789754507393</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Kur'an-ı Kerim Meal Defter Metinsiz (Lila) (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>580</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9789754507324</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>