--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -94,81 +94,81 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786056891755</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Yağmurun Mavi Zerrecikleri 4</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786050661880</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Saatin Taşıdığı Sır</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786050661873</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Pulun Sırrı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786050661866</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Sıcak Çikolata Çeşmesi</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786050661804</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
@@ -214,156 +214,156 @@
         <is>
           <t>9786056983603</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9789752416352</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Yeditepe İstanbul Öyküleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9789752416345</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Damlayan Masallar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9789752416338</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Alaycı Prens ile Almira</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786056891717</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Geçmişten Gelen Hazine</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786056891724</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Kelebeğin Kozası 5</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786056891700</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Aynalı Kapı 3</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786056891731</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Liya ve Şahin'in Rüyası 2</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786056891748</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Manu ile Kanu Ormanda 1</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786059038669</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Diyarbakır</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>