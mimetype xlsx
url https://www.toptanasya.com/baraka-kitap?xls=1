--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -85,880 +85,895 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259701196</t>
+          <t>9786259262635</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Okulu</t>
+          <t>Defnece Hikayeler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259701189</t>
+          <t>9786259701196</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yitmeyen Çığlıklar</t>
+          <t>Sevgi Okulu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259739755</t>
+          <t>9786259701189</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bilim Teknoloji ve Gelecek</t>
+          <t>Yitmeyen Çığlıklar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259739748</t>
+          <t>9786259739755</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ezda’nın Çocukları</t>
+          <t>Bilim Teknoloji ve Gelecek</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259816586</t>
+          <t>9786259739748</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aşk Okyanusunda Güneşi Beklerken</t>
+          <t>Ezda’nın Çocukları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259816579</t>
+          <t>9786259816586</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Olumlamaların Getirdiği Güç</t>
+          <t>Aşk Okyanusunda Güneşi Beklerken</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259909233</t>
+          <t>9786259816579</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tanrıçalar - Mitolojide Kadınlar</t>
+          <t>Olumlamaların Getirdiği Güç</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057311634</t>
+          <t>9786259909233</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Seslendim Uyuyordu Dünya</t>
+          <t>Tanrıçalar - Mitolojide Kadınlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259816548</t>
+          <t>9786057311634</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Afitab-ı Seyyid Hacı Kureyş’in Dünü Bugünü &amp; Geleceği Sempozyumu</t>
+          <t>Seslendim Uyuyordu Dünya</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259816531</t>
+          <t>9786259816548</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kaygusuz Abdal</t>
+          <t>Afitab-ı Seyyid Hacı Kureyş’in Dünü Bugünü &amp; Geleceği Sempozyumu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259816500</t>
+          <t>9786259816531</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Veda</t>
+          <t>Kaygusuz Abdal</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259972985</t>
+          <t>9786259816500</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Sultan Battal Gazi Gazavat-ı Rum</t>
+          <t>Kızıl Veda</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259460017</t>
+          <t>9786259972985</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Şifacının Yolu</t>
+          <t>Seyyid Sultan Battal Gazi Gazavat-ı Rum</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259972992</t>
+          <t>9786259460017</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Komutan Akbay</t>
+          <t>Şifacının Yolu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259460000</t>
+          <t>9786259972992</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bize Hasret Yakışır</t>
+          <t>Komutan Akbay</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259972954</t>
+          <t>9786259460000</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Zerrenin Realitesi Regresyon Terapisi</t>
+          <t>Bize Hasret Yakışır</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259972961</t>
+          <t>9786259972954</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Nedenselliğini Bilmek Numeroloji</t>
+          <t>Zerrenin Realitesi Regresyon Terapisi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259816562</t>
+          <t>9786259972961</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Uzaktaki Köy Lehiniya</t>
+          <t>Sayıların Nedenselliğini Bilmek Numeroloji</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259972930</t>
+          <t>9786259816562</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kambur At</t>
+          <t>Uzaktaki Köy Lehiniya</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786250099902</t>
+          <t>9786259972930</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hünkar Hacı Bektaş Veli Velayetnamesi</t>
+          <t>Kambur At</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259972947</t>
+          <t>9786250099902</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’le Büyümek</t>
+          <t>Hünkar Hacı Bektaş Veli Velayetnamesi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>105</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259972923</t>
+          <t>9786259972947</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelede Gömeç</t>
+          <t>Atatürk’le Büyümek</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>80</v>
+        <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259909226</t>
+          <t>9786259972923</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Toplumların Sosyolojik Değişimi</t>
+          <t>Milli Mücadelede Gömeç</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259909271</t>
+          <t>9786259909226</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar</t>
+          <t>Toplumların Sosyolojik Değişimi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259909264</t>
+          <t>9786259909271</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Haydi Çocuklar Sahneye</t>
+          <t>Toplu Oyunlar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259909240</t>
+          <t>9786259909264</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Sevginin Gücü</t>
+          <t>Haydi Çocuklar Sahneye</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259909219</t>
+          <t>9786259909240</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kuki - Yeraltında Kuşatma</t>
+          <t>Aşk ve Sevginin Gücü</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259909202</t>
+          <t>9786259909219</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sünepe</t>
+          <t>Kuki - Yeraltında Kuşatma</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057225085</t>
+          <t>9786259909202</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kalamar Kokulu Sokaklar</t>
+          <t>Sünepe</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057225078</t>
+          <t>9786057225085</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Son Gezgin</t>
+          <t>Kalamar Kokulu Sokaklar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057225092</t>
+          <t>9786057225078</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Dalının Gölgesinde</t>
+          <t>Son Gezgin</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057311696</t>
+          <t>9786057225092</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kışa Kalan Leylek</t>
+          <t>Zeytin Dalının Gölgesinde</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>105</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057225009</t>
+          <t>9786057311696</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sırma Kedim</t>
+          <t>Kışa Kalan Leylek</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057225016</t>
+          <t>9786057225009</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Saklı Göl</t>
+          <t>Sırma Kedim</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057311665</t>
+          <t>9786057225016</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mondros'tan Lozana - Ayvalık'ta 1924-1945 Arası Tiyatro</t>
+          <t>Saklı Göl</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>105</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057311672</t>
+          <t>9786057311665</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Aynadan Düşen</t>
+          <t>Mondros'tan Lozana - Ayvalık'ta 1924-1945 Arası Tiyatro</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057311603</t>
+          <t>9786057311672</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Niye Özgürlük</t>
+          <t>Aynadan Düşen</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057311610</t>
+          <t>9786057311603</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Geçmiyor</t>
+          <t>Niye Özgürlük</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057155689</t>
+          <t>9786057311610</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mondros'tan Lozan'a</t>
+          <t>Geçmiş Geçmiyor</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057155696</t>
+          <t>9786057155689</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Karlı Koçluk İşletmesi Nasıl Kurulur?</t>
+          <t>Mondros'tan Lozan'a</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057155665</t>
+          <t>9786057155696</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tiyatrosunun Unutulmayan Kadın Oyuncuları</t>
+          <t>Karlı Koçluk İşletmesi Nasıl Kurulur?</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057155658</t>
+          <t>9786057155665</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bergama Hikayeleri</t>
+          <t>Dünya Tiyatrosunun Unutulmayan Kadın Oyuncuları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057155627</t>
+          <t>9786057155658</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ninemin Gizemli Sandığı</t>
+          <t>Bergama Hikayeleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>105</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057363695</t>
+          <t>9786057155627</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Acayip Türküler</t>
+          <t>Ninemin Gizemli Sandığı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>210</v>
+        <v>105</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057363688</t>
+          <t>9786057363695</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Neyzen Ya Yaşıyorsa?</t>
+          <t>Acayip Türküler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>80</v>
+        <v>210</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057363664</t>
+          <t>9786057363688</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Eris Yapmıştır</t>
+          <t>Neyzen Ya Yaşıyorsa?</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057363671</t>
+          <t>9786057363664</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Dalga, Kaplumbağa Kabuğu ve Ekmek</t>
+          <t>Eris Yapmıştır</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057363619</t>
+          <t>9786057363671</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yıldızsız Geceler</t>
+          <t>Dalga, Kaplumbağa Kabuğu ve Ekmek</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057363640</t>
+          <t>9786057363619</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tahtın Varisleri</t>
+          <t>Yıldızsız Geceler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057363657</t>
+          <t>9786057363640</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Osmanlının Sonbaharı</t>
+          <t>Tahtın Varisleri</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057363626</t>
+          <t>9786057363657</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Orta Oyunu</t>
+          <t>Osmanlının Sonbaharı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057363602</t>
+          <t>9786057363626</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kuçu</t>
+          <t>Orta Oyunu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>105</v>
+        <v>210</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057363633</t>
+          <t>9786057363602</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Elçi - Hasuto</t>
+          <t>Kuçu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>210</v>
+        <v>105</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257726641</t>
+          <t>9786057363633</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İspanyol Komşu</t>
+          <t>Elçi - Hasuto</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257726429</t>
+          <t>9786257726641</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Demeter</t>
+          <t>İspanyol Komşu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
+          <t>9786257726429</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Demeter</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
           <t>9786257772044</t>
         </is>
       </c>
-      <c r="B57" s="1" t="inlineStr">
+      <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Beynini Keşfet</t>
         </is>
       </c>
-      <c r="C57" s="1">
+      <c r="C58" s="1">
         <v>220</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>