--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -85,895 +85,925 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259262635</t>
+          <t>9786259262642</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Defnece Hikayeler</t>
+          <t>Özel Eğitimin Melodisi Müzikle Gelişim ve Dönüşüm</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259701196</t>
+          <t>9786259262659</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Okulu</t>
+          <t>Mutfakta Mübadele</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259701189</t>
+          <t>9786259262635</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yitmeyen Çığlıklar</t>
+          <t>Defnece Hikayeler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259739755</t>
+          <t>9786259701196</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bilim Teknoloji ve Gelecek</t>
+          <t>Sevgi Okulu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259739748</t>
+          <t>9786259701189</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ezda’nın Çocukları</t>
+          <t>Yitmeyen Çığlıklar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259816586</t>
+          <t>9786259739755</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Aşk Okyanusunda Güneşi Beklerken</t>
+          <t>Bilim Teknoloji ve Gelecek</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259816579</t>
+          <t>9786259739748</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Olumlamaların Getirdiği Güç</t>
+          <t>Ezda’nın Çocukları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259909233</t>
+          <t>9786259816586</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tanrıçalar - Mitolojide Kadınlar</t>
+          <t>Aşk Okyanusunda Güneşi Beklerken</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057311634</t>
+          <t>9786259816579</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Seslendim Uyuyordu Dünya</t>
+          <t>Olumlamaların Getirdiği Güç</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259816548</t>
+          <t>9786259909233</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Afitab-ı Seyyid Hacı Kureyş’in Dünü Bugünü &amp; Geleceği Sempozyumu</t>
+          <t>Tanrıçalar - Mitolojide Kadınlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259816531</t>
+          <t>9786057311634</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kaygusuz Abdal</t>
+          <t>Seslendim Uyuyordu Dünya</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259816500</t>
+          <t>9786259816548</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Veda</t>
+          <t>Afitab-ı Seyyid Hacı Kureyş’in Dünü Bugünü &amp; Geleceği Sempozyumu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259972985</t>
+          <t>9786259816531</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Sultan Battal Gazi Gazavat-ı Rum</t>
+          <t>Kaygusuz Abdal</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259460017</t>
+          <t>9786259816500</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Şifacının Yolu</t>
+          <t>Kızıl Veda</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259972992</t>
+          <t>9786259972985</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Komutan Akbay</t>
+          <t>Seyyid Sultan Battal Gazi Gazavat-ı Rum</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259460000</t>
+          <t>9786259460017</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bize Hasret Yakışır</t>
+          <t>Şifacının Yolu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259972954</t>
+          <t>9786259972992</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Zerrenin Realitesi Regresyon Terapisi</t>
+          <t>Komutan Akbay</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259972961</t>
+          <t>9786259460000</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Nedenselliğini Bilmek Numeroloji</t>
+          <t>Bize Hasret Yakışır</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259816562</t>
+          <t>9786259972954</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Uzaktaki Köy Lehiniya</t>
+          <t>Zerrenin Realitesi Regresyon Terapisi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259972930</t>
+          <t>9786259972961</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kambur At</t>
+          <t>Sayıların Nedenselliğini Bilmek Numeroloji</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>130</v>
+        <v>550</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786250099902</t>
+          <t>9786259816562</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hünkar Hacı Bektaş Veli Velayetnamesi</t>
+          <t>Uzaktaki Köy Lehiniya</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259972947</t>
+          <t>9786259972930</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’le Büyümek</t>
+          <t>Kambur At</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259972923</t>
+          <t>9786250099902</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelede Gömeç</t>
+          <t>Hünkar Hacı Bektaş Veli Velayetnamesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259909226</t>
+          <t>9786259972947</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Toplumların Sosyolojik Değişimi</t>
+          <t>Atatürk’le Büyümek</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>400</v>
+        <v>105</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259909271</t>
+          <t>9786259972923</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar</t>
+          <t>Milli Mücadelede Gömeç</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259909264</t>
+          <t>9786259909226</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Haydi Çocuklar Sahneye</t>
+          <t>Toplumların Sosyolojik Değişimi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259909240</t>
+          <t>9786259909271</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Sevginin Gücü</t>
+          <t>Toplu Oyunlar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259909219</t>
+          <t>9786259909264</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kuki - Yeraltında Kuşatma</t>
+          <t>Haydi Çocuklar Sahneye</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259909202</t>
+          <t>9786259909240</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sünepe</t>
+          <t>Aşk ve Sevginin Gücü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057225085</t>
+          <t>9786259909219</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kalamar Kokulu Sokaklar</t>
+          <t>Kuki - Yeraltında Kuşatma</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057225078</t>
+          <t>9786259909202</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Son Gezgin</t>
+          <t>Sünepe</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057225092</t>
+          <t>9786057225085</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Dalının Gölgesinde</t>
+          <t>Kalamar Kokulu Sokaklar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057311696</t>
+          <t>9786057225078</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kışa Kalan Leylek</t>
+          <t>Son Gezgin</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>105</v>
+        <v>210</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057225009</t>
+          <t>9786057225092</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sırma Kedim</t>
+          <t>Zeytin Dalının Gölgesinde</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>105</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057225016</t>
+          <t>9786057311696</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Saklı Göl</t>
+          <t>Kışa Kalan Leylek</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057311665</t>
+          <t>9786057225009</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mondros'tan Lozana - Ayvalık'ta 1924-1945 Arası Tiyatro</t>
+          <t>Sırma Kedim</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>105</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057311672</t>
+          <t>9786057225016</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Aynadan Düşen</t>
+          <t>Saklı Göl</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>90</v>
+        <v>105</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057311603</t>
+          <t>9786057311665</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Niye Özgürlük</t>
+          <t>Mondros'tan Lozana - Ayvalık'ta 1924-1945 Arası Tiyatro</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057311610</t>
+          <t>9786057311672</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Geçmiyor</t>
+          <t>Aynadan Düşen</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057155689</t>
+          <t>9786057311603</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mondros'tan Lozan'a</t>
+          <t>Niye Özgürlük</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057155696</t>
+          <t>9786057311610</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Karlı Koçluk İşletmesi Nasıl Kurulur?</t>
+          <t>Geçmiş Geçmiyor</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057155665</t>
+          <t>9786057155689</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tiyatrosunun Unutulmayan Kadın Oyuncuları</t>
+          <t>Mondros'tan Lozan'a</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057155658</t>
+          <t>9786057155696</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bergama Hikayeleri</t>
+          <t>Karlı Koçluk İşletmesi Nasıl Kurulur?</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057155627</t>
+          <t>9786057155665</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ninemin Gizemli Sandığı</t>
+          <t>Dünya Tiyatrosunun Unutulmayan Kadın Oyuncuları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>105</v>
+        <v>350</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057363695</t>
+          <t>9786057155658</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Acayip Türküler</t>
+          <t>Bergama Hikayeleri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057363688</t>
+          <t>9786057155627</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Neyzen Ya Yaşıyorsa?</t>
+          <t>Ninemin Gizemli Sandığı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>80</v>
+        <v>105</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057363664</t>
+          <t>9786057363695</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Eris Yapmıştır</t>
+          <t>Acayip Türküler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057363671</t>
+          <t>9786057363688</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dalga, Kaplumbağa Kabuğu ve Ekmek</t>
+          <t>Neyzen Ya Yaşıyorsa?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057363619</t>
+          <t>9786057363664</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yıldızsız Geceler</t>
+          <t>Eris Yapmıştır</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057363640</t>
+          <t>9786057363671</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Tahtın Varisleri</t>
+          <t>Dalga, Kaplumbağa Kabuğu ve Ekmek</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057363657</t>
+          <t>9786057363619</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Osmanlının Sonbaharı</t>
+          <t>Yıldızsız Geceler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057363626</t>
+          <t>9786057363640</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Orta Oyunu</t>
+          <t>Tahtın Varisleri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057363602</t>
+          <t>9786057363657</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kuçu</t>
+          <t>Osmanlının Sonbaharı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>105</v>
+        <v>170</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057363633</t>
+          <t>9786057363626</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Elçi - Hasuto</t>
+          <t>Orta Oyunu</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257726641</t>
+          <t>9786057363602</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İspanyol Komşu</t>
+          <t>Kuçu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>105</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257726429</t>
+          <t>9786057363633</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Demeter</t>
+          <t>Elçi - Hasuto</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>50</v>
+        <v>210</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
+          <t>9786257726641</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>İspanyol Komşu</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786257726429</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Demeter</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
           <t>9786257772044</t>
         </is>
       </c>
-      <c r="B58" s="1" t="inlineStr">
+      <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Beynini Keşfet</t>
         </is>
       </c>
-      <c r="C58" s="1">
+      <c r="C60" s="1">
         <v>220</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>