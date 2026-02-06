--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -85,1855 +85,1870 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256988750</t>
+          <t>9786256988774</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Duygularımın Aynası Şiirlerim</t>
+          <t>Zerzevatçının Eşeği</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256988736</t>
+          <t>9786256988750</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Deliorman’dan Mısralar</t>
+          <t>Duygularımın Aynası Şiirlerim</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256988712</t>
+          <t>9786256988736</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Deliorman’dan Mısralar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256988699</t>
+          <t>9786256988712</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sevda Yüreğimde Gizli</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789750159237</t>
+          <t>9786256988699</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Bıyıklılardan Bıyıksızlara</t>
+          <t>Sevda Yüreğimde Gizli</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>14.81</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786056206108</t>
+          <t>9789750159237</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Düşen Enflasyon Sürecinde Türkiye ve Dünya Ekonomisi</t>
+          <t>Yavuz Bıyıklılardan Bıyıksızlara</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786050082012</t>
+          <t>9786056206108</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kabil</t>
+          <t>Küreselleşme ve Düşen Enflasyon Sürecinde Türkiye ve Dünya Ekonomisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>7.41</v>
+        <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789944157612</t>
+          <t>9786050082012</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Erken Boşalma Tedavi Teknikleri</t>
+          <t>Kabil</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>80</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786050082005</t>
+          <t>9789944157612</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Endirek Serbest Atışlar Futbol Üzerine Söylenmiş Sözler</t>
+          <t>Erken Boşalma Tedavi Teknikleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>7.41</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052811030</t>
+          <t>9786050082005</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Neyse...</t>
+          <t>Endirek Serbest Atışlar Futbol Üzerine Söylenmiş Sözler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256988477</t>
+          <t>9786052811030</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina</t>
+          <t>Neyse...</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256988675</t>
+          <t>9786256988477</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yaşanası Hayaller</t>
+          <t>Anna Karenina</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256988514</t>
+          <t>9786256988675</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Yaşanası Hayaller</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256988491</t>
+          <t>9786256988514</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256988637</t>
+          <t>9786256988491</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Can Yoldaşı</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256988613</t>
+          <t>9786256988637</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gitme</t>
+          <t>Can Yoldaşı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256988651</t>
+          <t>9786256988613</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hayırsız Evlat</t>
+          <t>Gitme</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256988590</t>
+          <t>9786256988651</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Harun ve Leyla</t>
+          <t>Hayırsız Evlat</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056206122</t>
+          <t>9786256988590</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Seçim Kampanyalarında Geleneksel Medya, İnternet ve Sosyal Medyanın Kullanımı</t>
+          <t>Harun ve Leyla</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056206177</t>
+          <t>9786056206122</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ruhumdaki Uğurum</t>
+          <t>Seçim Kampanyalarında Geleneksel Medya, İnternet ve Sosyal Medyanın Kullanımı</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054033164</t>
+          <t>9786056206177</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İsmail Gaspıralı</t>
+          <t>Ruhumdaki Uğurum</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>310</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054033041</t>
+          <t>9786054033164</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Egeli Lodos</t>
+          <t>İsmail Gaspıralı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>20</v>
+        <v>310</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054033119</t>
+          <t>9786054033041</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Avrasya Fatihi Cengiz Han</t>
+          <t>Egeli Lodos</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>310</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056235320</t>
+          <t>9786054033119</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Atilla İlhan’ın Şiirlerinde Beyoğlu</t>
+          <t>Avrasya Fatihi Cengiz Han</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>195</v>
+        <v>310</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256988576</t>
+          <t>9786056235320</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Devedikeni</t>
+          <t>Atilla İlhan’ın Şiirlerinde Beyoğlu</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256988552</t>
+          <t>9786256988576</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs, İstanbul ve Benden “Katarsis”</t>
+          <t>Devedikeni</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256988538</t>
+          <t>9786256988552</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Erken Boşalma Tedavi Teknikleri</t>
+          <t>Kıbrıs, İstanbul ve Benden “Katarsis”</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257402262</t>
+          <t>9786256988538</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Deyimler Sözlüğü</t>
+          <t>Erken Boşalma Tedavi Teknikleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257402552</t>
+          <t>9786257402262</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri Sözlüğü</t>
+          <t>Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256988439</t>
+          <t>9786257402552</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Atasözleri Sözlüğü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258228762</t>
+          <t>9786256988439</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine Masalları</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256988392</t>
+          <t>9786258228762</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>La Fontaine Masalları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258228823</t>
+          <t>9786256988392</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258228984</t>
+          <t>9786258228823</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Perrault Masalları</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258228809</t>
+          <t>9786258228984</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Perrault Masalları</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258228748</t>
+          <t>9786258228809</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Fıkraları</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258228724</t>
+          <t>9786258228748</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları</t>
+          <t>Nasrettin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258228946</t>
+          <t>9786258228724</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256988415</t>
+          <t>9786258228946</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bir Yerde Okumuştum...</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>70</v>
+        <v>290</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257402859</t>
+          <t>9786256988415</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Maniler</t>
+          <t>Bir Yerde Okumuştum...</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258228960</t>
+          <t>9786257402859</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Maniler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256988286</t>
+          <t>9786258228960</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Rüyalar Albümü</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258228168</t>
+          <t>9786256988286</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Kayıp Rüyalar Albümü</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257148469</t>
+          <t>9786258228168</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Issız Topraklar</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257148445</t>
+          <t>9786257148469</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Dostluk</t>
+          <t>Issız Topraklar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>155</v>
+        <v>280</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258228205</t>
+          <t>9786257148445</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Davası Kısa Öyküler</t>
+          <t>Hoşça Kal Dostluk</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>75</v>
+        <v>155</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257339728</t>
+          <t>9786258228205</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Covid-19 Davası Kısa Öyküler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>450</v>
+        <v>75</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257337704</t>
+          <t>9786257339728</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056235399</t>
+          <t>9786257337704</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İki Kere Ölmek</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786056235368</t>
+          <t>9786056235399</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Şölendeki Aşk</t>
+          <t>İki Kere Ölmek</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786056235344</t>
+          <t>9786056235368</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Özgül Kimlikleri Ekseninde Şehir Paradigmaları</t>
+          <t>Şölendeki Aşk</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>340</v>
+        <v>170</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257443784</t>
+          <t>9786056235344</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Özgül Kimlikleri Ekseninde Şehir Paradigmaları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257443746</t>
+          <t>9786257443784</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İki Yıl Okul Tatili</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257443449</t>
+          <t>9786257443746</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Kimdir? Ölümsüzlük Nedir?</t>
+          <t>İki Yıl Okul Tatili</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257499507</t>
+          <t>9786257443449</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Simgelerle Şifrelenmiş Aşk Edirne</t>
+          <t>Ölümsüz Kimdir? Ölümsüzlük Nedir?</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257443760</t>
+          <t>9786257499507</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Ülkesinde</t>
+          <t>Simgelerle Şifrelenmiş Aşk Edirne</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257443807</t>
+          <t>9786257443760</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Alice Harikalar Ülkesinde</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257443722</t>
+          <t>9786257443807</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bi’keresi Yol Anıları</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257402835</t>
+          <t>9786257443722</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Öyküleri</t>
+          <t>Bi’keresi Yol Anıları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257443524</t>
+          <t>9786257402835</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sır</t>
+          <t>Dede Korkut Öyküleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257402088</t>
+          <t>9786257443524</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Corona Günleri</t>
+          <t>Büyük Sır</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>60</v>
+        <v>480</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257443487</t>
+          <t>9786257402088</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Marinka</t>
+          <t>Corona Günleri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257339742</t>
+          <t>9786257443487</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Marinka</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257402200</t>
+          <t>9786257339742</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bilmeceler</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257402576</t>
+          <t>9786257402200</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Dünya Turu</t>
+          <t>Bilmeceler</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257402286</t>
+          <t>9786257402576</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Seksen Günde Dünya Turu</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257339940</t>
+          <t>9786257402286</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257402514</t>
+          <t>9786257339940</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>276</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257402491</t>
+          <t>9786257402514</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kerem İle Aslı</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>276</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257402453</t>
+          <t>9786257402491</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Kerem İle Aslı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257402248</t>
+          <t>9786257402453</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257339827</t>
+          <t>9786257402248</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tekerlemeler</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257339803</t>
+          <t>9786257339827</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Türküleri</t>
+          <t>Tekerlemeler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257402224</t>
+          <t>9786257339803</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Türk Halk Türküleri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257339902</t>
+          <t>9786257402224</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257339681</t>
+          <t>9786257339902</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Alem-i Hayal</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257339445</t>
+          <t>9786257339681</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli - Bütün Şiirleri</t>
+          <t>Alem-i Hayal</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257339407</t>
+          <t>9786257339445</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Orhan Veli - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257339421</t>
+          <t>9786257339407</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257339384</t>
+          <t>9786257339421</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin’den Seçme Hikayeler</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257339018</t>
+          <t>9786257339384</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Dönsün Dedi Mi? - Girne Esintileri 2</t>
+          <t>Ömer Seyfettin’den Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257280815</t>
+          <t>9786257339018</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yokluğuna Dair</t>
+          <t>Dönsün Dedi Mi? - Girne Esintileri 2</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257280358</t>
+          <t>9786257280815</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Evde Kimse Yok</t>
+          <t>Yokluğuna Dair</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257280372</t>
+          <t>9786257280358</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kaçış Cilt: 1</t>
+          <t>Evde Kimse Yok</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257280396</t>
+          <t>9786257280372</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kaçış Cilt: 2</t>
+          <t>Kaçış Cilt: 1</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257280242</t>
+          <t>9786257280396</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Topraklar</t>
+          <t>Kaçış Cilt: 2</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052819722</t>
+          <t>9786257280242</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Haller</t>
+          <t>Kanlı Topraklar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052819012</t>
+          <t>9786052819722</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Tarih Dikkatimizi Çekti</t>
+          <t>Kurumsal Haller</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052819883</t>
+          <t>9786052819012</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kelamı</t>
+          <t>Sözlü Tarih Dikkatimizi Çekti</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052819616</t>
+          <t>9786052819883</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Efendisiyim</t>
+          <t>Gönül Kelamı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052817100</t>
+          <t>9786052819616</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Sırlı Mecazları</t>
+          <t>Hayatımın Efendisiyim</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052817353</t>
+          <t>9786052817100</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Babamın Dünyası</t>
+          <t>Şehrin Sırlı Mecazları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052817124</t>
+          <t>9786052817353</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Boynu Bükük Niyazlar</t>
+          <t>Babamın Dünyası</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052816615</t>
+          <t>9786052817124</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Baha Bey’in Küçük Kızı</t>
+          <t>Boynu Bükük Niyazlar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>170</v>
+        <v>145</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052815601</t>
+          <t>9786052816615</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hafızın Gözyaşları</t>
+          <t>Baha Bey’in Küçük Kızı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>50</v>
+        <v>170</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052815588</t>
+          <t>9786052815601</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Aşk</t>
+          <t>Hafızın Gözyaşları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052815427</t>
+          <t>9786052815588</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Fedaileri - Tekamül</t>
+          <t>İmkansız Aşk</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052810071</t>
+          <t>9786052815427</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Duygu Partisi</t>
+          <t>Zamanın Fedaileri - Tekamül</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052814161</t>
+          <t>9786052810071</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Toskana’da Kesişen Hayatlar</t>
+          <t>Duygu Partisi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>245</v>
+        <v>400</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052813560</t>
+          <t>9786052814161</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşun Bedeli 1</t>
+          <t>Toskana’da Kesişen Hayatlar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>260</v>
+        <v>245</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052813621</t>
+          <t>9786052813560</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşun Bedeli 2</t>
+          <t>Kurtuluşun Bedeli 1</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052813713</t>
+          <t>9786052813621</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Gariban İkiz Ruhum</t>
+          <t>Kurtuluşun Bedeli 2</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052813157</t>
+          <t>9786052813713</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevda Masalı</t>
+          <t>Gariban İkiz Ruhum</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052812518</t>
+          <t>9786052813157</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Gözün Yükseklerde Olsun</t>
+          <t>Bir Sevda Masalı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052811306</t>
+          <t>9786052812518</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ledün’ün Günlüğü</t>
+          <t>Gözün Yükseklerde Olsun</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052811115</t>
+          <t>9786052811306</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tuzda Balık</t>
+          <t>Ledün’ün Günlüğü</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052811023</t>
+          <t>9786052811115</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Anne Masalları</t>
+          <t>Tuzda Balık</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052810842</t>
+          <t>9786052811023</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Denizin Altında, Yerin Üstünde</t>
+          <t>Anne Masalları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>185</v>
+        <v>170</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052810606</t>
+          <t>9786052810842</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu Meleğim</t>
+          <t>Denizin Altında, Yerin Üstünde</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052810132</t>
+          <t>9786052810606</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bir Ultra Maratoncudan…</t>
+          <t>Koruyucu Meleğim</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052810262</t>
+          <t>9786052810132</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yol(a)çık</t>
+          <t>Bir Ultra Maratoncudan…</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052137222</t>
+          <t>9786052810262</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Öteki Sen</t>
+          <t>Yol(a)çık</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052015841</t>
+          <t>9786052137222</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yaşadıklarıma ve Yaşanmışlıklara Tanıklık</t>
+          <t>Öteki Sen</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052015834</t>
+          <t>9786052015841</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Mavi ve Yakamoz</t>
+          <t>Yaşadıklarıma ve Yaşanmışlıklara Tanıklık</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052015124</t>
+          <t>9786052015834</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Efsaye</t>
+          <t>Mavi ve Yakamoz</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059143523</t>
+          <t>9786052015124</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Desem Bilmem ki</t>
+          <t>Efsaye</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059143677</t>
+          <t>9786059143523</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Dağlı</t>
+          <t>Nasıl Desem Bilmem ki</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059143707</t>
+          <t>9786059143677</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kan Suyu</t>
+          <t>Dağlı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059143530</t>
+          <t>9786059143707</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yıllar Bana Hoca Oldu</t>
+          <t>Kan Suyu</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059143721</t>
+          <t>9786059143530</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Hayattır</t>
+          <t>Yıllar Bana Hoca Oldu</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
+          <t>9786059143721</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Hayattır</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
           <t>9786056235337</t>
         </is>
       </c>
-      <c r="B122" s="1" t="inlineStr">
+      <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Siyasetten Edebiyata Türk Basınında Dergiler</t>
         </is>
       </c>
-      <c r="C122" s="1">
+      <c r="C123" s="1">
         <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>