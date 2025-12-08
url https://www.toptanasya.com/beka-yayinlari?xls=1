--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -85,7825 +85,7900 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255928740</t>
+          <t>9786255928771</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Tefsiri</t>
+          <t>Kur'an'da Anlamı Kapalı Ayetlerin Tefsiri (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255928610</t>
+          <t>9786255928825</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Unutulmuş Sünnetler</t>
+          <t>Ayet ve Hadisler Işığında Esmaü'l Hüsna</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255928016</t>
+          <t>9786255928849</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Güneşi Hz. Muhammed</t>
+          <t>Emanetin Gerekleri</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255928467</t>
+          <t>9786255928764</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Elçisi Hz. Muhammed</t>
+          <t>Örtünmek İstiyorum</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255928634</t>
+          <t>9786255928030</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kızım Hafsa ile Siyer Öğreniyoruz - Mekke Dönemi</t>
+          <t>Diriler İçin Yasin Suresi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255928641</t>
+          <t>9786255928740</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kızım Hafsa ile Siyer Öğreniyoruz - Medine Dönemi</t>
+          <t>Çocuk Tefsiri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255928498</t>
+          <t>9786255928610</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Mukayeseli İslam İlmihali (2 Cilt Takım) (Ciltli)</t>
+          <t>Hikayelerle Unutulmuş Sünnetler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>2000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259630069</t>
+          <t>9786255928016</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Davası ve Filistin</t>
+          <t>Merhamet Güneşi Hz. Muhammed</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259630052</t>
+          <t>9786255928467</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hedefteki Şair - Muhammed Ali-Adallo</t>
+          <t>Rahmet Elçisi Hz. Muhammed</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054486281</t>
+          <t>9786255928634</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Üzülme Allah Bizimle</t>
+          <t>Kızım Hafsa ile Siyer Öğreniyoruz - Mekke Dönemi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789757561644</t>
+          <t>9786255928641</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Kurşunu</t>
+          <t>Kızım Hafsa ile Siyer Öğreniyoruz - Medine Dönemi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054041398</t>
+          <t>9786255928498</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar İçin Tehlikeli</t>
+          <t>Delilleriyle Mukayeseli İslam İlmihali (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>110</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789757561460</t>
+          <t>9786259630069</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet Önderleri</t>
+          <t>Yahudi Davası ve Filistin</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789757561682</t>
+          <t>9786259630052</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Günü</t>
+          <t>Hedefteki Şair - Muhammed Ali-Adallo</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255928306</t>
+          <t>9786054486281</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kuran Müdafaası İtirazlar ve Cevaplar</t>
+          <t>Üzülme Allah Bizimle</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054041459</t>
+          <t>9789757561644</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Ahlak</t>
+          <t>Kardeş Kurşunu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057828873</t>
+          <t>9786054041398</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Müsned (1. Cilt - Arapça Metinsiz)</t>
+          <t>Hanımlar İçin Tehlikeli</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057828897</t>
+          <t>9789757561460</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Müsned (3. Cilt - Arapça Metinsiz)</t>
+          <t>Asr-ı Saadet Önderleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054997336</t>
+          <t>9789757561682</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İman ve İbadet Bilgisi : Dördüncü Kitap</t>
+          <t>Ahiret Günü</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255928580</t>
+          <t>9786255928306</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbrahim'in Hayatı Bana Ne Anlatır?</t>
+          <t>Kuran Müdafaası İtirazlar ve Cevaplar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255928597</t>
+          <t>9786054041459</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hz. Musa'nın Hayatı Bana Ne Anlatır?</t>
+          <t>Savaş ve Ahlak</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255928573</t>
+          <t>9786057828873</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yusuf'un Hayatı Bana Ne Anlatır?</t>
+          <t>Müsned (1. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256145542</t>
+          <t>9786057828897</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Sonrası Muhtasar Fıkıh Çalışmaları ve Envarü’l-Hamid fi Fıkh-i Ehli’t-Tevhid</t>
+          <t>Müsned (3. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786250068403</t>
+          <t>9786054997336</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Trains Carry Love</t>
+          <t>İman ve İbadet Bilgisi : Dördüncü Kitap</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>835</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256757431</t>
+          <t>9786255928580</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kuran Ayetlerinin İniş Sebepleri - Esbab-ı Nüzul (4 Cilt Takım) - Termo Deri (Ciltli)</t>
+          <t>Hz. İbrahim'in Hayatı Bana Ne Anlatır?</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>4400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054486397</t>
+          <t>9786255928597</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Allah Sevgisi</t>
+          <t>Hz. Musa'nın Hayatı Bana Ne Anlatır?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257495318</t>
+          <t>9786255928573</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Müsned (6. Cilt - Arapça Metinsiz)</t>
+          <t>Hz. Yusuf'un Hayatı Bana Ne Anlatır?</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054997886</t>
+          <t>9786256145542</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İman Ve İbadet Bilgisi (Beşinci Kitap)</t>
+          <t>Tanzimat Sonrası Muhtasar Fıkıh Çalışmaları ve Envarü’l-Hamid fi Fıkh-i Ehli’t-Tevhid</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052153208</t>
+          <t>9786250068403</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Namazla Büyüyor</t>
+          <t>Trains Carry Love</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>835</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054041992</t>
+          <t>9786256757431</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yozlaşmış Duygular</t>
+          <t>Kuran Ayetlerinin İniş Sebepleri - Esbab-ı Nüzul (4 Cilt Takım) - Termo Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054041305</t>
+          <t>9786054486397</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Modernizmin Kurbanları</t>
+          <t>Allah Sevgisi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054486373</t>
+          <t>9786257495318</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Yoluyla İmanı Yapılandırma</t>
+          <t>Müsned (6. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054486403</t>
+          <t>9786054997886</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Öncelikler Fıkhı</t>
+          <t>İman Ve İbadet Bilgisi (Beşinci Kitap)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054486298</t>
+          <t>9786052153208</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Örneğimiz Efendimiz</t>
+          <t>Çocuğum Namazla Büyüyor</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789757561453</t>
+          <t>9786054041992</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>40 Derste Arapça</t>
+          <t>Yozlaşmış Duygular</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052153239</t>
+          <t>9786054041305</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsan Tipleri</t>
+          <t>Modernizmin Kurbanları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054997343</t>
+          <t>9786054486373</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Enfal Suresinden Eğitici Dersler</t>
+          <t>Kur’an Yoluyla İmanı Yapılandırma</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059603676</t>
+          <t>9786054486403</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gelin İman Edelim</t>
+          <t>İslam’da Öncelikler Fıkhı</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054486823</t>
+          <t>9786054486298</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Dönüş</t>
+          <t>Gerçek Örneğimiz Efendimiz</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054486694</t>
+          <t>9789757561453</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Dünyaya İslami Bakış</t>
+          <t>40 Derste Arapça</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054486915</t>
+          <t>9786052153239</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Dönüşü İmanın Uyanışı</t>
+          <t>Kur'an'da İnsan Tipleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054997039</t>
+          <t>9786054997343</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İstikbal İslam'ındır</t>
+          <t>Enfal Suresinden Eğitici Dersler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059603638</t>
+          <t>9786059603676</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İslah Yolu</t>
+          <t>Gelin İman Edelim</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052153055</t>
+          <t>9786054486823</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Fıkıh Problemleri</t>
+          <t>Kur'an'a Dönüş</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052153536</t>
+          <t>9786054486694</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Davetçilerin Dünyası</t>
+          <t>Çağdaş Dünyaya İslami Bakış</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255928481</t>
+          <t>9786054486915</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sadece Bir Sınavdır</t>
+          <t>Ruhun Dönüşü İmanın Uyanışı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255928436</t>
+          <t>9786054997039</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Nergis Çiçeği</t>
+          <t>İstikbal İslam'ındır</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256145795</t>
+          <t>9786059603638</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Müsned (11. Cilt - Arapça Metinsiz)</t>
+          <t>İslah Yolu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256145788</t>
+          <t>9786052153055</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Müsned (12. Cilt - Arapça Metinsiz)</t>
+          <t>Günümüz Fıkıh Problemleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256145764</t>
+          <t>9786052153536</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Müsned (10. Cilt - Arapça Metinsiz)</t>
+          <t>Davetçilerin Dünyası</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255928450</t>
+          <t>9786255928481</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Akaid Dersleri</t>
+          <t>Hayat Sadece Bir Sınavdır</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255928412</t>
+          <t>9786255928436</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Müsned (12. Cilt - Arapça Metinli) (Ciltli)</t>
+          <t>Nergis Çiçeği</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255928405</t>
+          <t>9786256145795</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Müsned (11. Cilt - Arapça Metinli) (Ciltli)</t>
+          <t>Müsned (11. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255928399</t>
+          <t>9786256145788</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Müsned (10. Cilt - Arapça Metinli) (Ciltli)</t>
+          <t>Müsned (12. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255928382</t>
+          <t>9786256145764</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri 11. Cilt (Ciltli)</t>
+          <t>Müsned (10. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255928443</t>
+          <t>9786255928450</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri 12. Cilt (Ciltli)</t>
+          <t>Gençlerle Akaid Dersleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>1000</v>
+        <v>400</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255928313</t>
+          <t>9786255928412</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Müslüman Gencin Eğitimi</t>
+          <t>Müsned (12. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255928429</t>
+          <t>9786255928405</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Uyanış Damlası</t>
+          <t>Müsned (11. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255928061</t>
+          <t>9786255928399</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gazze Zafer</t>
+          <t>Müsned (10. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255928078</t>
+          <t>9786255928382</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İffeti Koruyan Muhkem Surlar</t>
+          <t>Taberi Tefsiri 11. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255928269</t>
+          <t>9786255928443</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Anlamanın Doğru Yolu</t>
+          <t>Taberi Tefsiri 12. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255928276</t>
+          <t>9786255928313</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hz. Lokman Aleyhisselamın Oğluna Nasihatleri</t>
+          <t>Hadislerle Müslüman Gencin Eğitimi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255928283</t>
+          <t>9786255928429</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresinin Anlamı Üzerinde Düşünmek</t>
+          <t>Uyanış Damlası</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256145047</t>
+          <t>9786255928061</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sahih Rivayetlere Göre Sahabe-i Kiram'ın Hayatı - Hayatu's Sahabe</t>
+          <t>Gazze Zafer</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789757561750</t>
+          <t>9786255928078</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Resulullah’ı (sav) Nasıl Sevmeliyiz?</t>
+          <t>İffeti Koruyan Muhkem Surlar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255928368</t>
+          <t>9786255928269</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kelamdan Kaleme</t>
+          <t>Kuranı Anlamanın Doğru Yolu</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>2770000043236</t>
+          <t>9786255928276</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Kutub Seti - 16 Kitap</t>
+          <t>Hz. Lokman Aleyhisselamın Oğluna Nasihatleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>3000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>2770000043229</t>
+          <t>9786255928283</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hayatı - Yıldızların İzinde Seti - 6 Kitap</t>
+          <t>Fatiha Suresinin Anlamı Üzerinde Düşünmek</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>600</v>
+        <v>70</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786050066005</t>
+          <t>9786256145047</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Resulullah’ın Hayatında 10 Önemli Gün</t>
+          <t>Sahih Rivayetlere Göre Sahabe-i Kiram'ın Hayatı - Hayatu's Sahabe</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054486502</t>
+          <t>9789757561750</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Tevhid Ekseni - Makaleler</t>
+          <t>Resulullah’ı (sav) Nasıl Sevmeliyiz?</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255928139</t>
+          <t>9786255928368</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>En Hayırlı Azık Salih Amel (Şamua Kağıt) (Ciltli)</t>
+          <t>Kelamdan Kaleme</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255928320</t>
+          <t>2770000043236</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri 9. Cilt (Ciltli)</t>
+          <t>Seyyid Kutub Seti - 16 Kitap</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>1000</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255928375</t>
+          <t>2770000043229</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri 10. Cilt (Ciltli)</t>
+          <t>Sahabe Hayatı - Yıldızların İzinde Seti - 6 Kitap</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>1000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255928207</t>
+          <t>9786050066005</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>En Hayırlı Azık Salih Amel (Ciltli)</t>
+          <t>Resulullah’ın Hayatında 10 Önemli Gün</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>900</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255928337</t>
+          <t>9786054486502</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>El Kifaye fi Usuli iİlmir Rivaye - 2 Cilt Takım</t>
+          <t>Tevhid Ekseni - Makaleler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>2000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256145757</t>
+          <t>9786255928139</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri 8. Cilt (Ciltli)</t>
+          <t>En Hayırlı Azık Salih Amel (Şamua Kağıt) (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256145740</t>
+          <t>9786255928320</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri 7. Cilt (Ciltli)</t>
+          <t>Taberi Tefsiri 9. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256145863</t>
+          <t>9786255928375</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kavaidüt Tahdis Min Fununi Mustalahil Hadis (2 Cilt Takım) (Ciltli)</t>
+          <t>Taberi Tefsiri 10. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>2000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255928214</t>
+          <t>9786255928207</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>El İstiab Fi Marifetil Ashab (Ciltli)</t>
+          <t>En Hayırlı Azık Salih Amel (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>4000</v>
+        <v>900</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256145771</t>
+          <t>9786255928337</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dış Görünüş ve İç Dünya - Tesettürün Değiştirdiği Hayatlar</t>
+          <t>El Kifaye fi Usuli iİlmir Rivaye - 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256400740</t>
+          <t>9786256145757</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri 12 Cilt Takım (Ciltli)</t>
+          <t>Taberi Tefsiri 8. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>12000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057828934</t>
+          <t>9786256145740</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sünneti Doğru Anlamak - Şerhu Müşkilil Asar - 12 Cilt Takım</t>
+          <t>Taberi Tefsiri 7. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>12000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057828958</t>
+          <t>9786256145863</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Müsned - Ahmed bin Hanbel - 9 Cilt Takım - (Ciltli) (Arapça Metinli)</t>
+          <t>Kavaidüt Tahdis Min Fununi Mustalahil Hadis (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>12000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>2770000043359</t>
+          <t>9786255928214</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü - Termo Deri - Yeşil (Ciltli)</t>
+          <t>El İstiab Fi Marifetil Ashab (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>1100</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>2770000043342</t>
+          <t>9786256145771</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü - Termo Deri - Kahverengi (Ciltli)</t>
+          <t>Dış Görünüş ve İç Dünya - Tesettürün Değiştirdiği Hayatlar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>1100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>2770000043335</t>
+          <t>9786256400740</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Tefsiri-Termo Deri- Yeşil (Ciltli)</t>
+          <t>Taberi Tefsiri 12 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>1200</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256400238</t>
+          <t>9786057828934</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Tefsiru'l Kur'an Hadislerle Kur'an-ı Kerim Tefsiri Seti - 5 Kitap Takım (Ciltli)</t>
+          <t>Sünneti Doğru Anlamak - Şerhu Müşkilil Asar - 12 Cilt Takım</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>3000</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052153321</t>
+          <t>9786057828958</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sahih Rivayetlere Göre Dört Halife Dönemi (Ciltli)</t>
+          <t>Müsned - Ahmed bin Hanbel - 9 Cilt Takım - (Ciltli) (Arapça Metinli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>900</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256145672</t>
+          <t>2770000043359</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Rufeyde Öncülerin İzinde</t>
+          <t>Fıkıh Usulü - Termo Deri - Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>100</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256145726</t>
+          <t>2770000043342</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Said Havva Öncülerin İzinde</t>
+          <t>Fıkıh Usulü - Termo Deri - Kahverengi (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>100</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256145658</t>
+          <t>2770000043335</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Salih El Aruri Öncülerin İzinde</t>
+          <t>Amme Cüzü Tefsiri-Termo Deri- Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>100</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256145696</t>
+          <t>9786256400238</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Kutub Öncülerin İzinde</t>
+          <t>Tefsiru'l Kur'an Hadislerle Kur'an-ı Kerim Tefsiri Seti - 5 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>100</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256145702</t>
+          <t>9786052153321</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hasan El Benna Öncülerin İzinde</t>
+          <t>Sahih Rivayetlere Göre Dört Halife Dönemi (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>100</v>
+        <v>900</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256145689</t>
+          <t>9786256145672</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Cadallah Kuran Öncülerin İzinde</t>
+          <t>Rufeyde Öncülerin İzinde</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256145665</t>
+          <t>9786256145726</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Şamil Öncülerin İzinde</t>
+          <t>Said Havva Öncülerin İzinde</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256145641</t>
+          <t>9786256145658</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Selman Öncülerin İzinde</t>
+          <t>Salih El Aruri Öncülerin İzinde</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256145719</t>
+          <t>9786256145696</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Japonya</t>
+          <t>Seyyid Kutub Öncülerin İzinde</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256400832</t>
+          <t>9786256145702</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sahihi Buhari Şerhi - et-Tavdih Li Şerhil Camii's Sahih - 2 Cilt Takım (Ciltli)</t>
+          <t>Hasan El Benna Öncülerin İzinde</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>2000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786254007583</t>
+          <t>9786256145689</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Görüyor Gibi</t>
+          <t>Cadallah Kuran Öncülerin İzinde</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054041558</t>
+          <t>9786256145665</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sılaya Hasret</t>
+          <t>Şeyh Şamil Öncülerin İzinde</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054041794</t>
+          <t>9786256145641</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Boykot</t>
+          <t>Selman Öncülerin İzinde</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054486656</t>
+          <t>9786256145719</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Zulüm Yağdı Burası Irak</t>
+          <t>Japonya</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059603621</t>
+          <t>9786256400832</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kulluk</t>
+          <t>Sahihi Buhari Şerhi - et-Tavdih Li Şerhil Camii's Sahih - 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052153925</t>
+          <t>9786254007583</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç Çığlığı</t>
+          <t>Allah'ı Görüyor Gibi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>90</v>
+        <v>45</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054041008</t>
+          <t>9786054041558</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Tüm Detaylarıyla İmanın Şartları (2. Hamur)</t>
+          <t>Sılaya Hasret</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054997664</t>
+          <t>9786054041794</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Arap Yarımadası'nda Ticaret</t>
+          <t>Boykot</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>225</v>
+        <v>70</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059603003</t>
+          <t>9786054486656</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Selman-ı Farisi</t>
+          <t>Zulüm Yağdı Burası Irak</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059603836</t>
+          <t>9786059603621</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Muhaddislerin Hadis Tenkit Yöntemi</t>
+          <t>Kulluk</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057828668</t>
+          <t>9786052153925</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Tefsiri 30. Cüz (Ciltli Sıvama)</t>
+          <t>Kırlangıç Çığlığı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>1200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256400146</t>
+          <t>9786054041008</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Uyanış 2</t>
+          <t>Tüm Detaylarıyla İmanın Şartları (2. Hamur)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256757875</t>
+          <t>9786054997664</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Işığında Umre ve Hac Rehberi</t>
+          <t>Arap Yarımadası'nda Ticaret</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256400993</t>
+          <t>9786059603003</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Süfyan es Sevri Tefsiri</t>
+          <t>Selman-ı Farisi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257495127</t>
+          <t>9786059603836</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulünde Telkin</t>
+          <t>Muhaddislerin Hadis Tenkit Yöntemi</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054997787</t>
+          <t>9786057828668</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Muhtasaru’l-Kuduri (Arapça) (Ciltli)</t>
+          <t>Amme Cüzü Tefsiri 30. Cüz (Ciltli Sıvama)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>700</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054041978</t>
+          <t>9786256400146</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sadece Ben</t>
+          <t>Uyanış 2</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059603553</t>
+          <t>9786256757875</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hayata Bir De Böyle Bak</t>
+          <t>Hadisler Işığında Umre ve Hac Rehberi</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052153994</t>
+          <t>9786256400993</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sana Bir Müjdem Var</t>
+          <t>Süfyan es Sevri Tefsiri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786054041954</t>
+          <t>9786257495127</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İşte Bu Peygamber</t>
+          <t>Hadis Usulünde Telkin</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054486090</t>
+          <t>9786054997787</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hayatu’s - Sahabe (Ciltli)</t>
+          <t>Muhtasaru’l-Kuduri (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>750</v>
+        <v>700</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054486533</t>
+          <t>9786054041978</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü - Termo Deri - Bordo (Ciltli)</t>
+          <t>Sadece Ben</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>1100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054486380</t>
+          <t>9786059603553</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Çıkış Yolu Nerede?</t>
+          <t>Hayata Bir De Böyle Bak</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054041336</t>
+          <t>9786052153994</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Cennetle Müjdelenen 30 Sahabi</t>
+          <t>Sana Bir Müjdem Var</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789757561958</t>
+          <t>9786054041954</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Ahlak Dersleri</t>
+          <t>İşte Bu Peygamber</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054041404</t>
+          <t>9786054486090</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hanım Sahabiler</t>
+          <t>Hayatu’s - Sahabe (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054997572</t>
+          <t>9786054486533</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Diyor ki</t>
+          <t>Fıkıh Usulü - Termo Deri - Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>150</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054997626</t>
+          <t>9786054486380</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Aylaynırlı Kız</t>
+          <t>Çıkış Yolu Nerede?</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059603744</t>
+          <t>9786054041336</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Putunu Kır ve Mütevazı Ol</t>
+          <t>Cennetle Müjdelenen 30 Sahabi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054486663</t>
+          <t>9789757561958</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>20. Asrın Cahiliyesi</t>
+          <t>Çocuklar İçin Ahlak Dersleri</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054486359</t>
+          <t>9786054041404</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Tut Elimden</t>
+          <t>Hanım Sahabiler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054997183</t>
+          <t>9786054997572</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Tevhid</t>
+          <t>Kur'an Diyor ki</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054486953</t>
+          <t>9786054997626</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İslami Tarih Yorumu</t>
+          <t>Aylaynırlı Kız</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786054486984</t>
+          <t>9786059603744</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İslam-Kapitalizm Çatışması</t>
+          <t>Putunu Kır ve Mütevazı Ol</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054997060</t>
+          <t>9786054486663</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Uygarlığın Sorunları ve İslam</t>
+          <t>20. Asrın Cahiliyesi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052153567</t>
+          <t>9786054486359</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ahlak</t>
+          <t>Tut Elimden</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256757981</t>
+          <t>9786054997183</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>El Minhac Nübüvvet Mirasından Amel İlkeleri</t>
+          <t>Kur'an'da Tevhid</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256757912</t>
+          <t>9786054486953</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Deccal'in Postalı</t>
+          <t>İslami Tarih Yorumu</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256757905</t>
+          <t>9786054486984</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Küresel Tufan</t>
+          <t>İslam-Kapitalizm Çatışması</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9003251750982</t>
+          <t>9786054997060</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Medine Hatlı Renkli Kuranı Kerim (Ciltli)</t>
+          <t>Çağdaş Uygarlığın Sorunları ve İslam</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256757929</t>
+          <t>9786052153567</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Anne Yaşamak İstiyorum</t>
+          <t>Güzel Ahlak</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256757776</t>
+          <t>9786256757981</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü - el İhkam fi Usulil Ahkam - 4 Cilt Takım</t>
+          <t>El Minhac Nübüvvet Mirasından Amel İlkeleri</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>4000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256757882</t>
+          <t>9786256757912</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Maverdi Tefsiri - 12. Cilt</t>
+          <t>Deccal'in Postalı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>1000</v>
+        <v>400</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256757707</t>
+          <t>9786256757905</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Maverdi Tefsiri - 11. Cilt</t>
+          <t>Küresel Tufan</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>1000</v>
+        <v>400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256757486</t>
+          <t>9003251750982</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Maverdi Tefsiri - 10. Cilt</t>
+          <t>Medine Hatlı Renkli Kuranı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>1000</v>
+        <v>450</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256757721</t>
+          <t>9786256757929</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Cennet Yolundaki Engeller - Mesaviul Ahlak ve Mezmumuha ve Taraiku Mekruhiha</t>
+          <t>Anne Yaşamak İstiyorum</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256757868</t>
+          <t>9786256757776</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Din Kardeşlerime Yol Gösterici Mesajlar</t>
+          <t>Fıkıh Usulü - el İhkam fi Usulil Ahkam - 4 Cilt Takım</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>150</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256757820</t>
+          <t>9786256757882</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz s.a.v Hz. Ali’ye Ne Dedi- Gadir-i Hum Hadisinin Tahlili</t>
+          <t>Maverdi Tefsiri - 12. Cilt</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256757851</t>
+          <t>9786256757707</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Resulullah’in (Sav) Kabri - Tasviri, Tarihi, Ziyaret Adabı</t>
+          <t>Maverdi Tefsiri - 11. Cilt</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256757561</t>
+          <t>9786256757486</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Resulullah’ın (sav) Bir Günü</t>
+          <t>Maverdi Tefsiri - 10. Cilt</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256400931</t>
+          <t>9786256757721</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sünneti Doğru Anlamak - Şerhu Müşkilil Asar - 5. Cilt (Ciltli)</t>
+          <t>Hadislerle Cennet Yolundaki Engeller - Mesaviul Ahlak ve Mezmumuha ve Taraiku Mekruhiha</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>1000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256757011</t>
+          <t>9786256757868</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sünneti Doğru Anlamak - Şerhu Müşkilil Asar - 6. Cilt (Ciltli)</t>
+          <t>Din Kardeşlerime Yol Gösterici Mesajlar</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256757066</t>
+          <t>9786256757820</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sünneti Doğru Anlamak - Şerhu Müşkilil Asar - 7. Cilt (Ciltli)</t>
+          <t>Peygamberimiz s.a.v Hz. Ali’ye Ne Dedi- Gadir-i Hum Hadisinin Tahlili</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256400849</t>
+          <t>9786256757851</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sahihi Buhari Şerhi - et-Tavdih Li Şerhil Camii's Sahih - 1. Cilt (Ciltli)</t>
+          <t>Resulullah’in (Sav) Kabri - Tasviri, Tarihi, Ziyaret Adabı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256400856</t>
+          <t>9786256757561</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sahihi Buhari Şerhi - et-Tavdih Li Şerhil Camii's Sahih - 2. Cilt (Ciltli)</t>
+          <t>Resulullah’ın (sav) Bir Günü</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257495257</t>
+          <t>9786256400931</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İman İklimi</t>
+          <t>Sünneti Doğru Anlamak - Şerhu Müşkilil Asar - 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059603454</t>
+          <t>9786256757011</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Tarihi (3 Cilt Takım) (Ciltli)</t>
+          <t>Sünneti Doğru Anlamak - Şerhu Müşkilil Asar - 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>2400</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059603713</t>
+          <t>9786256757066</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İmtihan</t>
+          <t>Sünneti Doğru Anlamak - Şerhu Müşkilil Asar - 7. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>80</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054486700</t>
+          <t>9786256400849</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Peygamber'den Parıltılar</t>
+          <t>Sahihi Buhari Şerhi - et-Tavdih Li Şerhil Camii's Sahih - 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256757738</t>
+          <t>9786256400856</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Batıl Fırka ve Hadis İnkarcıları</t>
+          <t>Sahihi Buhari Şerhi - et-Tavdih Li Şerhil Camii's Sahih - 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>130</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256757578</t>
+          <t>9786257495257</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Edep ve Ahlakı (4 Cilt Takım)</t>
+          <t>İman İklimi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>3000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256400733</t>
+          <t>9786059603454</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam Ahlakı - El-Adab Arapça Metinli</t>
+          <t>Tefsir Tarihi (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>450</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256400306</t>
+          <t>9786059603713</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kadınlara Özgü Haller ve Hükümler</t>
+          <t>İmtihan</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>125</v>
+        <v>80</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256757509</t>
+          <t>9786054486700</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresi Tefsiri</t>
+          <t>Peygamber'den Parıltılar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256757714</t>
+          <t>9786256757738</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Oruç Hükümleri ve Hikmetleri</t>
+          <t>Batıl Fırka ve Hadis İnkarcıları</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256757103</t>
+          <t>9786256757578</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>En Hayırlı Amel Salih Amel – 2 Cilt Takım</t>
+          <t>Hz. Peygamber’in Edep ve Ahlakı (4 Cilt Takım)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>1250</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256757554</t>
+          <t>9786256400733</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>250 Manzum Hadis-i Şerif</t>
+          <t>Hadislerle İslam Ahlakı - El-Adab Arapça Metinli</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256757219</t>
+          <t>9786256400306</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İbn Atıyye Tefsiri – 2. Cilt</t>
+          <t>Kadınlara Özgü Haller ve Hükümler</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>1000</v>
+        <v>125</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256400498</t>
+          <t>9786256757509</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Şüphelerle Mücadele Rehberi</t>
+          <t>Fatiha Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257495943</t>
+          <t>9786256757714</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Bir Anne Değişiyor</t>
+          <t>Oruç Hükümleri ve Hikmetleri</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257495288</t>
+          <t>9786256757103</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İmanı Hayata Tercih Etmek (Ciltli)</t>
+          <t>En Hayırlı Amel Salih Amel – 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>500</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057828774</t>
+          <t>9786256757554</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Mevsimi (Ciltli)</t>
+          <t>250 Manzum Hadis-i Şerif</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>600</v>
+        <v>125</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054997404</t>
+          <t>9786256757219</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yolun Sonu</t>
+          <t>İbn Atıyye Tefsiri – 2. Cilt</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054041046</t>
+          <t>9786256400498</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Toprak Gönüllüler</t>
+          <t>Çağdaş Şüphelerle Mücadele Rehberi</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054486601</t>
+          <t>9786257495943</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler</t>
+          <t>Bir Anne Değişiyor</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054486243</t>
+          <t>9786257495288</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Şefaat Tefsiri</t>
+          <t>İmanı Hayata Tercih Etmek (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>325</v>
+        <v>500</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054486182</t>
+          <t>9786057828774</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerin İslami Temelleri</t>
+          <t>Kur'an Mevsimi (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054486540</t>
+          <t>9786054997404</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Sevda Uğruna</t>
+          <t>Yolun Sonu</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789757561583</t>
+          <t>9786054041046</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sarsılmadan Uyanmak</t>
+          <t>Toprak Gönüllüler</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054041039</t>
+          <t>9786054486601</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Portakal Kızım</t>
+          <t>Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789757561569</t>
+          <t>9786054486243</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden Ölenler</t>
+          <t>Şefaat Tefsiri</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054486519</t>
+          <t>9786054486182</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Nefislerimizi Nasıl Değiştirebiliriz?</t>
+          <t>Sosyal Bilimlerin İslami Temelleri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786054486618</t>
+          <t>9786054486540</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Yöntem (Ciltli)</t>
+          <t>Sevda Uğruna</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>850</v>
+        <v>250</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789757561859</t>
+          <t>9789757561583</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlardaki Yenilgi Psikolojisi</t>
+          <t>Sarsılmadan Uyanmak</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054486427</t>
+          <t>9786054041039</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Gencin Sorumlulukları</t>
+          <t>Portakal Kızım</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054486274</t>
+          <t>9789757561569</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İslam Davetçilerine Eğitim Rehberi (Ciltli)</t>
+          <t>Ölmeden Ölenler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>900</v>
+        <v>125</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786054486083</t>
+          <t>9786054486519</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaidi (Ciltli)</t>
+          <t>Nefislerimizi Nasıl Değiştirebiliriz?</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>1400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054041756</t>
+          <t>9786054486618</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Namaz Kılma Şekli (2. Hamur)</t>
+          <t>Nebevi Yöntem (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789757561972</t>
+          <t>9789757561859</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’den Hanımlara 50 Nasihat</t>
+          <t>Müslümanlardaki Yenilgi Psikolojisi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054486168</t>
+          <t>9786054486427</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ali</t>
+          <t>Müslüman Gencin Sorumlulukları</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054486038</t>
+          <t>9786054486274</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Kuşatan Yönleriyle Tevhid</t>
+          <t>İslam Davetçilerine Eğitim Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>125</v>
+        <v>900</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054041275</t>
+          <t>9786054486083</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım (Ciltsiz)</t>
+          <t>İslam Akaidi (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>300</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789757561989</t>
+          <t>9786054041756</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hanımlara Fetvalar</t>
+          <t>Hz. Peygamber’in Namaz Kılma Şekli (2. Hamur)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052153949</t>
+          <t>9789757561972</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Güller Solmasın</t>
+          <t>Hz. Peygamber’den Hanımlara 50 Nasihat</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054041152</t>
+          <t>9786054486168</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Görgü Kuralları</t>
+          <t>Hazreti Ali</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789757561729</t>
+          <t>9786054486038</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Hiç Bir Kadın Onlar Gibi Olmadı</t>
+          <t>Hayatı Kuşatan Yönleriyle Tevhid</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054486076</t>
+          <t>9786054041275</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Davetçinin Ruh Terbiyesi</t>
+          <t>Hatıralarım (Ciltsiz)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054041640</t>
+          <t>9789757561989</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Çilekeş Müslümanlar</t>
+          <t>Hanımlara Fetvalar</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054486472</t>
+          <t>9786052153949</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İnançlar Düşünceler (2 Cilt Takım) (Ciltli)</t>
+          <t>Güller Solmasın</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>2200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054486045</t>
+          <t>9786054041152</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Fikir Akımları (1-2-3) (Ciltli)</t>
+          <t>Görgü Kuralları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>1100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786054486687</t>
+          <t>9789757561729</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Benzerini Getiremezler</t>
+          <t>Hiç Bir Kadın Onlar Gibi Olmadı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789757561965</t>
+          <t>9786054486076</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Beni Ne Zaman Dinleyeceksiniz?</t>
+          <t>Davetçinin Ruh Terbiyesi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054486571</t>
+          <t>9786054041640</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya Dile Geldi</t>
+          <t>Çilekeş Müslümanlar</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054486557</t>
+          <t>9786054486472</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Ahkamu’l-Kur’an (3 Cilt Takım) (Ciltli)</t>
+          <t>Çağdaş İnançlar Düşünceler (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>2850</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054486175</t>
+          <t>9786054486045</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ömer Bin Abdülaziz</t>
+          <t>Çağdaş Fikir Akımları (1-2-3) (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>150</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789757561811</t>
+          <t>9786054486687</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Hayatü’s Sahabe</t>
+          <t>Benzerini Getiremezler</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054041411</t>
+          <t>9789757561965</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kıssaları</t>
+          <t>Beni Ne Zaman Dinleyeceksiniz?</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789757561873</t>
+          <t>9786054486571</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Peygamberimizin Metodu</t>
+          <t>Ayasofya Dile Geldi</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057828262</t>
+          <t>9786054486557</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Ramazan Dersleri</t>
+          <t>Ahkamu’l-Kur’an (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>300</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256757479</t>
+          <t>9786054486175</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Hayatına Yön Veren Kırk Hadis</t>
+          <t>Hazreti Ömer Bin Abdülaziz</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256757196</t>
+          <t>9789757561811</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İbn Atıyye Tefsiri – 2 Cilt Takım</t>
+          <t>Çocuklar İçin Hayatü’s Sahabe</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>2000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256757189</t>
+          <t>9786054041411</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Vahidi Tefsiri – 1. Cilt</t>
+          <t>Kur’an Kıssaları</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256757202</t>
+          <t>9789757561873</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İbn Atıyye Tefsiri - 1. Cilt</t>
+          <t>Çocuk Eğitiminde Peygamberimizin Metodu</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256757257</t>
+          <t>9786057828262</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Gazze Direniş</t>
+          <t>Hadislerle Ramazan Dersleri</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256757080</t>
+          <t>9786256757479</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Fıkhı Kenzü'd-Dekaik</t>
+          <t>Müslümanın Hayatına Yön Veren Kırk Hadis</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257495899</t>
+          <t>9786256757196</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Alusi Tefsiri - 2 Cilt Takım</t>
+          <t>İbn Atıyye Tefsiri – 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>2000</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>2770000043267</t>
+          <t>9786256757189</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Es Seyyid Seti - 8 Kitap</t>
+          <t>Vahidi Tefsiri – 1. Cilt</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>990</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256757233</t>
+          <t>9786256757202</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ebu Zehra Tefsiri - Zehretüt Tefasir - 1. Cilt (Ciltli)</t>
+          <t>İbn Atıyye Tefsiri - 1. Cilt</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256757226</t>
+          <t>9786256757257</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ebu Zehra Tefsiri - Zehretüt Tefasir - 2 Cilt Takım (Ciltli)</t>
+          <t>Gazze Direniş</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>2000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256757240</t>
+          <t>9786256757080</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ebu Zehra Tefsiri - Zehretüt Tefasir - 2. Cilt (Ciltli)</t>
+          <t>Hanefi Fıkhı Kenzü'd-Dekaik</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256757141</t>
+          <t>9786257495899</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri 4. Cilt (Ciltli)</t>
+          <t>Alusi Tefsiri - 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>1000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256757028</t>
+          <t>2770000043267</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri 3. Cilt (Ciltli)</t>
+          <t>Ahmed Es Seyyid Seti - 8 Kitap</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>1000</v>
+        <v>990</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057825743</t>
+          <t>9786256757233</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Sünnet Ve İslam Hukukundaki Yeri - Termo Deri - Yeşil (Ciltli)</t>
+          <t>Muhammed Ebu Zehra Tefsiri - Zehretüt Tefasir - 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>2770000043366</t>
+          <t>9786256757226</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sünnet Ve İslam Hukukundaki Yeri - Termo Deri - Kahverengi (Ciltli)</t>
+          <t>Muhammed Ebu Zehra Tefsiri - Zehretüt Tefasir - 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>650</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>2770000043380</t>
+          <t>9786256757240</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve İslam Hukukundaki Yeri - Termo Deri - Bordo (Ciltli)</t>
+          <t>Muhammed Ebu Zehra Tefsiri - Zehretüt Tefasir - 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>650</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>2770000043250</t>
+          <t>9786256757141</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Soner Duman Seti - 7 Kitap</t>
+          <t>Taberi Tefsiri 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>1935</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>2770000043243</t>
+          <t>9786256757028</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Sınanma Öyküleri Seti - 6 Kitap</t>
+          <t>Taberi Tefsiri 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>600</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>2770000043205</t>
+          <t>9786057825743</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Portakal Kızım Seti - 6 Kitap</t>
+          <t>Sünnet Ve İslam Hukukundaki Yeri - Termo Deri - Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>1020</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256757035</t>
+          <t>2770000043366</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sünneti Doğru Anlamak - Şerhu Müşkilil Asar - 4. Cilt</t>
+          <t>Sünnet Ve İslam Hukukundaki Yeri - Termo Deri - Kahverengi (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>1000</v>
+        <v>650</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257495325</t>
+          <t>2770000043380</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Maverdi Tefsiri - en-Nüketü Vel Uyun Tefsirul Maverdi - 12 Cilt Takım (Ciltli)</t>
+          <t>Sünnet ve İslam Hukukundaki Yeri - Termo Deri - Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>12000</v>
+        <v>650</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256757165</t>
+          <t>2770000043250</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Maverdi Tefsiri - en-Nüketü Vel Uyun Tefsirul Maverdi - 9. Cilt (Ciltli)</t>
+          <t>Soner Duman Seti - 7 Kitap</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>1000</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256757158</t>
+          <t>2770000043243</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Maverdi Tefsiri - en-Nüketü Vel Uyun Tefsirul Maverdi - 8. Cilt (Ciltli)</t>
+          <t>Sınanma Öyküleri Seti - 6 Kitap</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>1000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256400399</t>
+          <t>2770000043205</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kuran ve Sünnet Işığında Üç Aylar ve Ramazan</t>
+          <t>Portakal Kızım Seti - 6 Kitap</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>200</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054997398</t>
+          <t>9786256757035</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Sireti Ahlakı ve Daveti - Tek Cilt (Ciltli)</t>
+          <t>Sünneti Doğru Anlamak - Şerhu Müşkilil Asar - 4. Cilt</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>800</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257495486</t>
+          <t>9786257495325</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Bahrul Muhit - 2 Cilt Takım (Ciltli)</t>
+          <t>Maverdi Tefsiri - en-Nüketü Vel Uyun Tefsirul Maverdi - 12 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>2000</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>2770000043328</t>
+          <t>9786256757165</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Tefsiri-Termo Deri - Turkuaz (Ciltli)</t>
+          <t>Maverdi Tefsiri - en-Nüketü Vel Uyun Tefsirul Maverdi - 9. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>1300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>2770000043311</t>
+          <t>9786256757158</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Tefsiri-Termo Deri- Pembe (Ciltli)</t>
+          <t>Maverdi Tefsiri - en-Nüketü Vel Uyun Tefsirul Maverdi - 8. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>1300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>2770000043304</t>
+          <t>9786256400399</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Tefsiri-Termo Deri- Mavi (Ciltli)</t>
+          <t>Kuran ve Sünnet Işığında Üç Aylar ve Ramazan</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>1300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>2770000043298</t>
+          <t>9786054997398</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Tefsiri-Termo Deri- Kırmızı (Ciltli)</t>
+          <t>Hz. Peygamber'in Sireti Ahlakı ve Daveti - Tek Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>1300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>2770000043281</t>
+          <t>9786257495486</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Tefsiri-Termo Deri- Kahverengi (Ciltli)</t>
+          <t>Bahrul Muhit - 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>1300</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>2770000043274</t>
+          <t>2770000043328</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Tefsiri-Termo Deri- Gri (Ciltli)</t>
+          <t>Amme Cüzü Tefsiri-Termo Deri - Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>1300</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256757271</t>
+          <t>2770000043311</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Filistin Anladığı Dilden</t>
+          <t>Amme Cüzü Tefsiri-Termo Deri- Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>190</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256757097</t>
+          <t>2770000043304</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ateş Harlandı</t>
+          <t>Amme Cüzü Tefsiri-Termo Deri- Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>190</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256757264</t>
+          <t>2770000043298</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Adamın Dibi</t>
+          <t>Amme Cüzü Tefsiri-Termo Deri- Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256400764</t>
+          <t>2770000043281</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri 2. Cilt (Ciltli)</t>
+          <t>Amme Cüzü Tefsiri-Termo Deri- Kahverengi (Ciltli)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>1000</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256400757</t>
+          <t>2770000043274</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri 1. Cilt (Ciltli)</t>
+          <t>Amme Cüzü Tefsiri-Termo Deri- Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>1000</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256400863</t>
+          <t>9786256757271</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>İbn Cüzey Tefsiri (5 Cilt Takım)</t>
+          <t>Filistin Anladığı Dilden</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>5000</v>
+        <v>190</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256400221</t>
+          <t>9786256757097</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Müsned (9. Cilt - Arapça Metinsiz)</t>
+          <t>Ateş Harlandı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256400184</t>
+          <t>9786256757264</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Müsned (7. Cilt - Arapça Metinsiz)</t>
+          <t>Adamın Dibi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256400214</t>
+          <t>9786256400764</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Müsned (8. Cilt - Arapça Metinsiz)</t>
+          <t>Taberi Tefsiri 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256400139</t>
+          <t>9786256400757</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Müsned (9. Cilt - Arapça Metinli) (Ciltli)</t>
+          <t>Taberi Tefsiri 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256400115</t>
+          <t>9786256400863</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Müsned (7. Cilt - Arapça Metinli) (Ciltli)</t>
+          <t>İbn Cüzey Tefsiri (5 Cilt Takım)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>1000</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256400719</t>
+          <t>9786256400221</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Islah Metodolojisi</t>
+          <t>Müsned (9. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256400726</t>
+          <t>9786256400184</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>İslam Dinini Güzellikleri</t>
+          <t>Müsned (7. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256400481</t>
+          <t>9786256400214</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>İslam İnancı</t>
+          <t>Müsned (8. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256400054</t>
+          <t>9786256400139</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Metodolojik Hatalar - İslam Karşıtı Söylemlerde Bulunan</t>
+          <t>Müsned (9. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>70</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256400573</t>
+          <t>9786256400115</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Elif-Be'si</t>
+          <t>Müsned (7. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>50</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256400443</t>
+          <t>9786256400719</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kuyu - Sınanma Öyküleri</t>
+          <t>Islah Metodolojisi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256400313</t>
+          <t>9786256400726</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ma'ani'l-Kuran ve İ'Rabuh Seti - Zeccac Tefsiri - 6 Kitap Takım (Ciltli)</t>
+          <t>İslam Dinini Güzellikleri</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>6000</v>
+        <v>130</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256400436</t>
+          <t>9786256400481</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Mucize - Sınanma Öyküleri</t>
+          <t>İslam İnancı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256400467</t>
+          <t>9786256400054</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Sarsıntı - Sınanma Öyküleri</t>
+          <t>Metodolojik Hatalar - İslam Karşıtı Söylemlerde Bulunan</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256400450</t>
+          <t>9786256400573</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Sır Yumağı - Sınanma Öyküleri</t>
+          <t>Kuranı Kerim Elif-Be'si</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256400474</t>
+          <t>9786256400443</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Sünnette Şüphe mi var?</t>
+          <t>Kuyu - Sınanma Öyküleri</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256400108</t>
+          <t>9786256400313</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Gençliğe</t>
+          <t>Ma'ani'l-Kuran ve İ'Rabuh Seti - Zeccac Tefsiri - 6 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>210</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256400412</t>
+          <t>9786256400436</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yurtsuzlar - Sınanma Öyküleri</t>
+          <t>Mucize - Sınanma Öyküleri</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257495851</t>
+          <t>9786256400467</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Et-Turuku'l Hukmiyye Tercümesi</t>
+          <t>Sarsıntı - Sınanma Öyküleri</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>1100</v>
+        <v>100</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256400061</t>
+          <t>9786256400450</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Düşünce</t>
+          <t>Sır Yumağı - Sınanma Öyküleri</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256400429</t>
+          <t>9786256400474</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Araf - Sınanma Öyküleri</t>
+          <t>Sünnette Şüphe mi var?</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057828484</t>
+          <t>9786256400108</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Dokunan Öğretmen</t>
+          <t>Yeni Nesil Gençliğe</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054997657</t>
+          <t>9786256400412</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Huzur Akademisi Eğitim Çalışması 3. Sınıf</t>
+          <t>Yurtsuzlar - Sınanma Öyküleri</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>550</v>
+        <v>100</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256400078</t>
+          <t>9786257495851</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Mevsuat (Ahlak ve Zühd) 2 Cilt Takım (Ciltli)</t>
+          <t>Et-Turuku'l Hukmiyye Tercümesi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>1500</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257495905</t>
+          <t>9786256400061</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Alusi Tefsiri 1. Cilt</t>
+          <t>Eleştirel Düşünce</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>1000</v>
+        <v>75</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257495912</t>
+          <t>9786256400429</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Alusi Tefsiri 2. Cilt</t>
+          <t>Araf - Sınanma Öyküleri</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257495653</t>
+          <t>9786057828484</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Maverdî Tefsiri 6. Cilt</t>
+          <t>Kalbe Dokunan Öğretmen</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257495646</t>
+          <t>9786054997657</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Maverdİ Tefsiri 5. Cilt</t>
+          <t>Huzur Akademisi Eğitim Çalışması 3. Sınıf</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>1000</v>
+        <v>550</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257495639</t>
+          <t>9786256400078</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Maverdî Tefsiri 4. Cilt</t>
+          <t>Mevsuat (Ahlak ve Zühd) 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>850</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257495622</t>
+          <t>9786257495905</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Maverdî Tefsiri 3. Cilt</t>
+          <t>Alusi Tefsiri 1. Cilt</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256400009</t>
+          <t>9786257495912</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Şükran</t>
+          <t>Alusi Tefsiri 2. Cilt</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257495868</t>
+          <t>9786257495653</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Mebahis Fî Ulümi’l-Kur’an</t>
+          <t>Maverdî Tefsiri 6. Cilt</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257495981</t>
+          <t>9786257495646</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>En-Nüru’l-Mübin Fi Kavaʻidi Akaidi’d-Din</t>
+          <t>Maverdİ Tefsiri 5. Cilt</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257495950</t>
+          <t>9786257495639</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Takrbü’l-Vusul İla ʿilmi’l-Usul</t>
+          <t>Maverdî Tefsiri 4. Cilt</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>325</v>
+        <v>850</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257495714</t>
+          <t>9786257495622</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Şerhu Müşkilil Asar - 3</t>
+          <t>Maverdî Tefsiri 3. Cilt</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257495820</t>
+          <t>9786256400009</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Her Konuda Örneğimiz Hz. Muhammed (S.A.S.) Hayatı, Ahlâkı, Şahsiyeti</t>
+          <t>Şükran</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257495813</t>
+          <t>9786257495868</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Müslüman ve Ahlak</t>
+          <t>Mebahis Fî Ulümi’l-Kur’an</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257495028</t>
+          <t>9786257495981</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>İman ve İbadet Bilgisi - Yedinci Kitap</t>
+          <t>En-Nüru’l-Mübin Fi Kavaʻidi Akaidi’d-Din</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257495875</t>
+          <t>9786257495950</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinden Dersler</t>
+          <t>Takrbü’l-Vusul İla ʿilmi’l-Usul</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257495745</t>
+          <t>9786257495714</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Engellilerin Dünyası</t>
+          <t>Şerhu Müşkilil Asar - 3</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>190</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257495035</t>
+          <t>9786257495820</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>İman ve İbadet Bilgisi - Sekizinci Kitap</t>
+          <t>Her Konuda Örneğimiz Hz. Muhammed (S.A.S.) Hayatı, Ahlâkı, Şahsiyeti</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059603409</t>
+          <t>9786257495813</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İman ve İbadet Bilgisi - Altıncı Kitap</t>
+          <t>Müslüman ve Ahlak</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052153000</t>
+          <t>9786257495028</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's-Salihin (Küçük Boy)</t>
+          <t>İman ve İbadet Bilgisi - Yedinci Kitap</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257495684</t>
+          <t>9786257495875</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>El-Fakih Ve'l-Mütefakkih (2 Cilt) (Ciltli)</t>
+          <t>İslam Medeniyetinden Dersler</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>1500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057828620</t>
+          <t>9786257495745</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Buhari ve Müslim'in İttifak Ettikleri Hadisler</t>
+          <t>Engellilerin Dünyası</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257495776</t>
+          <t>9786257495035</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Cennete Doğru El Ele</t>
+          <t>İman ve İbadet Bilgisi - Sekizinci Kitap</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257495295</t>
+          <t>9786059603409</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Siz Gerçeği Bilmek Değil Kandırılmak İstiyorsunuz</t>
+          <t>İman ve İbadet Bilgisi - Altıncı Kitap</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257495738</t>
+          <t>9786052153000</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Her Derde Deva</t>
+          <t>Riyazü's-Salihin (Küçük Boy)</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>190</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786258085082</t>
+          <t>9786257495684</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Faziletleri</t>
+          <t>El-Fakih Ve'l-Mütefakkih (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>150</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257495332</t>
+          <t>9786057828620</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Maverdi Tefsiri 1. Cilt (Ciltli)</t>
+          <t>Buhari ve Müslim'in İttifak Ettikleri Hadisler</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>850</v>
+        <v>450</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257495721</t>
+          <t>9786257495776</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Ruhumu Demliyorum</t>
+          <t>Cennete Doğru El Ele</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057828637</t>
+          <t>9786257495295</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Sahihi Buhari</t>
+          <t>Siz Gerçeği Bilmek Değil Kandırılmak İstiyorsunuz</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257495011</t>
+          <t>9786257495738</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Modern Dönem İslam Ülkeleri Tarihi</t>
+          <t>Her Derde Deva</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057828002</t>
+          <t>9786258085082</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadına</t>
+          <t>Kur’an’ın Faziletleri</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786257495165</t>
+          <t>9786257495332</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Şatibide Makasıdi Kaideler</t>
+          <t>Maverdi Tefsiri 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>500</v>
+        <v>850</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257495493</t>
+          <t>9786257495721</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Bahrul Muhit 1. Cilt (Ciltli)</t>
+          <t>Ruhumu Demliyorum</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>1000</v>
+        <v>125</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257495370</t>
+          <t>9786057828637</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Müsned (6. Cilt - Arapça Metinli) (Ciltli)</t>
+          <t>Muhtasar Sahihi Buhari</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>1000</v>
+        <v>450</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786257495363</t>
+          <t>9786257495011</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Müsned (5. Cilt - Arapça Metinli) (Ciltli)</t>
+          <t>Modern Dönem İslam Ülkeleri Tarihi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>1000</v>
+        <v>210</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257495301</t>
+          <t>9786057828002</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Müsned (5. Cilt - Arapça Metinsiz)</t>
+          <t>Müslüman Kadına</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786257495356</t>
+          <t>9786257495165</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Müsned (4. Cilt - Arapça Metinli) (Ciltli)</t>
+          <t>Şatibide Makasıdi Kaideler</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057828996</t>
+          <t>9786257495493</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Müsned (4. Cilt - Arapça Metinsiz)</t>
+          <t>Bahrul Muhit 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257495608</t>
+          <t>9786257495370</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Şerhu Müşkilil Asar 2 (Ciltli)</t>
+          <t>Müsned (6. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257495271</t>
+          <t>9786257495363</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Hicret Yolunda</t>
+          <t>Müsned (5. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257495233</t>
+          <t>9786257495301</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonu</t>
+          <t>Müsned (5. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257495004</t>
+          <t>9786257495356</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerimin Faziletleri (Ciltli)</t>
+          <t>Müsned (4. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>800</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257495196</t>
+          <t>9786057828996</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Mecmaul Bahreyn ve Mültekan Neyyireyn (Ciltli)</t>
+          <t>Müsned (4. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>1100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257495240</t>
+          <t>9786257495608</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Orucun Faziletleri Gayesi ve Faydaları</t>
+          <t>Şerhu Müşkilil Asar 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257495226</t>
+          <t>9786257495271</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Savaşmadan Kazanmak</t>
+          <t>Hicret Yolunda</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057828811</t>
+          <t>9786257495233</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Mekkenin Firavunları</t>
+          <t>Dünyanın Sonu</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786057828880</t>
+          <t>9786257495004</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Müsned (2. Cilt - Arapça Metinsiz)</t>
+          <t>Kuranı Kerimin Faziletleri (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786054997947</t>
+          <t>9786257495196</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Şifadır</t>
+          <t>Mecmaul Bahreyn ve Mültekan Neyyireyn (Ciltli)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>150</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057828248</t>
+          <t>9786257495240</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar</t>
+          <t>Orucun Faziletleri Gayesi ve Faydaları</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257495059</t>
+          <t>9786257495226</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>İstersen Konuşalım</t>
+          <t>Savaşmadan Kazanmak</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786057828743</t>
+          <t>9786057828811</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Sünnet Ve İslam Hukukundaki Yeri</t>
+          <t>Mekkenin Firavunları</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257495042</t>
+          <t>9786057828880</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaidine Giriş</t>
+          <t>Müsned (2. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786057828941</t>
+          <t>9786054997947</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Şerhu Müşkilil Asar</t>
+          <t>Kur’an Şifadır</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057828651</t>
+          <t>9786057828248</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>irticacı</t>
+          <t>Kavramlar</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786057828705</t>
+          <t>9786257495059</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Şok Etkisi Ölüm</t>
+          <t>İstersen Konuşalım</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786057828316</t>
+          <t>9786057828743</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Talut İle Calut İman İle Küfrün Savaşı</t>
+          <t>Sünnet Ve İslam Hukukundaki Yeri</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>125</v>
+        <v>900</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786057828323</t>
+          <t>9786257495042</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>İman Ve Hayat Sözleri</t>
+          <t>İslam Akaidine Giriş</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786054486908</t>
+          <t>9786057828941</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler</t>
+          <t>Şerhu Müşkilil Asar</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057828330</t>
+          <t>9786057828651</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>İman Ve Hayat Hadisleri</t>
+          <t>irticacı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786054997381</t>
+          <t>9786057828705</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler 3</t>
+          <t>Şok Etkisi Ölüm</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786057828354</t>
+          <t>9786057828316</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>İman Ve Hayat Ayetleri</t>
+          <t>Talut İle Calut İman İle Küfrün Savaşı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>50</v>
+        <v>125</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057828293</t>
+          <t>9786057828323</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Temel Fıkhi Bilgiler</t>
+          <t>İman Ve Hayat Sözleri</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059603577</t>
+          <t>9786054486908</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Helal Av Rehberi</t>
+          <t>Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059603874</t>
+          <t>9786057828330</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Güncel Hadis Yorumları</t>
+          <t>İman Ve Hayat Hadisleri</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057828422</t>
+          <t>9786054997381</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Evlilikte Mutluluğun Sırları</t>
+          <t>Temel Dini Bilgiler 3</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786057828408</t>
+          <t>9786057828354</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>El Münteka Min Ahbaril Mustafa Hadislerle İslam Fıkhı (Ciltli)</t>
+          <t>İman Ve Hayat Ayetleri</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>5000</v>
+        <v>50</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786057828699</t>
+          <t>9786057828293</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Denge</t>
+          <t>Temel Fıkhi Bilgiler</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786057828835</t>
+          <t>9786059603577</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Daniş Bir Cennet Delisi</t>
+          <t>Helal Av Rehberi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786057828491</t>
+          <t>9786059603874</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Başarının Kahramanı Sen Ol Başarı Yolu</t>
+          <t>Güncel Hadis Yorumları</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257495066</t>
+          <t>9786057828422</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Anlayana Sivrisinek Saz</t>
+          <t>Evlilikte Mutluluğun Sırları</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257495073</t>
+          <t>9786057828408</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Anladıysan Bu İş Senin</t>
+          <t>El Münteka Min Ahbaril Mustafa Hadislerle İslam Fıkhı (Ciltli)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>190</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057828804</t>
+          <t>9786057828699</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam</t>
+          <t>Eğitimde Denge</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786057828477</t>
+          <t>9786057828835</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Ailede Genç Eğitimi</t>
+          <t>Daniş Bir Cennet Delisi</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786057828378</t>
+          <t>9786057828491</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>40 Büyük İslam Alımı</t>
+          <t>Başarının Kahramanı Sen Ol Başarı Yolu</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>1000883103879</t>
+          <t>9786257495066</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Muslim Tercemesi - Fihrist (Ciltli)</t>
+          <t>Anlayana Sivrisinek Saz</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>550</v>
+        <v>190</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786054041473</t>
+          <t>9786257495073</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Güneş Doğudan Doğar</t>
+          <t>Anladıysan Bu İş Senin</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789757561446</t>
+          <t>9786057828804</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Yıldızları - 60 Seçkin Sahabe Hayatı (2. Hamur) (Ciltli)</t>
+          <t>Ana Hatlarıyla İslam</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786054041565</t>
+          <t>9786057828477</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Yıldızları - 60 Seçkin Sahabe Hayatı (1. Hamur) (Ciltli)</t>
+          <t>Ailede Genç Eğitimi</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>1000</v>
+        <v>170</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786054486632</t>
+          <t>9786057828378</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Konumumuz (Ciltli)</t>
+          <t>40 Büyük İslam Alımı</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786057828095</t>
+          <t>1000883103879</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Ailede Çocuk Eğitimi</t>
+          <t>Sahih-i Muslim Tercemesi - Fihrist (Ciltli)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052153796</t>
+          <t>9786054041473</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Eğitimcinin El Kitabı</t>
+          <t>Güneş Doğudan Doğar</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052153697</t>
+          <t>9789757561446</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Gülebilmek</t>
+          <t>Yeryüzü Yıldızları - 60 Seçkin Sahabe Hayatı (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257495172</t>
+          <t>9786054041565</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Eğitim Yöntemleri - Eğitimde Nebevi Metotlar</t>
+          <t>Yeryüzü Yıldızları - 60 Seçkin Sahabe Hayatı (1. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257495141</t>
+          <t>9786054486632</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnet Işığında Asrımızın Sorularına Cevaplar (Ciltli)</t>
+          <t>Çağdaş Konumumuz (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>670</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257495134</t>
+          <t>9786057828095</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnet Işığında Asrımızın Sorularına Cevaplar (Ciltli)</t>
+          <t>Ailede Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>670</v>
+        <v>200</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786057828903</t>
+          <t>9786052153796</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Boz Atlı Hızır</t>
+          <t>Eğitimcinin El Kitabı</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786057828118</t>
+          <t>9786052153697</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Abbasiler Tarihi</t>
+          <t>Ölüme Gülebilmek</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786057828859</t>
+          <t>9786257495172</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Müsned (1. Cilt - Arapça Metinli) (Ciltli)</t>
+          <t>Peygamberimizin Eğitim Yöntemleri - Eğitimde Nebevi Metotlar</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786057828972</t>
+          <t>9786257495141</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Müsned (3. Cilt - Arapça Metinli) (Ciltli)</t>
+          <t>Kur'an ve Sünnet Işığında Asrımızın Sorularına Cevaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>1000</v>
+        <v>670</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786057828965</t>
+          <t>9786257495134</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Müsned (2. Cilt - Arapça Metinli) (Ciltli)</t>
+          <t>Kur'an ve Sünnet Işığında Asrımızın Sorularına Cevaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>1000</v>
+        <v>670</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786057828910</t>
+          <t>9786057828903</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Müdafaası (Ciltli)</t>
+          <t>Boz Atlı Hızır</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>850</v>
+        <v>150</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786057828781</t>
+          <t>9786057828118</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kaliteli Mümin</t>
+          <t>Abbasiler Tarihi</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786057828736</t>
+          <t>9786057828859</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İsyan</t>
+          <t>Müsned (1. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>325</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786057828729</t>
+          <t>9786057828972</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Yaman Çelişki</t>
+          <t>Müsned (3. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786057828040</t>
+          <t>9786057828965</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Hapı Yutmadan</t>
+          <t>Müsned (2. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786057828453</t>
+          <t>9786057828910</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Asr Suresi Tefsiri</t>
+          <t>Kur’an-ı Kerim Müdafaası (Ciltli)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786057828590</t>
+          <t>9786057828781</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Sahih-i Buhari (Ciltli)</t>
+          <t>Kaliteli Mümin</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786057828460</t>
+          <t>9786057828736</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Sahih-i Buhari (Şamua) (Ciltli)</t>
+          <t>İsyan</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>1000</v>
+        <v>325</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786057828576</t>
+          <t>9786057828729</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Buhari ve Müslim'in İttifak Ettikleri Hadisler (Ciltli)</t>
+          <t>Yaman Çelişki</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786057828538</t>
+          <t>9786057828040</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bana Böyle Öğretti</t>
+          <t>Hapı Yutmadan</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786057828514</t>
+          <t>9786057828453</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Büyüklerimiz</t>
+          <t>Asr Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786057828521</t>
+          <t>9786057828590</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Hayatı Dersler ve İbretler</t>
+          <t>Muhtasar Sahih-i Buhari (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059603157</t>
+          <t>9786057828460</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>El-Edebül-Müfred (Küçük Boy-Arapça Metinli) (Ciltli)</t>
+          <t>Muhtasar Sahih-i Buhari (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>700</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786057828309</t>
+          <t>9786057828576</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>40 Büyük İslam Alimi (Ciltli)</t>
+          <t>Buhari ve Müslim'in İttifak Ettikleri Hadisler (Ciltli)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>750</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786057828415</t>
+          <t>9786057828538</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Gardenya Çiçekleri</t>
+          <t>Hayat Bana Böyle Öğretti</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059603478</t>
+          <t>9786057828514</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>El-Edebü’l-Müfred - Hadis Dünyası Klasikleri 1 (Ciltli)</t>
+          <t>Tarihe Yön Veren Büyüklerimiz</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059603546</t>
+          <t>9786057828521</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Namazın Sırları (Ciltli)</t>
+          <t>Hz. Muhammed'in Hayatı Dersler ve İbretler</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786057828231</t>
+          <t>9786059603157</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>El-Camiu's-Sağır (Ciltli)</t>
+          <t>El-Edebül-Müfred (Küçük Boy-Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>900</v>
+        <v>700</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786057828187</t>
+          <t>9786057828309</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Keşfü'l-Hafa (4 Cilt Takım) (Ciltli)</t>
+          <t>40 Büyük İslam Alimi (Ciltli)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>4000</v>
+        <v>750</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786057828156</t>
+          <t>9786057828415</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Büyük İhanet (Hadis İnkarı) (Ciltli)</t>
+          <t>Gardenya Çiçekleri</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052153598</t>
+          <t>9786059603478</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kitabü’z-Zühd</t>
+          <t>El-Edebü’l-Müfred - Hadis Dünyası Klasikleri 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052153611</t>
+          <t>9786059603546</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kabir Korkusu</t>
+          <t>Namazın Sırları (Ciltli)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052153383</t>
+          <t>9786057828231</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Şekil Yapma!</t>
+          <t>El-Camiu's-Sağır (Ciltli)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052153550</t>
+          <t>9786057828187</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>İdareciliğin Altın Kuralları</t>
+          <t>Keşfü'l-Hafa (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>120</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052153215</t>
+          <t>9786057828156</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>İlk Dönem Hanefi Usulünde İllet Tartışmaları</t>
+          <t>Büyük İhanet (Hadis İnkarı) (Ciltli)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052153987</t>
+          <t>9786052153598</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Ayar Etme Adamı</t>
+          <t>Kitabü’z-Zühd</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786057828071</t>
+          <t>9786052153611</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Günümüze Bakan Yönleri ve Örnekleriyle İslam’ın Ahlak Okulu</t>
+          <t>Kabir Korkusu</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786057828057</t>
+          <t>9786052153383</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Dört Mezhebe Göre Delilleriyle Hac ve Umre İlmihali</t>
+          <t>Şekil Yapma!</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052153963</t>
+          <t>9786052153550</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Bekleyiş</t>
+          <t>İdareciliğin Altın Kuralları</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052153888</t>
+          <t>9786052153215</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar</t>
+          <t>İlk Dönem Hanefi Usulünde İllet Tartışmaları</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052153604</t>
+          <t>9786052153987</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Siyasi Durumumuz</t>
+          <t>Ayar Etme Adamı</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052153420</t>
+          <t>9786057828071</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Allah Bereket Versin</t>
+          <t>Günümüze Bakan Yönleri ve Örnekleriyle İslam’ın Ahlak Okulu</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052153666</t>
+          <t>9786057828057</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Ya Tevbe Etmeden Ölürsem</t>
+          <t>Dört Mezhebe Göre Delilleriyle Hac ve Umre İlmihali</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052153741</t>
+          <t>9786052153963</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Zahidlerin Dünyası</t>
+          <t>Bekleyiş</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052153765</t>
+          <t>9786052153888</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet</t>
+          <t>Sonbahar</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052153727</t>
+          <t>9786052153604</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Şemaili</t>
+          <t>İslam ve Siyasi Durumumuz</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052153710</t>
+          <t>9786052153420</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Şemaili (Arapça Metinli)</t>
+          <t>Allah Bereket Versin</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052153772</t>
+          <t>9786052153666</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Raşid Halifeler</t>
+          <t>Ya Tevbe Etmeden Ölürsem</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>500</v>
+        <v>80</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052153819</t>
+          <t>9786052153741</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Kudüs - Hatıralar ve Duyuşlar</t>
+          <t>Zahidlerin Dünyası</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052153734</t>
+          <t>9786052153765</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Sahabiler</t>
+          <t>Kur’an ve Sünnet</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052153864</t>
+          <t>9786052153727</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>İbn Receb Tefsiri 4 Kitap Set (Ciltli)</t>
+          <t>Hz. Peygamber’in Şemaili</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>4400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052153802</t>
+          <t>9786052153710</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulü</t>
+          <t>Hz. Peygamber’in Şemaili (Arapça Metinli)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786052153635</t>
+          <t>9786052153772</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Emeviler ve Emevi Devleti</t>
+          <t>Raşid Halifeler</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052153680</t>
+          <t>9786052153819</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Davetçinin Ruh Haritası</t>
+          <t>Kudüs - Hatıralar ve Duyuşlar</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786059603294</t>
+          <t>9786052153734</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı (10 Kitap Takım)</t>
+          <t>Kahraman Sahabiler</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786059603805</t>
+          <t>9786052153864</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Saadet Yurdunun Anahtarı 2 Cilt Takım (Ciltli)</t>
+          <t>İbn Receb Tefsiri 4 Kitap Set (Ciltli)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>1700</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786052153314</t>
+          <t>9786052153802</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>İlmi Böyle Tahsil Ettiler</t>
+          <t>Hadis Usulü</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786054997824</t>
+          <t>9786052153635</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis</t>
+          <t>Emeviler ve Emevi Devleti</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>50</v>
+        <v>650</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786054997114</t>
+          <t>9786052153680</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Düşünce ve Metod</t>
+          <t>Davetçinin Ruh Haritası</t>
         </is>
       </c>
       <c r="C408" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786054997848</t>
+          <t>9786059603294</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım (Ciltli)</t>
+          <t>Peygamberimizin Hayatı (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>600</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786052143789</t>
+          <t>9786059603805</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Namaz Öyküleri</t>
+          <t>Saadet Yurdunun Anahtarı 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>85</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786052153574</t>
+          <t>9786052153314</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Ey Nefsim</t>
+          <t>İlmi Böyle Tahsil Ettiler</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786054997015</t>
+          <t>9786054997824</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Din Budur</t>
+          <t>40 Hadis</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786059603225</t>
+          <t>9786054997114</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tenkidi</t>
+          <t>Tarihte Düşünce ve Metod</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786054997619</t>
+          <t>9786054997848</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>El-Adab</t>
+          <t>Hatıralarım (Ciltli)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>325</v>
+        <v>600</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786054486250</t>
+          <t>9786052143789</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Seçkin Sahabelerin Hayatı - Yeryüzü Yıldızları (10 Kitap)</t>
+          <t>Yaşanmış Namaz Öyküleri</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>1200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059603584</t>
+          <t>9786052153574</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Sayılı Günler</t>
+          <t>Ey Nefsim</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059603522</t>
+          <t>9786054997015</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>İslami Eğitim Metodu (Ciltli)</t>
+          <t>Din Budur</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>1100</v>
+        <v>100</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789757561903</t>
+          <t>9786059603225</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Yıldızları - 60 Seçkin Sahabe Hayatı</t>
+          <t>Hadis Tenkidi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786052153543</t>
+          <t>9786054997619</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Dünyası</t>
+          <t>El-Adab</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786052153512</t>
+          <t>9786054486250</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Yaşlıların Dünyası</t>
+          <t>Seçkin Sahabelerin Hayatı - Yeryüzü Yıldızları (10 Kitap)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>175</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786052153499</t>
+          <t>9786059603584</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Siyaset</t>
+          <t>Sayılı Günler</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786054997107</t>
+          <t>9786059603522</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi 3</t>
+          <t>İslami Eğitim Metodu (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>300</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786052153031</t>
+          <t>9789757561903</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Güzel Ahlak İlkeleri</t>
+          <t>Yeryüzü Yıldızları - 60 Seçkin Sahabe Hayatı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786054486861</t>
+          <t>9786052153543</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin Yol Azığı</t>
+          <t>Çocukların Dünyası</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786052153345</t>
+          <t>9786052153512</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam Fıkhı (7 Cilt Takım) (Ciltli)</t>
+          <t>Yaşlıların Dünyası</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>6000</v>
+        <v>175</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786052153253</t>
+          <t>9786052153499</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye’nin Fıkıh Düşüncesi</t>
+          <t>Siyaset</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786052153246</t>
+          <t>9786054997107</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Muhsena</t>
+          <t>İslam Düşüncesi 3</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786052153130</t>
+          <t>9786052153031</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin (Ciltli)</t>
+          <t>Hadislerle Güzel Ahlak İlkeleri</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786052153079</t>
+          <t>9786054486861</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve İslam Hukukundaki Yeri</t>
+          <t>Gençlerin Yol Azığı</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786054041343</t>
+          <t>9786052153345</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Kardeşime Mektup</t>
+          <t>Hadislerle İslam Fıkhı (7 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>100</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059603218</t>
+          <t>9786052153253</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Menaru’l Envar</t>
+          <t>İbn Teymiyye’nin Fıkıh Düşüncesi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786054997046</t>
+          <t>9786052153246</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Kıyamet Sahneleri</t>
+          <t>Muhsena</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786059603959</t>
+          <t>9786052153130</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Esbab-ı Nüzul - Kur'an Ayetlerinin İniş Sebepleri (4 Cilt Takım) (Ciltli)</t>
+          <t>Riyazü's Salihin (Ciltli)</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>3800</v>
+        <v>700</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786059603935</t>
+          <t>9786052153079</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Kur’an - Sünnet Kardeşliği</t>
+          <t>Sünnet ve İslam Hukukundaki Yeri</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786059603843</t>
+          <t>9786054041343</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Düşünmenin Gerekliliği ve Yöntemi</t>
+          <t>Kardeşime Mektup</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786059603904</t>
+          <t>9786059603218</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's-Salihin (Küçük Boy, 2. Hamur)</t>
+          <t>Menaru’l Envar</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786059603942</t>
+          <t>9786054997046</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Usul Yazıları</t>
+          <t>Kur'an'da Kıyamet Sahneleri</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>375</v>
+        <v>260</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786059603911</t>
+          <t>9786059603959</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Hayat Onunla Güzel</t>
+          <t>Esbab-ı Nüzul - Kur'an Ayetlerinin İniş Sebepleri (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>250</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786054997350</t>
+          <t>9786059603935</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Oryantalistler ve İslam</t>
+          <t>Kur’an - Sünnet Kardeşliği</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786059603768</t>
+          <t>9786059603843</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Davası Tevhid</t>
+          <t>Kur'an'ı Düşünmenin Gerekliliği ve Yöntemi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>325</v>
+        <v>500</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786058242005</t>
+          <t>9786059603904</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Harman Zamanı</t>
+          <t>Riyazü's-Salihin (Küçük Boy, 2. Hamur)</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786059603751</t>
+          <t>9786059603942</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Sahih Rivayetlere Göre Hz. Peygamber’in Hayatı (Ciltli)</t>
+          <t>Usul Yazıları</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>1000</v>
+        <v>375</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786059603706</t>
+          <t>9786059603911</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>İzzetle Dönüş</t>
+          <t>Hayat Onunla Güzel</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786059603645</t>
+          <t>9786054997350</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Hadislerden Hikmet Damlaları (Ciltli)</t>
+          <t>Oryantalistler ve İslam</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>750</v>
+        <v>500</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786059603614</t>
+          <t>9786059603768</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Sabredin</t>
+          <t>Müslüman Kadının Davası Tevhid</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>50</v>
+        <v>325</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786059603607</t>
+          <t>9786058242005</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Rabbim Beni Geri Döndür</t>
+          <t>Harman Zamanı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786059603690</t>
+          <t>9786059603751</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Nakilden Satırlar</t>
+          <t>Sahih Rivayetlere Göre Hz. Peygamber’in Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786059603591</t>
+          <t>9786059603706</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's - Salihin (Büyük Boy, Arapça Metinli, Ivory) (Ciltli)</t>
+          <t>İzzetle Dönüş</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>1200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786059603508</t>
+          <t>9786059603645</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Portakal Kızım Buraya Kadar</t>
+          <t>Hadislerden Hikmet Damlaları (Ciltli)</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786054997855</t>
+          <t>9786059603614</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Nefis Terbiyesi 2</t>
+          <t>Sabredin</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786059603126</t>
+          <t>9786059603607</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Muvahhid</t>
+          <t>Rabbim Beni Geri Döndür</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786054997985</t>
+          <t>9786059603690</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Davet Yolunda</t>
+          <t>Nakilden Satırlar</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786059603102</t>
+          <t>9786059603591</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Etrafındaki Şüpheler</t>
+          <t>Riyazü's - Salihin (Büyük Boy, Arapça Metinli, Ivory) (Ciltli)</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>250</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786059603119</t>
+          <t>9786059603508</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>El-Edebü’l-Müfred - Hadis Dünyası Klasikleri 1</t>
+          <t>Portakal Kızım Buraya Kadar</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786054997992</t>
+          <t>9786054997855</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnette Milliyetçilik</t>
+          <t>Nefis Terbiyesi 2</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786054997749</t>
+          <t>9786059603126</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Sarp Yokuş 2</t>
+          <t>Muvahhid</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786054997640</t>
+          <t>9786054997985</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Yürek Yangını Portakal Kızım</t>
+          <t>Davet Yolunda</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786054997596</t>
+          <t>9786059603102</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Kur’an İlimleri (2 Cilt) Menahilu’l - İrfan Tercümesi (Ciltli)</t>
+          <t>İslam'ın Etrafındaki Şüpheler</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>1700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786054997633</t>
+          <t>9786059603119</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Gönül Mahkemesi Portakal Kızım</t>
+          <t>El-Edebü’l-Müfred - Hadis Dünyası Klasikleri 1</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786054486564</t>
+          <t>9786054997992</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Cüneyt</t>
+          <t>Kur'an ve Sünnette Milliyetçilik</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786054997206</t>
+          <t>9786054997749</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>İslami Çalışmada Eğitimin Önemi</t>
+          <t>Sarp Yokuş 2</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786054486847</t>
+          <t>9786054997640</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Neden Nasıl Neyi Okuyalım?</t>
+          <t>Yürek Yangını Portakal Kızım</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786054486786</t>
+          <t>9786054997596</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Ramazan'da Kalplerimizi Nasıl Canlandırabiliriz?</t>
+          <t>Kur’an İlimleri (2 Cilt) Menahilu’l - İrfan Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>100</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786054997480</t>
+          <t>9786054997633</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Mümtehine</t>
+          <t>Gönül Mahkemesi Portakal Kızım</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786054997091</t>
+          <t>9786054486564</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi -2</t>
+          <t>Cüneyt</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786054997329</t>
+          <t>9786054997206</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>İman ve İbadet Bilgisi : Üçüncü Kitap</t>
+          <t>İslami Çalışmada Eğitimin Önemi</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786054041817</t>
+          <t>9786054486847</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Nefis Terbiyesi</t>
+          <t>Neden Nasıl Neyi Okuyalım?</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786054486991</t>
+          <t>9786054486786</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Edebi Tasvir</t>
+          <t>Ramazan'da Kalplerimizi Nasıl Canlandırabiliriz?</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786054997411</t>
+          <t>9786054997480</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar'ul Kuduri (Ciltli)</t>
+          <t>Mümtehine</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>1000</v>
+        <v>400</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786054486892</t>
+          <t>9786054997091</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>İman ve İbadet Bilgisi: İkinci Kitap</t>
+          <t>İslam Düşüncesi -2</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786054486816</t>
+          <t>9786054997329</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Yola Çıkarken</t>
+          <t>İman ve İbadet Bilgisi : Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786054486885</t>
+          <t>9786054041817</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>İman ve İbadet Bilgisi: Birinci Kitap</t>
+          <t>Nefis Terbiyesi</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786054486717</t>
+          <t>9786054486991</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Tartışmalar</t>
+          <t>Kur'an'da Edebi Tasvir</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786054486229</t>
+          <t>9786054997411</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>İslam Toplumunun Yapısı</t>
+          <t>Muhtasar'ul Kuduri (Ciltli)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786054486670</t>
+          <t>9786054486892</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>İslam Budur</t>
+          <t>İman ve İbadet Bilgisi: İkinci Kitap</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786054486199</t>
+          <t>9786054486816</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>La İlahe İllallah</t>
+          <t>Yola Çıkarken</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786054486960</t>
+          <t>9786054486885</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>İslami Etüdler</t>
+          <t>İman ve İbadet Bilgisi: Birinci Kitap</t>
         </is>
       </c>
       <c r="C477" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786054997084</t>
+          <t>9786054486717</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi 1</t>
+          <t>Tartışmalar</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786054997022</t>
+          <t>9786054486229</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>İslam Toplumuna Doğru</t>
+          <t>İslam Toplumunun Yapısı</t>
         </is>
       </c>
       <c r="C479" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786054997053</t>
+          <t>9786054486670</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Yoldaki İşaretler</t>
+          <t>İslam Budur</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786054486977</t>
+          <t>9786054486199</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Yahudi İle Savaşımız</t>
+          <t>La İlahe İllallah</t>
         </is>
       </c>
       <c r="C481" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786054486724</t>
+          <t>9786054486960</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Evrim ve Değişmezlik</t>
+          <t>İslami Etüdler</t>
         </is>
       </c>
       <c r="C482" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786054486120</t>
+          <t>9786054997084</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>İman ve Tavır</t>
+          <t>İslam Düşüncesi 1</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786054486731</t>
+          <t>9786054997022</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Müslümanlar</t>
+          <t>İslam Toplumuna Doğru</t>
         </is>
       </c>
       <c r="C484" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786054997305</t>
+          <t>9786054997053</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>İmam Şafii Kitabü’s Sünen Tercümesi (Ciltli)</t>
+          <t>Yoldaki İşaretler</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786054997169</t>
+          <t>9786054486977</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Züleyha</t>
+          <t>Yahudi İle Savaşımız</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789757561033</t>
+          <t>9786054486724</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Ana Yüreği</t>
+          <t>Evrim ve Değişmezlik</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786054486007</t>
+          <t>9786054486120</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Alemlere Rahmet Hz. Muhammed</t>
+          <t>İman ve Tavır</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786054997008</t>
+          <t>9786054486731</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Cihan Sulhu ve İslam</t>
+          <t>Küreselleşme ve Müslümanlar</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786054997220</t>
+          <t>9786054997305</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Huzur Akademisi Eğitim Çalışması 1. Sınıf</t>
+          <t>İmam Şafii Kitabü’s Sünen Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786054997244</t>
+          <t>9786054997169</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Benim Mezhebim</t>
+          <t>Züleyha</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786054041589</t>
+          <t>9789757561033</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Gençliğe Mesajlar</t>
+          <t>Ana Yüreği</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786054041237</t>
+          <t>9786054486007</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Gelenekler Çatışması</t>
+          <t>Alemlere Rahmet Hz. Muhammed</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786054041930</t>
+          <t>9786054997008</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Filistin</t>
+          <t>Cihan Sulhu ve İslam</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786054041831</t>
+          <t>9786054997220</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Aydınlanma Sorunu</t>
+          <t>Huzur Akademisi Eğitim Çalışması 1. Sınıf</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786054486595</t>
+          <t>9786054997244</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Sarp Yokuş</t>
+          <t>Benim Mezhebim</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789757561835</t>
+          <t>9786054041589</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Kadının Eşine Sevgisini Arttıran 52 İlke</t>
+          <t>Gençliğe Mesajlar</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786054041923</t>
+          <t>9786054041237</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Güzelleri Huriler</t>
+          <t>Gelenekler Çatışması</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786052153956</t>
+          <t>9786054041930</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ödül</t>
+          <t>Filistin</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786052153901</t>
+          <t>9786054041831</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Bir Kucak Sevgi</t>
+          <t>İslam Dünyasında Aydınlanma Sorunu</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786054041671</t>
+          <t>9786054486595</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Bir Adım Ötesi</t>
+          <t>Sarp Yokuş</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789757561576</t>
+          <t>9789757561835</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Evladımı Geri Verin</t>
+          <t>Kadının Eşine Sevgisini Arttıran 52 İlke</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786054041169</t>
+          <t>9786054041923</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Erkeğin Eşine Sevgisini Artıran 57 İlke</t>
+          <t>Cennetin Güzelleri Huriler</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786054041947</t>
+          <t>9786052153956</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Muştusu Kur’an-ı Kerim</t>
+          <t>Büyük Ödül</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789757561620</t>
+          <t>9786052153901</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Zeynebi</t>
+          <t>Bir Kucak Sevgi</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786054041770</t>
+          <t>9786054041671</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Zafer ve İktidar Vaad Edilen Nesil</t>
+          <t>Bir Adım Ötesi</t>
         </is>
       </c>
       <c r="C506" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786054486366</t>
+          <t>9789757561576</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmeye Karşı Duruşumuz</t>
+          <t>Evladımı Geri Verin</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786052153918</t>
+          <t>9786054041169</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Kül Yığını</t>
+          <t>Erkeğin Eşine Sevgisini Artıran 57 İlke</t>
         </is>
       </c>
       <c r="C508" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786054041657</t>
+          <t>9786054041947</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Gölgesinde</t>
+          <t>Diriliş Muştusu Kur’an-ı Kerim</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789757561767</t>
+          <t>9789757561620</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Işığında Rızkı Artırmanın 17 Yolu</t>
+          <t>Zamanın Zeynebi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786054486113</t>
+          <t>9786054041770</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Işığında Ahiret Yolculuğu (Ciltli)</t>
+          <t>Zafer ve İktidar Vaad Edilen Nesil</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786054486052</t>
+          <t>9786054486366</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Günlük Hayatımız (Şamua)</t>
+          <t>Küreselleşmeye Karşı Duruşumuz</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9759757561500</t>
+          <t>9786052153918</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Resimli Namaz Hocası ve İslam’ın Şartları</t>
+          <t>Kül Yığını</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786054486526</t>
+          <t>9786054041657</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Ramazan ve Ümmetin İnşası</t>
+          <t>Kur’an’ın Gölgesinde</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786054041787</t>
+          <t>9789757561767</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Rabbaniliğe Giden Yol</t>
+          <t>Kur’an ve Sünnet Işığında Rızkı Artırmanın 17 Yolu</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786054486748</t>
+          <t>9786054486113</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Tahavi Muhtasarı (Ciltli)</t>
+          <t>Kur’an ve Sünnet Işığında Ahiret Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C516" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786054486267</t>
+          <t>9786054486052</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis Şerhi</t>
+          <t>Hadislerle Günlük Hayatımız (Şamua)</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786054486793</t>
+          <t>9759757561500</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>El-Adab (Ciltli)</t>
+          <t>Resimli Namaz Hocası ve İslam’ın Şartları</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>1000</v>
+        <v>160</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786054486809</t>
+          <t>9786054486526</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Hayatın En Değerli Dakikaları Namaz</t>
+          <t>Ramazan ve Ümmetin İnşası</t>
         </is>
       </c>
       <c r="C519" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
+          <t>9786054041787</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Rabbaniliğe Giden Yol</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786054486748</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Tahavi Muhtasarı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786054486267</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Hadis Şerhi</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786054486793</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>El-Adab (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786054486809</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın En Değerli Dakikaları Namaz</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
           <t>9786054486830</t>
         </is>
       </c>
-      <c r="B520" s="1" t="inlineStr">
+      <c r="B525" s="1" t="inlineStr">
         <is>
           <t>Kur'an'ı Nasıl Ezberlersin?</t>
         </is>
       </c>
-      <c r="C520" s="1">
+      <c r="C525" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>