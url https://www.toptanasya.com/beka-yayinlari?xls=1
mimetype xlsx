--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -85,7900 +85,8275 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255928771</t>
+          <t>9786057828828</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Anlamı Kapalı Ayetlerin Tefsiri (3 Cilt Takım) (Ciltli)</t>
+          <t>Amme Cüzü Tefsiri-Termo Deri- Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>3000</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255928825</t>
+          <t>9786256400122</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadisler Işığında Esmaü'l Hüsna</t>
+          <t>Müsned (8. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255928849</t>
+          <t>9786257495998</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Emanetin Gerekleri</t>
+          <t>Maverdî Tefsiri 7. Cilt</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255928764</t>
+          <t>9786257495349</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Örtünmek İstiyorum</t>
+          <t>Maverdi Tefsiri 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255928030</t>
+          <t>9786257495219</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Diriler İçin Yasin Suresi</t>
+          <t>Sabah Namazını Cemaatle Kılmanın On Faydası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255928740</t>
+          <t>9786054486021</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Tefsiri</t>
+          <t>Önce İman</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255928610</t>
+          <t>9786054041244</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Unutulmuş Sünnetler</t>
+          <t>Nasıl Davet Edelim?</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255928016</t>
+          <t>9786054486410</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Güneşi Hz. Muhammed</t>
+          <t>Haydi Rabbinize Yönelin</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255928467</t>
+          <t>9789757561842</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Elçisi Hz. Muhammed</t>
+          <t>Çocuklar için Peygamberlerin Hayatı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255928634</t>
+          <t>9786054486939</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kızım Hafsa ile Siyer Öğreniyoruz - Mekke Dönemi</t>
+          <t>Kurtuluş Reçetesi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255928641</t>
+          <t>9786054997565</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kızım Hafsa ile Siyer Öğreniyoruz - Medine Dönemi</t>
+          <t>Hanımlara</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255928498</t>
+          <t>9786054997077</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Mukayeseli İslam İlmihali (2 Cilt Takım) (Ciltli)</t>
+          <t>İslam'da Sosyal Adalet</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>2000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259630069</t>
+          <t>9786054997299</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Davası ve Filistin</t>
+          <t>Kur'an-ı Kerim'den Eğitici Dersler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259630052</t>
+          <t>9786057828507</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hedefteki Şair - Muhammed Ali-Adallo</t>
+          <t>Buhari ve Müslim'in İttifak Ettikleri Hadisler (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>500</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054486281</t>
+          <t>9786059603881</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Üzülme Allah Bizimle</t>
+          <t>Kur'an Işığında Düşünmek</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789757561644</t>
+          <t>9786059603515</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Kurşunu</t>
+          <t>Hadisin İtikatta Delil Oluşu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054041398</t>
+          <t>9786255928122</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar İçin Tehlikeli</t>
+          <t>Gazze Bir Soykırımın Anatomisi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789757561460</t>
+          <t>9786255928924</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet Önderleri</t>
+          <t>Hayatını Hadislerle Yönlendir</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789757561682</t>
+          <t>9786255928979</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Günü</t>
+          <t>Ruhumum Çizgileri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255928306</t>
+          <t>9786255928986</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kuran Müdafaası İtirazlar ve Cevaplar</t>
+          <t>Sözün Nefesi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>800</v>
+        <v>170</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054041459</t>
+          <t>9786255928658</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Ahlak</t>
+          <t>Riyazüs Salihin Şerhi (6 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057828873</t>
+          <t>9786255928863</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Müsned (1. Cilt - Arapça Metinsiz)</t>
+          <t>Taberi Tefsiri 13. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057828897</t>
+          <t>9786255928887</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Müsned (3. Cilt - Arapça Metinsiz)</t>
+          <t>Taberi Tefsiri 15. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054997336</t>
+          <t>9786255928917</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İman ve İbadet Bilgisi : Dördüncü Kitap</t>
+          <t>Taberi Tefsiri 16. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255928580</t>
+          <t>9786255928870</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbrahim'in Hayatı Bana Ne Anlatır?</t>
+          <t>Taberi Tefsiri 14. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255928597</t>
+          <t>9786255928771</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hz. Musa'nın Hayatı Bana Ne Anlatır?</t>
+          <t>Kur'an'da Anlamı Kapalı Ayetlerin Tefsiri (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255928573</t>
+          <t>9786255928825</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yusuf'un Hayatı Bana Ne Anlatır?</t>
+          <t>Ayet ve Hadisler Işığında Esmaü'l Hüsna</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256145542</t>
+          <t>9786255928849</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Sonrası Muhtasar Fıkıh Çalışmaları ve Envarü’l-Hamid fi Fıkh-i Ehli’t-Tevhid</t>
+          <t>Emanetin Gerekleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786250068403</t>
+          <t>9786255928764</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Trains Carry Love</t>
+          <t>Örtünmek İstiyorum</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>835</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256757431</t>
+          <t>9786255928030</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kuran Ayetlerinin İniş Sebepleri - Esbab-ı Nüzul (4 Cilt Takım) - Termo Deri (Ciltli)</t>
+          <t>Diriler İçin Yasin Suresi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>4400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054486397</t>
+          <t>9786255928740</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Allah Sevgisi</t>
+          <t>Çocuk Tefsiri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257495318</t>
+          <t>9786255928610</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Müsned (6. Cilt - Arapça Metinsiz)</t>
+          <t>Hikayelerle Unutulmuş Sünnetler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054997886</t>
+          <t>9786255928016</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İman Ve İbadet Bilgisi (Beşinci Kitap)</t>
+          <t>Merhamet Güneşi Hz. Muhammed</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052153208</t>
+          <t>9786255928467</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Namazla Büyüyor</t>
+          <t>Rahmet Elçisi Hz. Muhammed</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054041992</t>
+          <t>9786255928634</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yozlaşmış Duygular</t>
+          <t>Kızım Hafsa ile Siyer Öğreniyoruz - Mekke Dönemi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054041305</t>
+          <t>9786255928641</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Modernizmin Kurbanları</t>
+          <t>Kızım Hafsa ile Siyer Öğreniyoruz - Medine Dönemi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054486373</t>
+          <t>9786255928498</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Yoluyla İmanı Yapılandırma</t>
+          <t>Delilleriyle Mukayeseli İslam İlmihali (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054486403</t>
+          <t>9786259630069</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Öncelikler Fıkhı</t>
+          <t>Yahudi Davası ve Filistin</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054486298</t>
+          <t>9786259630052</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Örneğimiz Efendimiz</t>
+          <t>Hedefteki Şair - Muhammed Ali-Adallo</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789757561453</t>
+          <t>9786054486281</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>40 Derste Arapça</t>
+          <t>Üzülme Allah Bizimle</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052153239</t>
+          <t>9789757561644</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsan Tipleri</t>
+          <t>Kardeş Kurşunu</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054997343</t>
+          <t>9786054041398</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Enfal Suresinden Eğitici Dersler</t>
+          <t>Hanımlar İçin Tehlikeli</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059603676</t>
+          <t>9789757561460</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Gelin İman Edelim</t>
+          <t>Asr-ı Saadet Önderleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054486823</t>
+          <t>9789757561682</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Dönüş</t>
+          <t>Ahiret Günü</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054486694</t>
+          <t>9786255928306</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Dünyaya İslami Bakış</t>
+          <t>Kuran Müdafaası İtirazlar ve Cevaplar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>210</v>
+        <v>800</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054486915</t>
+          <t>9786054041459</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Dönüşü İmanın Uyanışı</t>
+          <t>Savaş ve Ahlak</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054997039</t>
+          <t>9786057828873</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İstikbal İslam'ındır</t>
+          <t>Müsned (1. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059603638</t>
+          <t>9786057828897</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İslah Yolu</t>
+          <t>Müsned (3. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052153055</t>
+          <t>9786054997336</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Fıkıh Problemleri</t>
+          <t>İman ve İbadet Bilgisi : Dördüncü Kitap</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052153536</t>
+          <t>9786255928580</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Davetçilerin Dünyası</t>
+          <t>Hz. İbrahim'in Hayatı Bana Ne Anlatır?</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255928481</t>
+          <t>9786255928597</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sadece Bir Sınavdır</t>
+          <t>Hz. Musa'nın Hayatı Bana Ne Anlatır?</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255928436</t>
+          <t>9786255928573</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Nergis Çiçeği</t>
+          <t>Hz. Yusuf'un Hayatı Bana Ne Anlatır?</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256145795</t>
+          <t>9786256145542</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Müsned (11. Cilt - Arapça Metinsiz)</t>
+          <t>Tanzimat Sonrası Muhtasar Fıkıh Çalışmaları ve Envarü’l-Hamid fi Fıkh-i Ehli’t-Tevhid</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256145788</t>
+          <t>9786250068403</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Müsned (12. Cilt - Arapça Metinsiz)</t>
+          <t>Trains Carry Love</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>350</v>
+        <v>835</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256145764</t>
+          <t>9786256757431</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Müsned (10. Cilt - Arapça Metinsiz)</t>
+          <t>Kuran Ayetlerinin İniş Sebepleri - Esbab-ı Nüzul (4 Cilt Takım) - Termo Deri (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>350</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255928450</t>
+          <t>9786054486397</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Akaid Dersleri</t>
+          <t>Allah Sevgisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255928412</t>
+          <t>9786257495318</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Müsned (12. Cilt - Arapça Metinli) (Ciltli)</t>
+          <t>Müsned (6. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255928405</t>
+          <t>9786054997886</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Müsned (11. Cilt - Arapça Metinli) (Ciltli)</t>
+          <t>İman Ve İbadet Bilgisi (Beşinci Kitap)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255928399</t>
+          <t>9786052153208</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Müsned (10. Cilt - Arapça Metinli) (Ciltli)</t>
+          <t>Çocuğum Namazla Büyüyor</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255928382</t>
+          <t>9786054041992</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri 11. Cilt (Ciltli)</t>
+          <t>Yozlaşmış Duygular</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255928443</t>
+          <t>9786054041305</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri 12. Cilt (Ciltli)</t>
+          <t>Modernizmin Kurbanları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255928313</t>
+          <t>9786054486373</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Müslüman Gencin Eğitimi</t>
+          <t>Kur’an Yoluyla İmanı Yapılandırma</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255928429</t>
+          <t>9786054486403</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Uyanış Damlası</t>
+          <t>İslam’da Öncelikler Fıkhı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255928061</t>
+          <t>9786054486298</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Gazze Zafer</t>
+          <t>Gerçek Örneğimiz Efendimiz</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255928078</t>
+          <t>9789757561453</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İffeti Koruyan Muhkem Surlar</t>
+          <t>40 Derste Arapça</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255928269</t>
+          <t>9786052153239</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Anlamanın Doğru Yolu</t>
+          <t>Kur'an'da İnsan Tipleri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255928276</t>
+          <t>9786054997343</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hz. Lokman Aleyhisselamın Oğluna Nasihatleri</t>
+          <t>Enfal Suresinden Eğitici Dersler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255928283</t>
+          <t>9786059603676</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresinin Anlamı Üzerinde Düşünmek</t>
+          <t>Gelin İman Edelim</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256145047</t>
+          <t>9786054486823</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sahih Rivayetlere Göre Sahabe-i Kiram'ın Hayatı - Hayatu's Sahabe</t>
+          <t>Kur'an'a Dönüş</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789757561750</t>
+          <t>9786054486694</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Resulullah’ı (sav) Nasıl Sevmeliyiz?</t>
+          <t>Çağdaş Dünyaya İslami Bakış</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255928368</t>
+          <t>9786054486915</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kelamdan Kaleme</t>
+          <t>Ruhun Dönüşü İmanın Uyanışı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>2770000043236</t>
+          <t>9786054997039</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Kutub Seti - 16 Kitap</t>
+          <t>İstikbal İslam'ındır</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>3000</v>
+        <v>130</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>2770000043229</t>
+          <t>9786059603638</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hayatı - Yıldızların İzinde Seti - 6 Kitap</t>
+          <t>İslah Yolu</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786050066005</t>
+          <t>9786052153055</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Resulullah’ın Hayatında 10 Önemli Gün</t>
+          <t>Günümüz Fıkıh Problemleri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054486502</t>
+          <t>9786052153536</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Tevhid Ekseni - Makaleler</t>
+          <t>Davetçilerin Dünyası</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255928139</t>
+          <t>9786255928481</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>En Hayırlı Azık Salih Amel (Şamua Kağıt) (Ciltli)</t>
+          <t>Hayat Sadece Bir Sınavdır</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255928320</t>
+          <t>9786255928436</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri 9. Cilt (Ciltli)</t>
+          <t>Nergis Çiçeği</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255928375</t>
+          <t>9786256145795</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri 10. Cilt (Ciltli)</t>
+          <t>Müsned (11. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255928207</t>
+          <t>9786256145788</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>En Hayırlı Azık Salih Amel (Ciltli)</t>
+          <t>Müsned (12. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255928337</t>
+          <t>9786256145764</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>El Kifaye fi Usuli iİlmir Rivaye - 2 Cilt Takım</t>
+          <t>Müsned (10. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>2000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256145757</t>
+          <t>9786255928450</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri 8. Cilt (Ciltli)</t>
+          <t>Gençlerle Akaid Dersleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>1000</v>
+        <v>400</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256145740</t>
+          <t>9786255928412</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri 7. Cilt (Ciltli)</t>
+          <t>Müsned (12. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256145863</t>
+          <t>9786255928405</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kavaidüt Tahdis Min Fununi Mustalahil Hadis (2 Cilt Takım) (Ciltli)</t>
+          <t>Müsned (11. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>2000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255928214</t>
+          <t>9786255928399</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>El İstiab Fi Marifetil Ashab (Ciltli)</t>
+          <t>Müsned (10. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>4000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256145771</t>
+          <t>9786255928382</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dış Görünüş ve İç Dünya - Tesettürün Değiştirdiği Hayatlar</t>
+          <t>Taberi Tefsiri 11. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256400740</t>
+          <t>9786255928443</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri 12 Cilt Takım (Ciltli)</t>
+          <t>Taberi Tefsiri 12. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>12000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057828934</t>
+          <t>9786255928313</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sünneti Doğru Anlamak - Şerhu Müşkilil Asar - 12 Cilt Takım</t>
+          <t>Hadislerle Müslüman Gencin Eğitimi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>12000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057828958</t>
+          <t>9786255928429</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Müsned - Ahmed bin Hanbel - 9 Cilt Takım - (Ciltli) (Arapça Metinli)</t>
+          <t>Uyanış Damlası</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>12000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>2770000043359</t>
+          <t>9786255928061</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü - Termo Deri - Yeşil (Ciltli)</t>
+          <t>Gazze Zafer</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>1100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>2770000043342</t>
+          <t>9786255928078</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü - Termo Deri - Kahverengi (Ciltli)</t>
+          <t>İffeti Koruyan Muhkem Surlar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>1100</v>
+        <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>2770000043335</t>
+          <t>9786255928269</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Tefsiri-Termo Deri- Yeşil (Ciltli)</t>
+          <t>Kuranı Anlamanın Doğru Yolu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>1200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256400238</t>
+          <t>9786255928276</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Tefsiru'l Kur'an Hadislerle Kur'an-ı Kerim Tefsiri Seti - 5 Kitap Takım (Ciltli)</t>
+          <t>Hz. Lokman Aleyhisselamın Oğluna Nasihatleri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>3000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052153321</t>
+          <t>9786255928283</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sahih Rivayetlere Göre Dört Halife Dönemi (Ciltli)</t>
+          <t>Fatiha Suresinin Anlamı Üzerinde Düşünmek</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>900</v>
+        <v>70</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256145672</t>
+          <t>9786256145047</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Rufeyde Öncülerin İzinde</t>
+          <t>Sahih Rivayetlere Göre Sahabe-i Kiram'ın Hayatı - Hayatu's Sahabe</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256145726</t>
+          <t>9789757561750</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Said Havva Öncülerin İzinde</t>
+          <t>Resulullah’ı (sav) Nasıl Sevmeliyiz?</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256145658</t>
+          <t>9786255928368</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Salih El Aruri Öncülerin İzinde</t>
+          <t>Kelamdan Kaleme</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256145696</t>
+          <t>2770000043236</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Kutub Öncülerin İzinde</t>
+          <t>Seyyid Kutub Seti - 16 Kitap</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>100</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256145702</t>
+          <t>2770000043229</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hasan El Benna Öncülerin İzinde</t>
+          <t>Sahabe Hayatı - Yıldızların İzinde Seti - 6 Kitap</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256145689</t>
+          <t>9786050066005</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Cadallah Kuran Öncülerin İzinde</t>
+          <t>Resulullah’ın Hayatında 10 Önemli Gün</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256145665</t>
+          <t>9786054486502</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Şamil Öncülerin İzinde</t>
+          <t>Tevhid Ekseni - Makaleler</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256145641</t>
+          <t>9786255928139</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Selman Öncülerin İzinde</t>
+          <t>En Hayırlı Azık Salih Amel (Şamua Kağıt) (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256145719</t>
+          <t>9786255928320</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Japonya</t>
+          <t>Taberi Tefsiri 9. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256400832</t>
+          <t>9786255928375</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sahihi Buhari Şerhi - et-Tavdih Li Şerhil Camii's Sahih - 2 Cilt Takım (Ciltli)</t>
+          <t>Taberi Tefsiri 10. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>2000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786254007583</t>
+          <t>9786255928207</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Görüyor Gibi</t>
+          <t>En Hayırlı Azık Salih Amel (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>45</v>
+        <v>900</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054041558</t>
+          <t>9786255928337</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sılaya Hasret</t>
+          <t>El Kifaye fi Usuli iİlmir Rivaye - 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>190</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054041794</t>
+          <t>9786256145757</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Boykot</t>
+          <t>Taberi Tefsiri 8. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>70</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054486656</t>
+          <t>9786256145740</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Zulüm Yağdı Burası Irak</t>
+          <t>Taberi Tefsiri 7. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>140</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059603621</t>
+          <t>9786256145863</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kulluk</t>
+          <t>Kavaidüt Tahdis Min Fununi Mustalahil Hadis (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052153925</t>
+          <t>9786255928214</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç Çığlığı</t>
+          <t>El İstiab Fi Marifetil Ashab (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>90</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054041008</t>
+          <t>9786256145771</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Tüm Detaylarıyla İmanın Şartları (2. Hamur)</t>
+          <t>Dış Görünüş ve İç Dünya - Tesettürün Değiştirdiği Hayatlar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054997664</t>
+          <t>9786256400740</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Arap Yarımadası'nda Ticaret</t>
+          <t>Taberi Tefsiri 12 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>225</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059603003</t>
+          <t>9786057828934</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Selman-ı Farisi</t>
+          <t>Sünneti Doğru Anlamak - Şerhu Müşkilil Asar - 12 Cilt Takım</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>100</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059603836</t>
+          <t>9786057828958</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Muhaddislerin Hadis Tenkit Yöntemi</t>
+          <t>Müsned - Ahmed bin Hanbel - 9 Cilt Takım - (Ciltli) (Arapça Metinli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>150</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057828668</t>
+          <t>2770000043359</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Tefsiri 30. Cüz (Ciltli Sıvama)</t>
+          <t>Fıkıh Usulü - Termo Deri - Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>1200</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256400146</t>
+          <t>2770000043342</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Uyanış 2</t>
+          <t>Fıkıh Usulü - Termo Deri - Kahverengi (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>125</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256757875</t>
+          <t>2770000043335</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Işığında Umre ve Hac Rehberi</t>
+          <t>Amme Cüzü Tefsiri-Termo Deri- Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>250</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256400993</t>
+          <t>9786256400238</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Süfyan es Sevri Tefsiri</t>
+          <t>Tefsiru'l Kur'an Hadislerle Kur'an-ı Kerim Tefsiri Seti - 5 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>1000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257495127</t>
+          <t>9786052153321</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulünde Telkin</t>
+          <t>Sahih Rivayetlere Göre Dört Halife Dönemi (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>150</v>
+        <v>900</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054997787</t>
+          <t>9786256145672</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Muhtasaru’l-Kuduri (Arapça) (Ciltli)</t>
+          <t>Rufeyde Öncülerin İzinde</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>700</v>
+        <v>100</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054041978</t>
+          <t>9786256145726</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sadece Ben</t>
+          <t>Said Havva Öncülerin İzinde</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059603553</t>
+          <t>9786256145658</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hayata Bir De Böyle Bak</t>
+          <t>Salih El Aruri Öncülerin İzinde</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052153994</t>
+          <t>9786256145696</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sana Bir Müjdem Var</t>
+          <t>Seyyid Kutub Öncülerin İzinde</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054041954</t>
+          <t>9786256145702</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İşte Bu Peygamber</t>
+          <t>Hasan El Benna Öncülerin İzinde</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054486090</t>
+          <t>9786256145689</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hayatu’s - Sahabe (Ciltli)</t>
+          <t>Cadallah Kuran Öncülerin İzinde</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054486533</t>
+          <t>9786256145665</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü - Termo Deri - Bordo (Ciltli)</t>
+          <t>Şeyh Şamil Öncülerin İzinde</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>1100</v>
+        <v>100</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054486380</t>
+          <t>9786256145641</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Çıkış Yolu Nerede?</t>
+          <t>Selman Öncülerin İzinde</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054041336</t>
+          <t>9786256145719</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Cennetle Müjdelenen 30 Sahabi</t>
+          <t>Japonya</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789757561958</t>
+          <t>9786256400832</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Ahlak Dersleri</t>
+          <t>Sahihi Buhari Şerhi - et-Tavdih Li Şerhil Camii's Sahih - 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>250</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054041404</t>
+          <t>9786254007583</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hanım Sahabiler</t>
+          <t>Allah'ı Görüyor Gibi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>350</v>
+        <v>45</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054997572</t>
+          <t>9786054041558</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Diyor ki</t>
+          <t>Sılaya Hasret</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054997626</t>
+          <t>9786054041794</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Aylaynırlı Kız</t>
+          <t>Boykot</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059603744</t>
+          <t>9786054486656</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Putunu Kır ve Mütevazı Ol</t>
+          <t>Zulüm Yağdı Burası Irak</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054486663</t>
+          <t>9786059603621</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>20. Asrın Cahiliyesi</t>
+          <t>Kulluk</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054486359</t>
+          <t>9786052153925</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Tut Elimden</t>
+          <t>Kırlangıç Çığlığı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054997183</t>
+          <t>9786054041008</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Tevhid</t>
+          <t>Tüm Detaylarıyla İmanın Şartları (2. Hamur)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>700</v>
+        <v>110</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054486953</t>
+          <t>9786054997664</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İslami Tarih Yorumu</t>
+          <t>Arap Yarımadası'nda Ticaret</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054486984</t>
+          <t>9786059603003</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İslam-Kapitalizm Çatışması</t>
+          <t>Selman-ı Farisi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054997060</t>
+          <t>9786059603836</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Uygarlığın Sorunları ve İslam</t>
+          <t>Muhaddislerin Hadis Tenkit Yöntemi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052153567</t>
+          <t>9786057828668</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ahlak</t>
+          <t>Amme Cüzü Tefsiri 30. Cüz (Ciltli Sıvama)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>150</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256757981</t>
+          <t>9786256400146</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>El Minhac Nübüvvet Mirasından Amel İlkeleri</t>
+          <t>Uyanış 2</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256757912</t>
+          <t>9786256757875</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Deccal'in Postalı</t>
+          <t>Hadisler Işığında Umre ve Hac Rehberi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256757905</t>
+          <t>9786256400993</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Küresel Tufan</t>
+          <t>Süfyan es Sevri Tefsiri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>400</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9003251750982</t>
+          <t>9786257495127</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Medine Hatlı Renkli Kuranı Kerim (Ciltli)</t>
+          <t>Hadis Usulünde Telkin</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256757929</t>
+          <t>9786054997787</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Anne Yaşamak İstiyorum</t>
+          <t>Muhtasaru’l-Kuduri (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256757776</t>
+          <t>9786054041978</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü - el İhkam fi Usulil Ahkam - 4 Cilt Takım</t>
+          <t>Sadece Ben</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>4000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256757882</t>
+          <t>9786059603553</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Maverdi Tefsiri - 12. Cilt</t>
+          <t>Hayata Bir De Böyle Bak</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256757707</t>
+          <t>9786052153994</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Maverdi Tefsiri - 11. Cilt</t>
+          <t>Sana Bir Müjdem Var</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256757486</t>
+          <t>9786054041954</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Maverdi Tefsiri - 10. Cilt</t>
+          <t>İşte Bu Peygamber</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256757721</t>
+          <t>9786054486090</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Cennet Yolundaki Engeller - Mesaviul Ahlak ve Mezmumuha ve Taraiku Mekruhiha</t>
+          <t>Hayatu’s - Sahabe (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256757868</t>
+          <t>9786054486533</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Din Kardeşlerime Yol Gösterici Mesajlar</t>
+          <t>Fıkıh Usulü - Termo Deri - Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>150</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256757820</t>
+          <t>9786054486380</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz s.a.v Hz. Ali’ye Ne Dedi- Gadir-i Hum Hadisinin Tahlili</t>
+          <t>Çıkış Yolu Nerede?</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256757851</t>
+          <t>9786054041336</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Resulullah’in (Sav) Kabri - Tasviri, Tarihi, Ziyaret Adabı</t>
+          <t>Cennetle Müjdelenen 30 Sahabi</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256757561</t>
+          <t>9789757561958</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Resulullah’ın (sav) Bir Günü</t>
+          <t>Çocuklar İçin Ahlak Dersleri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256400931</t>
+          <t>9786054041404</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sünneti Doğru Anlamak - Şerhu Müşkilil Asar - 5. Cilt (Ciltli)</t>
+          <t>Hanım Sahabiler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256757011</t>
+          <t>9786054997572</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sünneti Doğru Anlamak - Şerhu Müşkilil Asar - 6. Cilt (Ciltli)</t>
+          <t>Kur'an Diyor ki</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256757066</t>
+          <t>9786054997626</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sünneti Doğru Anlamak - Şerhu Müşkilil Asar - 7. Cilt (Ciltli)</t>
+          <t>Aylaynırlı Kız</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256400849</t>
+          <t>9786059603744</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sahihi Buhari Şerhi - et-Tavdih Li Şerhil Camii's Sahih - 1. Cilt (Ciltli)</t>
+          <t>Putunu Kır ve Mütevazı Ol</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256400856</t>
+          <t>9786054486663</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sahihi Buhari Şerhi - et-Tavdih Li Şerhil Camii's Sahih - 2. Cilt (Ciltli)</t>
+          <t>20. Asrın Cahiliyesi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257495257</t>
+          <t>9786054486359</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İman İklimi</t>
+          <t>Tut Elimden</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059603454</t>
+          <t>9786054997183</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Tarihi (3 Cilt Takım) (Ciltli)</t>
+          <t>Kur'an'da Tevhid</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>2400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059603713</t>
+          <t>9786054486953</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İmtihan</t>
+          <t>İslami Tarih Yorumu</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054486700</t>
+          <t>9786054486984</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Peygamber'den Parıltılar</t>
+          <t>İslam-Kapitalizm Çatışması</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256757738</t>
+          <t>9786054997060</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Batıl Fırka ve Hadis İnkarcıları</t>
+          <t>Çağdaş Uygarlığın Sorunları ve İslam</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256757578</t>
+          <t>9786052153567</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Edep ve Ahlakı (4 Cilt Takım)</t>
+          <t>Güzel Ahlak</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>3000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256400733</t>
+          <t>9786256757981</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam Ahlakı - El-Adab Arapça Metinli</t>
+          <t>El Minhac Nübüvvet Mirasından Amel İlkeleri</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256400306</t>
+          <t>9786256757912</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kadınlara Özgü Haller ve Hükümler</t>
+          <t>Deccal'in Postalı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>125</v>
+        <v>500</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256757509</t>
+          <t>9786256757905</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresi Tefsiri</t>
+          <t>Küresel Tufan</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256757714</t>
+          <t>9003251750982</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Oruç Hükümleri ve Hikmetleri</t>
+          <t>Medine Hatlı Renkli Kuranı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256757103</t>
+          <t>9786256757929</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>En Hayırlı Amel Salih Amel – 2 Cilt Takım</t>
+          <t>Anne Yaşamak İstiyorum</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>1250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256757554</t>
+          <t>9786256757776</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>250 Manzum Hadis-i Şerif</t>
+          <t>Fıkıh Usulü - el İhkam fi Usulil Ahkam - 4 Cilt Takım</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>125</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256757219</t>
+          <t>9786256757882</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İbn Atıyye Tefsiri – 2. Cilt</t>
+          <t>Maverdi Tefsiri - 12. Cilt</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256400498</t>
+          <t>9786256757707</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Şüphelerle Mücadele Rehberi</t>
+          <t>Maverdi Tefsiri - 11. Cilt</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257495943</t>
+          <t>9786256757486</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bir Anne Değişiyor</t>
+          <t>Maverdi Tefsiri - 10. Cilt</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257495288</t>
+          <t>9786256757721</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>İmanı Hayata Tercih Etmek (Ciltli)</t>
+          <t>Hadislerle Cennet Yolundaki Engeller - Mesaviul Ahlak ve Mezmumuha ve Taraiku Mekruhiha</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057828774</t>
+          <t>9786256757868</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Mevsimi (Ciltli)</t>
+          <t>Din Kardeşlerime Yol Gösterici Mesajlar</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054997404</t>
+          <t>9786256757820</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yolun Sonu</t>
+          <t>Peygamberimiz s.a.v Hz. Ali’ye Ne Dedi- Gadir-i Hum Hadisinin Tahlili</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054041046</t>
+          <t>9786256757851</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Toprak Gönüllüler</t>
+          <t>Resulullah’in (Sav) Kabri - Tasviri, Tarihi, Ziyaret Adabı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054486601</t>
+          <t>9786256757561</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler</t>
+          <t>Resulullah’ın (sav) Bir Günü</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054486243</t>
+          <t>9786256400931</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Şefaat Tefsiri</t>
+          <t>Sünneti Doğru Anlamak - Şerhu Müşkilil Asar - 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>325</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054486182</t>
+          <t>9786256757011</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerin İslami Temelleri</t>
+          <t>Sünneti Doğru Anlamak - Şerhu Müşkilil Asar - 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786054486540</t>
+          <t>9786256757066</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Sevda Uğruna</t>
+          <t>Sünneti Doğru Anlamak - Şerhu Müşkilil Asar - 7. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789757561583</t>
+          <t>9786256400849</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sarsılmadan Uyanmak</t>
+          <t>Sahihi Buhari Şerhi - et-Tavdih Li Şerhil Camii's Sahih - 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>140</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054041039</t>
+          <t>9786256400856</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Portakal Kızım</t>
+          <t>Sahihi Buhari Şerhi - et-Tavdih Li Şerhil Camii's Sahih - 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>240</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789757561569</t>
+          <t>9786257495257</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden Ölenler</t>
+          <t>İman İklimi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786054486519</t>
+          <t>9786059603454</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Nefislerimizi Nasıl Değiştirebiliriz?</t>
+          <t>Tefsir Tarihi (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>150</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054486618</t>
+          <t>9786059603713</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Yöntem (Ciltli)</t>
+          <t>İmtihan</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>850</v>
+        <v>80</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789757561859</t>
+          <t>9786054486700</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlardaki Yenilgi Psikolojisi</t>
+          <t>Peygamber'den Parıltılar</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054486427</t>
+          <t>9786256757738</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Gencin Sorumlulukları</t>
+          <t>Batıl Fırka ve Hadis İnkarcıları</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054486274</t>
+          <t>9786256757578</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İslam Davetçilerine Eğitim Rehberi (Ciltli)</t>
+          <t>Hz. Peygamber’in Edep ve Ahlakı (4 Cilt Takım)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>900</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054486083</t>
+          <t>9786256400733</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaidi (Ciltli)</t>
+          <t>Hadislerle İslam Ahlakı - El-Adab Arapça Metinli</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>1400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054041756</t>
+          <t>9786256400306</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Namaz Kılma Şekli (2. Hamur)</t>
+          <t>Kadınlara Özgü Haller ve Hükümler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789757561972</t>
+          <t>9786256757509</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’den Hanımlara 50 Nasihat</t>
+          <t>Fatiha Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054486168</t>
+          <t>9786256757714</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ali</t>
+          <t>Oruç Hükümleri ve Hikmetleri</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054486038</t>
+          <t>9786256757103</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Kuşatan Yönleriyle Tevhid</t>
+          <t>En Hayırlı Amel Salih Amel – 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>125</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054041275</t>
+          <t>9786256757554</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım (Ciltsiz)</t>
+          <t>250 Manzum Hadis-i Şerif</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789757561989</t>
+          <t>9786256757219</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Hanımlara Fetvalar</t>
+          <t>İbn Atıyye Tefsiri – 2. Cilt</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>400</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052153949</t>
+          <t>9786256400498</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Güller Solmasın</t>
+          <t>Çağdaş Şüphelerle Mücadele Rehberi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054041152</t>
+          <t>9786257495943</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Görgü Kuralları</t>
+          <t>Bir Anne Değişiyor</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789757561729</t>
+          <t>9786257495288</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Hiç Bir Kadın Onlar Gibi Olmadı</t>
+          <t>İmanı Hayata Tercih Etmek (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054486076</t>
+          <t>9786057828774</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Davetçinin Ruh Terbiyesi</t>
+          <t>Kur'an Mevsimi (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054041640</t>
+          <t>9786054997404</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Çilekeş Müslümanlar</t>
+          <t>Yolun Sonu</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054486472</t>
+          <t>9786054041046</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İnançlar Düşünceler (2 Cilt Takım) (Ciltli)</t>
+          <t>Toprak Gönüllüler</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>2200</v>
+        <v>200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054486045</t>
+          <t>9786054486601</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Fikir Akımları (1-2-3) (Ciltli)</t>
+          <t>Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>1100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054486687</t>
+          <t>9786054486243</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Benzerini Getiremezler</t>
+          <t>Şefaat Tefsiri</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789757561965</t>
+          <t>9786054486182</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Beni Ne Zaman Dinleyeceksiniz?</t>
+          <t>Sosyal Bilimlerin İslami Temelleri</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054486571</t>
+          <t>9786054486540</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya Dile Geldi</t>
+          <t>Sevda Uğruna</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786054486557</t>
+          <t>9789757561583</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Ahkamu’l-Kur’an (3 Cilt Takım) (Ciltli)</t>
+          <t>Sarsılmadan Uyanmak</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>2850</v>
+        <v>140</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054486175</t>
+          <t>9786054041039</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ömer Bin Abdülaziz</t>
+          <t>Portakal Kızım</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789757561811</t>
+          <t>9789757561569</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Hayatü’s Sahabe</t>
+          <t>Ölmeden Ölenler</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054041411</t>
+          <t>9786054486519</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kıssaları</t>
+          <t>Nefislerimizi Nasıl Değiştirebiliriz?</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789757561873</t>
+          <t>9786054486618</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Peygamberimizin Metodu</t>
+          <t>Nebevi Yöntem (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>150</v>
+        <v>850</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057828262</t>
+          <t>9789757561859</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Ramazan Dersleri</t>
+          <t>Müslümanlardaki Yenilgi Psikolojisi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256757479</t>
+          <t>9786054486427</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Hayatına Yön Veren Kırk Hadis</t>
+          <t>Müslüman Gencin Sorumlulukları</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>210</v>
+        <v>80</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256757196</t>
+          <t>9786054486274</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İbn Atıyye Tefsiri – 2 Cilt Takım</t>
+          <t>İslam Davetçilerine Eğitim Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>2000</v>
+        <v>900</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256757189</t>
+          <t>9786054486083</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Vahidi Tefsiri – 1. Cilt</t>
+          <t>İslam Akaidi (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>1000</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256757202</t>
+          <t>9786054041756</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İbn Atıyye Tefsiri - 1. Cilt</t>
+          <t>Hz. Peygamber’in Namaz Kılma Şekli (2. Hamur)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256757257</t>
+          <t>9789757561972</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Gazze Direniş</t>
+          <t>Hz. Peygamber’den Hanımlara 50 Nasihat</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256757080</t>
+          <t>9786054486168</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Fıkhı Kenzü'd-Dekaik</t>
+          <t>Hazreti Ali</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257495899</t>
+          <t>9786054486038</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Alusi Tefsiri - 2 Cilt Takım</t>
+          <t>Hayatı Kuşatan Yönleriyle Tevhid</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>2000</v>
+        <v>125</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>2770000043267</t>
+          <t>9786054041275</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Es Seyyid Seti - 8 Kitap</t>
+          <t>Hatıralarım (Ciltsiz)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>990</v>
+        <v>300</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256757233</t>
+          <t>9789757561989</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ebu Zehra Tefsiri - Zehretüt Tefasir - 1. Cilt (Ciltli)</t>
+          <t>Hanımlara Fetvalar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>1000</v>
+        <v>400</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256757226</t>
+          <t>9786052153949</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ebu Zehra Tefsiri - Zehretüt Tefasir - 2 Cilt Takım (Ciltli)</t>
+          <t>Güller Solmasın</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>2000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256757240</t>
+          <t>9786054041152</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ebu Zehra Tefsiri - Zehretüt Tefasir - 2. Cilt (Ciltli)</t>
+          <t>Görgü Kuralları</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256757141</t>
+          <t>9789757561729</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri 4. Cilt (Ciltli)</t>
+          <t>Hiç Bir Kadın Onlar Gibi Olmadı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256757028</t>
+          <t>9786054486076</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri 3. Cilt (Ciltli)</t>
+          <t>Davetçinin Ruh Terbiyesi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057825743</t>
+          <t>9786054041640</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sünnet Ve İslam Hukukundaki Yeri - Termo Deri - Yeşil (Ciltli)</t>
+          <t>Çilekeş Müslümanlar</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>2770000043366</t>
+          <t>9786054486472</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sünnet Ve İslam Hukukundaki Yeri - Termo Deri - Kahverengi (Ciltli)</t>
+          <t>Çağdaş İnançlar Düşünceler (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>650</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>2770000043380</t>
+          <t>9786054486045</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve İslam Hukukundaki Yeri - Termo Deri - Bordo (Ciltli)</t>
+          <t>Çağdaş Fikir Akımları (1-2-3) (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>650</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>2770000043250</t>
+          <t>9786054486687</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Soner Duman Seti - 7 Kitap</t>
+          <t>Benzerini Getiremezler</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>1935</v>
+        <v>300</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>2770000043243</t>
+          <t>9789757561965</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sınanma Öyküleri Seti - 6 Kitap</t>
+          <t>Beni Ne Zaman Dinleyeceksiniz?</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>2770000043205</t>
+          <t>9786054486571</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Portakal Kızım Seti - 6 Kitap</t>
+          <t>Ayasofya Dile Geldi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>1020</v>
+        <v>150</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256757035</t>
+          <t>9786054486557</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Sünneti Doğru Anlamak - Şerhu Müşkilil Asar - 4. Cilt</t>
+          <t>Ahkamu’l-Kur’an (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>1000</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257495325</t>
+          <t>9786054486175</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Maverdi Tefsiri - en-Nüketü Vel Uyun Tefsirul Maverdi - 12 Cilt Takım (Ciltli)</t>
+          <t>Hazreti Ömer Bin Abdülaziz</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>12000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256757165</t>
+          <t>9789757561811</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Maverdi Tefsiri - en-Nüketü Vel Uyun Tefsirul Maverdi - 9. Cilt (Ciltli)</t>
+          <t>Çocuklar İçin Hayatü’s Sahabe</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256757158</t>
+          <t>9786054041411</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Maverdi Tefsiri - en-Nüketü Vel Uyun Tefsirul Maverdi - 8. Cilt (Ciltli)</t>
+          <t>Kur’an Kıssaları</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256400399</t>
+          <t>9789757561873</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kuran ve Sünnet Işığında Üç Aylar ve Ramazan</t>
+          <t>Çocuk Eğitiminde Peygamberimizin Metodu</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786054997398</t>
+          <t>9786057828262</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Sireti Ahlakı ve Daveti - Tek Cilt (Ciltli)</t>
+          <t>Hadislerle Ramazan Dersleri</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257495486</t>
+          <t>9786256757479</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Bahrul Muhit - 2 Cilt Takım (Ciltli)</t>
+          <t>Müslümanın Hayatına Yön Veren Kırk Hadis</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>2000</v>
+        <v>210</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>2770000043328</t>
+          <t>9786256757196</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Tefsiri-Termo Deri - Turkuaz (Ciltli)</t>
+          <t>İbn Atıyye Tefsiri – 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>1300</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>2770000043311</t>
+          <t>9786256757189</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Tefsiri-Termo Deri- Pembe (Ciltli)</t>
+          <t>Vahidi Tefsiri – 1. Cilt</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>1300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>2770000043304</t>
+          <t>9786256757202</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Tefsiri-Termo Deri- Mavi (Ciltli)</t>
+          <t>İbn Atıyye Tefsiri - 1. Cilt</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>1300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>2770000043298</t>
+          <t>9786256757257</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Tefsiri-Termo Deri- Kırmızı (Ciltli)</t>
+          <t>Gazze Direniş</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>1300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>2770000043281</t>
+          <t>9786256757080</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Tefsiri-Termo Deri- Kahverengi (Ciltli)</t>
+          <t>Hanefi Fıkhı Kenzü'd-Dekaik</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>1300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>2770000043274</t>
+          <t>9786257495899</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Tefsiri-Termo Deri- Gri (Ciltli)</t>
+          <t>Alusi Tefsiri - 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>1300</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256757271</t>
+          <t>2770000043267</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Filistin Anladığı Dilden</t>
+          <t>Ahmed Es Seyyid Seti - 8 Kitap</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>190</v>
+        <v>990</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256757097</t>
+          <t>9786256757233</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Ateş Harlandı</t>
+          <t>Muhammed Ebu Zehra Tefsiri - Zehretüt Tefasir - 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>190</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256757264</t>
+          <t>9786256757226</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Adamın Dibi</t>
+          <t>Muhammed Ebu Zehra Tefsiri - Zehretüt Tefasir - 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>200</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256400764</t>
+          <t>9786256757240</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri 2. Cilt (Ciltli)</t>
+          <t>Muhammed Ebu Zehra Tefsiri - Zehretüt Tefasir - 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256400757</t>
+          <t>9786256757141</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri 1. Cilt (Ciltli)</t>
+          <t>Taberi Tefsiri 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256400863</t>
+          <t>9786256757028</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>İbn Cüzey Tefsiri (5 Cilt Takım)</t>
+          <t>Taberi Tefsiri 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>5000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256400221</t>
+          <t>9786057825743</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Müsned (9. Cilt - Arapça Metinsiz)</t>
+          <t>Sünnet Ve İslam Hukukundaki Yeri - Termo Deri - Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256400184</t>
+          <t>2770000043366</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Müsned (7. Cilt - Arapça Metinsiz)</t>
+          <t>Sünnet Ve İslam Hukukundaki Yeri - Termo Deri - Kahverengi (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256400214</t>
+          <t>2770000043380</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Müsned (8. Cilt - Arapça Metinsiz)</t>
+          <t>Sünnet ve İslam Hukukundaki Yeri - Termo Deri - Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256400139</t>
+          <t>2770000043250</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Müsned (9. Cilt - Arapça Metinli) (Ciltli)</t>
+          <t>Soner Duman Seti - 7 Kitap</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>1000</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256400115</t>
+          <t>2770000043243</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Müsned (7. Cilt - Arapça Metinli) (Ciltli)</t>
+          <t>Sınanma Öyküleri Seti - 6 Kitap</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>1000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256400719</t>
+          <t>2770000043205</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Islah Metodolojisi</t>
+          <t>Portakal Kızım Seti - 6 Kitap</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>190</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256400726</t>
+          <t>9786256757035</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>İslam Dinini Güzellikleri</t>
+          <t>Sünneti Doğru Anlamak - Şerhu Müşkilil Asar - 4. Cilt</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>130</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256400481</t>
+          <t>9786257495325</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İslam İnancı</t>
+          <t>Maverdi Tefsiri - en-Nüketü Vel Uyun Tefsirul Maverdi - 12 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>130</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256400054</t>
+          <t>9786256757165</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Metodolojik Hatalar - İslam Karşıtı Söylemlerde Bulunan</t>
+          <t>Maverdi Tefsiri - en-Nüketü Vel Uyun Tefsirul Maverdi - 9. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>70</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256400573</t>
+          <t>9786256757158</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Elif-Be'si</t>
+          <t>Maverdi Tefsiri - en-Nüketü Vel Uyun Tefsirul Maverdi - 8. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>50</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256400443</t>
+          <t>9786256400399</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kuyu - Sınanma Öyküleri</t>
+          <t>Kuran ve Sünnet Işığında Üç Aylar ve Ramazan</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256400313</t>
+          <t>9786054997398</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ma'ani'l-Kuran ve İ'Rabuh Seti - Zeccac Tefsiri - 6 Kitap Takım (Ciltli)</t>
+          <t>Hz. Peygamber'in Sireti Ahlakı ve Daveti - Tek Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>6000</v>
+        <v>800</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256400436</t>
+          <t>9786257495486</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Mucize - Sınanma Öyküleri</t>
+          <t>Bahrul Muhit - 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>100</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256400467</t>
+          <t>2770000043328</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Sarsıntı - Sınanma Öyküleri</t>
+          <t>Amme Cüzü Tefsiri-Termo Deri - Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>100</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256400450</t>
+          <t>2770000043311</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Sır Yumağı - Sınanma Öyküleri</t>
+          <t>Amme Cüzü Tefsiri-Termo Deri- Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>100</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256400474</t>
+          <t>2770000043304</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Sünnette Şüphe mi var?</t>
+          <t>Amme Cüzü Tefsiri-Termo Deri- Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>140</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256400108</t>
+          <t>2770000043298</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Gençliğe</t>
+          <t>Amme Cüzü Tefsiri-Termo Deri- Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>210</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256400412</t>
+          <t>2770000043281</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Yurtsuzlar - Sınanma Öyküleri</t>
+          <t>Amme Cüzü Tefsiri-Termo Deri- Kahverengi (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>100</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257495851</t>
+          <t>2770000043274</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Et-Turuku'l Hukmiyye Tercümesi</t>
+          <t>Amme Cüzü Tefsiri-Termo Deri- Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>1100</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256400061</t>
+          <t>9786256757271</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Düşünce</t>
+          <t>Filistin Anladığı Dilden</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>75</v>
+        <v>190</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256400429</t>
+          <t>9786256757097</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Araf - Sınanma Öyküleri</t>
+          <t>Ateş Harlandı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057828484</t>
+          <t>9786256757264</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Dokunan Öğretmen</t>
+          <t>Adamın Dibi</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786054997657</t>
+          <t>9786256400764</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Huzur Akademisi Eğitim Çalışması 3. Sınıf</t>
+          <t>Taberi Tefsiri 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>550</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256400078</t>
+          <t>9786256400757</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Mevsuat (Ahlak ve Zühd) 2 Cilt Takım (Ciltli)</t>
+          <t>Taberi Tefsiri 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>1500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257495905</t>
+          <t>9786256400863</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Alusi Tefsiri 1. Cilt</t>
+          <t>İbn Cüzey Tefsiri (5 Cilt Takım)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>1000</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257495912</t>
+          <t>9786256400221</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Alusi Tefsiri 2. Cilt</t>
+          <t>Müsned (9. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257495653</t>
+          <t>9786256400184</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Maverdî Tefsiri 6. Cilt</t>
+          <t>Müsned (7. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257495646</t>
+          <t>9786256400214</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Maverdİ Tefsiri 5. Cilt</t>
+          <t>Müsned (8. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257495639</t>
+          <t>9786256400139</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Maverdî Tefsiri 4. Cilt</t>
+          <t>Müsned (9. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>850</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257495622</t>
+          <t>9786256400115</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Maverdî Tefsiri 3. Cilt</t>
+          <t>Müsned (7. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256400009</t>
+          <t>9786256400719</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Şükran</t>
+          <t>Islah Metodolojisi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257495868</t>
+          <t>9786256400726</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Mebahis Fî Ulümi’l-Kur’an</t>
+          <t>İslam Dinini Güzellikleri</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>1000</v>
+        <v>130</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257495981</t>
+          <t>9786256400481</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>En-Nüru’l-Mübin Fi Kavaʻidi Akaidi’d-Din</t>
+          <t>İslam İnancı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257495950</t>
+          <t>9786256400054</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Takrbü’l-Vusul İla ʿilmi’l-Usul</t>
+          <t>Metodolojik Hatalar - İslam Karşıtı Söylemlerde Bulunan</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>325</v>
+        <v>70</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257495714</t>
+          <t>9786256400573</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Şerhu Müşkilil Asar - 3</t>
+          <t>Kuranı Kerim Elif-Be'si</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>1000</v>
+        <v>50</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257495820</t>
+          <t>9786256400443</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Her Konuda Örneğimiz Hz. Muhammed (S.A.S.) Hayatı, Ahlâkı, Şahsiyeti</t>
+          <t>Kuyu - Sınanma Öyküleri</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257495813</t>
+          <t>9786256400313</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Müslüman ve Ahlak</t>
+          <t>Ma'ani'l-Kuran ve İ'Rabuh Seti - Zeccac Tefsiri - 6 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>300</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257495028</t>
+          <t>9786256400436</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>İman ve İbadet Bilgisi - Yedinci Kitap</t>
+          <t>Mucize - Sınanma Öyküleri</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257495875</t>
+          <t>9786256400467</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinden Dersler</t>
+          <t>Sarsıntı - Sınanma Öyküleri</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257495745</t>
+          <t>9786256400450</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Engellilerin Dünyası</t>
+          <t>Sır Yumağı - Sınanma Öyküleri</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257495035</t>
+          <t>9786256400474</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>İman ve İbadet Bilgisi - Sekizinci Kitap</t>
+          <t>Sünnette Şüphe mi var?</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059603409</t>
+          <t>9786256400108</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İman ve İbadet Bilgisi - Altıncı Kitap</t>
+          <t>Yeni Nesil Gençliğe</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052153000</t>
+          <t>9786256400412</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's-Salihin (Küçük Boy)</t>
+          <t>Yurtsuzlar - Sınanma Öyküleri</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257495684</t>
+          <t>9786257495851</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>El-Fakih Ve'l-Mütefakkih (2 Cilt) (Ciltli)</t>
+          <t>Et-Turuku'l Hukmiyye Tercümesi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>1500</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057828620</t>
+          <t>9786256400061</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Buhari ve Müslim'in İttifak Ettikleri Hadisler</t>
+          <t>Eleştirel Düşünce</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>450</v>
+        <v>75</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257495776</t>
+          <t>9786256400429</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Cennete Doğru El Ele</t>
+          <t>Araf - Sınanma Öyküleri</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257495295</t>
+          <t>9786057828484</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Siz Gerçeği Bilmek Değil Kandırılmak İstiyorsunuz</t>
+          <t>Kalbe Dokunan Öğretmen</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257495738</t>
+          <t>9786054997657</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Her Derde Deva</t>
+          <t>Huzur Akademisi Eğitim Çalışması 3. Sınıf</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786258085082</t>
+          <t>9786256400078</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Faziletleri</t>
+          <t>Mevsuat (Ahlak ve Zühd) 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>150</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786257495332</t>
+          <t>9786257495905</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Maverdi Tefsiri 1. Cilt (Ciltli)</t>
+          <t>Alusi Tefsiri 1. Cilt</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>850</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257495721</t>
+          <t>9786257495912</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Ruhumu Demliyorum</t>
+          <t>Alusi Tefsiri 2. Cilt</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>125</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057828637</t>
+          <t>9786257495653</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Sahihi Buhari</t>
+          <t>Maverdî Tefsiri 6. Cilt</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>450</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786257495011</t>
+          <t>9786257495646</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Modern Dönem İslam Ülkeleri Tarihi</t>
+          <t>Maverdİ Tefsiri 5. Cilt</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>210</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057828002</t>
+          <t>9786257495639</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadına</t>
+          <t>Maverdî Tefsiri 4. Cilt</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>60</v>
+        <v>850</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786257495165</t>
+          <t>9786257495622</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Şatibide Makasıdi Kaideler</t>
+          <t>Maverdî Tefsiri 3. Cilt</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257495493</t>
+          <t>9786256400009</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Bahrul Muhit 1. Cilt (Ciltli)</t>
+          <t>Şükran</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257495370</t>
+          <t>9786257495868</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Müsned (6. Cilt - Arapça Metinli) (Ciltli)</t>
+          <t>Mebahis Fî Ulümi’l-Kur’an</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257495363</t>
+          <t>9786257495981</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Müsned (5. Cilt - Arapça Metinli) (Ciltli)</t>
+          <t>En-Nüru’l-Mübin Fi Kavaʻidi Akaidi’d-Din</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257495301</t>
+          <t>9786257495950</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Müsned (5. Cilt - Arapça Metinsiz)</t>
+          <t>Takrbü’l-Vusul İla ʿilmi’l-Usul</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257495356</t>
+          <t>9786257495714</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Müsned (4. Cilt - Arapça Metinli) (Ciltli)</t>
+          <t>Şerhu Müşkilil Asar - 3</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057828996</t>
+          <t>9786257495820</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Müsned (4. Cilt - Arapça Metinsiz)</t>
+          <t>Her Konuda Örneğimiz Hz. Muhammed (S.A.S.) Hayatı, Ahlâkı, Şahsiyeti</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257495608</t>
+          <t>9786257495813</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Şerhu Müşkilil Asar 2 (Ciltli)</t>
+          <t>Müslüman ve Ahlak</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257495271</t>
+          <t>9786257495028</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Hicret Yolunda</t>
+          <t>İman ve İbadet Bilgisi - Yedinci Kitap</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257495233</t>
+          <t>9786257495875</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonu</t>
+          <t>İslam Medeniyetinden Dersler</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257495004</t>
+          <t>9786257495745</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerimin Faziletleri (Ciltli)</t>
+          <t>Engellilerin Dünyası</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>800</v>
+        <v>190</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257495196</t>
+          <t>9786257495035</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Mecmaul Bahreyn ve Mültekan Neyyireyn (Ciltli)</t>
+          <t>İman ve İbadet Bilgisi - Sekizinci Kitap</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>1100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257495240</t>
+          <t>9786059603409</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Orucun Faziletleri Gayesi ve Faydaları</t>
+          <t>İman ve İbadet Bilgisi - Altıncı Kitap</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257495226</t>
+          <t>9786052153000</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Savaşmadan Kazanmak</t>
+          <t>Riyazü's-Salihin (Küçük Boy)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786057828811</t>
+          <t>9786257495684</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Mekkenin Firavunları</t>
+          <t>El-Fakih Ve'l-Mütefakkih (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>200</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786057828880</t>
+          <t>9786057828620</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Müsned (2. Cilt - Arapça Metinsiz)</t>
+          <t>Buhari ve Müslim'in İttifak Ettikleri Hadisler</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786054997947</t>
+          <t>9786257495776</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Şifadır</t>
+          <t>Cennete Doğru El Ele</t>
         </is>
       </c>
       <c r="C322" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057828248</t>
+          <t>9786257495295</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar</t>
+          <t>Siz Gerçeği Bilmek Değil Kandırılmak İstiyorsunuz</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257495059</t>
+          <t>9786257495738</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>İstersen Konuşalım</t>
+          <t>Her Derde Deva</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786057828743</t>
+          <t>9786258085082</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Sünnet Ve İslam Hukukundaki Yeri</t>
+          <t>Kur’an’ın Faziletleri</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>900</v>
+        <v>150</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257495042</t>
+          <t>9786257495332</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaidine Giriş</t>
+          <t>Maverdi Tefsiri 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>300</v>
+        <v>850</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786057828941</t>
+          <t>9786257495721</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Şerhu Müşkilil Asar</t>
+          <t>Ruhumu Demliyorum</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>1000</v>
+        <v>125</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057828651</t>
+          <t>9786057828637</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>irticacı</t>
+          <t>Muhtasar Sahihi Buhari</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786057828705</t>
+          <t>9786257495011</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Şok Etkisi Ölüm</t>
+          <t>Modern Dönem İslam Ülkeleri Tarihi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786057828316</t>
+          <t>9786057828002</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Talut İle Calut İman İle Küfrün Savaşı</t>
+          <t>Müslüman Kadına</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>125</v>
+        <v>60</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057828323</t>
+          <t>9786257495165</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İman Ve Hayat Sözleri</t>
+          <t>Şatibide Makasıdi Kaideler</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786054486908</t>
+          <t>9786257495493</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler</t>
+          <t>Bahrul Muhit 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786057828330</t>
+          <t>9786257495370</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>İman Ve Hayat Hadisleri</t>
+          <t>Müsned (6. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>50</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786054997381</t>
+          <t>9786257495363</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler 3</t>
+          <t>Müsned (5. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786057828354</t>
+          <t>9786257495301</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>İman Ve Hayat Ayetleri</t>
+          <t>Müsned (5. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786057828293</t>
+          <t>9786257495356</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Temel Fıkhi Bilgiler</t>
+          <t>Müsned (4. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059603577</t>
+          <t>9786057828996</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Helal Av Rehberi</t>
+          <t>Müsned (4. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059603874</t>
+          <t>9786257495608</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Güncel Hadis Yorumları</t>
+          <t>Şerhu Müşkilil Asar 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786057828422</t>
+          <t>9786257495271</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Evlilikte Mutluluğun Sırları</t>
+          <t>Hicret Yolunda</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057828408</t>
+          <t>9786257495233</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>El Münteka Min Ahbaril Mustafa Hadislerle İslam Fıkhı (Ciltli)</t>
+          <t>Dünyanın Sonu</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>5000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057828699</t>
+          <t>9786257495004</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Denge</t>
+          <t>Kuranı Kerimin Faziletleri (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786057828835</t>
+          <t>9786257495196</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Daniş Bir Cennet Delisi</t>
+          <t>Mecmaul Bahreyn ve Mültekan Neyyireyn (Ciltli)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>190</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786057828491</t>
+          <t>9786257495240</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Başarının Kahramanı Sen Ol Başarı Yolu</t>
+          <t>Orucun Faziletleri Gayesi ve Faydaları</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257495066</t>
+          <t>9786257495226</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Anlayana Sivrisinek Saz</t>
+          <t>Savaşmadan Kazanmak</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257495073</t>
+          <t>9786057828811</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Anladıysan Bu İş Senin</t>
+          <t>Mekkenin Firavunları</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057828804</t>
+          <t>9786057828880</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam</t>
+          <t>Müsned (2. Cilt - Arapça Metinsiz)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786057828477</t>
+          <t>9786054997947</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Ailede Genç Eğitimi</t>
+          <t>Kur’an Şifadır</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057828378</t>
+          <t>9786057828248</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>40 Büyük İslam Alımı</t>
+          <t>Kavramlar</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>1000883103879</t>
+          <t>9786257495059</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Muslim Tercemesi - Fihrist (Ciltli)</t>
+          <t>İstersen Konuşalım</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786054041473</t>
+          <t>9786057828743</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Güneş Doğudan Doğar</t>
+          <t>Sünnet Ve İslam Hukukundaki Yeri</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789757561446</t>
+          <t>9786257495042</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Yıldızları - 60 Seçkin Sahabe Hayatı (2. Hamur) (Ciltli)</t>
+          <t>İslam Akaidine Giriş</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786054041565</t>
+          <t>9786057828941</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Yıldızları - 60 Seçkin Sahabe Hayatı (1. Hamur) (Ciltli)</t>
+          <t>Şerhu Müşkilil Asar</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786054486632</t>
+          <t>9786057828651</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Konumumuz (Ciltli)</t>
+          <t>irticacı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786057828095</t>
+          <t>9786057828705</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Ailede Çocuk Eğitimi</t>
+          <t>Şok Etkisi Ölüm</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052153796</t>
+          <t>9786057828316</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Eğitimcinin El Kitabı</t>
+          <t>Talut İle Calut İman İle Küfrün Savaşı</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052153697</t>
+          <t>9786057828323</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Gülebilmek</t>
+          <t>İman Ve Hayat Sözleri</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257495172</t>
+          <t>9786054486908</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Eğitim Yöntemleri - Eğitimde Nebevi Metotlar</t>
+          <t>Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257495141</t>
+          <t>9786057828330</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnet Işığında Asrımızın Sorularına Cevaplar (Ciltli)</t>
+          <t>İman Ve Hayat Hadisleri</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>670</v>
+        <v>50</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257495134</t>
+          <t>9786054997381</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnet Işığında Asrımızın Sorularına Cevaplar (Ciltli)</t>
+          <t>Temel Dini Bilgiler 3</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>670</v>
+        <v>250</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786057828903</t>
+          <t>9786057828354</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Boz Atlı Hızır</t>
+          <t>İman Ve Hayat Ayetleri</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786057828118</t>
+          <t>9786057828293</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Abbasiler Tarihi</t>
+          <t>Temel Fıkhi Bilgiler</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786057828859</t>
+          <t>9786059603577</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Müsned (1. Cilt - Arapça Metinli) (Ciltli)</t>
+          <t>Helal Av Rehberi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786057828972</t>
+          <t>9786059603874</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Müsned (3. Cilt - Arapça Metinli) (Ciltli)</t>
+          <t>Güncel Hadis Yorumları</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786057828965</t>
+          <t>9786057828422</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Müsned (2. Cilt - Arapça Metinli) (Ciltli)</t>
+          <t>Evlilikte Mutluluğun Sırları</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786057828910</t>
+          <t>9786057828408</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Müdafaası (Ciltli)</t>
+          <t>El Münteka Min Ahbaril Mustafa Hadislerle İslam Fıkhı (Ciltli)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>850</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786057828781</t>
+          <t>9786057828699</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kaliteli Mümin</t>
+          <t>Eğitimde Denge</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786057828736</t>
+          <t>9786057828835</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>İsyan</t>
+          <t>Daniş Bir Cennet Delisi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>325</v>
+        <v>190</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786057828729</t>
+          <t>9786057828491</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Yaman Çelişki</t>
+          <t>Başarının Kahramanı Sen Ol Başarı Yolu</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786057828040</t>
+          <t>9786257495066</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Hapı Yutmadan</t>
+          <t>Anlayana Sivrisinek Saz</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786057828453</t>
+          <t>9786257495073</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Asr Suresi Tefsiri</t>
+          <t>Anladıysan Bu İş Senin</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786057828590</t>
+          <t>9786057828804</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Sahih-i Buhari (Ciltli)</t>
+          <t>Ana Hatlarıyla İslam</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786057828460</t>
+          <t>9786057828477</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Sahih-i Buhari (Şamua) (Ciltli)</t>
+          <t>Ailede Genç Eğitimi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>1000</v>
+        <v>170</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786057828576</t>
+          <t>9786057828378</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Buhari ve Müslim'in İttifak Ettikleri Hadisler (Ciltli)</t>
+          <t>40 Büyük İslam Alımı</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786057828538</t>
+          <t>1000883103879</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bana Böyle Öğretti</t>
+          <t>Sahih-i Muslim Tercemesi - Fihrist (Ciltli)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786057828514</t>
+          <t>9786054041473</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Büyüklerimiz</t>
+          <t>Güneş Doğudan Doğar</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786057828521</t>
+          <t>9789757561446</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Hayatı Dersler ve İbretler</t>
+          <t>Yeryüzü Yıldızları - 60 Seçkin Sahabe Hayatı (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059603157</t>
+          <t>9786054041565</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>El-Edebül-Müfred (Küçük Boy-Arapça Metinli) (Ciltli)</t>
+          <t>Yeryüzü Yıldızları - 60 Seçkin Sahabe Hayatı (1. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>700</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786057828309</t>
+          <t>9786054486632</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>40 Büyük İslam Alimi (Ciltli)</t>
+          <t>Çağdaş Konumumuz (Ciltli)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>750</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786057828415</t>
+          <t>9786057828095</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Gardenya Çiçekleri</t>
+          <t>Ailede Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059603478</t>
+          <t>9786052153796</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>El-Edebü’l-Müfred - Hadis Dünyası Klasikleri 1 (Ciltli)</t>
+          <t>Eğitimcinin El Kitabı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059603546</t>
+          <t>9786052153697</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Namazın Sırları (Ciltli)</t>
+          <t>Ölüme Gülebilmek</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786057828231</t>
+          <t>9786257495172</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>El-Camiu's-Sağır (Ciltli)</t>
+          <t>Peygamberimizin Eğitim Yöntemleri - Eğitimde Nebevi Metotlar</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786057828187</t>
+          <t>9786257495141</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Keşfü'l-Hafa (4 Cilt Takım) (Ciltli)</t>
+          <t>Kur'an ve Sünnet Işığında Asrımızın Sorularına Cevaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>4000</v>
+        <v>670</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786057828156</t>
+          <t>9786257495134</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Büyük İhanet (Hadis İnkarı) (Ciltli)</t>
+          <t>Kur'an ve Sünnet Işığında Asrımızın Sorularına Cevaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>750</v>
+        <v>670</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052153598</t>
+          <t>9786057828903</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Kitabü’z-Zühd</t>
+          <t>Boz Atlı Hızır</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052153611</t>
+          <t>9786057828118</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kabir Korkusu</t>
+          <t>Abbasiler Tarihi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>160</v>
+        <v>700</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052153383</t>
+          <t>9786057828859</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Şekil Yapma!</t>
+          <t>Müsned (1. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052153550</t>
+          <t>9786057828972</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>İdareciliğin Altın Kuralları</t>
+          <t>Müsned (3. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>120</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052153215</t>
+          <t>9786057828965</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>İlk Dönem Hanefi Usulünde İllet Tartışmaları</t>
+          <t>Müsned (2. Cilt - Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052153987</t>
+          <t>9786057828910</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Ayar Etme Adamı</t>
+          <t>Kur’an-ı Kerim Müdafaası (Ciltli)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786057828071</t>
+          <t>9786057828781</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Günümüze Bakan Yönleri ve Örnekleriyle İslam’ın Ahlak Okulu</t>
+          <t>Kaliteli Mümin</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786057828057</t>
+          <t>9786057828736</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Dört Mezhebe Göre Delilleriyle Hac ve Umre İlmihali</t>
+          <t>İsyan</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052153963</t>
+          <t>9786057828729</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Bekleyiş</t>
+          <t>Yaman Çelişki</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052153888</t>
+          <t>9786057828040</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar</t>
+          <t>Hapı Yutmadan</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052153604</t>
+          <t>9786057828453</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Siyasi Durumumuz</t>
+          <t>Asr Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052153420</t>
+          <t>9786057828590</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Allah Bereket Versin</t>
+          <t>Muhtasar Sahih-i Buhari (Ciltli)</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>110</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052153666</t>
+          <t>9786057828460</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Ya Tevbe Etmeden Ölürsem</t>
+          <t>Muhtasar Sahih-i Buhari (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>80</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052153741</t>
+          <t>9786057828576</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Zahidlerin Dünyası</t>
+          <t>Buhari ve Müslim'in İttifak Ettikleri Hadisler (Ciltli)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052153765</t>
+          <t>9786057828538</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet</t>
+          <t>Hayat Bana Böyle Öğretti</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052153727</t>
+          <t>9786057828514</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Şemaili</t>
+          <t>Tarihe Yön Veren Büyüklerimiz</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052153710</t>
+          <t>9786057828521</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Şemaili (Arapça Metinli)</t>
+          <t>Hz. Muhammed'in Hayatı Dersler ve İbretler</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786052153772</t>
+          <t>9786059603157</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Raşid Halifeler</t>
+          <t>El-Edebül-Müfred (Küçük Boy-Arapça Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052153819</t>
+          <t>9786057828309</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Kudüs - Hatıralar ve Duyuşlar</t>
+          <t>40 Büyük İslam Alimi (Ciltli)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786052153734</t>
+          <t>9786057828415</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Sahabiler</t>
+          <t>Gardenya Çiçekleri</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786052153864</t>
+          <t>9786059603478</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>İbn Receb Tefsiri 4 Kitap Set (Ciltli)</t>
+          <t>El-Edebü’l-Müfred - Hadis Dünyası Klasikleri 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>4400</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786052153802</t>
+          <t>9786059603546</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulü</t>
+          <t>Namazın Sırları (Ciltli)</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786052153635</t>
+          <t>9786057828231</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Emeviler ve Emevi Devleti</t>
+          <t>El-Camiu's-Sağır (Ciltli)</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>650</v>
+        <v>900</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786052153680</t>
+          <t>9786057828187</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Davetçinin Ruh Haritası</t>
+          <t>Keşfü'l-Hafa (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>100</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059603294</t>
+          <t>9786057828156</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı (10 Kitap Takım)</t>
+          <t>Büyük İhanet (Hadis İnkarı) (Ciltli)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>1000</v>
+        <v>750</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059603805</t>
+          <t>9786052153598</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Saadet Yurdunun Anahtarı 2 Cilt Takım (Ciltli)</t>
+          <t>Kitabü’z-Zühd</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>1700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786052153314</t>
+          <t>9786052153611</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>İlmi Böyle Tahsil Ettiler</t>
+          <t>Kabir Korkusu</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786054997824</t>
+          <t>9786052153383</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis</t>
+          <t>Şekil Yapma!</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786054997114</t>
+          <t>9786052153550</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Düşünce ve Metod</t>
+          <t>İdareciliğin Altın Kuralları</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786054997848</t>
+          <t>9786052153215</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım (Ciltli)</t>
+          <t>İlk Dönem Hanefi Usulünde İllet Tartışmaları</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786052143789</t>
+          <t>9786052153987</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Namaz Öyküleri</t>
+          <t>Ayar Etme Adamı</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>85</v>
+        <v>250</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786052153574</t>
+          <t>9786057828071</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Ey Nefsim</t>
+          <t>Günümüze Bakan Yönleri ve Örnekleriyle İslam’ın Ahlak Okulu</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786054997015</t>
+          <t>9786057828057</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Din Budur</t>
+          <t>Dört Mezhebe Göre Delilleriyle Hac ve Umre İlmihali</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786059603225</t>
+          <t>9786052153963</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tenkidi</t>
+          <t>Bekleyiş</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786054997619</t>
+          <t>9786052153888</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>El-Adab</t>
+          <t>Sonbahar</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>325</v>
+        <v>100</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786054486250</t>
+          <t>9786052153604</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Seçkin Sahabelerin Hayatı - Yeryüzü Yıldızları (10 Kitap)</t>
+          <t>İslam ve Siyasi Durumumuz</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059603584</t>
+          <t>9786052153420</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Sayılı Günler</t>
+          <t>Allah Bereket Versin</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059603522</t>
+          <t>9786052153666</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>İslami Eğitim Metodu (Ciltli)</t>
+          <t>Ya Tevbe Etmeden Ölürsem</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>1100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789757561903</t>
+          <t>9786052153741</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Yıldızları - 60 Seçkin Sahabe Hayatı</t>
+          <t>Zahidlerin Dünyası</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786052153543</t>
+          <t>9786052153765</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Dünyası</t>
+          <t>Kur’an ve Sünnet</t>
         </is>
       </c>
       <c r="C424" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786052153512</t>
+          <t>9786052153727</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Yaşlıların Dünyası</t>
+          <t>Hz. Peygamber’in Şemaili</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786052153499</t>
+          <t>9786052153710</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Siyaset</t>
+          <t>Hz. Peygamber’in Şemaili (Arapça Metinli)</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786054997107</t>
+          <t>9786052153772</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi 3</t>
+          <t>Raşid Halifeler</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786052153031</t>
+          <t>9786052153819</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Güzel Ahlak İlkeleri</t>
+          <t>Kudüs - Hatıralar ve Duyuşlar</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786054486861</t>
+          <t>9786052153734</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin Yol Azığı</t>
+          <t>Kahraman Sahabiler</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786052153345</t>
+          <t>9786052153864</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam Fıkhı (7 Cilt Takım) (Ciltli)</t>
+          <t>İbn Receb Tefsiri 4 Kitap Set (Ciltli)</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>6000</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786052153253</t>
+          <t>9786052153802</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye’nin Fıkıh Düşüncesi</t>
+          <t>Hadis Usulü</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786052153246</t>
+          <t>9786052153635</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Muhsena</t>
+          <t>Emeviler ve Emevi Devleti</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786052153130</t>
+          <t>9786052153680</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin (Ciltli)</t>
+          <t>Davetçinin Ruh Haritası</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>700</v>
+        <v>100</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786052153079</t>
+          <t>9786059603294</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve İslam Hukukundaki Yeri</t>
+          <t>Peygamberimizin Hayatı (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786054041343</t>
+          <t>9786059603805</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Kardeşime Mektup</t>
+          <t>Saadet Yurdunun Anahtarı 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>100</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786059603218</t>
+          <t>9786052153314</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Menaru’l Envar</t>
+          <t>İlmi Böyle Tahsil Ettiler</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786054997046</t>
+          <t>9786054997824</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Kıyamet Sahneleri</t>
+          <t>40 Hadis</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>260</v>
+        <v>50</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786059603959</t>
+          <t>9786054997114</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Esbab-ı Nüzul - Kur'an Ayetlerinin İniş Sebepleri (4 Cilt Takım) (Ciltli)</t>
+          <t>Tarihte Düşünce ve Metod</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>3800</v>
+        <v>100</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786059603935</t>
+          <t>9786054997848</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Kur’an - Sünnet Kardeşliği</t>
+          <t>Hatıralarım (Ciltli)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786059603843</t>
+          <t>9786052143789</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Düşünmenin Gerekliliği ve Yöntemi</t>
+          <t>Yaşanmış Namaz Öyküleri</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>500</v>
+        <v>85</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786059603904</t>
+          <t>9786052153574</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's-Salihin (Küçük Boy, 2. Hamur)</t>
+          <t>Ey Nefsim</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786059603942</t>
+          <t>9786054997015</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Usul Yazıları</t>
+          <t>Din Budur</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786059603911</t>
+          <t>9786059603225</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Hayat Onunla Güzel</t>
+          <t>Hadis Tenkidi</t>
         </is>
       </c>
       <c r="C443" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786054997350</t>
+          <t>9786054997619</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Oryantalistler ve İslam</t>
+          <t>El-Adab</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>500</v>
+        <v>325</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786059603768</t>
+          <t>9786054486250</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Davası Tevhid</t>
+          <t>Seçkin Sahabelerin Hayatı - Yeryüzü Yıldızları (10 Kitap)</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>325</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786058242005</t>
+          <t>9786059603584</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Harman Zamanı</t>
+          <t>Sayılı Günler</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786059603751</t>
+          <t>9786059603522</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Sahih Rivayetlere Göre Hz. Peygamber’in Hayatı (Ciltli)</t>
+          <t>İslami Eğitim Metodu (Ciltli)</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>1000</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786059603706</t>
+          <t>9789757561903</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>İzzetle Dönüş</t>
+          <t>Yeryüzü Yıldızları - 60 Seçkin Sahabe Hayatı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786059603645</t>
+          <t>9786052153543</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Hadislerden Hikmet Damlaları (Ciltli)</t>
+          <t>Çocukların Dünyası</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786059603614</t>
+          <t>9786052153512</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Sabredin</t>
+          <t>Yaşlıların Dünyası</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>50</v>
+        <v>175</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786059603607</t>
+          <t>9786052153499</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Rabbim Beni Geri Döndür</t>
+          <t>Siyaset</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786059603690</t>
+          <t>9786054997107</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Nakilden Satırlar</t>
+          <t>İslam Düşüncesi 3</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786059603591</t>
+          <t>9786052153031</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's - Salihin (Büyük Boy, Arapça Metinli, Ivory) (Ciltli)</t>
+          <t>Hadislerle Güzel Ahlak İlkeleri</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>1200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786059603508</t>
+          <t>9786054486861</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Portakal Kızım Buraya Kadar</t>
+          <t>Gençlerin Yol Azığı</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786054997855</t>
+          <t>9786052153345</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Nefis Terbiyesi 2</t>
+          <t>Hadislerle İslam Fıkhı (7 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>400</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786059603126</t>
+          <t>9786052153253</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Muvahhid</t>
+          <t>İbn Teymiyye’nin Fıkıh Düşüncesi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786054997985</t>
+          <t>9786052153246</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Davet Yolunda</t>
+          <t>Muhsena</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786059603102</t>
+          <t>9786052153130</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Etrafındaki Şüpheler</t>
+          <t>Riyazü's Salihin (Ciltli)</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786059603119</t>
+          <t>9786052153079</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>El-Edebü’l-Müfred - Hadis Dünyası Klasikleri 1</t>
+          <t>Sünnet ve İslam Hukukundaki Yeri</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786054997992</t>
+          <t>9786054041343</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnette Milliyetçilik</t>
+          <t>Kardeşime Mektup</t>
         </is>
       </c>
       <c r="C460" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786054997749</t>
+          <t>9786059603218</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Sarp Yokuş 2</t>
+          <t>Menaru’l Envar</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>325</v>
+        <v>500</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786054997640</t>
+          <t>9786054997046</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Yürek Yangını Portakal Kızım</t>
+          <t>Kur'an'da Kıyamet Sahneleri</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786054997596</t>
+          <t>9786059603959</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Kur’an İlimleri (2 Cilt) Menahilu’l - İrfan Tercümesi (Ciltli)</t>
+          <t>Esbab-ı Nüzul - Kur'an Ayetlerinin İniş Sebepleri (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>1700</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786054997633</t>
+          <t>9786059603935</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Gönül Mahkemesi Portakal Kızım</t>
+          <t>Kur’an - Sünnet Kardeşliği</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786054486564</t>
+          <t>9786059603843</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Cüneyt</t>
+          <t>Kur'an'ı Düşünmenin Gerekliliği ve Yöntemi</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786054997206</t>
+          <t>9786059603904</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>İslami Çalışmada Eğitimin Önemi</t>
+          <t>Riyazü's-Salihin (Küçük Boy, 2. Hamur)</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786054486847</t>
+          <t>9786059603942</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Neden Nasıl Neyi Okuyalım?</t>
+          <t>Usul Yazıları</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786054486786</t>
+          <t>9786059603911</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Ramazan'da Kalplerimizi Nasıl Canlandırabiliriz?</t>
+          <t>Hayat Onunla Güzel</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786054997480</t>
+          <t>9786054997350</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Mümtehine</t>
+          <t>Oryantalistler ve İslam</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786054997091</t>
+          <t>9786059603768</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi -2</t>
+          <t>Müslüman Kadının Davası Tevhid</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786054997329</t>
+          <t>9786058242005</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>İman ve İbadet Bilgisi : Üçüncü Kitap</t>
+          <t>Harman Zamanı</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786054041817</t>
+          <t>9786059603751</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Nefis Terbiyesi</t>
+          <t>Sahih Rivayetlere Göre Hz. Peygamber’in Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>400</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786054486991</t>
+          <t>9786059603706</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Edebi Tasvir</t>
+          <t>İzzetle Dönüş</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786054997411</t>
+          <t>9786059603645</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar'ul Kuduri (Ciltli)</t>
+          <t>Hadislerden Hikmet Damlaları (Ciltli)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>1000</v>
+        <v>750</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786054486892</t>
+          <t>9786059603614</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>İman ve İbadet Bilgisi: İkinci Kitap</t>
+          <t>Sabredin</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786054486816</t>
+          <t>9786059603607</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Yola Çıkarken</t>
+          <t>Rabbim Beni Geri Döndür</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786054486885</t>
+          <t>9786059603690</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>İman ve İbadet Bilgisi: Birinci Kitap</t>
+          <t>Nakilden Satırlar</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786054486717</t>
+          <t>9786059603591</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Tartışmalar</t>
+          <t>Riyazü's - Salihin (Büyük Boy, Arapça Metinli, Ivory) (Ciltli)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>150</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786054486229</t>
+          <t>9786059603508</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>İslam Toplumunun Yapısı</t>
+          <t>Portakal Kızım Buraya Kadar</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786054486670</t>
+          <t>9786054997855</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>İslam Budur</t>
+          <t>Nefis Terbiyesi 2</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786054486199</t>
+          <t>9786059603126</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>La İlahe İllallah</t>
+          <t>Muvahhid</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786054486960</t>
+          <t>9786054997985</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>İslami Etüdler</t>
+          <t>Davet Yolunda</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786054997084</t>
+          <t>9786059603102</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi 1</t>
+          <t>İslam'ın Etrafındaki Şüpheler</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786054997022</t>
+          <t>9786059603119</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>İslam Toplumuna Doğru</t>
+          <t>El-Edebü’l-Müfred - Hadis Dünyası Klasikleri 1</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786054997053</t>
+          <t>9786054997992</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Yoldaki İşaretler</t>
+          <t>Kur'an ve Sünnette Milliyetçilik</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786054486977</t>
+          <t>9786054997749</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Yahudi İle Savaşımız</t>
+          <t>Sarp Yokuş 2</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786054486724</t>
+          <t>9786054997640</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Evrim ve Değişmezlik</t>
+          <t>Yürek Yangını Portakal Kızım</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786054486120</t>
+          <t>9786054997596</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>İman ve Tavır</t>
+          <t>Kur’an İlimleri (2 Cilt) Menahilu’l - İrfan Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>400</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786054486731</t>
+          <t>9786054997633</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Müslümanlar</t>
+          <t>Gönül Mahkemesi Portakal Kızım</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786054997305</t>
+          <t>9786054486564</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>İmam Şafii Kitabü’s Sünen Tercümesi (Ciltli)</t>
+          <t>Cüneyt</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786054997169</t>
+          <t>9786054997206</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Züleyha</t>
+          <t>İslami Çalışmada Eğitimin Önemi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789757561033</t>
+          <t>9786054486847</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Ana Yüreği</t>
+          <t>Neden Nasıl Neyi Okuyalım?</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786054486007</t>
+          <t>9786054486786</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Alemlere Rahmet Hz. Muhammed</t>
+          <t>Ramazan'da Kalplerimizi Nasıl Canlandırabiliriz?</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786054997008</t>
+          <t>9786054997480</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Cihan Sulhu ve İslam</t>
+          <t>Mümtehine</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786054997220</t>
+          <t>9786054997091</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Huzur Akademisi Eğitim Çalışması 1. Sınıf</t>
+          <t>İslam Düşüncesi -2</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786054997244</t>
+          <t>9786054997329</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Benim Mezhebim</t>
+          <t>İman ve İbadet Bilgisi : Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786054041589</t>
+          <t>9786054041817</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Gençliğe Mesajlar</t>
+          <t>Nefis Terbiyesi</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786054041237</t>
+          <t>9786054486991</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Gelenekler Çatışması</t>
+          <t>Kur'an'da Edebi Tasvir</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786054041930</t>
+          <t>9786054997411</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Filistin</t>
+          <t>Muhtasar'ul Kuduri (Ciltli)</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>80</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786054041831</t>
+          <t>9786054486892</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Aydınlanma Sorunu</t>
+          <t>İman ve İbadet Bilgisi: İkinci Kitap</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786054486595</t>
+          <t>9786054486816</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Sarp Yokuş</t>
+          <t>Yola Çıkarken</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>325</v>
+        <v>90</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789757561835</t>
+          <t>9786054486885</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Kadının Eşine Sevgisini Arttıran 52 İlke</t>
+          <t>İman ve İbadet Bilgisi: Birinci Kitap</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786054041923</t>
+          <t>9786054486717</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Güzelleri Huriler</t>
+          <t>Tartışmalar</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786052153956</t>
+          <t>9786054486229</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ödül</t>
+          <t>İslam Toplumunun Yapısı</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786052153901</t>
+          <t>9786054486670</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Bir Kucak Sevgi</t>
+          <t>İslam Budur</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786054041671</t>
+          <t>9786054486199</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Bir Adım Ötesi</t>
+          <t>La İlahe İllallah</t>
         </is>
       </c>
       <c r="C506" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789757561576</t>
+          <t>9786054486960</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Evladımı Geri Verin</t>
+          <t>İslami Etüdler</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786054041169</t>
+          <t>9786054997084</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Erkeğin Eşine Sevgisini Artıran 57 İlke</t>
+          <t>İslam Düşüncesi 1</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786054041947</t>
+          <t>9786054997022</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Muştusu Kur’an-ı Kerim</t>
+          <t>İslam Toplumuna Doğru</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789757561620</t>
+          <t>9786054997053</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Zeynebi</t>
+          <t>Yoldaki İşaretler</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786054041770</t>
+          <t>9786054486977</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Zafer ve İktidar Vaad Edilen Nesil</t>
+          <t>Yahudi İle Savaşımız</t>
         </is>
       </c>
       <c r="C511" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786054486366</t>
+          <t>9786054486724</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmeye Karşı Duruşumuz</t>
+          <t>Evrim ve Değişmezlik</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786052153918</t>
+          <t>9786054486120</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Kül Yığını</t>
+          <t>İman ve Tavır</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786054041657</t>
+          <t>9786054486731</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Gölgesinde</t>
+          <t>Küreselleşme ve Müslümanlar</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789757561767</t>
+          <t>9786054997305</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Işığında Rızkı Artırmanın 17 Yolu</t>
+          <t>İmam Şafii Kitabü’s Sünen Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>80</v>
+        <v>750</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786054486113</t>
+          <t>9786054997169</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Işığında Ahiret Yolculuğu (Ciltli)</t>
+          <t>Züleyha</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786054486052</t>
+          <t>9789757561033</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Günlük Hayatımız (Şamua)</t>
+          <t>Ana Yüreği</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9759757561500</t>
+          <t>9786054486007</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Resimli Namaz Hocası ve İslam’ın Şartları</t>
+          <t>Alemlere Rahmet Hz. Muhammed</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786054486526</t>
+          <t>9786054997008</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Ramazan ve Ümmetin İnşası</t>
+          <t>Cihan Sulhu ve İslam</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786054041787</t>
+          <t>9786054997220</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Rabbaniliğe Giden Yol</t>
+          <t>Huzur Akademisi Eğitim Çalışması 1. Sınıf</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786054486748</t>
+          <t>9786054997244</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Tahavi Muhtasarı (Ciltli)</t>
+          <t>Benim Mezhebim</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786054486267</t>
+          <t>9786054041589</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis Şerhi</t>
+          <t>Gençliğe Mesajlar</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786054486793</t>
+          <t>9786054041237</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>El-Adab (Ciltli)</t>
+          <t>Gelenekler Çatışması</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786054486809</t>
+          <t>9786054041930</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Hayatın En Değerli Dakikaları Namaz</t>
+          <t>Filistin</t>
         </is>
       </c>
       <c r="C524" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
+          <t>9786054041831</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>İslam Dünyasında Aydınlanma Sorunu</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786054486595</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Sarp Yokuş</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9789757561835</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Kadının Eşine Sevgisini Arttıran 52 İlke</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786054041923</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Cennetin Güzelleri Huriler</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786052153956</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Ödül</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786052153901</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kucak Sevgi</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786054041671</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Bir Adım Ötesi</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9789757561576</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Evladımı Geri Verin</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786054041169</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Erkeğin Eşine Sevgisini Artıran 57 İlke</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786054041947</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Diriliş Muştusu Kur’an-ı Kerim</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9789757561620</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Zamanın Zeynebi</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786054041770</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Zafer ve İktidar Vaad Edilen Nesil</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786054486366</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşmeye Karşı Duruşumuz</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786052153918</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Kül Yığını</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786054041657</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’ın Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9789757561767</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an ve Sünnet Işığında Rızkı Artırmanın 17 Yolu</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786054486113</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an ve Sünnet Işığında Ahiret Yolculuğu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786054486052</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerle Günlük Hayatımız (Şamua)</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9759757561500</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Namaz Hocası ve İslam’ın Şartları</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786054486526</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Ramazan ve Ümmetin İnşası</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786054041787</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Rabbaniliğe Giden Yol</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786054486748</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Tahavi Muhtasarı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786054486267</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Hadis Şerhi</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786054486793</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>El-Adab (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786054486809</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın En Değerli Dakikaları Namaz</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
           <t>9786054486830</t>
         </is>
       </c>
-      <c r="B525" s="1" t="inlineStr">
+      <c r="B550" s="1" t="inlineStr">
         <is>
           <t>Kur'an'ı Nasıl Ezberlersin?</t>
         </is>
       </c>
-      <c r="C525" s="1">
+      <c r="C550" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>